--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -1,98 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0EC68867" w14:textId="18B4E3B9" w:rsidR="00957157" w:rsidRDefault="00957157" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="716B7DC7" w14:textId="59E1BF3A" w:rsidR="00957157" w:rsidRDefault="00957157" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43C53B7F" w14:textId="4BC72443" w:rsidR="00957157" w:rsidRDefault="0000185B" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7429230E" wp14:editId="5ED72860">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-95885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-421005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4658360" cy="734060"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
                 <wp:docPr id="44" name="Grupo 44"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4658360" cy="734060"/>
                           <a:chOff x="0" y="0"/>
@@ -294,77 +293,75 @@
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="57150" y="47625"/>
                             <a:ext cx="666750" cy="514985"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7429230E" id="Grupo 44" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-7.55pt;margin-top:-33.15pt;width:366.8pt;height:57.8pt;z-index:251731968;mso-width-relative:margin;mso-height-relative:margin" coordsize="39281,6184" o:gfxdata="UEsDBBQABgAIAAAAIQA9/K5oFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZeX/+t10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbxz4rHj7HE3N62quLETP9XFSeLDw2lkbpxmAgx0tEZ6&#10;PxglY7oPMaI+ypLtc+SJnGeoN55uUtgzrqbO3xy/F+y5l/QAwWhgrzLEZ2lTWqEDCVi4xqn8ssZk&#10;0lLm2tYoyJtAq5k6eDqnrd03Bhj/K94k7A3Gg7qYv0H9AwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAMOOwizIFAAAmEQAADgAAAGRycy9lMm9Eb2MueG1s1Fhb&#10;b9s2FH4fsP8g6N21JNOSbdQpHCcNCmRt0HboM01RlhBJ5Eg6djbsv+8jKTmJ46KXLBvyEOXwcg4P&#10;v3OlX7/ZNXVww5WuRDsP41dRGPCWibxq1/Pw989vB5Mw0Ia2Oa1Fy+fhLdfhm5Nff3m9lTOeiFLU&#10;OVcBhLR6tpXzsDRGzoZDzUreUP1KSN5isRCqoQZDtR7mim4hvamHSRSlw61QuVSCca0xe+YXwxMn&#10;vyg4Mx+KQnMT1PMQuhn3Ve67st/hyWs6Wysqy4p1atCf0KKhVYtD96LOqKHBRlWPRDUVU0KLwrxi&#10;ohmKoqgYd3fAbeLo4DYXSmyku8t6tl3LPUyA9gCnnxbL3t9cqaDK5yEhYdDSBja6UBspAowBzlau&#10;Z9hzoeQneaW6ibUf2fvuCtXY/7hJsHOw3u5h5TsTMEySdDwZpUCfYS0bkQi0w52VMM4jNlaed4yj&#10;aTKJ444xjSdk6hiH/bFDq91eGVmxGf46lEA9Qunb3gQus1E87IQ03yWjoep6IwcwqKSmWlV1ZW6d&#10;c8J0Vqn25qpiV8oP7gE+7gF/19A1bwOCiZxrBvfsZhSvKUNk0ZxaxKwwy++lUXvbS8GuddCKZUnb&#10;NV9oCY9HHNrdw4fb3fCBKqu6km+rug6UMF8qU34qqYT5Y+fIdrFDAfocuNsRIL0rnwm2aXhrfGxa&#10;9Q3U12UldRioGW9WHK6m3uX+EHjIpTbWf6yvuHj5K5ksomianA6W42g5IFF2PlhMSTbIovOMRGQS&#10;L+Pl31bFmMw2mgMAWp/JqtMVs4+0PRocXRrxYefCN7ihLklY6JxC/X+nIqYsJFZXrdhHwBwggYyT&#10;6STzzqyN4oaVPfA9uN5qGsETrLa/iRwA040RDuPvCZ5vxQC8QGlzwUUTWALgQjUnnd5AcX+ZfovV&#10;vhXW5pins7p9MIEr+pljZhmPUgKzpIPF4iwbEHI2GZyeglouz6dkFKdkfL43iy5pLrYfVpohlvKn&#10;W+YrFrH+bYHtXB1DDzaI7kxQj7zhiO8elBRw/XdJID1MApj4P5KA9YRnjvnEueUx53oxMe/Cpot0&#10;i1iBULK5wHvofsHl2p/IAKOYjJIxCh4KZTwajUC6E212tJU0HZPILttCOiKTNB67RN/Xw38/F7iL&#10;HMbYVqJX0311wOhRjB3NuLZTO9bluLID17Bi71XHrA+M5YbmSiAoAgMc0Ji4hNvttl1JYHanAui4&#10;qmfnvcJ3qHTNSUaSaQ9uRLLMgedLjwU3IVGSRKjBDl3k9cnDbuNp6AZbmM8a9Csp1/WqXcK+u4Oj&#10;zG3NLVfdfuQFejXo6sW4Lpkva+VLF2UMpdfX/m73nY9+P6P36cKycqfVj5y653Ani9bsmZuqFcrd&#10;/kDt/LpXufD7kc/v3duSZrfaIRAsuRL5LUyOlsV1m1qytxXq3iXV5ooq9O4ID7xHzAd8iloAddFR&#10;YVAK9eexebsfPozVMNjiLTAP9R8batvA+l0L757GhECscQMyzhIM1P2V1f2VdtMsBTqJGC8fyRxp&#10;95u6Jwslmi8IhoU9FUu0ZTh7HpqeXBqMsIBnD+OLhaN9d3nZfpIoab57slX98+4LVbIr/TY+3os+&#10;nujsoAPwe61hWrFAD1JULm/dodoBj9h+gYUUD03/fOm76YnNjajlz9EyWxCfuVqOkIjwcjZoGKWq&#10;Wt/TvdDi6VtjlxJ+qGBajoMmeZzFXQ4nWZocpPA0TbO+Po5jMp08qT4eLX7uzYnHuHscdD8c2Nf+&#10;/bGLo7ufN07+AQAA//8DAFBLAwQUAAYACAAAACEAoMbSldAAAAAqAgAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHO8kcFqwzAMhu+DvoPRvXGSQimjTi9l0OvoHkDYiuM2lo3tjfXtZ7bLCqW9&#10;9SgJff+HtN19+1l8UcousIKuaUEQ62AcWwUfx7flBkQuyAbnwKTgQhl2w+Jl+04zlrqUJxezqBTO&#10;CqZS4quUWU/kMTchEtfJGJLHUstkZUR9Rkuyb9u1TP8ZMFwxxcEoSAezAnG8xJr8mB3G0WnaB/3p&#10;icuNCOl8za5ATJaKAk/G4V9z1US2IG879M9x6O85dM9x6JpTpN9DyKsPDz8AAAD//wMAUEsDBAoA&#10;AAAAAAAAIQDQF7fLozgAAKM4AAAUAAAAZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAAAvgAAAJMIBgAAAUdBk+MAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlz&#10;AAAh1QAAIdUBBJy0nQAAODhJREFUeF7tXQeYFEUWntkJm3POGVhYdgm7hCVKVkkiiBiQdERFRYKI&#10;CgoiKCZQFEFEFDFw5pwwo6iIiijmM51nvDMihnf1v+rXWzM7i4pK2O3/+95UdaWurn5dU+HVe67G&#10;gU+yi8nyBuCOlKyQ4X8Y183P4YLeurUJNTloIRXVzLav4f5pXHlaJhd83hUPEwptqvztBl1Ew3rF&#10;/fkbtGoSTr/++isVd5pj1nroazeX0ulL7uEbI3yPgQK6t42i0lw/ClqsqDtHuFxvb11X8udv8OOu&#10;n2jlHH6Zj36RU0KPp+VSTFolrifdv6yAXn3j3/TS9aGZ4HcBNRzSPfpz5Z30meImUGn3c1DgkrMn&#10;pPETFHacuec3+OWXX+mE4Uko4MbxQxKpvCgcfi5w6fRMKuu1SJpvz1DQYTqFx2ZzAcKm1oteJdeI&#10;+zPoYxWyNTwxwiyMrl/A38efvoGN0iFNqeOcTtTmhCou9KlVRX9d4X8HKhS9qL2uaxX9T1FnvtLN&#10;0ld72V+jva50Rb/rqQ5T9Kr22vjVcoEfFckNRlnu3w55CgcO6sJz8ohk5m10GaCaikiaeWwy3bwo&#10;96/5ktGpvfnuZ1z4qtOz6Ka7XqTCLN9fU3h538XSY8bj+rm1+s9FnuaZ1YV7fqOHLiuQwreUFfD/&#10;gCAVP21bJEn8nkFqqbxN0UxDIqP5GlRVFonww/70Daw/F34P8ncJ/+Rh/C/HaeDuEVCYUcCtr9xQ&#10;Qvjjr/FH0Bv/LKVNq4v+XBMBKKB3+2gUkgg/btChIuJLt8e93iq8nBPuKQo7zuBa4p9MXZYhzBfD&#10;LNqtpNvZf672Bt6xXMquyaHKCa2puMu8v6zwvwWo3Sva6+qhCNdCQHDttypqr+ggvvoDQEFh2mtD&#10;Cv/ecvcYd1ou0NRyHTg4cIEusL0/4C9JsE0R/xca4C4TZF3vewzuFkf9OsZwhTZdrf8khF55/WPb&#10;b/57RYa7r4N/n+OxFYVcuU8+/Zq6HrGMPv/qWzp7Qmqd1i3pMpfT/fTTz+xmthiBNLfq2H2D61CR&#10;xze/Takl/VEZu9JoYau16b5l+ex/fm3tdO6gqmh6+/3P6OiTruWHsYL3LlCpFr31mO9BNTxTQRcv&#10;nJzGlYl3uZ8VPkd8emosxUQyy5x5zbwcwtz0lvNyeQpvPYD5x7B3gBuffcn9hIHS9GNSAlpRKg/K&#10;r57KlSzufDqn2bquWFU+j/0I7zvyCkou7B2Qf68AN2/W81wZwm/KTPbwhzygSwx1rsqh8UNSKCWz&#10;mB/C7XVLr9N+cLdYGqRIyugx4jJ6Rn34uN7b+FfzXucKC0gFLlX0M8JAJd3mc8XViMTugYBbz8/l&#10;eNCYgQn7pPI2UImUor6oxLmKvNbo1TVDzd7OGq+/ib4dY36B6/K4LoxNbcmzOo8/LuCh9hWewAMU&#10;1ZyKipyjgxg8DMfCUrPhzSmuIJ7CvGE8WlZxYag48umk+wniMtoqXo/cWV/FErI6IPxGRX75iPcW&#10;VisKHg7sCRIt18EfRYmiQu11DVIEv1wD4m9mufmKRmuvPa8NvhY3XFFzRRGKMO+SshEWrQiQvH8Z&#10;DrdcLGF6tJeBnuYu7XUlWC6QoghxrRVtUfRfRVcqAh5UNE17XbsUfaYII9hVisylUwcOHDgw8HH2&#10;Hxo9bsRmpOXft/CpMc7a5HRU5mYdEoA63R7PBzze/aPyJxyRRNY2O/7YgONbFIXbw2KQObqEf38Y&#10;bTKyUr2ElQf42zSN4Mpi+x4T9GGT19BZl9xH7dV1SdezOM316kH3m8orjFw1J4unjtLSr731CRV1&#10;Oo2O6hfP18edcr29fILZ1elj665K7HW8vF5XeMmVGwn46We9HKKiYnUKDRnbt+x7Hl2x7in279PW&#10;93pcXInDJ17Nc174jzAkPcBCVgWzFEUiLLviOH5QpBVC+F6HJ0xXfuC4VXTBSRl2JZ5fW8yVhrt8&#10;ViYd2jmGirN5Mn+GTuGihJxO9p6dur5NB+9F4MZYJoFrsMBViszVs5WW6yrO8VFqggfp7kf6y6/b&#10;h+yDG5+34mFKzOlMkN1BWGy0+7umeX6uEPpzpDEqmKPoW0VHvHBtMYcD+LCRd6/h2IPjeWHpwlUb&#10;qVubKNp2Y+2KMSp971K9LIgKxmVWB7dw7tPWbp+QFb53gO4OkBuj11HOC/B3bBlJR0bFMknlCmtm&#10;0VZDFumiaZn04KUFZhmTdcxeACovFcP1VWdkk8+rF6fGxcTzxq1s3gqZvD1mQPz3uB4xda2UcZmO&#10;2QvAjb/873d25ScNTaKWJbw5UYEwxI/qn8B8j/UcuFblITHTRdHH8TkdzZbfq7gBN7330e1cKQh5&#10;GSJqHNameZKsY7L73DW1I0/8wyL/ex9+wStrVvDeA24uLTd3HK8o90Y4Ko4wECrdyhdOo+J5zTJb&#10;kbWr66bqgRdIqy/SYXsRbtWiUsn7Lsnn1kPrX3d2Do0dmGhXvn/rGGGZpb5I32cnH51DKcX9OD4h&#10;Jozz7RMU1szmRdjcNhO5Eq0mtoHb4vCDYum6Bdk/vnFLKfmtD1mhS/tZHckfk0kJuV0oJrV831Uc&#10;kJYHWUHfoYJVJ1WbFXsAP1iUrZrWDuGtirucaebZN5CKr18QMK0bmN0pRwQ5XG1P5AcZieu4fD1E&#10;FkL8Pgcqb1am5egKrrz1AL/Ig8Dv8endk/0GUnnrAb5UFKG+aGYXwX7T0iHQwXL3OyxXtFl79wjB&#10;gjR7HVie/k57A4AhbjBkmVoAdpGxS32sY4YfrMivva6fLbfxYYEis1Ww/j5SUUu+0nhfkfkGJH19&#10;8ghgQ+AjRVjrf0YR8qCVhyoCvJaLcGw17RGwWwHIroawRLHlAlGK2ilCWowaATV64N0OyHRJXvB+&#10;gSLZVZF42RkRlFruX747crTlmsCOh+AGy60PWBLZp5ttqIA5EoyxXJO9BAiTj0+gN5w1fIrOVIR0&#10;axRhRoWlErw5Bw4cOHDgwMHfhvcs9+/Ak5brQHBKbCIvWIGOjvrLJ+xJBV4vbc3Ip1Q3L3r9Uwc7&#10;AP6X6/Hajb8uibe86nsBGbdfkEfYIvCGx5Mvks/A8YmlmKiwn3SSQJR5/fRptpZrFbKiHBTneHl5&#10;trp5BB12kBYvvVKfAxfsRFhJ13n2ipHQ9z/sqhMWpl7kOZZYN4C8ECC+++J83rO0loL3+TrHfoPL&#10;ZmbSEysL6bErC+n1DXrLEY0kYuRCbftfQD///EtA2JHHr6U7HnyF/YsufyggzmroZneor+WIXvG0&#10;6HgWW/nLJ80HMvKYs3N8AQ0HAt5891P7urT7AnrqqsJQYo3X33p+XkDehZc9SE171F5nV47lF+vz&#10;8pH1xg00uMdfu5VbNUBvYQk9//L77Mamt6K8DF9wf461MixSoCH5IK+Bov5dYuxyoM7iOVXWkImr&#10;6c33tDgECAcvID5h5Wk8QMNLI4A++exr+vqbH9jfv3MMpSexCIYNpL/nknyaMyaVu5LKUi0wY9L9&#10;1lkjkMoC6WfBPQgr7XY2tei9iGaee2fAvTtVRjWeFzC8d5z94JUHn896Z+B//lotzKOSfKxTulyd&#10;W0Whi7lFX2lERro6YGfbugSSsMeq3OcVsRT3C9fau9pDLPctaIWZfkwy3wt/1A8+scOux8PL+fxV&#10;wwcaGA88Y+EdtHX7h0y4VlG0Qw0ZlXu3omOQFsJ5yrFPXAhnry7J4CEj8lX3mmhy/Ayd0jWljz7j&#10;7hp/GO/SX4QDaxDBkfuX91nM/ynwWy+vwaMPpLrk4TsPXcr++5bm80kmS7gKhypcGM/DxZh+xWlZ&#10;3Ng3p2XRzSlZtDIrnd7M1Gc2gwljfutFMFoUsuBKDdQVQSqnRZGf0wHr79hi57NedMOFcF3NkEvo&#10;1MW67y3sOAsPfQR0PBnCYSI36Dp+WCL1DI/kxl87L4f6RUSz+2ia3inGn+YpqjsB4UQjwl69SQ9X&#10;gXYtWOmFC4ekNl6hVXfgv6PNoUtYM9aJ827hPDGRbjtPgwQ4Gw8qgF+4dEDXWIJ8GCd0ub6wXAbS&#10;oPGnH53CjY8/X2l8kJozKXKzH1+RlY0x9UitCQZ6tGaNTOG91Kev0nJpvY5ebpeR02YC0gXkbVDA&#10;YWE86Jzz77YfWhq/RUnEDsi3KW8SwkDDe8W9Do5EOqgLKe58hp0PhBcSipC3e5uon6+YncX+hFj3&#10;g8N7x1ObpuGQpXBVFGux+mdffM8uKz6rPe6djPgGiTdv0ZyPz10e2hLHfxbSYsrlF9G6aa1qMzQe&#10;0qFPhj/MG8ENldN6gt3YleP5AKl93aW17moAS2UdQG43lz8Kw065f/AX2KDx4nW6X27Tfwn1H7OS&#10;/VlFLPhF047WXYTCs5bLeN3qrkAF7U9haU/029LY0W43lXv97IdKICsbo6Y8khW8LNDrPRQb7ace&#10;R11G9zy6nYZNWtN4Gl4gX4BJYZ5wEXTjUzedW2nu1Q0TVic9CI3d3Oenw3o3oYdSc/j6P9nFPOJR&#10;WTHzXZxSnkp+j2vbbUvyKDatok4ZkPjGfRoVpDvJb3+yFrZWXUFpt/kcZiUBchVd3bZZgIbFFmhc&#10;pENjP6Bmtlmp7ousuEsykvXsuHRIE0qt1Kub0tBC+HPGOhE0pSG+seJeKL5Av48/VM35xpDP7Xqg&#10;enp7lpJsNYkFbkXcH7h5ydR0rO88ckgnrWDGAsXmxFLrKW0pr0c+ucO83OB5VcezmtjaF+DK1Mkb&#10;ITy+2sUvIWvJV5AdnhBB0ZkxlNEu0xZVBcVmx9pLEArZFWMrqWRwE0ppwTLp5I3kE4y3c6wFfGk5&#10;rcfZ98L+gBXVaHG+2fgiYuuPDngJQLg73LPYE+EJeAkV4yqx9jMUUtzqK6EWI1tKPixJzFF0CspD&#10;X4+1HY5xEBqGcDZGOx/FZ7UzBUxzC/oWUUJJIjdiyzGs5ZiRUJqAhgb6KYK8mys6pUw1eiWXFxGf&#10;vwvLCwh3UA/Wzf9bT2tfYLkOHPz1gDCycO8wy8WBK1PTtImXFQWHybVs931juRIurinR/ZLlYj0f&#10;2oYAKJx+WntDQsr50HKvt1wIXJuQdBDOlmcSiDT4PgX++B7SXruyb1quNOJOy+2j6Art5YMKkCSA&#10;tHkrBCiYjYztQuAry0UYCGk3IsCCueGCeMg4S14MR6H6BqpwoE4cAt4YZkJvz6mKUE85jvKUItQH&#10;ZcxW9B9FAK5NZd7Q/YP8gLlrtt8Af5aoJCAV/S0EnxAxzy9gwvVX4WvL/S0EfwUCs144lrBPINwF&#10;zpAzESaEY+cpgmIlqbQpoS8yNP9WdI/2MlCmwPQDcmAE5czXXoaZTvTc44XKQRIBDpSYwMESQPI/&#10;bLmot3RjgJxEEEj64O7IgQMNcIgQVhmh2lu4BrNVKJB4hK9crjxF/9JeTgNTETsUYXtxoaJ3FeE8&#10;i2CKInA3dPhgBww6r1l1uIG5lisqrAdaLtLh68F95A+3o+VCqBaLfMiDeJyvQdoqRY0ab1nunmCp&#10;5Tpw4MCBAwcOHDhw4MCBAwcOGiSaWO7fBaitdxCE9e9lFRHIuv5L8YEq90Ot/fsoHeJA4Jkbn0zJ&#10;YR7alsGie2k6+K8BtJCLGOGHf9PLPWDhddVKF7+vGuffqpGsqN0BcjlYRhbjkPXissQ0u3x1KeQA&#10;aOXT0sUz4xLpsbRcaaT6wBLFVc0jWbAqzBtFS6ZmiJSxqXVM8OHGNC1A+25WIX2kXm6W+hKsOAdH&#10;NYtjMcFHrygkHGaA7mgrysac0SncwFktR9rSbcEUHeEOKeqNchEuVJjt251EQ+MCGgQHGA7pFEsL&#10;J6fXaUCIk2cka2HXYNr6qj7JaBLSq2yszF7h41dvLCHYPYPuhWG94uiM/cGkwP6EQd3i2KhEnw58&#10;fFPMOJ2GF5FS3Ndu2G++20nb3/yEDzM37aGtCQCtDznfTgOq0QebeZMcVvaE60NZmGz0QMPcdG6u&#10;cH0slKZfOjPDbsy7HtpGo6dfzyY63/3gC6rod54d98jTb7B74UptruGp599hNyvVRzBpkpvuJRjT&#10;GzsogRVr6Ds6sIFGx3kp4dD4LG0TANT9yEtpyhkbWIcCDHog7IrTcumkEUmcNrtyNIfdcMcWuu3+&#10;l6mFdbgZ9lTTmw7hNEXZmvuDDWU2ehRk6IZJzOtqNzhUu8BtN/BC6nn0clp90zN8nZLoR+NdonPW&#10;YvmpWb+mlw3jNDhsB8AvLkglo236oLMoem3U+BiN7g6rq+oFtGi51p3TTPXtMN3xO7i2JiW3tZ1/&#10;3sX3sW4eHHKWLwYE66qPXN6Iux8o+IcSCpzFQoPAAPA1GzZzY337/Y+0yzKvDJqiz+YGW7zEnynC&#10;xZa9DVi/kbzjZ99EzdWfs1yPmKotHYNwmlElH65zNSKA46URQE9sfjugkUAZzYbQU6vqciiO+2+x&#10;NJSA4mP4DBekhflQBKD+sN8b0SfOPmD32ZffEszzfvnVd/TvT/9n3wN2x6wsjQbUrjyKH/7i1Y/R&#10;zh9/omVrHufrwg4zCGduVZoJOqnLBf07aOT5E9No2YxMelK9kGUz9KwWBHPZF03LIIzncW3164II&#10;2DOefLg2uWGeOBdCHittw8f2m2tNNIGqB13ILvQy3HBOXdUrfVUfjQY6dWSy3eAYlqYmetjfr2M0&#10;u3gpcKFiwMpqQ/LhPv/57Gvbarzc10rW8CGNAJqshpDiD/cHLg+E+/SR0OcNczwKHgwblSuy/C71&#10;EnblZ/B6DeTvAVb7JQaWAJSL0+3r5ufQ0ElX8/2GH69PnwccPW3o2LBYK6JbuX4Tu6cvuYdSSwfS&#10;JNU1GI3/2ZgBCZSe4r7V6kYgEl7NMbUwxcxNQHvgtJbFrGdnAAKk8S8/NZPv+dZ7n7HNPfjDo1lr&#10;1bFI19DRKdNap9n2xr9p05Z32X/e1HSCahZp/Gb5PJ7POHNc7XLA4G6xPyL+vBPS2UzYwRHRnBdq&#10;GxG+8fLa04Z4kZaX1X5J4ytvT+QBbdlWuy50WPf9zOzM3wT+U8UDY3TT77gV7MdxfrPxFXZeqI0p&#10;zvN4XCuUG4G4t7IK7bV5aXwhK683NkrbqeraOspWboS4Lq212q+silH03fc7qdUhS4LzNmzcc4nu&#10;cl62DJeCimrY9uGZaByjEWxVjgi7MEFrGFlXlGm7wY0vhPTGiIcP05mN36zAT72PuZwX6TARQ57I&#10;KF6Ia9gzX6jTxcMCV16v+/ySXO5iXD2rbatrrhfX1e5mzR6VYnN7nw4xdEdqtuq7swIaH/nEn105&#10;po6+NLPxzbRCmA90axv1IyduoHgurXQAP+yjm96kC6xVSGv93dWrXW3jP3dNbeMjTBofKh3vVo0/&#10;XE2g0PhiFnLHBq3UDtfJRb3V2D9QjQvipPEVfsV9gQ33bLVfgNy7QQL2YuVBB4xdRSvWPc1+FcUP&#10;jca39OS4KrQpSwZejjQ+jIk+k55HE6MTAjjfVIb0mppHWFkBPv8LE69G47ug5eRfH35Jr6o/fcnX&#10;oBsfCubwkPOXPsBcN+KEtVTYcSYemI+LpiR4bBOb5UW1ja+QKY3fuVXUb3Y7mOla+QBWlHf3xXkU&#10;oeYRHKKQUzmaqgbqyd2DT7xul2FFNzyYjf/+x19x46eWHmo/cHaqlx64VHcXfq9uqGfXFHGjiBVa&#10;k/qFR3E3Y1JcRhtOLw2ZkeTBwesnVp+RbTZ+vqlj7ZdftL63Bt34w3ppG5Q33LmFWh9aO8xTUQ8i&#10;Ho2/YXEu7+daDeGFK+mCyeOLsrujKn+E7W/bNIIOrtHKj5AfXL9YzQ2k8WtaRtplTFtwm+1v0I2P&#10;tRh50Hf+9bnt76LG44hH4581Po2ghPTofvEI24YGEXWOedVTKSalBWUXV9FFJ2fYjf9iej6lVtTK&#10;5sS5w2i9XiNKwmRt5KHxP004LMlufOjkRHkYbl51o96kAcFINeIbKprGpDbnB73l/pfpyBOuYb/B&#10;caJ60TV3nG35YQ5EQpAupeRQKsAErXoEHdo11W58lYYVH8WrRsc1LN3XVESKjn3W12OVy2WaX9Nr&#10;b33CblwyT8ZCnaBvOJAHx+6UNEBaTgs8+AkYRmJpWPnvGdStdroveSAgBbWNuMZKZHDjw9ANro2X&#10;6YJ6X3Q7F6ovRTSPZ2fE0JQzNzSekY6BV/Cwwyavoe9/+JHWbNjMD49xep/23E+zydPxh9lrM65l&#10;p6T/II2E0REaCmT2+SqZ7Q8a7YgijVkyg0Y5sxbdYa9uqjjKTGkkUmzSALfc97ItAlLcZR4d2pm5&#10;fRzSzBkdIF/zc3FnbeVaCNpnzcaPSouiMBX2ZhZ3H+fqbOof22MvKw9G4yPvmBnr2W0UQ8wQ+Eoa&#10;0SQ0PjZJrDRYCv5B0YNYcQyVXhq/35DmNKw43X4RL6/n2fHAJ1faW5Dh9y8r4ElWcBmjB7Bu/cZl&#10;OUi43yRsaMNV0TDMCszCuo5qoF9gjGb7TSUUY2iElcZ/LiOP7rxQLyvDUr/KF9ezmkdQ0AyFF3gX&#10;0mNJWfIKNValps8f2afW9jwWtqDUFH4rXuwfy0hFTPaFdaqM5MUzKLRG45vdRmUpz4zZtHCapU1W&#10;wb6PSdj7VXHBlnobB/IyvD+jEXJajaOUor4sgZzZ8li7IRXeqDq5HaW35REQsKCqeQRFhbPyoegs&#10;/SeJXavquXrTRexf9VR0ftNhZQhLxD3Smx5Oi6akU3qzIZRffSJNHsZSC1C+1HghXOjxxxF0Iqsg&#10;EHSwMaA7s+2J1TyUVJfX9KmO/mmhakTECcdbrqnnjDzhHmiV5T0BlA/rFFDnK/dDGsQ1WuS0Hs8N&#10;YTYKKD67AxoGazJtI9UoBg2PlwC3fHTF7hoNcSvCfGEUkRjBSqzbzeSyIC5+yJbritWo6kzyhmsx&#10;EmRotIhM0KYzhO66KHAN3hvtuxd6lKFPueVY3fighBIeodhof2pHXGMjBJoKXcX9S6jiH63qNK6Y&#10;DBGyghsnzIYAYTSjgutrlOd90T7qMLuGX0DZ0TwrZrSb0YEQ54/1U9Mjyig2N46qTqqmNse3RRo3&#10;jg+hfLPxkwp6NO7GB2AkRhoE3YL4rWgTmWGesLfQ0Gh8KK7Gi0BEQR8ez1NYOG+ci8jgYkXhWGa2&#10;ylvYqISj/ijE3EZcRhU3Jvwm0lqlUXrrdNaJjxdQfYrWq6+iesbmxbLfuhZDBvx1ZVUch7BYp/F3&#10;g0dXaA4WzrdcVobq9rp/dIe5N1uNC+2BfROKdN+fWpn6OlwFyOgM1l7XfOQXQoDT+LvBxdP0qmNt&#10;g7k/gZvbdgrC/5naUq/3YDQD1wRGN5Z3OfKUdJkr1/bSgdP4u8HYQfFYCvg7scFyHYSAqZ/YgYP9&#10;H9KXfmq5+wLStze6w27S+CJmDW3gAOTkW2hvwNARfiz38saJheA/w5MtV7SKi1FhoJPlXmW5gOSX&#10;/w25PslyMxRJWPC9eBVUITheVAbfZrnB8cHl7BNIJeRBgU8UQfe8ND5WIhEGID1UqqPxzQcw/dL4&#10;ghGKJD7YyEEoSByLiFuQsOB8uMYQdRRf1apzB7A4J8wkyrclf3vL3adAI5+oaJKiJEWmjvmZioIN&#10;F6Dy0ASO/Vp0F7iGhQZo64ZVTlh1AMf3UoR1fDFaAG3hkG6D4QFo+BaIdqo7LReav6WBXlWEl4zu&#10;SMLEhWTDSO21J2aIa6PockVY3EtQBMBAgWzyIE1wWQ4c/HHYsvghYOpcS7Pc+vBHzGccbLl7wrn7&#10;zEyHCekbpV9HV2JCHgzGY8QP60CA+dDjFZnX8Ne3qY04dHECdCtAW8sVSHli0sOWaLAAgzno4yWd&#10;afAGGGO50t9LOnEBs883w/cKzD8mILjxgcmKoIpLRi041AarQmZlxXJQqAcMBuLMxodNE0lvWosI&#10;LiO48XtbrqQLbnyM3PA8YpFI0pmuOQJjC9N7E4WKTG19uIadLAH+gLFBDTMcAOKKtLd2q1AB+UzI&#10;Nf64ZV82VhH2ZgG5j6SDi2GtaU4DYZIXwLVsykOVgJlXXKgJQ7kw5YSBg1lvxMuzwRBOgfby9qXo&#10;B3LgoBaPKwrunn4L8mmbY/Tfg+csV2DOuKXMP4I9ybPfQCovsjH448VaPCAWeYD+liuW5NA95ChC&#10;f/6iIpTTQxEAP8bhAsxC0Q3gQDR2r9A9zFIEi3B3KALw8mHdTf58YY4PY3zMQTByKVUEIB2sFJ2g&#10;6DwEKCAeY32MyKYpCravtd9CRgpoXPzJ4iXgBVyrSEz3oTFBb/NVLYTrEYeZMRpoGQIUEGZikeVi&#10;AvaaIkzqMEkSJXcYOZnCUZg8iQg56gMg72Pay/nMiaHYdXTgwIEDBw4cOHDgwIEDBw4cOHDgwIED&#10;Bw4cOHDgwIEDBw4cONhLOFURtfOFU4mXLSWcwaEHBrYrom7+SIp2szpF1pvpwMHu8FrvcK296u3M&#10;Qvoou4j9Khwyp/s7IOzF9T04Ioo+zS6mN9QzqDAcOnHgIDRiVO84Ny6ZZsUmMfMIAxV5fOyHsWor&#10;6f4ISlD1/0Qxu9Q9TIW9nllArylanMCG9YLNzThw4Oq9JSOfLa+/plwwzucWE/ldbhoSGcN+lW5P&#10;mR9Sp6ypGQrJQpGlYHIdp/6DuCk5U32wiVTo1Wb2n7YMmd+Vms2MD/9B4Q1bS7SDPQNdmJhKryim&#10;f8piGhAs4eMfwKfiL05gdScicv1bmN2qSQRts2wFwkiMO8xPRTWn2vpnQlF62VD+uGC9AflgXVNd&#10;L+ES68caDGsWx6dQR0OHvQrnOteosCW6xxedxg4c2DgeGsb/eV4uiZUKIVgfhdK99QtyoFp+dzo4&#10;34AuH+SBfk/Y4QrF3H+EMsuPoWMOjucyTUNtQVgjpsvrIyj1hkFPlVbOKjhwYCMnFNMIqXg5sBIA&#10;v8/1q5GGTbaEYuJvv9tJLfsuDgh7xbLRBtO8S658hHoffTnbYTbTCCUX9aGbFYPfuJCNYXThmxuA&#10;MSWzviZ1rHCGOQ7qR4kwCnr5zddokrDIcLeozwPYqguseSUn16rhFmp9yBI2QvXDzl3Ub9QKKuu1&#10;iLa/+QndeNeLHA5rAZtefJf6jVxB//n8a2raYyE9u/VfbMJHygDg3nrfS3aYUFmhX+oEhuYz+tCv&#10;fvsFeaz8/rKZmXTLeXl0w8JceuiyAiovDmejJQ4c1IeRwuigk0Yk04OXsn73XUf1jWdVtAivKK21&#10;8SRUbVk6A8S89Hff/8hum/619qiEMsqGscr04HDQj7t0fqBF70X04JM72KRRs57n0rnLH7TT+fz6&#10;A4AtWlXH5+CH1Tap/+ljU2n6MTy+d+BgtxgZF+XmnhyMc9uSPIKtFW94AuW3P6XeYcyvv2rLcqAy&#10;xZwY0qAXN9NMGZbEZUb4XZ9b97LhdrnWb7+plDYsyqPsitEB+UDvvK9tiZ08/1b+GB595s06aVh/&#10;qNtDXVrplaOHLs2nxNgwh/EdhERlcbbuNUEwNheb3qYOU006/WZ2//v1D+wCcJ947m0OGzZpDT34&#10;xA7atOU9O09UbAq9cG0Reb17pA/pqtc3lAaYhRES842gXeqfAXOC5moo9dL2j6i8T+AcApPj3HQv&#10;PxvMCquPuM5H56ARAaZswAywGRfmdqletu4KTKfDL6FzLn2ABoxdSQ8/9QZtVmPwXbt+4jgMOaYv&#10;vJ3+9833AXm8Xh+XGxHu/qvUHQ2GdV+U6QkLNLXTxjLnKZNhuG+8+ykdd8o6umztk9TUSCuUUXYE&#10;9e2gzTxP1Gb5of7PQSPACrz07YqZMHwJZow7H3qVeh29nA6fqG31gW659yU65Zzb1fBFm68LJn90&#10;Jr28ntfNRblcSPi8LrYxjpUZpAfhw0N9MHdQvTHUn+wWMGuK4Vdx59Pr1ANzjNHTtbk7kPwr9Tn2&#10;CjvMpNLu86lJnl/MbYuKLQcNEAvBZKDMFkcHMMHsxXcxo3QZtpS2qiEDmAW9/KGjr7TTwLxTYryP&#10;HltRwKs+s0amQKHSQl20jWcKMn3UuTKKqWVxOBgaG0dHyb2FsDcAW7zB4cG0bn42xUWGYYgSrGHx&#10;4Xn/SOWPacXsLMrLy+JxvtS3vPdimnvRvfTSax/Rux98TsecdJ0dZ1JqSX9mfjXPcOYCDRHNC3Xv&#10;Vgj7xdZL7z9mJf2ohi/f/7CLhwoXXfUo9Trmco7Lq5pCM45JZubrUM7r4NC1XS+Qbu28HDpjbKrN&#10;tDC1OHtUKp02OpWO6hdPTVUP+/iVhfTKDSUEK7Pl6sMAYRiDSTRWkK6ck6XmBrXLqCap24jms/pA&#10;w3rGcdrMcv1xY/gjzyvUtv8FAdfxme2lfAcNDN/gxRbVzA544SZ9+vnXtr9fjR4HY8fTYohQTBEZ&#10;7nPRI5cX8LClunkkVN5tmjIskfMgvE2zSKZJQxP5X2Le+DTCkMfnqbVfpPBQXLSbYqLC2DY18mKF&#10;5zmVHrRFfQT4aFW6I9QH8nXLknDeRU6ODwu1Ns/5QRVqHvP6zSWU23ay/Vwf/+d/dPfG7fa1SWHq&#10;45swJGF3ipQdHGhYOy+bmcF80U17nEuDxq2i7kdeSl/+9zs7HHZgYZpu1IAEm4lUER/rkmqBnhn/&#10;BIWZPuzoLoEBXuW+6Pe5FXO7McGloT3iCBtLKhyiwR0U/R5AX+TnPaui6bErCng1Zs3cbLbED4qJ&#10;DCOfz/XIwerjVOmO4Ry1eAr13bquhI39blpdyPVPb3Y4P5uYur7+thfo3Mtq9wNALpeb5xxWOQ4a&#10;ArA0ePYEbVVaCLun2BTa/NK/eHwv4R2qSihW9b5Tj0ymHdZ6viriYV2SKxY9sHL9ifFhb7RvHn6L&#10;L8z1FCbLKkyUs5oYER8Ttq17myg6RTHi9aqnRnknHZZEB0dEU1GHk5nZph+bQoVZvl0qPRSvQoE2&#10;jDLUwbIZbAfYf8Vsth8Gaxn9rlNzAOVeoAhYbjI+hOQSYsJ2Xq0+HPPZQxGso1rPCgWvDhoALsEL&#10;9UUGmjtfd9vz1OqQ83lZEEuXEo55wAUnZQQzvtjB8cBWJjxtmkVwD6y8E3AdhETkA72XVWhLTJoE&#10;xjfrI4QJan7FMM67eY02DRkEb7waGs0bn0qR4doWT1qiB+lwSuwU5HtqVRHb1gfjIx5hUj5w0lm3&#10;8tp/8EoV5hnPr+V7QgG7gwMZ8dFhLL8iLxcrOPMuuo9ef/s/LEtz+bqn7Dhs9mAIcfOiXGYcEVFQ&#10;xczQpTGmYkK69qxsykjxwtyxKybavRnpQM0Lw0MyejDVx/hCqSWH2n4pe1T/BPJ7XddzLVyucr/P&#10;9WlCrBty/lhhAo5AusdXFHL9MUlG4LhBCRQZX2iXt/qmZ2iFeu6Kg8+ng4ZfaoeD8M9U4wi1HfBg&#10;hklrMth+sa3Uy77/sde458PSpYTHpJbTM9r4rkcY35jcDuLSFPp34bF1gLVMYcxg5sa/Rlc1zOmn&#10;mPyO1Gy+nnh4Ej2alhuS8f3RGbwSFPzvBGpeFM33eGg5yw4N03dmDMaHaPmLkeb+ZQVc/6ctY8IK&#10;z140LSOgvA8+/op7/K/+F7gJl1V+rDwzjNY4OABRhheoxrj2S0UPD/fMC+/hDZ/OQ5facdZGDuvr&#10;X6kmrr3axdgHSVSQrKE3G3loPK4DNnw2qkko/h2CGR9H/0Dw41gg/Dsy9dDHZPyoxJKAetjhSYET&#10;ctTFqg+MttnASpHl5Y8Qkplg/I1X8JlbBuYX6U0HBpQndNz0dQHXWGqVfwsHBxiiI9zMJOYLBaPP&#10;WHgHj+shHy/h0ZFhtG4+y7kzINgFxscypcVognuDrgW3WOEBjL9gUpoqJ9ru8cHUkJ4M7vExvDh5&#10;RBJ5fDG0Q03EPf5YmjgkkfNLmkM7x9ENWhZf7GIKPCP68sfIqI/xFc7GZldp9wV2maAOgy+msbNu&#10;CAiLTNSHcVQe2O10cCBhWK94uvvifPtlDp2sxRB++eUXGjJhtR0Osl6ybbsIjI+jg1qsQE8QLby7&#10;XDGu5Q/AWeNTf3z5hsAef+VsLSIMxv93VhE9dVUhj7/rG+qkNxvK6c3xPcgd5qMNavilbnOvvlsA&#10;Zr90fW3vvEkNb86ekEYRfjddZFmPF2CDLKdSS3+OnnE9LVj2AG3Z9gEP+06Y+0/7fhnNh0ubbNY5&#10;HRwwwMvHy5OXuf6OF+iIKWvYv23HxzTihLXsTy0dwNv+VjbGgK6xlJLgoavOyKYnV9X2mudPTaeH&#10;9Rh7qg5h+LPTPeiFJ2DZ1GR89O5VzSPpMzXMQY9/3dk51K5FJB9kr29yG5NWGXCdlH8QPwd2d887&#10;gZczA2wdrjgt69fVqp4H10S/ges7LsyzGX/MgHjYsrWB5xTGBwGY51yz4TnaoSb7El7YcaYwfrCB&#10;MQf7O4J7/PlLH6B3P/jCJmH8tKaD5SWLfURXWaH/8+xULy2bkUn3Lc0Xxh9xWPdY2nxNESXFeZih&#10;slLc5yLvNtXTzzw2xb7X7yGPT+vv+T2E5dVbz8/loc+lMzKoX8dorpPb7XoaPTzq8KJeZvXgIxje&#10;O54Zv03TcFNK9B4sz5p1GD7lGhbZ+PzLbwPCs1uNlTbZreCdg/0QzQr89JgaVpgvFIRDIsCSKzfa&#10;YWAelcXWQlCS590Bxp80NIk2LM6lsgLfxtVn1p5sspjizp7VkQ/AHywyPKh7CgvCQfQgq2IkjRqQ&#10;QtkVY6hn+2SqqiyktNKBIRk/2uUmb5SXuoVH1omLdYfxffHx4d6KmmKd36wTDrkvPiHdZvzWZeH2&#10;4fiLp2VQREzojSww/5PPvWNfQw2KM7k9cMHMkNN6fMBLBt372Gv0sxrryzU2op65mplfTMq/HB8T&#10;RnkZXjq0RveuCpEYpkT4eQXFlpTEOVfcB6efpLyOlbGUWzVF37/VP8jnD6eUon6UmlFI/TpncJ2C&#10;GT89LIzaTK2i1pPakCfcQ6VerchKCPp9MPHddJW9RCn4ClKelt/VqTKSMpM9vBmlLoXxfahLXtUJ&#10;dh3Ry3/0yX/ta6HCjqfq53G5vtNZHRxw6FAeETAE2bz1PT4meJ9ifBzyNl/4A5fm04CuvEbfHS8e&#10;a/hgNIsJ2H4rmMnarQ3AvUs186eXHcFlWXnYjYwMp3vUkKtLW9ULxxfw8Ck5La8O4yN9brc86jin&#10;E/uzPVo5FAh6c1CX1WeyeAJkeWzgIA2ONap6Xaoul+GeGPYYu85DfV73+xj7y7NWDbyQNm6qe3wR&#10;BOnSa8/m+zg4kIG/+NwmHewXC7z/0Zd09U3PBLxwEBglO423/+/CcibkXZT/MpQDqciaiiiqKouA&#10;LE/ApBHAxHHuP2rlgUq6zafY9Nas8eD8E9O5bOy8ajexDuN39fNuqfrn4A8rIG5oj1jq057/eUxN&#10;DwBsrD+vCHEwzgzMWjA5jZczlf+dvIywl3DPgvbTuF5A35H6cMpZl9wfcDZ42lFaDFvlMyfvDg5Q&#10;uNHjRkfVakYYZ6xbm6sZoEXHpzPjHdo5Vhh/Ipei8TDW1y1/MKaCafKrjg8oD4RD6hNUPl9kCjMW&#10;5h/1TW6rprWrE4Y8B7WNCnlf/DMpBx+AYLAwfn/1DAPVvxjqUN7nPD4y2WPEZcz88IMQl9/uRN5j&#10;eHIlr2Dt9tyBgwMMOACSmeK1mXHw+KtsfzCp5Mz46xfw2nmApmSM6a89q3azS2E7GBP08vrikOWF&#10;IpPxt6Tnky/GT4X9iig2J5a8kV4K84ZRmdfP8VvV0AWbUriHut8/9W1d5aMH8Efo05c2PsLxRDB+&#10;bNBh9a+/+YG++XYnDRi3yg6Ly6yScs1nctCQ8OqNpdSmeWIAM4Qib0QiH8YG40fFpqnxP6/d21Dj&#10;6SuumZtNxbk+njzOHqV7ctD0Y5J57T1UuSbV1+MLbc3Ip/MTUunUYbVlq1s9raho/kRWJ3i/omJF&#10;U2NzeaUnDmkSMir5XO6xh8TXYfxgSik+xGH6RgLfvUvz6eZzc+owAY4aij8qqZTmjNFHCLHFr/KB&#10;XuESApEFuRaciFL+9xUlFKR7rztnkv5YIOmJYRbG/1OHJ1NG2XD7HibjT4vRp7ZAg7rFUkq8Z5kq&#10;q1xRhCKgJibS/evYQdzD5ymaE5EU+WZmO95FXoQEChSZUEzhMRm8nInzvmHeKBZ/cHvCA+SBQNgd&#10;hnwR8unsDhoDfgKTdaqIpKJOcwIYIhQl5nUNYA5/vP8nXzRbSjnZF8vuQI5wuY5U9NOskSl8lE/5&#10;r1TEQ5Fxg/XENiGnhkq7nU3Y5c3xeOiL7OLvKor8O59cxcuUuYpik+LCWFzCkv3/BPlNlA5uwsOh&#10;/N6FVD29PdJQdEpZyLqblFzQi4o6n0Grz8iS3WrzCKSDRoKZpd3mM0P4otJUTxm4uXPzojwZ44dC&#10;x/LjWlJCaSKFJ4TzEqRQRGIEVny8Opnr2ucs/Zu36SOIZW2bRWxv0zSCw/BPcVBV9M9JcZ5vcW3J&#10;wYe6Z2FKeQozO9b41TWltOThjhuRYd4Iym09gaItaU4MddbNz6XUUi3zk5jbhfKq9Ro+zgknxXt+&#10;U5WJg4aLGkX/VWQzuxCGN7ltJ1Fum4n2P0JKySHBDNnGImBseHw4tT2xOuAj8EZ5+UB4cnzYq8qJ&#10;gt8A/h1sREe6n/Z5Q9qrGpXfM59aTW5D1afo3r35seUUmcwfiXxgJcHPEEzRyU0pp3Is+1X64Gdx&#10;0EjADADFTIn53Sgilnt2m5IKerIeHVBCXheEYRczRpHgf21PqmXyyvGtqaBXIWV2zApgfJNU33yb&#10;lTc03K6dcflavBjDKLeXNSEPUXSsIvLF+PBvwiINZUe1QBykSTEXqIPbVY+P8bswfUm3s3h4hZ7f&#10;H5MpzO+gscEbkUSZzY8kf1Qqa1RLyO5AGc2GUr41HADpoUi9Qx0gTtE/PLH+K/O65D1RdkyLr0xG&#10;R++cUZ1JxQNK7bC8g/Ipu2sOH1c0oYZL3yY2SaLojBjqcFoNdZhdw8MaFfWETuGi0iFNqMXIllQ6&#10;uJSya9Rk2s2HZoLPxr6W1nQI191k/GAK84TLUUUHjQ1YsgzFFELYGALjw4/eEjLxKluKzl0HP1Wd&#10;3M5m8N8iDInAxFZeV3bnHPKqXr56RntmfBVEyc2TKb11OuWqj0VdFyAMqzjxxWwrC/SRImC57MoK&#10;CeN7/DG8Tp/ebAgfrVRpQ/5DOHAAYBlxClZUwPgxKS1shsKyoIozd3LrQ1b7WR2p3fQO5InwMLOD&#10;oduf2rHOR1AyiFdXBrKogqI0xeztZnTgtKmVaQjDMCt4k0pg1w1+RfwPgcMz1lKlAwd/DBBVtoY6&#10;XVKKDzYZ7GtOUD+G5PfIp+QWrJf+4/S2GTaTZ9Ww8BdPat3h7nvaz+6I64fKR1VQRlXmJoQrXJVa&#10;kcZDpZZjKimnWx7F5cch3d06mgHp0B88vliKjC9g/ZfqWk3Ip8BtBvUiDuM72CM8uqJQGP8SrO5Y&#10;TP+TIiiXsj+EvLbHI3yBIkFfRZFh/rDHIWas/I9wqEJ4fPjXpYfxTmknHRKI/F7538RkxJjjdiiX&#10;Qi+O9XYojbKFzSLjCmDQ2VXS9Wy+9kel2Jof7l+mD79blw4c/H5cOiNjpzG5PVw2iKyd3DN1sGtX&#10;duUYKu58hup5eQPqRh28bwW91szLdhjfwZ5h/JDEr7AJZF06cODAgQMHDhz8SQQPK7BjiaVFIPj8&#10;5w5FEAADMPmDpmGo1YOIgGz6APBfo+gmRShfCNimCPkwYb0CARYgygARgy/4yuWaowh5ZvKVy/WO&#10;ol8Vwbw/8oc6rXSf5QItFSE/Nq6g9QD5MAEOhVMUBT/re4qqtZctk6OsJ/lK4yRFUEOOSTTimima&#10;ZfmlbvIMcAUvK8JEHc9wHgKCMM5yBZh040D+RkUQnOPJtQUs8bLckAXMcQ7XXgbvPisyxTQesNxG&#10;DzSMCZPxEQeG+ICvNJOL7AtUYJgiw1IOGn+y9jIk/DjLxYvFywfMe+Pl4mMw187N+JMVBVsmMeMR&#10;hw9uDF9pIB5qvQXhisw8AjAhPmp5zu2KoLfTTAu/fDjwmwxnIrj84DKCYYZB5/9XirL5yuV61KJQ&#10;gAE5SJWa+dMVVShCmOgdNeP/oQhyRqHq0eiAXtSjvQwcuhCYDYR1dFzXx/gA4qGCw0RwIwczfrCN&#10;KVNxk5k3mPHBeKg7YKZDmOjYRPgo7WXgo4Au/GC8YLn4VzHLCvYL46PXBYOaELV/Zh4guAzzgylT&#10;hI8dkGcBJA90dQaXh0MwaLOVfKUhacD4Zo+PMiUO+Q7WXldTRXJfBw4cOKgf6C0agqYv9JoY9/fg&#10;KwcNHhCrlR3PzorMv9/DFMlQI1g7MBD8tyvA+FzGpUCaouC0ofKC+cy/Y4GtXU3BjMPwwhzDv2m5&#10;MOGzRnsZKFMY+kRFt2pvAKAPx8wDrLLcuyzXBOohQ52zFJn1Wq7oXO11rbZcExBs6629Nsz8eCfY&#10;LRaYcTLENIHr4HMGwWkwgTYNa6y1XMAcMsq7kjMGDRYm4wuk0cD42ILHCkKoFwhgVcBsZFklMMOw&#10;ooIzqmZaM14AxpdjeDD0JmnusVxAwjDGr+8EU6iyJSwU48uEF3Zs+2gvAyLHyFfJV4FAePCqkNwD&#10;jA8bVmi3UP8gf4bxAbwLrIYBEhecxrxGHczr/oqGKsL7vV1RcF6sSAWHNTjgZWOpUYBeVA57oGGw&#10;RAcUWa6JHMsVpahYvTF7Hmk8MFYX7WVg2TJUw6KXEQNvAvRGoRgfwBKjeRZWxH2h+QDDFgEEz7C6&#10;AYDxZTKNVR1ggOUCKB9iz7KMio8RbRQMpMMBFYEpWw/Gv0F7+X7BQK9tW3exYD7X7hgfdZOzBGKO&#10;CMC/tJkuOA9WpnDSTWDGYxVrsfYysBxtLnA4cODAgQMHjRhYPzaHQSMs98/A/BsOxlbLFXS33L8L&#10;MhyqD99YbjBs1eB/M0IdjHfwNwOToBO0NwCY1AFi7h5zAHODSSZ851guIJtGXS0XKznY6scmjAAm&#10;eLAtL/ZuMdbFWBjjUYzvj1LUTpEA2pVxT4hK+BVhjBtKVDlAPaGCjOmlnhAxgPgBcLzl4uPE82PS&#10;LpBxvoy9cW9s4GGeIMBuMuqLeU6ioraKZD4hh2sw5gakvWRjUJ5bwuXjktUs6TAg6gGgXCwo4P54&#10;dvOgvoM/CciroMHl5BLkY/DiwaSYNIq1bzAxGKiJok8VIb1MjgGsUixVJD0oGN/szSC6IBNF7KgC&#10;uK9MaOdaLnY3sWoiE1Z8fGAy5MVK0WxFzypKUiTAyoZMkkVMAUAYxADAiGL3Cky3XnsDllkB6PLB&#10;pBXa3ADc2zxfCwbE8wmjYsKNVTN8jKwNWgEfNjoELB+/pghx6DggCyTne1FuliLpLFA/aX/TbBDa&#10;Byt2WFrFsrS5i+vAwV4B1BC2VhRgotSBAwcOHDhw4MCBAwcOHDhwcMDB5fo/MLVtNRWh34kAAAAA&#10;SUVORK5CYIJQSwMECgAAAAAAAAAhALXR8jA5FwAAORcAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAACnAAAAVQgGAAAALEz0/gAAAAlwSFlzAAAuIwAALiMBeKU/dgAA&#10;AAd0SU1FB9cFDhYGCkX07y4AABbYSURBVHja7Z17lFxFncc/t2emJ5nJo5NJQsIjSScENpjw9IGg&#10;IIhIhGUjC4JxFV11V0XEs4eWVSM+6EWwd3HXVVwfi4oCgspDDSQQAoRDTAQChEgkIekACUlIOrnJ&#10;zCTz6q79o77XuTbdt3tmumd6Zu/vnHuSM7f63ltV3/r+HvWrKghl2IiBN4etEEqtgvNHBurDlgil&#10;1oB5uIGDBub8f6lzJOz2YSOfBEYDC8KmCKWWWHO0gV0GjIHVBpywVUKpFXB+QsA0BnIG3hK2Sii1&#10;AEzHwNM+cBoD95qwaUIZQlDO1L9zDWTzwJk1cHrYSqEMBTCnGfiV/v/pPGB61xoDDaG3HspgAnMU&#10;Fpij9ad4kaJvBa4wIThDGSRgAvwHVmVH9eeugJ9cFwDeUEKpKDgvkjduDGw19m8XFFHr3vXjsOVC&#10;qTYwJxvYkRcymmcgamB9ADj3G2gOWzCUqqlzA7cUY0UDbzNwKACgZ4etGEq1wPlmA90FQNdl4DSV&#10;WRgA0H8JWzGUarHm7wJYcYuBaSr7bgOvFyjznbAlQ6kGOI8rEGTPv54xMEXlZxh4Iu/+L8OWDKUa&#10;4LypBDC960UDc/WbqIEbDfTo3sNhS4ZSaWBGDLxaJjiNgYzCTZ458AED7QaeD1szlEqDc74vrlnu&#10;lTXwXS98ZOAsAy+P9KnMUAYfnB/vIzD91wsGThODXmrgqLBFQ6kkOG8YADiNgU4D1ysZeXzYoqFU&#10;Epy3DBCc3rVWJsKIkjDxY2ilrkLPOQlYg02vi4TgDKUSsreCzxoN3Ixl46YQnKEMVF6qwjMvB5Ya&#10;mDjcGydcxVdlicVTjljtcKxHPRVoAWILDr4w97ZdP1lUpU54FjjLAXfYgzMWT00GjgTGYGNo3jUa&#10;m509BmjExtPG6Ldeqpb39yDpATqAdqAV2AdkgF3Aq8B2YK+bTuSGORjHAqdgEzZOAeYB09WGeWrL&#10;8Myr32R6z75qfc4K4H0OdOZ94xRgFtbDnwCMU5+O9v1bp/+jby+100i7rr3AbvXnZiAN7HfTiT5/&#10;vP+FTzC0u0l0AXti8dQG4BngD8ATbjqxaxgAcipwEXChQDm2wMD0Ouo1DczWHE5uQ3Tq/Ok9+95f&#10;pU87G/gS8NW8vz8OHDNIzXMQ2BSLpx4FlgCPuulEd1+Z80pVZjpwLOUnsGbFfBuBbWLDNl34Rl4z&#10;1g46TOpttkZupATbPgfci11Xs9FNJ0yNALIOeDdwBXAevcsqvO9eDSwFVkrFthX6dgMx4M9ql2rI&#10;IWCuAy/7vv3zwKnAJGCyWHRMGc9qBR4DNqifu0VwE9Snx+lqDHjGK8D3gJvddKKtzzZnLJ5qAj4I&#10;/FcJkN4KfMlNJ7b3o3MjMiNOwq6ZOQeYH6A+curw7wG/cdOJziECZQRYCHwFODHv9jbgB8Ctbjrx&#10;SrnPNPAh4OdV9AGud+DLAXUapTp9HztYCsl+YK6bTuwo0T4TgHOBj2vwFiOfrdgtdpYXU/lOiRd9&#10;TgAtJnPcdOKlCnW6oxF8CfCPJUyMTcD1wC/cdKJnEIF5MvCfwDvzbu0B/g34oZtOHOzrc7W9zK3A&#10;P1Tp09cD853S9buS4rmhz7rpxEl9aCuAMwT444oU6wb+yU0nftofcE7DqoNCzk4bcFh/OqOMitUD&#10;fwdcCxwfUPRJ4FNuOrG2yqBsEFNek6e+Ae4GrnDTiZ0DeYexduoqOVCVlizQnO8YFajndHzqP0/W&#10;uunEKf1ou3HAnTJ9ipluC9x0YvkbHcZgeZ3igeI2gpet9lvcdKLHTSd+I2/3CqmUQvIWYFUsnkrI&#10;BqwGMA+X1/uVAnZlArh4oMAUS7QC7xcLV1rqZBeWktcUUalkXx4ALgbWBTjlP4jFU6P7BE43ncgG&#10;AKNLI7JqIpDeLJA+WaRYI/At4OeFKjhAYM4Xm72jgDr6KPDvlXTQHBuUv7TSAOkl55KSk9NT6X5s&#10;Bz4T8A2zNDD7xJxeKKBgRQbLc3bTic2KJNwbUOyDwH1y5ioBzOOxGeYzCtz+rJtO3Naf2F0ZAF0B&#10;fEpAqZR0U/5UaXeVunEV8MeA+xf2B5w1EbpR2OFS4J6AYu8BbpONOBBgzgDuV5glX74P/LCadXXg&#10;Z8DXK/jIP5UJOlNFU80ADwQUmScnqk/grBlx04kuebRPBhRbCHwtv6J9AGYTNqZ6RJEowReqwZgF&#10;JCkPvhLycI3MU/85qOnJy9Iadokfig58KMAWBvgCcGY/gAnwDQpvzmoEzLbBqKdj1fqnsDN3A7U1&#10;76iR7msPuNeRb8oMy6wkN53YxBun5PI9wJtj8VS0j49+K3BVkXtPAb8dzHo6dnbnA9h56v7K48Da&#10;Gum6oP54Kd+HGc4pc/+DnTItJscBH+4DazpAiuIzVN8diqQUx4Z3PtzPyEgOuM6pEb8BO2VdTB7s&#10;j0NUq+zZCdxUotjVCuiXI2fyxpkfvzq6ewir+0gZdS0k91Aja9plMp1V5PZe7PTtyACn5DaC43J/&#10;EwC4fLmS4jNmjwyWrVmEPT1bON2Hn70OXFlDrHkMdq69kE18tZtO7B5R4BRgfl+i2MVljOopBJ/v&#10;89hQ19WxM3Llhpd6gMsd2FEjrBnFLiGJFgDmN9x04ieFfjcSlmksK3H/bGUSBcm59G5zXUierZG6&#10;/hKbzVPKO78Gm65XC8AcLw2Xz5oudknJ14K82uEuq0rcn4PNIw2asy61v+XmWqioY9ep345NIC4m&#10;NwLfdoYelE3AImAxfz3L1iP78lo3ndhGiZDLcJdXsDHPYpsK1Mne2RPgpQcdOpXFLjuoFXmgCDgN&#10;cAPwpSoB86hYPDXJTSf25LVfPTaZPAYcDZyATZU7B7v8w5MDwE8V9dhUzgtHAjg7gZ0E73hxZMC9&#10;RnTmTxHporLz3AOVdfqeSB4bXVNlxpwMbI7FU9vpdbKa6F13VGrlxG5snHhfLJ6inFm2YQ9ON50g&#10;Fk+VSmoIAm6M8pYo1IQ4cMDYZBzvm/fLdrtvEFT5uDw27IvMBpZrsG+KxVNLgJ+76cT6kcycnuoN&#10;kmg/gev9tmYcR9NrqoCdtVrk2Dn/wXj1rcBD2CiAP0GkSXb9ET7VfnwRNo0Cb9KViMVTy4AvYjPt&#10;RyQ4S4EnKBY6qsRv6wTgthqp62RLoFyPnf3pGKT3bgQ+Vm6apJZIn4HNg1hYJBriYDPkzwZujMVT&#10;1/lXZo6UHT9KqZpMP4HryeE1VNcY8A4HvjyIwARo70v+rptOtLrpxBI3nViEnQy5JcB2j2JXGtwV&#10;i6caRww4tTyj1BKErQH39pbh8Myplfo6sMmBp4eZX/AKdjXmBSWIYiHwMy8uPRLUehPazL+ItAFb&#10;StzfhU6sKCLzqzzAHKnrrC864Km3rJbLBP2+XkTToD5tALq0fqdmHFfggVg8dS42yaOlSNFLsTNy&#10;3x8J4Dya4K1w1mJTz4o1Wk8snlpfApxvr3Id3oqdTOgRKHP6P0A2Fk+Vcvg8cNbLRo5iE3vn11pn&#10;uenE2lg8dTk2rFRMc389Fk/dPhJszjeXuL+0jJjayhL3T9US12rJVuzU5GrsxgwGu1Q4ht2V47AS&#10;V4tMm2ZpgceAu2q4z5ZglwsHOX2LRgJzBmW89wC/LuMZv8cmVRQbrI3yKu+qEpvsklfrV9XjsJMH&#10;J2AX711A8D4D64HLq72Gv1IqPhZPfUsqvFibXzismVML2d4bUGQF5cUA11E6ueMjg9yBB9x04gU3&#10;nbgDu8HE/wYUzwIfGQ7A9MlzwAsB908Z7mr9PKm9QmKAVDnTZMpw/+8Sxd4Ti6fmDBHTGOBHAUW2&#10;qbOHkwdvCE7amTxswanM6itK2JrL+/DI2wleHRgFrunvqs4KyCaKh7y2D9N9TQO12nBmzlOxmS/F&#10;wkNX9XEkd2FP3w0KNH+Y4L2bqildFA+6tw7TPgzaNbdjIOCsKyOJt1qsWYfdgqbY/khXl5uWlc+2&#10;wE9KsOf3hqjeXgy0mAkzHCUo52HTQBq5kcodVdJXdf45iq8N+hH93JFDdtBVBC+lfQfw5SFU70Ml&#10;o6rwzBkB91YOJJTULOR3D3IjnQF8s8i9e7H7GAUySQuLo9iwTGeGZD5A22Lx1EXAoxTP87wWG7q5&#10;p5IVa2GxQ2+OZCO9oaOc2dnu5KY0QaSqiXFOAAhjVSCZtwdogtudMh7yAjpKuYDMdtOJLYPImidi&#10;U7YKeeh3O61dl0f2HJqGnTU6WiPzSGygehI2u2g0dibF0cDqxK5n2YndPnwTsD7XMrrdjIv+OACg&#10;7cBFbjrxYD+B2AK8DTgZuyfnbHoPjIjmqTwDdOM4DURwTF0E6hyoj2AaIlDnrInsPnQZ8EqGZG4A&#10;7RvBpsMVmg4+BEyp1CrUWDw1W6GkQqp9BfCecpgziM7fTvC8dSVH2TnYILhN8jAGpysHnVmczp5u&#10;p717NoadAt4eek/o2I1dA9SaZ7NFsbMwU7BZR7Ox23+PAohkDuVwO9pNcwOmqQEzqj4/BN4M3BuL&#10;pz4G3FkqZCVWPAYbeL4Am0ySxqaivYw9gW2vQO99Z53eMx6YiDFTyHKEk81OB+LAeMeWeZvq6Law&#10;+Bnsbm5/0JXJkDR9YM7GABwcTQUW+ymX4KtFgNkGXOmmE7lSOxs3aCQVm6R/CDi3mhtbaVnpF8iZ&#10;a53ObAMdPTgdWZzObA5jdmFP3ngWG0jfAGzNkDzQTzZrkpY4Fbta8Ky/qLP6CLmxUczYqGWtXskB&#10;3wa+4qYThwo8sx6bbfNJlV2GnS79U4Zkv/e1F9inCjDzFUU4CbvTyRifE7UeuynDQ8ATGZL7A9p6&#10;tMBRzBf5optO3FCBPv2E/AKngNO3yE0n7oLS225PFzPWBdgGH3TTiTsrDsrp33Kctq5zyZkbnK7s&#10;iU5H1pAzm9SxK8UKWzMkewI6byJ2nvYwes/baZRqz0pVtWHTuHYC2zMkXd8zxmCXDX8MG/CvJ+KQ&#10;GxfFjG/Mt//WAZ9304lHfO+/ELvH/SrgVxmSuwt853ixYFwMPknf6U9m6dZ37sNulrDD0wwZkofy&#10;njcGm2V+qpzG0wVij5VWYadr7wc2+21ubZa7LqBbtgIn9DfbSWbD5yi87c9B4ONuOvFLP40HqdKr&#10;9aAgOYjdDe0XA91M1qf6/l7XbI36pdg0q5fzbSox0ywxx1wBMqK6uQJeBrv6r0MdXacyY1V+GvaI&#10;m1kCR1qq8RHsdovd2ITZf8XOgddTHyE3aTRmdH0+iz7guJ3JyL6OBXrG0gzJrK9+07D7iB4rtdaJ&#10;neHZ7vvO9jzzoUnaa5KANl329HTVZYsY8hns0o2/tJPaZx52mvc87DlJUQ3O5+VE3g2sz8bHf03O&#10;XpAsAy5z0wm3D6B0FOX4BvCuAkXWCpjP5tsYhR42HptscBPBmw345VHsrg4rgEy5qj521I2j6l5t&#10;nY7dmeMSdcAS4D7gUT8zqHOniBVOksrtUuesA/6cIbl3gAMkIuCcqc6cj12Y9VPZhScA31Unk4s1&#10;YmKjvJbc77R23RXJHHoYw288Vm9h8TjgfAFrLzZraGt+pKCf3+vZgsdjj545RW30kjTMY8D6DMku&#10;lZ8ooC6UVvC88BdzscaZprmhkWjJCOFOtcHvZOse9IhJQBylQT9f7H0hhQ9ieEnkd0uhU1EcPfBi&#10;OTdHqqJ9OSQrXzoEls2qxH7+emajGYjRlY1EWrtmOO09cbI5I1XzK+APGZLdvsZvFhA8+2+XVNNT&#10;GZL7+tCJUTFQg64eAfug13FFfhfDns72z2LGG7FrxxPoEAPT3EBu8uiNkb0dKedA1/IMya0+j/wc&#10;sdTDQd/bwuLR6tDxUut+u69LDt0BwM1X5QWe1SgNdLoG2RwBYZk00PYMSc8EOBu7zeL5HlBNQwTT&#10;3IBpbqAMoLZKQ3lsP0bX+CLkt0+a8HbgQc3MFfXOiMVTT2nEUeYMRP+CbTmzy2nr7nBau+qdrizY&#10;hNM7gNUeIFtYjFTY32KTcDuwG6g+AuwtxDb6zSgNKs++ivi+tU6quUuXN7qjasQmehN166RmVwOv&#10;ee8To54NXCdVfKVsxDuBvUScT5MzKzMkD6nsuzQAVvntYn3rVDGdN1Dq9cwD9J5+Z3xecpNs5pgA&#10;PMbnzXeLCNYLgLn8NpJqfxN2P6hzpA3vl0p/IUPSCKjvlcZcoHdionW9QG3o05yNoXcVwgap7lXA&#10;0246UdbaJw+cx2GXdR4UGHr0/5wu/6EFdfrwsRrh433XOJ+N1Aw45EyLc7B7vtPaVe90ZKMauXcA&#10;j+QBcqoAeYJG1xLgjwVsTPTuuVJfOTXEIeDFDMkdA1STjpyTd2KPzOvCbiP4TIZkTsD7qED6Han8&#10;TmBDhmS2hcWHibXW+FSpNxsyU4Nmt1e+Amq9XtpunmxmL367UWbInvxQkhj9fGmEI8Vk9wDPqg7j&#10;sGl6izTIbDixIXLA1EeWmqaGJWZsNI3zhnPde/yOW1/s0qLgrLS0sHisQjEXaUZnDTbT+8EMyXZf&#10;uYmyR46XLfY7YF2BxmwSsx8uILpiitcqYbeVEV5aIBZ/Xl53ZwuLZ2D3/Hkd+GiGZFsLi6cDEZ9a&#10;d+RIjQO2ZUhuZxBEgJ2NXSUwUWDdJA3VXiBacJ5U+ywx6q+B5zQYp8o+vUzmVYMIYb1MsSXA0wMJ&#10;i1UVnGKG2TKwF2D3Hlothlzmj63JgH+fbNz9AuT6fBZpYfE0eXiNsmeeUgcPSZKDgHYy9sCEx+Xh&#10;jsLusDxVbHrQi7EKqDFgUykbcRC+vU7seqq0Wqts4B155SZIe31AkYC7BVRvV44jxaiXyJ71QhWv&#10;y/l6WP9uqEQ/Of2sbING2WlSf2dKjT8kL3sZ0Oqz1xrEoGeK+R7IV9nq/Jma7fCC/49XY0RWYCCe&#10;r4F4gxy0o+V9d8kZmS2nYz81Jj6z6ByFtTrk0W/xAKUykxVBuUzlPaBuFHNOFuMukLN6mPBkFBJb&#10;rVDa09hE6F3FYtL9AqfsqwkC4nGya06UXRjVix/WtTbPy66XKjxTZR8X2Lrz3nGUyjV603h9rcQQ&#10;dfIE7N6Sv86QfNynImOKMzIcRFGCd2lAdcrx3OxnPpkwlyj23CBH9j5P44mZ50nTnS7NOTMv0L5L&#10;psVGes+e30bv+fPt5CXiOALgezWKJktFHSFnYKZsFqOHekHeNfqwgwVibmdIfUQ0clZkSHbklZso&#10;xm1U8PnJoHBODXdsRBMVWzRAnYHGWYe4Ps1i1GMUOViaIflynnabJV9iofCyXJpypRcqU7tMEmDn&#10;K1JwjH47rcDsUKcY/KoMyZ/5wfkZ7Nxwu1TpNuyel1uE9BcVougo4KjUi1HPEJAPKhj/RL46lmNx&#10;mpyDfSrTxTAXqcBjxZYdjBCRFjhfUYa9cn62+0w1R6r8XJHbaWLHlQr9rQFezzPdIiKkw0WAhyni&#10;MkHgvMlf3lHoozWfBYuwxBSp9JP0giw27WmF32bJY9KTxb4dCrC3E8pwA+pkMeURIrD7gVf9Klhg&#10;PVaq/VRFVxqlcZ/DHnG4AZsTcKCc1D6ngFc3UYieIRqeJWcnJ6/sOan2Vwu9wBf2GafY4zN9mckJ&#10;pea1xFFygqYr2rLCi48WKDtOzuKbFFKbI1KLiqx2Cuy7sWmO92dIvuJnzjOAz+IltFpPa4cM1s1S&#10;6UWR7vOy58nObMMmSxwYLk5BKP0G6kRsPPsE7OTMZqn0jUETDDIHG2WzTpZ9Ohb4rd80cvrxUaPk&#10;2c2W55YVkJ8fSBZ2KCMCrDPl6B6tP7fKb1kve7VPNrkT8LKo1PtsjRDPwzokNn0pPywUSigFvH8v&#10;DDnNR2bdcp53S0vvEZBdfxjRaWFxXLEpP+t5W/DtkNeeCYEYSgVBW4dNPvH8Gy+ZZbl/4uL/AL4C&#10;31J1svSrAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB7OHfy/mMAAP5jAAAVAAAAZHJzL21lZGlh&#10;L2ltYWdlMS5qcGVn/9j/4AAQSkZJRgABAQAAAQABAAD//gA7Q1JFQVRPUjogZ2QtanBlZyB2MS4w&#10;ICh1c2luZyBJSkcgSlBFRyB2ODApLCBxdWFsaXR5ID0gOTAK/9sAQwADAgIDAgIDAwMDBAMDBAUI&#10;BQUEBAUKBwcGCAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQF&#10;BAUJBQUJFA0LDRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQU/8AAEQgCcgJyAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//E&#10;ALUQAAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJ&#10;ChYXGBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeI&#10;iYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq&#10;8fLz9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQH&#10;BQQEAAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJico&#10;KSo1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZ&#10;mqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/a&#10;AAwDAQACEQMRAD8A+130pRn5RUD6WvZa6d7Yc4qB7Uema+1WIZ/Pkspp9jl5NKU9QKrvpCf3a6mS&#10;2HpVd7UZ6VssQzjnlNP+UwtPV9Ln3xjKH7yHoRXXW0UN7CJYjlT27g+lY72wPanWU8umz705U/eT&#10;swrOrL2mq3OnCUFhnySXu/kaz6cp7VA2mqe1bMEkd3CJIzkHqO49jQ8HFcSqtaM954ClJXSOffTF&#10;z0FV30xf7orong46VA0AHatY1mjjnltN9Dm5dNH92q8mmL6V0kkHtmoHgHpW8a77nnzyyn2OZk0x&#10;f7tVJNMX+7XUSW49KrSW47CuiNdnnzyun2OWl0wf3adY+GW1GToViX7zf0rqLLRWvpcYKxD7zf0r&#10;fWyjt4hHGu1V6AU54tx0W5NPI4VHzSWhzK6LDbRCOOPao6YqGXTF/u100lv7VWkgz2rFYh9zeeU0&#10;7aROYk0tew4qvJpgKH5a6WS2HTFQNb5U8d66FiGeZPKKf8pyz6UP7tV5NKXniupe1HpVeW29q3WI&#10;fc4ZZPTX2TlpNNUA8Cqsmm+grqZLQYPFVJLb0GK3WIZyyymHY5mTT+pxUMMLWsm5QSD1XPBropLX&#10;/OKqS22OorVV29DkeVxTvYSK0juYt6DjuD2qKXTBzx+VOgdrOXcoyO6noa2o/Lu4hJHyO47is3Vl&#10;FnXDL6dRWtqczJpgz3qpJYDPSuqlthz8tVZbYYzj9KtV2TLKoLocpLpoHbn61Tl0/g8ECuqlthzx&#10;VKW1AB4reNdnHLK4LoctLYD+7+lU5tPHXGD9K6mW2B7c1RmtcZrojXZzSy2K6HMS2X+cVSnsvaun&#10;mtj6VQntfUVtGsYPL0uhzc1sV7V0iWg8pOO1UZrf2roI4v3aj2FE6r0Lp4BO6aMs2YFW9Csg+qQj&#10;HPP8jU7xVd8PQg6xB/wL/wBBNZSrPlZrDLYupFW6mydNXn5fxrr/AIYaeF1W84/5Y/8AswrLeHn7&#10;tdX8N4Nup3Z/6Yj/ANCFeLiazdGR9Zl2V044ym7df0OvNivpR9hXpitPYMdKTYPSvm/as/RXgIdj&#10;D1Pw7aazYTWd5As9vMu1kYf5wfevmj4k/DS78CagGXfPpcxxDcEfd/2G9D/OvrPYO1VNV0W01zTp&#10;rK+gS4tZl2ujfz9j716ODzGeFnfeL3X9dT5zOOGqOZ0bL3ZrZ/o/L8j4qQAYAGalRcnn8hXYfEf4&#10;ZXngHU/MXdcaRM37i4xyp/uN6H+f5gcpCM4PQ19zCvCrBVKbumfilXLquGquhXjaS6EqWykDgA1Y&#10;jtlFJEvGe1WUXNZymztpYKNtiMQDPSpEtxu6fpU6qOKmVfasXUZ2xwEX0Koth1rW0+zDWw47mqwX&#10;2rc0qIG0H+8aylVdjaOXxfQp/YQO1a9h4jit9tlcMDOwxHI3b2b+lZ+pXi2a7Ew0x7f3frXMSxtI&#10;7M2WY8knvU/xF7wfVY0pe4jvJNNLuSRkk5JPeoW0oHqMfhVfwt4iEhSyvWw3SOZj19j/AI11zWeC&#10;ePyrmlVlTdmdcMsp1I3ijlH0wLnC4/CoW0zA6V1bWXsahezx2oWIfcp5TFdDlJNOz2qBtNC9s/hX&#10;VPZYPSoZLQHORWixDMpZVHsco+nD+7+lRPpwK/drqXsvaq8ln7Vqq7OeWWRXQ5d9Px7fhUD2GSTi&#10;uney9qryWeO1aquc7y5djmJLDHaoHsfaume09qrvaDHStVWMJYBdjmns/aoWsua6KS0z2qu9pg1o&#10;qpl9U5Tnns8Z4qB7T2rontRnpVeS0x2qvaGqwyOde09qksdCm1S5EUS+7P2UeprobDQptUuBDEv+&#10;856KPWu4stDh0u2EMQwO7Y5Y+prOeI5dFudVPBuWtjmbTQIdOtxFEo9WYjlj6mlksB6V08tnkVXk&#10;s+Olc6rtkyy5btHMvYAjgYryn4l/CwzCXVtKh/e8tPbIPverKPX1Fe6SWgA6c1iahIHJjj+73Yd6&#10;rn59DajSeDl7SH/DnypHNEkaKTyAAaK+jm8EaJOxkk0q2d3O5mMY5J6mivNlF3ep93DGQ5V7rPtF&#10;4R3FQtDzWiUBXI5zULxcdK+NUmfpEqKZnPDzVeSEelabR5FQvFxWymcsqBlvB7VXeDnpWq8VQSRV&#10;spnHOginaXMmnzbk5U/eX1rpIZY7uISRnIPUdxXPvFS2lxJYS705X+JT3qJx59VuaUJOi+WXwm+8&#10;WageOrMMyXcQkjOVPUdxSOnPeuZNo9R01JXRRePrUEie1X3TmoXj9RWqkckqRmyRDtS2mmNeSccR&#10;j7zVowae10/og6mtdYFhjCIu0DtTlVtohU8HzvmlsU1tkgjEaLtUdBUUkftV1wagcdawUnc6pUUl&#10;oii6cVXkj71fdc1XkTrXRGVzgnSM+SOofK4NXXXHFRhMg/WtlI4nRVyhJBkGqskHBrUkj4NVpI61&#10;UjlnQMuSHNVpIs/StSSP2qrLHW8ZnHPDoypIqqSRYB4rVkjqrNHxXRGRxyw5kSxAdqjgneym3pyD&#10;95exFaEkfHSqckYPatlK+jOV0eV3RrRSR3kQkjOR3HcH0qOS3zWRb3MljPvTp/EvY1vwzR3sQkjO&#10;R3HcGsZXi/I7IRjVVnuZctv1qlLBkdK25YapzQ1amZzw6MOa368VSmg45FbksXXiqU0WRXRGZxTw&#10;6MGa364qhPAeeK3po+aozxda6IzOOWHRgzQ89K1gv7tR7VXnjPOau4wg+laSlczhRSuQMgzV/wAO&#10;J/xOYOP73/oJqmRWj4b51u3H+9/6Caym/dZvTpfvI+qOxaP2rqPh2uNRuuP+WQ/9CrnymK6f4frj&#10;Ubr/AK5f1FeLXf7qVj63BUrYmDO4C0bT6U8A4pQpz1rwrn23KR7fajb7VIVOacVzTuHIZ+raNa65&#10;p89jfQLcWsy7XjYdff2PvXzF8Rvhpd+ANR3LuuNJmOILjHT/AGG9/wCdfVqjPWqmq6Raa3p81lfQ&#10;LcWsy7Xjfv8A4H3rvweNlhJ6axe6/rqfP5vklLNKd3pUWz/R+R8ZxncBzjFWoz0FdP8AEX4bXfgL&#10;UdybrjSpmPkXGPu/7DehH61ykTdK+yjWjWgpwd0z8olg6mFqOjWVpIuIKmUd81XQ1Mpx1rFs7IUk&#10;TqMe9altei3sNqYMpJ/Cufur7yRsTmQ/pV7RE32W4kk7jkmpa0uzRxsrLcJIyzEt8zHkk96rvD+d&#10;abx1A0eDT5jJUTNaLGT3rtPCHioPssL9gG6RTN39FJ/ka5Z4+eKgkjNTNKorM2pRdKXNE9ja2z2q&#10;B7fnpXN+DPF4k2afqD4b7sU7Hr6K39DXbvBx0ryp3pvlZ9BTpwrR5omM9t7VBJa47Zraki9jUDwi&#10;hVBPDLsYr2vHSq72tbrwVXe39q1VQ5pYbyMOS2x2qu9r3xW49tVd7cVsqhyywq7GFJbVWktfat6S&#10;256VBJb5FbKocc8KYDWvB4qtJa+1b729VpLato1Dklhl2MF7T0FPsNEl1W5EUQ/3nI4Uetbtjos2&#10;pXAiiHHVnPRR612dlpEWl2whiX3Zj1Y+pqZ4nl0W5pRwDqO72Max0WHS7UQwr7sx6sfU097brxWy&#10;8NV5IK4vaN6s9T6ukrJGNJb+1QSW49K2Hh/D3rA1S780mKI/KOrDvWsJOWxhUpKCuzI1K48wmKI/&#10;L3b1rJeDBPGa1ntxUDwc9K7Iy5VY8ydHmd2U1i+UcdqKthMDvRXG56s9uNF8qPqeGRQAyMHjYZBB&#10;yCPUVOwDDI5FePeAvHjaI6afqDlrBjhJDyYf/sf5V6/EylQ6MHRhkEHII9RXy1ejKjKzP0zB4mGK&#10;hzR+a7EbxmoWSr5UMKieLFYJnbKmUGjzULxZFX2j9qhdMVopWOWVIzniqu8VaTx8e9QPFmtlM5JU&#10;ira3MljLvXkH7y+tb8MyXUQdDkH9Kw3i68UW1w9lLuXlT95fWlOPNqtyqU3SfK9jaZfWlgs2uX7h&#10;B1aprJF1BRIh+TufT2rTEYjUKBgCuOU+XQ9anRVT3uhXWFY0CKMKOlMYelWGWomHNQmbyjbRFZxU&#10;Dd+KtOtQyDitU7nK42KrelQOKtMue1V3FaJnJOPYqSjk0xVyp+tTyLTIxkN9a3T0ORw1K7rx71Wk&#10;WrzrVeRfWrTMZQKEiVWlTNX5FxVaRcVsmcsoGdImKqyL61oypiqkqmtoyOOVMzpUzmqUqVqSpgc1&#10;TmXPSumLOOVMy5Y8ZqK3u5LGbzE5H8SnoRV2ZaozpwcVqnfRnM4OLujooLiO9hEkR4PUdwfeo5Y6&#10;5y2vZdPnEkfQ/eU9GFdJBdRX8AlibI7juD6GsnFw9DrhJVFZ7lGWLGaozRHBxWxKlUpozirjIznT&#10;MaePiqU0ea2Zos5xVCaLBreMjjlTMaeKlYHGKtTxjmqzcV0KVzmcLMiPHWtDwyM65bj/AHv/AEE1&#10;nk5rR8Mf8h62/wCBf+gmlN+4x0o/vI+qO8KnPtXTeAR/xMrn/rl/UVzhBrpPAfGo3J/6Zf1FeFWf&#10;7tn1uEjbEQO5oFIG9aNwrxWfXWHZ5pd1M3A0E0DsPzRTQaXIosOxV1XS7TW7CayvYFuLaZdrow/X&#10;2PvXzR8RfhzdeBNQDrun0qZv3Nxjlf8AYb3/AJ/y+o81T1TSrXWrCayvYVuLaZdro46+/sfeu7C4&#10;uWFl/de6PFzPK6WYQ10mtn+j8j49jYZ9qJrraCq8t/Kur+JHw6vPAt/uiDT6XM37m5I+7/st/tfz&#10;ri9uF4r6ynONWKnF6M/NqtCph5ulUVpIYRzk/nXT+H13aZn/AGzXM4JrrPDa50sf77f0qpvQUKep&#10;O8dQPFk1oNH3qB0rDmOj2ZQeOq8kea0HSq8iVSkHs0Z8ield74I8ab/L07UX+b7sM7Hr/st/Q1xM&#10;i81BIhzSnFVY2ZrScqMuaJ7u8HFRPBXG+BfHO4x6ZqcmG4WC4Y9fRWP8jXoLR+3NeNOMqUrM+ip8&#10;laPNEyWg5NQyQ1rND7VC8HtSUyZUTJeEHtVd7etd4MVBJBmtVUOaVExpLeoHg9q2XgwKgeDitlNH&#10;JKgYslsPSls9Il1G4EcYwP4mPQCtm00qS+nEaDjqzdgK6i002KwgEUS8dSx6saU6/IrLcKWBdV3e&#10;xmWelxadAIoh7lj1Y+ppZIjnnmtR4c1A8Rx61yqd9T0XQSVkjLeLJqB4hz6CtOSL0rn9V1AylooT&#10;8n8TDv7VvBt6I46lNQV2Zmq3nmExQn5P4mHf/wCtWM0XStNo81A8We1d0XynlTg5O7M54aheGtJo&#10;+ahaLmtOYy9kZxj5oqy0ZDH60VzN6nrRp+6ixNFg12Xw/wDH7aHImnai5bT2OI5GOTCf/if5VzE0&#10;XtVKaKiUI1o8shUalTDVFUp7n0rG6sgdGDowyCpyCKfjPOeK8a+H3xCbQnTTtSctp7HEcp5MJ/8A&#10;if5V7KjKUV0YOjDIIOQR7V83XoyoS5ZH32DxVPF0+aO/VdiMpmoXjzVxh6dKicc1imdUoFJ0qB09&#10;OlXnTI4qJ0q0zmlAz5EogsWuW7hB1ar0VoZ39FHU1dCLEu1RgDoKr2ltiY0OZ3ewy2b7FgRj5Rxj&#10;1rTWRZkDKeKzWAxTYpmt33LyO49awlHm1OyE/Z6dDSaoSKkSVJlDL0P6U1hzWaOl6kBHJz0qKQYq&#10;dumaifkVqjmlEquKhccVZkFQOtaI5ZIrSDimxD5W+tSOuDikjXg/WtL6HNy6kbrj6VXkXNWnHaoH&#10;UirizOUSjIvWq7jBq7ItVJR1reLOWUSpIuKqSrV5x1qtKg5rVHJKJQlXOcVSlXk1flGKqSrmt4s5&#10;JQM+VeDVKVe1aMi1SmFdMWckombOtR2t7Lp1x5kZ4P3lPRqszLzVGda1WujOdrld0dZb3UWoQCWI&#10;59R3B9KjlXIrkrTUJdMuPMj6fxKejCurtruLULcTQnIPVT1U+hrKUXB+R1Qmqi8ypKnWqE6cmtaa&#10;Mc1RmT2qkyJRMmeMc1msRzmtudOtYErcmuiLucM4iEjNaXhZs+ILb/gX/oJrJ3cVqeE+fENr/wAC&#10;/wDQTVTfuMimv3kfVHobV0PgTjULnt+6/qKwGGMV0Pggf6fcf9c/6ivCrP8Ads+twq/fROzzRnmk&#10;pPwryT6lD84NGc03k0DjpTGSZpRUWTT880DHhvWnKM801E3YJ6VJWbZaRU1XS7XW9Pmsr2FZ7aZd&#10;rxsOD/gfevmX4kfDm68C35ZN1xpczfuLjHI/2G9/519Sk1S1TS7XWrCayvYVntpl2ujDr/ga7MLi&#10;pYaXdPdHlZhl8MdDtJbP9PQ+NDxXXeF1zpQ/32/pUnxJ+HN34Fv96brjSpj+4uMdP9hvQ/z/ADwn&#10;hIbtIB7+Y39K+pdSNSmpwd0fnzoTo1HTqKzRfdeKgdKuyJg1A6+1ZKRqoFJ1qvIvpV2RKgZc54q0&#10;xcpQkX8KgkXirsqVWdMCrTIcSjInNejeAfH3mGPS9UkG77sFw56+isf5GvPpEzVWVMUVKcaseVl0&#10;qkqE+aJ9HGKomjrgPh78QvMMWlarJ8/CwXLnr6Kx/ka9KaLr/WvDqQlSlyyPpaU4V4c0TPaPioHi&#10;zWi8We1QtER2qUwlTM1oaLbTnvJQiD6k9AK0rewe7lCIPqSOBW9b2UdnEEjH1J6k0p1eXRbhTwvt&#10;Hd7FO2sYrKERxjHqe5NDx1dZOtQstYKV9TudNRVkUZE5qJ0xnNXnTBOeK53V9R80mGE4T+Jh3raF&#10;5Oxx1UoK7Ker6h5pMMR+Qfeb19qxWSrrLg1Eyda9GFkrI8aonJ3ZReMc1C0fpV946gaOtLnM4FB4&#10;6iaPn61fZCe1QvHz0q1Iz9mZjAbjx3oqd0+dvrRXO5HoxhojQmjGTVKWLGa15o89qpyxZHStU+pz&#10;SgYs8Wc8V2vw8+IbaC8em6k5bTmOI5TyYT/8T/KuYmi64FUJoKqcI1o8kyaNWphqiqU3qfTyMrxh&#10;kIZGGQynII9aQpkV4z8OviM2gummam5fTmOI5W5MB/8Aif5V7SpWRFdGDowyGU5BHrXzNejPDy5Z&#10;bdD7/B4qnjKfNHfquxXZMfSiO380+ijqatLCZD0wvrUxQKMAYArDmsdvs09WVzGEUADAHao3FWGy&#10;c1EVwaSY2iuwqJxirEgxUbDIrVM5pIhima2k3DkHqPWtFJVnQMpyDWY4zmmxTNbvkcjuPWiUbkwn&#10;yaPY0mFRMMHHanpIsyBlOR6U1x3qEby11IHGc1DIKsN0NQOMitEc0kVnGTmiIcN9acwxSwDKt9au&#10;+hhbUicCoHGatuuOtQOM1SZEolOQdc1VkXOauSLmq8grdM5JRKTrzVSVRV+RaqSrzWyZyziUZlBF&#10;U5Vq/LVWUDBrWLOSUTPlT0qjMlaMoqnKvBrpizllEzplyKoTJWnOuKpTLzW6ZyyiZU6Z5plnqE2l&#10;3AljOR/Eh6MKszJ3FUZl4J71undWZg007o7O1vYdSt1miYEHqvdT6Go5kxXGWWpS6XdCWLofvoej&#10;CuytbyHUrYTQnI7qeqn0NYSi4+h0Qmqis9ylPH+VctKw3tn1rsZo+vFcZOcSsPc1rTMKkSItj6Vr&#10;+ESD4htP+Bf+gmscnNa3g3nxFaDP97/0E1pN+4/QxpR/eR9UelkZNdB4K4v7j/rn/UVgkYrf8GcX&#10;05/6Z/1FeDV+Bn1mGjatE680dfak3UbjXmH0YvejNAOaMigoOPxqaJC5yeFpsMPmHJ+7VrGBxUSZ&#10;rGPUTaKQ048Cm1BY1hmmmn4pG9aCSnqulWut6fNZXsK3FrMu10fv7+x968Y1b4ez+B0ZEZrjT5JW&#10;MM+ORn+Fvf8AnXuJq0NPt9T0yS2uY1mgkyrI1dVHEyw/o90cOJwEMau0ls/66HzYy5qB0wa7Hxt4&#10;KuPCt2WXdNYSH93N3H+y3v8Azrk3UV9BCcakVKL0PiKtCdCbhUVmilIhwaruvOavOtVZVxWyZjYp&#10;yJz6VWkXFXpFyDVaRQRWiZDiUZV71VkU1flTtVWQYB71omZNGfIuDXqHw6+Iwk8rSdWl+bhbe5c9&#10;fRWP8jXmsqH0qrKvB9aKlONaPLIqlVnh5c0f+HPqJo6SCye7l2IPqewrzj4VePptRkj0bU2LMoxD&#10;dt0x2Vz6+hr2uG1W3Tag78n1r5yupUJcktz7HCqGKjzx2K0FmlpGEQfU9zSMmTVtlqJhXFe56bgk&#10;rIqMmKidcA5xVxx37Vz2ral5xaGE/u+jN6//AFq1gnJ2OWrJU1dlPVtS87dDCf3f8TD+KsVo8dqu&#10;umB0qJkzXoRtFaHh1Lzd2UnTioilXGjqNkrVSOZxuUnSo2j4q40eO1ROma0TMXApMlQunWrrR1E0&#10;fPtWiZHIZDqd7fWip3T52+tFc7ep6EYaI2ZYs1SmiwTWxJF14qpJFVxkc04GNLDVKaLNbUsOAc1T&#10;lhyMYroUjklAw54Rniu++FvjufTJ10u/LSab/BMf+WB9P90+nauWh0x72bYnAH3mxwK3IdOS1iEc&#10;Ywo7+p96ivyVIckjbCOrQqKrTdrfie/IVKKUIZCMgjkEU1l5rzbwX4vfSStjeuWsycJIeTF/9b+V&#10;elBg6BlIZSMgjkEV8tVpSoysz9Dw2Ihioc0d+qIGHWmFc1M6981GRUJmskV3FQsvWrLioWrVMwau&#10;V2WoHXmrLcE1C6nGa0OaUSGKdrZ8ryO49a0UmWZNynis2RetMjna3fcvI7j1oauTGfLo9jSPWopB&#10;yakWVZkDKeD+lMK0kaySexWcEnPalgHD05+OKWAY3fWqMEtSORSaruKuOKruPSmhSiVHTOarup71&#10;bdTVeRcmtos5pRKcg65qpItX5V3VVkUc1smckkZ8i4zxVWVcE+lX5RVSVa2TOWcTPmXPtVOVK0ZE&#10;qpKnWt4s5ZRMyVc1SmXFacqZqlMma6Ys5pRMyZKozJ1rTmX2qlMlapnK49zJnjpljqM2lXQliOQf&#10;voejCrc6cGqE8fWt1rozBprVHcWd9DqlsJoTkHhgeqn0NcVcH99J/vH+dQ2GozaTdebCcqfvoejD&#10;3qtaarBq6NPbvkbiGU9VPoalQ5W+xblz+pYJ461seDTnxHaf8C/9BNYrdK2fBZ/4qWzHu3/oJoqf&#10;A/QdKP7yPqj1IjBrd8H/APH9P/1z/qKxOorb8H8Xs3/XP+orwanwM+roK1WJ1tFNyaXPFeee6H41&#10;LBCZDk/d/nSwQeccnhRV3G3gAAVnKVtEawhfViKoUYHSkpxNNrI3sFJupaax/CnckKDSClzTuIaR&#10;3zWhYf8AHv8A8CNZ5HetLTxm3/E1E9jWiveE1DT4NUtJba6jWaGQYZWrwvxv4Jn8L3W9d0thIf3c&#10;2On+y3v/ADr3w8VX1Cwt9Ts5bW6jWaCRcMrVphsTLDy8jDHYGGLhbaS2Z8vOhFQSLmuz8b+CZ/Ct&#10;3uUGWwkP7qbHT/Zb3/nXJSJxX1NOpGpFSi9D4CtRnRm4VFZooSIcmqsi4NX3XrVd0rZM5WihKOKq&#10;ulaEqDmqsiZFapmTVzPlWiz0uXUbjyohgdWc9FFaFppsuoz+XEMf3m7KK6u1sItOtxHEMAdW7sfW&#10;iVTl06hClz77FO0sItNgWKIYxyW7sfU16V4E8eiTy9N1OTDfdhuHPX0Vj/I15/IO9VZOpriq041o&#10;2kehRrzws+aH3H0ayVEydewrz7wB8QAwj0zVJfn+7BcOevorH+RrrNV1AzboYThOjMO9eHKjOnPk&#10;Z9bDFUqtL2kfuKmrakZCYYT8g+8w/irGdauNHtqNo66o2irI8yo3Ud2UzH71GydauMmO1QsmTWiZ&#10;zOJTKc1G6AmrjJUTx9au5k4lR0qJk9qtmM9KjZKq5k4lNkqJk4xV1owaiePr7VakRymJKv7x/qaK&#10;kmUea/8AvGisrnfGOiOlljqpJF1rUkjzVSSPBPFCZhKBlzRDFQw6fJeS7EGB3YjgCtWGxe6k2rwO&#10;7dhWxDZpbRhFHA7+tW6nLoRGhzu72MuKwS1jEaLgDknuTQ0FajQ5zUbQ4HSsufudPs7aGY0Ge1dR&#10;4Q8VNpjLZ3jFrQn5HPJj/wDrfyrHMGegqNofapmo1FyyLpSnQnzw3PXeHUMCGBGQR0NQOD0rjPC3&#10;iVtNK2l0xa1J+VzyY/8A61dyyrKoZSCCMgjoa8epTdJ2Z9VRrRxEeaO/VFZhmomGOKlcYz2qNulJ&#10;MckQOMZqFhzU7ck1E64rVMwkiu4qu61YcZqJhVnPJEMczW7lh0PUHvWgsqzJlTkfyrOdcUyOZrd8&#10;ryO49aq1yIy5dHsaLDjNOtxlH+tRpKs0eVOanthhXHvUM2WrGsKgkUc1ZdcioH4zTCSKsgxVeQYz&#10;VqReDUDrmrRzNFN1xmqsi4PSrsoqtIK3TOWSKMq8ZqpKhq/IOtVZQcVsmcskUJV46VTmWtCVetU5&#10;lrZM5ZRM+ZKpyr1rRlHtVKROTW8WcskZ0yAiqMycGtSZOKozp144roRzyRmSJ1qjOmeK05lxms+c&#10;ZzW0WczRmXCAZrymw1yfQ9UkmhOV3kPGejjNetzp1rw29bF1N/10b+ddMNdCeU9f0vV7fWLNZ7ds&#10;joynqp9DXTeCWz4nsx/vf+gmvAdG1y40S8E8Byp4eM9GFe3fDHWLfWddsZ7dsg7gynqp2ng1lWja&#10;EvQ2pL95H1R7RjgVteEj/psx/wCmf9RWMfu1seEzi8m/65/1FfPT+Bn1NFfvEdWDmp7a3MzEnhR+&#10;tNtLYzHJyEHX3rSVQowBgeleZOVtEe/CnfViY2jAGBQfSlIpKxR0iY9qMcUtJTJG9aa3WnkevWmY&#10;DHpQhWEzSUtJimSKK09PH+jn/eNZnStPTebb8TUT2NqK98nIzikPFPIxTSOaxO1oq6hp8GqWktrd&#10;RLNBIMMjCvB/HPgi48K3e5d01hIf3UxHT/Zb3/nX0C3Wqeo6db6nZy211Es0EowyNXXhsTKhLyPK&#10;x2Bhi4W2ktn/AF0Pl2SPrVaRM12vjnwPceFLvcuZtPlP7qb0/wBlvf8AnXHSL7V9TCcakVKL0Pz+&#10;tRnRm4TVmijKtFrp8moTbIxgfxN2Aq9bafJfTeWg46sx6AV0VvZR2MAjjH1Pcn1NXKpyrTcxhS5t&#10;XsVrWyj0+ARRDA6k92PrTZOhq1J0qtIKxTu7s6GrKxVkqpL/AFq3IM/jXZeEvBwj2X1+nz/eihYd&#10;P9o+/tVTqRpq7FCjKtLliVvCPg3ywl9fph/vRQsPu/7RHr7V2JGKsbc0wr7V5Uqjm7s9+nQjSjyx&#10;KzLmo3Tg1ZZajccUkxOJVK+tRtHketWmT2qJkx2qrmbiVih71Ey8VbZcj0qMpkVaZk4lMpzUbJ3q&#10;2y9eKjdMirTM3EqNHxUJTFXClRMvUYqrkOJhTKBNJ/vH+dFSzJ++fj+I0VjdnZFKyOqkjz2pkdk1&#10;1JtXgD7x9K0ktGuX2qO/J9K0I7RIU2qMAfrWbqcpaoue+xQiskgjCRrgfzoeHPar5h5prRelZ850&#10;ezSM8w8dKYYc1oGI46VG0XtVKRDplAwmo3gJ5xWgYueKY0Rz0qlIzdMzzBx0rf8ADevvp5W2uWJt&#10;j91j/B/9as8w8dKjaEE0SSmrMqm5UZc0T0R1WVQwwQRkEd6qsuCQeDXP6DrbWRFvOSbc/dY9U/8A&#10;rV1UsayKCO/II715koOm7M9+nUjWjzLcz2FRMM5qy4PIxg1C3HHeqTJkiq6jrULDFWX78VE+MVqm&#10;YNFV+9QOMVZcVFIvFUmc8kQRzNA+V5B6itmxkWaNmXkZrFcVZ0yVofMI9RketOSugpvllZmq681C&#10;61MrrKu5TUbjrWaOpq5UdeT6VBItW3FV5ORVo5pRKko61VlWrriq7r14rWLOeSKMqZFVpFzxV2Qd&#10;arSDk1ujklEoSLx0qpKue1aEimqkyGtkzmkjOmXriqci9a0ZVxVWRevFapnNKJmSp1qlMmegrTmX&#10;rVKZcCuiLOaSMqZOtUZ161qzLyeKoTR5yK2TMHEyZ1614HfPi7n/AOujfzr6DnTrxXzxfki8uB1/&#10;eN/Ouuk73MXGxCXrq/hXrtxoXjWxmhOQS++MnhxtNcgzenWtrwO3/FVWX/Av/QDWsknFplRvF3R9&#10;laTq9vrVktxbtlTwyHqp9DXX+CrB7i7mdgVi2Yz6nPQV4b4CgvYtR+1IxSzHEqnpL/sj/HtX0X4S&#10;vLe9Tfb4CBMbO6nPQ18vi4+yTSPqcvkq8k5b/mdCqBFCgYA4pD0px6U09K8Q+qEJzSUUUyRCKQ07&#10;Oc00jimSxMU0n8Kd05ppI7UCEpMkUtIx96ZNgJyK1NN/49vxNZVaumc23/AjU1Njaj8ZZJzSdqcR&#10;SEVgdzQ0jNMPNSU0imTYpahp9vqlnLa3USzQSLhkbvXhvi/4eXWgaiFjzNp8p/dzn+H/AGW9/wCd&#10;e/BNx4ourCG+tJLaeMSQuMMp711UMTLDvTY83GZfDGx10ktmfPNvaR2cIjjGB3J6k02QV1Hi/wAJ&#10;TeHLnK5ks5D+7l9P9lvf+dcw/evehNVFzJnxlWjKjJ05KzRVkB5qvJVp/rXYeFPCHl7L6+TL/eih&#10;YdPcj19quVRU1dmVOjKtLliVvCnhDyyl9fJ8/wB6KE/w+59/auuZMcdasFSaaVFeVOpKcrs9+nRj&#10;SjyxKxHtUe3NWWXAPFMKHGaSZTRXK5qN14qwyUwrgVaZm0VSnWoyue1WitRsmKtMzcSs6ZFRFMdK&#10;tMmaYy+1XcycSqU61GyVbZOaiZSapMycSm0dRlOvFW2Qmo2jq0yHE5+df30n+8f50U+4GJ5P94/z&#10;oqDoUT0+O2WGPaox/Wgxe1XPLJ7U3ys15/Me1yWKRjphiz2q60NNMVVclwKRi9qaYuOlXTF7Uwx0&#10;XM3TKTRUwwj0q8YsU3y/yqlJkOBQMWDTWhz2q+Yfam+VmnzEOmUPJxWtourm0IgmJMJ6E/w//Wqq&#10;Yee9IYaJWkrMcOanK8TrJYhKuRj2IqjIhUnI5qnpWpNakQzEmI9GP8P/ANatmaESrlTz2NcbTg7H&#10;qRaqxutzLYZJqF1xVqVSpI71C6k1qmYtFVxxULjirTrj61E61oYyRUcVLZrlH+opGXIzU9knyyeu&#10;RTb0Mox94VHMLbh07j1q1vEq7lqu6ZqNHaFsjp3FTY1vyk7ioGUZNWQwlQEGoXTOaYNXKkq1Xdau&#10;Mv41A6496pM5pKxRdSc1WlWr0gwOlV5FrdM55RuZ7rmqsq1fkXPSq0icVtFnLKJnypmqcy9q0pUq&#10;nMlbJnNKJmSpwapTLmtKZPWqkycE1smYSiZM461RmX2rWlTPaqMyda6EzncTKnj4r5s1Btt7c/8A&#10;XVv519NTpXzHqH/H/c/9dW/ma66PUxkisWNd78HPC02veLbOeQGOyjLbn6FztPyr/jWN4O8GzeJL&#10;jzZQ0WnxnDydC5/ur/j2r3TwPaw2euWEEEYiijDKqKOANpqqtS0WkOKvJI9Fjto7WJYokCRoMKq9&#10;BXQ+CLySx1GZ0OR5fzKeh5FY7qK0vC4xezf9c/6ivCqawaZ7FG8akWj1a0uo7yESIeD1HcH3qRvb&#10;rXIWd7LYz+Yh4P3l9a6m0u472ESRnI7g9Qa8ScHH0Pq6NZVFZ7j6KUikrI6AxikGe9KeKaTVIVhp&#10;pCCKdjBpvemQNY4pCcinEA9qaRjrQIQVr6WP9F/4Eaya19L/AOPX/gRqJvQ3oL3yyRik61JjNNK1&#10;zne0MIoClvpS7C2KlVQop3Fy3GhQvSlpSAKSkWV76xh1G1kt7iMSwuMMrV4z4x8Iz+G7ncuZbJz+&#10;7l9P9k+9e2k0SWEV1EUnjWRTg7WGR7V00cQ6Dv0POxmCjjI22a2Z5D4W8JbNl7ep8/WOFh0/2j7+&#10;1dYy4rU1HTWsZOMtEejf0NUWXP1rrdV1HzM8uOGWHXIkVyoIqNkxVkp2pjLRcbiVitMZc9uKsMma&#10;aY+M0zNxKxSoypq0V4OKjKU07GbiVmWoytWitMdKrmMuUqsKjKVaZOaaVFWmS0VClRlPbFXGUGoy&#10;lWpGbiVGj4NQsuB0q6Y+KiePirTMnE5q4X/SJf8AeP8AOip7mP8A0iX/AHj/ADoqbm6TPV9mDTdt&#10;Wimabsryrnv8pVMeTSGEdas7RSFMiqUiOQqGLB6Unl/hVkx800rz7U+YhxKrRZphi4xVzYMdOab5&#10;dWpE8pTMWKb5VXPLyaQx80+YlwKXkg800w1dMfpSeUO9PmI5Cj5PFX9Ovzb4ilOY+x/u/wD1qYYv&#10;SmGLNN2asxxTg7o2Z4BMuRjPY1nSoVJGMEVJZXTQAI5ynY/3au3MCzJkYDdjWHwuzOuyqK63MhlJ&#10;FQsvarToU4IwRULDPWtkzmaKrpxU9iuFk+opjrirFgv7t/qKbehCXvCOuahkT8auOvNQSJ6UkynE&#10;qhjE2R07j1qfIkXI6VGwzmogxjbI/GrMr2HuuKgdatFg65FQuuKCZK5UkWqsic1ekHFV5F61pFnM&#10;0UZEqrMuKvSLyaqyit0zCUSjKuTVOZOtX5F5zVWVcZrZM5WjOlXtVKZa0pVzmqU6ZzWqZhKJnSqP&#10;wqlPGK0ZV7ZqnKmOtbJnPKJlzp1rwLw54Lm8TaxcyzBotOjmbfIOC5yflX+p7V9CTJnNc8tvHbII&#10;okWKNc4VRgCuuE7J2OeUSrb2kFlbxwW8axQxrtVFGABWx4QX/ipLT6t/6CazHGBxWp4Q58R2n/Av&#10;/QTUSfusIL3kejuuBWl4b4vJfXy/61RcetX/AA9xdyf9c/6ivMl8LPWpr30b7GpbO+ksZg8ZyP4l&#10;7EVXLZppOPeuO19D0k2ndHa2l5HfQiSM5HcdwalIri7HUJLCcSR8j+JT0IrrbO9ivoRJGeOhHcH0&#10;NcdSm4a9D1qNZVFZ7kpppp/Wm4rJHSJSEU6kziqIG0hx3o6UHBoJsNzWxpQzbf8AAjWPWxpP/Hr/&#10;AMCNZz2N6HxlsjFGN3FKRzTwMVgeikIqgD0opcZpCMUDGsKTFOJ9aljj5BNJuwJXEhhP3jUxGBRj&#10;FH1rPc0tYjliSaNkdQynqDXNahprWT9zGejf0NdP3pksKzoUddyntWkJuDMK1FVV5nGlaay8YrR1&#10;DTns5B/FGejf41SZa74yTV0eJKDi7MgK0xkqfbimmrTM2iuUx2pjLxVhlzTHXirTM3ErMnFNZQBV&#10;gqDTGWmQ4lYrTCnNWGWmkCnczcSsUphSrLLimMmapMzcSqUxUbLzVopUbLVpkNHNXK/6RL/vH+dF&#10;SXKH7RL/ALx/nRRc1SPWgvqKTaPSrUsBhcg/gfWoinpXk3PoGraMhMYPam+XU+00hTnpVXFyogKU&#10;wx1Z2c0hWmmTylXy6PL9qslBim7KdyeUqmPFGw4qy0fNJ5fFO5HKVdlJs9RVkxmm7M9qaZPIVjHi&#10;k8urLJ2ppjzTuLlKxjzVi2nMYCN9zt7UeX7UhjyOlF7iScXcnntxOvHDdjWZJEVYgjBFaMEhjO1v&#10;u9van3FsJl9H7GknbQuUedXW5iyJmrFiuEf6imSIUcqQQRU9ivyP9RWrehzpe8OZCTmoJBzVpuOK&#10;hdealMpoqOlQOnpVx1PpULritUzGSKoYxHI5p+Q65FEi+1RcociqMthHX3qvKtWywdcioZBmmRJF&#10;CRarSDI6VfkHPSqsgraLOaSKEi8VUkXt3rRlXiqcqY5rdM55RM+VcGqkq1oyrVSRK1TOdozJU61S&#10;lStSaPmqUsdapmEomZMlc1N99u3NdXNH3x+lctMPnb6mumDOaasVj6Vq+EAP+EktB/vf+gmstgRW&#10;r4PH/FSWnr83/oJqp/CyY/Ej0t1q5oXF1J/uf1FVWHNXNEGLp/8AcP8AMV5kvhZ6kF76NhqYWP4U&#10;49cUw8cVzI7xC2KnsL+TTpxJGcjoy9mFVycGkNO19GSm4u6O5sr2K/gEsR47qeqn0NTfWuFsNRk0&#10;+4EkZ46Mp6MK7OzvotQgEsZyO47g+hrhqU3DVbHsUayqKz3Jm7U0g089abnmsjpaG0hpaKZNhnSt&#10;jScm2/4EayQhY4A/GtvTF22oA/vGsp7HRh175aFLRikrE9EM0hGelL1qWKLPJHNJuwJXGxxYwSKl&#10;FOI4pOhrPc2SSEoxxRRQDQAUnQ0tIRQQMliSeNlcbgeoNc5f6e1nJ6xnoa6UGmzRJPGyuNwPatIT&#10;cGc9Wkqi8zkSmaY0fpWhfWDWT55aM9G/xqoRmu1Svqjx5QcXZldlxTCuetWGUc0wpx0q0zJogKVG&#10;Vqwy+lNKVaZDRWK+1MZMc1ZK57UxkwKpMnlKxTmmstWCv40xkyOlMzcSsU5qNo+tWWXmmFOaZm4n&#10;MXK/6TL0++f50VJdIPtM3++f50UF2PapYhIuGqi8PlsQ3Tsa1CN/XionjDrgivHTPqpR5jN200qc&#10;1ZeIqcH86aUFaXOZxK5Wk2c1OU9KTbxTuTykBWkKZqwVzTSuDTuLlINmKQqanKZpCnHSi4uUhIJp&#10;u3jpU5Shl9qdxWICg7U0r7VPs9aCmKdyXFFcpmk8s5qfZ7UBD2p3E4lcxZp8Z2jBz7VKUzTdmKLh&#10;y2Ibq2WdSejDoarWiFPMUjBzWgOlIUzk4pqXQlwTdyq4yKhdMVaZcVE6elUmZuJWdcioHXHarTDi&#10;omXNaJmLRUdOaryLmrsiYqu6c1qmYyRTyVY4pSQ4zmnyLUJBXkVRjaxHIvvVaVeKuNhhxUEqVaZl&#10;JFCRSaqyrjNaEi8VVkSt0zBozpVqrKnWtGWPrVSVK1TOaUTOkSqcsfJrTlTjmqkqVqmYNWMueOuP&#10;mX52+pruZo+K4mdf3jn3NdFNnNURTcEdq1fB/PiS0/4F/wCgms5xWr4PGPEdmP8Ae/8AQTW0n7rM&#10;4r3kemEVa0gAXL/7n9RVdhVnTP8Aj4fP93+orypfCenFWkjVbGKjbrS/jSEVijrGHOaTNKeDSGqJ&#10;ZG2D14qewv5NOnEiHIP3lPRhURUZphGOtPR6MSbi7o76xvor+3EsTZHdT1U+hqbGa4LTtRl02cSR&#10;nIPDKejCu2sL6HUbcSxHI7qeqn0NefUpuDv0PZoV1VVnuSkUKhY08R7j7VKqhRgVjc60rjQoXgVq&#10;ab/x7/8AAjWYRzWppv8Ax7f8CNZz2Omj8RaNN704ipY4sfMawvY7rX0EiiwMt17CpQMUUVBqlYKQ&#10;ilopAMopxGaQjFMYlBHeig0EWGiinYBpCfagQyWFJo2VwGB7GufvtPa0fpujPRq6IGmyxrMpVxkH&#10;qKuEnE56tJVF5nKFKaVxWheWTWz/AN6M9DVUoBXYnfVHlSg4uzK5QUxkqwUpmzA4q7mTiQbfamFM&#10;CrJTcKYVz0FVcjlK7JmmmOrDJTTH61SZLRVZcdqiKZ7VbZOfao2jqkyHE5S6T/SZv98/zop92g+1&#10;zf77fzoqri5T2ejGaUikzXin1TRHIgYYPNV3jKnFXfvcVG6joatMhq5U20mzmpimKQqBVGViIpSF&#10;fapcCkxTuHKiLafSkwam25pNpouJxItlJsqUrmjaKLk8pCVzTdlThBRtp3E4kOzim7Kn2+1IUouL&#10;lISntTdue1T7aQrzimS4lcpzSlMCpilNKYouLlKzJmoWSrrJkVA6e1WmZyiVGTAqF1FW2XGagZc5&#10;rRMwkis65FV3SrbrzULDNaJmDiU3Sq7pxV2RRUEi85FbJmLRSYbOhppG4VO8dQMMHjiqMWiCRPaq&#10;0icdKutyKryLVpmMkUHj9qqyxda0JlqrIvWt0zBozpI8E1VljyDWk6YqpInPStUzCUTNkjwTXCzp&#10;++f6mvQpV4PFcBOv71+O5rops5KiKbKSTWr4OT/ipLT6t/6CazXXHPU1reDx/wAVJZn3b/0E1tJ+&#10;6zKK95HpbpzmptOGLhv93+oprLzUlkMTse23/CvNex6SWqL/AEFIPpQTSd/WszcVhk0wjFKT2pDQ&#10;A31pOGFO96a9UmSxhXFWdMvZrG5V4ec/eU9CKgVS7bQOatxRCJcAZ9TUytazHG6d0dtZXcV5AJIj&#10;x3B6g1Y7VxljeyWM29Ondc8EV1lpdx3kIkjOR3HcH0NedOHI9D3aNZVFZ7kpGK1dMGbX/gRrKxmt&#10;zTIDHbgOMEknFc1R2R6NFXkWI4gDkipMYp1IRXIejaw38KKU0lUIKDRRTAKQjNLRQAzGaKWipuMS&#10;kIJp1JVEtCbaTpTqRhQSMkjWVCrAFSOlYl5ZNbNnkoehrdpskayqVYZB7VcZcphUpqa8zm9uaYUz&#10;7Veu7Q27eqdjVdlxXUnc86UGnZkBSmbKnKU3b7VVzJxK5XFIVyOanK496ayZqrkuJAU4qMpjtVgr&#10;UbCmmZ8pyV5H/pc/++386KlvB/pc/H8bfzoqrhynrhGaMU6k7V5Z9INpSuRRijkUEsjdBUZUg1Oc&#10;Ee9MIxwatMmxEV56UYz2p/Q0VQrDCuKOmafSbRQTYYFo20/ApAtAWGbRSbc9KkIz0o20BYjxikIq&#10;TAowOlBNiEgGjbUuKQrmgVkRbaQr2qQrRjii4uUhKYqOSPPSrJGetIVzTTJcbmfInbvVV05IrUlg&#10;yMjrVSWL25rWLuc8oWKDpzULLg8Crjrtzxg1Aw61qmczRUdepqB15xVtxjtULqDWiZg0UpF5qB4+&#10;tXXSoHQ49q1TMnEouu00xlB/wqyyA1A6EHIqjFoqypVWRKvsuc4/Kq8i4rWLMJIz3jyDVSROTWjJ&#10;GaryR4zWyZi0Zkie1ee3C4mk6fePevS5I8HpmvObpT5z/wC8a6abOOqtig68npj61reDR/xUtnx/&#10;e/8AQTWe6mtXwcn/ABUlmR/tf+gmtpP3WYxXvI9MZaW0G2U49DTmHNLAP3nH9015/Q9G2pYJpM0Z&#10;oqCwzikJ+lBPNJmgBeg96REZ2CgAn+VOVC7bR1q7FGI1wPxPrScrDUbjYoBEuOp7mnbSO1PNA5rK&#10;5rYZtI9KsWN3JYzB05B4KnvUWDnpXV+H/Dvkhbm5XMnVEP8AD7n3qJzjFam9ClKpO0TX0u13xrPI&#10;pViMhG/h+ta8I4qqoK1ahOV4ryJtvU+qpJRViTtRR2orI6RppMU/FIRQKw2jFKeKQ07kh70EHFFI&#10;c9qYCEYop3Uc80hFKwCUmKWkoTGGO9GM0vSiqJsIRgU2n4ppHFAhkiCVCrDINZF1am3fjlD0NbNN&#10;kjEqlWGQauMuUxnTUzBKZ9KaUzVq5tWgfqSh6GoeldKaZ57jZ2ZAUpCmam20hpkOJXZMe9MK+1WC&#10;maY6VVyGjjr1f9Mn/wCujfzoqW9QfbZ/+ujfzoouLlPVe9LSUdK4D3kxTTTS0YoFYbSMAaUjmigm&#10;wzoaCM0/GaaQRVJiGbaXZTxg0owKLgRbaMYqbC4pABRcCLB9KOlP288UFc07ishlIQKcV9qTbTuF&#10;hMcU2n44owaYrDMZo207GRRigLDMc0hWpMUhGaBWIymKhmg3qSOtWsUmKNiXG+5jyR54I6VVdCCQ&#10;RW1cW5cEjANUJItw9GFbKRxzhYznWoWSrroc9MVAyDNapnLKJSZOahdKusvWomTI960TMXEoSRnt&#10;UEiEjmr7rjioXjzWqZlJGc6Ec1Cyg/Wr7xZqu8WM1VzGUShJGRmq0qZrRePI5qB4q0jIwcTNkSvN&#10;rtR50nX7x/nXqUkXBrzS6i/fSf7x/nXXSd7nFWWxnsuQeK1PBqf8VHaZz/F/6CaptEfT9a1PB8X/&#10;ABUlr/wL/wBBNbSfus54r3kejsmDSQrtl/4CasFQKYExID7GuC56NhSnvTcYqTFIQMGkFhm3IyKV&#10;Yy5AAyaWNGdtoFXY4fLHH4mhysVGLY2KIRrjvUm04604p70u3A61kbpCIPWgxk4x1qQJnt17V1Og&#10;6D5AW4uV/edUQ/w+596znNQV2dFKjKrKyI/D/h7yNtzdDMnVIz/D7n3roulHeg150pOTuz36dKNK&#10;PLEO/Wp4OFz71BU8P3KiWx0Q3Jgc0tMBxTgaxNxTRRRQAhpKdSYFArDaKUCkppiCiiimITFJg06i&#10;lYBuDQRinfjSEUwEpKWigGIRTcU7FGKZNiN0DqVPINZlxbGJuOV7GtcimOgdSCMg9qqMrGU4Ka8z&#10;EKYpCoFWri2MJ9VPSodlb3ucLi1oQbOaaycVPtyelNZetUmS0cZfA/bbjn/lo386Kkvl/wBNuOP+&#10;Wjfzop3FY9OoNGaQmuM9YAfWndaZ1pRQFxcZpCMfSl60tA7DAaDzSkUlBFhMEZpRzS5OKaeDxT3E&#10;OC0EUoORRjNIuw2inYFJjmgVhKCM9aXFGKBWG7RRtFLRQFhu3n2oKU7NGadwsR7aQrxUtJjNO4iL&#10;GO1LUhFN2mncVkMIzVe4tt+WUAN6etW8U0rzTuJxTMaaDd7GqjR9Rjmty4t9+WX73p61Qki3L6NW&#10;0ZHFOnYzGQcjvUTp2q7JGQcHrUDKCea1TOaUSm6CoWjq9JHk8VAy/lWiZi4lJ481A8XWrzLUTIfS&#10;tEzJozpIutVnjxmtR4zg5FV3jyPeruZOJmvH1rzO7iHnSf7x/nXqjxsM5Fea3QJmkAAzuNddF6s8&#10;+vHYzWiwO1ang+L/AIqO0Ix/Fn/vk1UeM9xj8a0/CCn/AISG04GMt/6Ca6JP3WcsI+8j0RowaiMe&#10;HH0NWivzHjFRup3Dp0rzkz03EiK0LEXO0dalVGdsAZq0kewDHWi9hKNyOOARrxj3NS7aeASOlKFI&#10;qbm6joMCZp2zJAABpwQk8da6jQtBEQW4uFBk6qh/h9/rWc6igrs3pUZVZWQ3QdAEOLm4UeZ1VD/D&#10;7n3reIxUgApCM15kpuTuz3qdONNcsRlJ/npT2HSkwfQ1NzQYasQAbPxqLFTQ/d/Gk3oXHcftFJ0N&#10;Oo6VBqH40Uhzn2paADpR3oooAKaVp1FArDM0Z/KnY5pMU7iE6UUfzopgHWg88UUZoENxRinUGiwx&#10;uKTrTzg00ijYQhGaAMUvSimKxG6BgQeQe1UJ4DEf9nsa0uKa6BlIPSqTsZThcySnNNKYq1NA0Tf7&#10;J6GotpHWtU77HI42OMvh/ptx/wBdG/nRT7//AI/rj/ro386KYuU9EJzSUUVzneLimlu1O3YqNjTS&#10;uSOV8dakqDNLG+OtNopPuS44pCAKXrQRmpKsNPtRS4ooJG4x0p4ORTaOhzQwTsPooX5valxS1LEp&#10;MUoFGOaAG7eKNop1JigLCYFBXg0tFMVhuDRg+lPooFYZ9aKcRmk20CsJigKM80EYOKKBWGlOeKr3&#10;FrvBZR83p61aoppsTjfRmJLDuJ7MKpyR4zxzW9c2ok+Zfv8A86zpYd/bDCuiMjiqU7MzHUY/pUTo&#10;MVbkQgnPFRFCa1ucziVGTg1E8QwauNGSOtQtH71omYuJTZeMGoJY/Y1eePNROmKtMyaM6SIkfSvM&#10;LqPFzICOrH+detNHmvM7qHdNJzzuOPzrsovc8/ER2MiRD0rU8IR/8VFa5H97/wBBNVWiwSM4PtWp&#10;4TjP9v2mTk/N/wCgmuiT91nJFe8jv2QZqFoizgAc81dERdgBUjQCMDnJ5ya8+6PUcblaOEIMD9af&#10;t4qXGBRsJPWlcpKxGo9qcF596kCEj+ldJoeheSFuLhcydUQ/w+596znUUFdm9KlKq7IbomgiHbcX&#10;CfvOqKf4fc+9b1LyopO9ebKTm7s92nTVOPKg7UUZoqTQXOaM0nakoFYd160+IAAgdKjqSLoaTKju&#10;SdKKKKk1CijpRmgAooozQAUUZooAKKPxozQAmBSYp1FAmhmKPwp55pp4NNCEoP0oyKKoQUjdaWgj&#10;NJgNopcUYpagJSU7FJimA11DjBGRVGaAxt6g9K0Ka6BgQelUnYzlBM88vwft1x/10b+dFa15oRe7&#10;nYTKAXY4x70VfMjDkOspwGO9NpSc1mbsY/WkpxGabVIQ09aTGacQce1NzVAOSTbwenrU/aqx6c06&#10;OTbgHpUtFJ20J6QiilqCxlFO2j0oIH0pktCA4p4ORUZoBIoBaEtHOKQHIpaRYEZFFFFABmkbnmlo&#10;pCG0UpGTRtNGwCUUu2kIxRcBMUYFLRRcBMD0pCDmnd6MU7hYZg1BPbeZ8yjB7+9WqKd7EuKZiTW+&#10;/pwRVNoyCcjFb9xbh/mUfN/Os6WEOD2IreMrnFOm0ZpjqFo6uum3IIwai8sVsmczRTMeT0qN4s9R&#10;VxlyaY0Y9aq5k4lCSPjpXm9zF++kwM/Mf516k8OB3rzq4tx58hx/Ef5110Zbnn4mOiMiS2LDlRmr&#10;3hO3Y+IbZQuCN3/oJqe3sHvJhGi/U9gPWut0DRreK+tkUfMpJ3nrnaa2qTSizmpU3KSNhYAi9Kjm&#10;TleK0ZYDGxUjBqtPGCFrz1I9eULIphMdqXZnoMk1OI8n1re0fRhCRPOPn/hU9v8A69EqiirsKdF1&#10;HZDNF0QRBZ50HmdVQ9vr71t9KWjmuCU3J3Z7dOnGnHlQlIRS4oxU3RpYbilxS4paAsM2ml2mnUlM&#10;VhuDUsXQ0ypE+7SY0h2aKKKksM0Z96KKACjNFFABmiiigAzRn3oooAKM0UUAGaSl5ooAbtpMGn0U&#10;CsMxRTiMim4NO4gooopgJn2oNLSYzQISilIxSUrgZM6/vpP94/zopZv9dJ/vGincDSop9BFFyWiM&#10;4pCakxRx6VVxcpCaSp8ZpCtO4WIKOtTD6UcUcxLVyOKTZweR61Y3ZqLApytg4PSpZcX0Y6ilGKXi&#10;kUN/GkPJp9HFFx2I14PFTK2RTeKTdjpSDYeRSbacDkUUhjdvNG3inUU7hYZS7eKdRRcLDKKfijFF&#10;wsMxSAYqTFGPai4WGUYp+KMUXCwyin4oxRcLEZHeoJ4A/wAwGG71boxRewnG5iywbx6GqjxsCQRX&#10;ROgPOKiZA3bmtVM5pUbnPGPAyRTfLNdB5a56UeUvoKv2hi6Hmc20ZI7Vwv8AZ0l1duqAD5jkntzX&#10;r3lL6D8qrLCiEgKPyrWFbl6GFTCe0tqcNbWKWsIRB9TjkmtDRosanD+P8jXWbEP8I/KnwogkX5QP&#10;wpyrXTQQwijJWexVntxKMHjHQ1lXMLIVDCupwPSkMCuVLKCQcjPauaNSx2Soc3UytL0ny8TTD5uq&#10;qe3vWuBgU4KPSjA9Khycndm8KagrIbRTsD0owPSpuaWGY+lJUhXNJsFIVhlFPKgUmKBDaKftpMe1&#10;MBuKen3aTHtTl6UMpC0UUUhhR+FFFABRSUtABRRRQAUUUUAFFFBoAKKKKACiiigAoFFFABSEZpaK&#10;BWGkYpKfRTuFhmBikxipMUh6UXCxjTf66T/eP86K0GA3HjvRRcLEwWjFLQaYhuMUU7FBANIBtFKR&#10;gUlMQhHFGOaWii4WGkYFJT6KYrCI2OO1PphFKpwOaTGnYdRRRxUlB+lH+elHFHFMQAkU4HNJRnFA&#10;0O7UGkBzRSGLRRRQAUUUUAFFFFABRRRQAUUUUABooooAO1NZc06igCEjNIBk4qZh6YpuKdzNxGKM&#10;Cq5ANWcEVWJweKqJMhp9hT4eZFoABqaGLB3Gqb01EldkoHSnUUZrI3CiiigAooooAKKKM0AFGKM0&#10;UAFJtpaKAE2iloozQAUUUZoAKKKKACiiigAoozRQAUUUCgAoozRQAUUZooAKKKKACiiigAooooAK&#10;KKKACkNLQelAFVj8x+tFI/32+tFAForSbPenUUCsMpKk2j0owKdwsMop+0UmKdxWGjkUEU7FIaQD&#10;MUYp2KKQ7DdtBGKdjNBGe2aYrDQfenUm005Qe9IaEzQDT8CjAoGMop+BSYHpTuJob0pwNGB6UYwa&#10;AFooopDCjNFFABmiiigAoo60UAFFGKKACiiigAzRRRQAU0j0p1FADCOKrFcGre2mCLnJHNUnYiSu&#10;Mihx8zDPpU/Sj8KKTdykrBmiiikMKKKKACiiigAozRRigAoo/Cj8KACiiigAooooAKKKKADNFFFA&#10;BRmiigA60UUUAGaM0UUAFFFFABRRRQAUUdqSgBaKKSgBaKSloAKKPwooAKQ0tIelAFV/vt9aKH++&#10;31ooAt0UUUAFFFFABRRRQAUUUUAFFFFABRQKKACiiigAooooAO1FFFABRR2ooAKO1FFABR+FFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAHWiiigAooooAKKKKAA&#10;UdKKKACiiigAooooAKKKKACiiigAooooAKKKDQAUUUUAFFFFABRRRQAUUUUAFFFFABQelFIaAKjk&#10;b2+tFMkJ8xvqaKANCkoooAKKKKACig0UAFFFFABRRRQAUUdqKACiiigAooooADRRRQAUUUUAGaKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo60UUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUdqM0UAFFFFABRmig0AFFFFABRRRQAUUUUAFJS0UAFFFFABSUtFABSUtFABSUtF&#10;ABSGlpD0oAoSf6xvqaKJD+8b6migDQopaSgAoopaAEooooAKKKKACjvRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUd6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;ozRQAUUUUAFFFFABRRRQAUUUUABooooAKKKOlABRRRQAUUUUAGaKKKACiiigAooooAKOlGaSgBaK&#10;KM0AFFFGaACiijNABSGlzSGgDOl/1r/7xool/wBa/wDvGigDSooooAKKKKACilooASiiigBaSiig&#10;ApaSigAooooAKKKKACiiigAooooAKMUUGgAooooAKKKKACiiigAo9aKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAo70UUAFFFFABRRRQAUUUUAHSiiigAooooAKKKKACi&#10;iigAooooAKKKKACiijNAAaKM0UAFFGaKACiikNAGXN/rX/3jRSzf65/940UAalFFLQAlFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUGiigAooooAKKKKACiiigAooooADRRRQAUUUUAFFFF&#10;ABR+NFFABRRRQAdKKKMUAFFFFABRRRQAUUUUAFFFFABiiiigAooo70AFFFFABRRRzQAdKKKKAD8a&#10;KKKACiijtQAUYoooAKKKKACjNHNFABRRRQAdqDRRQAUUUUAFGaOtFABSGlpD0oAypm/fP/vGio52&#10;/fyf7x/nRQBt0UlFABRRRQAUUYooAKKMUUAFFFFABRRRQAUUUUAFFFFABRQaKAA0d6KDQAUUUYoA&#10;KKKKACiiigAooooAKKKKACig0d6ACiiigAooxRQAUCjFFABRRiigAooxRigAooooAMUUUUAGKMUU&#10;YoAKKKKACig0YoAKKKBQAUUUUAFFFGKADFFFGKACijFFABRRRQAUUUUAHWijHNFABiiiigAooooA&#10;KKKKACjFFFABikNLSGgDHniYzyH/AGj/ADoqaUjzX/3jRQBp0UUUAHaiiigAooooAKKKKACiiigA&#10;oo6UUAFFFFABRRRQAUUUUAFFFFABRR0oxQAUUUUAFGKKKACiiigAo60UUAFFFFABRRRQAUUdaKAC&#10;iiigAooooAKKKKACjvRRQAGiiigA60UUfjQAUUUUAFHeij8aACiiigAxR0oooAKKKMUAFFFFABQa&#10;KKACig0fjQAUUUUAFFFGKACiijFABRRRQAZozRiigAooxRQAUetFBoAypv8AWv8A7xopZv8AXP8A&#10;7xooA1KKKKACig0UAFFFFABRRRQAUUUUAFLSUUAFFFFABRRRQAUUUUAFHWiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKMUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUYoxQAUYoooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKSgBaKM0UAFFFGaACiikoAWkNL2pD0oAy&#10;Zm/fSc/xGimzg+dJx/Ef50UAbNLSUUAFFFFABRRRQAUUUUAFFFFABRQKKACiijrQAUUUUAFFFFAB&#10;RRRQAYooooAKKKKACjFFFABRRRQAUUUlAC0UUUAFFGc0UAFFFFABRRQeKACikpaACgCiigAooooA&#10;MUUUUAFFFFABRRRQAYooooAKKKKACjFFFAB+FFFFABRiiigAooooAKKKKACjFFFABRRRQAGiiigA&#10;xmiiigAoFFFABRRRQAdqQ0tIaAM6X/Wv/vGiiX/Wv/vGigDSooooAKKKKAFpKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiijFABRRRQAVy2q6nq83iv+ytOns7aNbIXTSXNu&#10;0pJLlcDDrgcV1NcPqujy6r8RyEvrzT1XSxl7Qqu7963BLKa1ppNu5yYlyUUo9WttC9o/jAQ22ppr&#10;j21lcabci1lmR8RSlkV0Kg8glXHy8kEHk07XfGMA8I6tqek3MN1JaRMw53BWAzhh1H0rG1PRLHwf&#10;q2g3ZjkOmwzzyXVzKzSMJ5EAWaRjz2Zdx4G4dBWX4ouItcTxfqGmDz7FtIS3aeIHZPMGc/Kf4tqs&#10;ASP7wGeDjoUISkpLbT03tY4Z16sIShJ6q/rte9/Lbbp8j0mz1CC7EywypK0D+XKqnJRsA4PocEH8&#10;ao3PjLRrOKGSbUbdUm3GM787gpwxGOwPU9K5Pxc97oGt7tNRhJ4hjWyDIM+TdAfLKR6CPeT/ANcl&#10;FVdVk/4RHxTa2ukptij0mO2YG0muhGqO3l8RAsp5Yndw2BjoazjSTSfc1nipQurWs7P57dum527+&#10;MNGSwjvjqVq1pI+yOZJQyu3ouOp9hUkfijS5tOF8l/bmzL+X53mAKGzjaT2OeMGuE0mbTdFvvDt4&#10;boT6Pb2VxZi9kQokNwZELB1P+rJCsBnGNu3uMw6isesXOo3ttD5ulXWraWFbZlJ3SZPMkA7rjYN3&#10;Q7D6VXsY36/07W9SPrc+W+l+3yvf0vp+p6FpXiXTdbklSxvIrl4gC6o3IB6HHofXpVfxtrE+geFd&#10;R1K1WNri2iLosoJUn3AIOPxqjdxFfiNpUiqQG0y5VmA4OJIcAn8Wx9TSfFNd/wAPdcXBINs2dvXG&#10;R6VnGMeePZ2/M6Z1J+xqPrG/5XIrrVdb0HUNKW+msb+0vrgWpW2geGSNmUkMMu4YfLyOMDntWxce&#10;LdItNRWwm1C3S7LKnlGQZDHoD6E9getcJcf2E2paRP4avJr/AFdLmJMJcyXSrAWAm372YINm454O&#10;QAM5wa/jHXpdS0jX7VZba0lSd4hpqWrSXUuxhiUkEYDABg20gDHPpv7JTaurfh+BxfWnSjJp37a3&#10;W219Nfy8z0PUvF2kaPcLBe38FvMV37HflV9T6D3NVLHxFv1XxALqSGKy09oispO0BWiVyWY8dTWL&#10;pWtWHhrWfEceryLbXNzd/aI2kUk3EJjRUEfHzEYK7Rk57cjOPqdjcSeLtY1Qwy32kW1xbyz6asZD&#10;OPITEoHVyh52Hr2+YAVEaSd0+3+WxrPEz0ku+3ZWe/57fed5f+L9J0vyftd9Db+cnmIHbBKf3vYe&#10;54ps3jTRLe1iuX1O1FvKpeOQSghwCASuOvJA49a4nV9daDxjeT6bIJYLzTbfzJhZTXarzIVwIgSv&#10;ytnDYzkY71b8P2ent4j8KCyk+3Wdno11FDcMvIZZLdDnj5W4YY6jkUeyio3d/wCkH1qcpOMbb2/F&#10;K++vfp28zrLzxlo9hHbvPqEEa3CebFl+XT+8B1x71ch1qyuGtljuYpDdIZYNjg+Ygxllx1HzDn3F&#10;coup2fhrxjrk2rSJZi7SBrW5nO1HjVMGMMeMhtx29fmBrB0WVdCv9F1S9RrDSpLjU/KadSiwpNKr&#10;xbs/cDBGIBxjIHB4qVSTV1/Wly3ipRlZ2318tUrv1Tv/AJnpE+u2FsLgy3UMYt3RJS7gbGbG0H0z&#10;kY+tQ6X4o0vWpZYrK9huZIgGdEfJCnofp79K8+1KaLW08STRRNNaz6tpe0vEdsqiW3BIyOV4PPTj&#10;0rW+Idhd3WqLHp6MLyXQ9QiiZODvPlbRntz0qlSjdJvf/JMTxU7OcVdL8bya0+5Mv6r4/sXutLtt&#10;Mvra4muL5Ld1Dbsoc7ip6HBA5GcV2PavNL7XtI1a38KWulDzPIv7djBHEd1qoVhhxj92R0wcGvSh&#10;0rOpFRS0sbYao6jk3JPbbbYWijNFYHcFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR0oAK&#10;KKKACiiigAozRRQAUCiigApD0paQ0AZsrfvX/wB40Uk3+uf/AHjRQBqUUUUAFFLRQAlFFFABRS0l&#10;ABRRRQAUUUUAHaiiigAooooAKKKKACiiigAooooAKKKKACjNFFABRWV4q1GXSPDeqXsBUTW1tLMh&#10;cZAKqSM/lWb4a1qe+1W6tvtkWp2kUSuLqGPaFckgoSCQTgA8dM89qtQbjzGLqxjNU3u/6/Q6ekA7&#10;8Z9ayvD+ozanFdvMFBjvJ4F2j+FHKj8cCsrxR4pm0bVLeKExG3hAnvi/VISwQEc8EZZu/EZHehQb&#10;lyrcUq0Iw9o9jqiAeoFG0dMCsbX9TubKG0itBH9qvZxbxtMCUQ7WYsQCCcKjcZGTjmrGmWuoWwlF&#10;5epeKcbCsPlsPXPJB7Y4H40raXL57y5UhbvRILzVrPUJCxltFdYkz8gLYBbHrgYz6E+tUb/wqbrU&#10;5b+01C5025mRY5jb7GWQLnGQ6sMjJ5GD+lUdE1q41HV7iN9R2+XdzRC1FqcFUYgfP64Ga6xuhqnz&#10;QdjGKp1k2l1/H5MoaLokGh2P2aHdIpdpHklbc8jscszHuSav7R6CuRi8Qai+qjRdi/2ik3mSTbT5&#10;f2TORIP9o/cxn7249BV6/u9Qvtak06ynSzjt4EmmnZN7EuzBVUZwPuEknPahxlfUI1YKNoLyt+ny&#10;Og2j0FBAI9aw9B1O6uU1C3vPLa7sZ/IeSIEI+UV1YAk4+V1yMnkGqcHiC6l8K6NqLbPPvGtRIMEL&#10;+8dQ2B9GNLkZfto2v6/hozqNoHYUbFyTgVyvi/xC+iXemxm/i063nWVpJ5Y9+NoUgdfc1r+HLy6v&#10;tItZ72Pyrh0yy7SueeG2nlcjBweRnHahxaipBGrGVR01uv8Agf5mntHoOKNo9BWB4zuNQ07Rrm+s&#10;bpbdreMsUeIOHPGO/FP1W5vNE8LaldvcLc3VvbyzLIY9oJVSRkA+1Ci2k+43VUXJNbK/9fcMvvCZ&#10;m1K4vbPUrrTJLkL562+wrIQoUNh1bDYAGRjgD0rS0bR7fQ9Pjs7dSI0LNl23MzMSzMSepJJJPqao&#10;eH7qW8SZ21A3qjAANsYtp/HrWaniO+bxF/wj5EX9oBvtBn/g+ybuuM/fz8mP+BdOKu0pe72MVKlC&#10;1S2/z3/DX/hzrigbqoP1FBUHqAa57xTLqVkLaWzvlt1kuILdkaEP9+QKTnI7N+lblpFLDAiTS+fK&#10;B80m3bu/DtWbVkmdCneTjbYl2j0FGAewrC1jxCuk+ILC1mbZbz2s8pIRmO5HiC9AeMO36U/wxrh1&#10;wam+QYoLtoYyEKnaEQ8g98safJK3N0J9tBz9nfX/AIFza2D0FLXJeD9ZudaihuJtRErPFve2W1KB&#10;SfRj1xVDxL4svdO129tLa7ijlitYZbWzaEu11K5l+TIII/1Y+nJPAqvZvmcTJ4mCpqp0fp69zvKK&#10;wPFmqz6XptpJFKLZ5biOF5DGZNgbOcAdavaHLJPZrI90bzcTiQxeXxnGMVHK7cxsqic+Tr/XzNHF&#10;FFH4VJqFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAHWiiigAxRRRQAUUUUAFFFFABRxRRQAUh6UtIa&#10;AMqZGMz8H7xoq2/32+tFAFuiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAWkoooAKKKKA&#10;CigUUAFFFHegAooooAp6zpqazpV3YyMyR3MTxMydQGBBx+dWljCgcUtLTvpYnlV+bqYeneHrjTL6&#10;aSHUpmtZZ5J2tWjTblySfmxu6n1ol8IabeXV9Pe2kV9JdEbmuI1cqoUKEXI4HU/UmtyjpVc8r3M/&#10;YwtytaGNP4bS40a1sXuJ/MtQhiugw81XUYD5xjPXPGDk8c1PpmnXdmZDc6hNfM+APMVFVQPQKB1z&#10;3zWl0opczasUqcU+ZGFYeHrnT76SSLU5vssk7ztbGOMjLEsRu27sZPrW6eRRRSbb3HGCgrIoDSI1&#10;1d9QDN5rQLAV7YDFs/X5qranoLXd6t7a3ctheCPymkiCsJEzkBlYEHBJIPXk+tbHeimpNaidOLVj&#10;O0bRo9HglQSSTyTOZZZpiC8jnqTgAdAAABgAAVl2vgwW0ltGb64l0+1k82CybbsRhnbyBuIXPAJ4&#10;wOuBXS0dKalJdROlB2VtjMvtDh1G8tp5xvEKSR+W2CrhwAQR36VLpOm/2VZR2qyySxxZCGVtzKue&#10;Fz3wMDJ545yeavUVN3axShFS5ktf6/yKWs6Yms6XcWUjMkcy7WZOopdV01NW0m7sZGZEuYmhZl6g&#10;MCCR+dXKKLtA4Rd7rfQy9N028s9/2nUZL4EAKHjRNv02gZ/Gqo8JQALIJZReLdfa/teR5hfoR0xt&#10;2fJj09+a3qKfM9yfZRas9SjqOmLqcUKSMyiOeOcFT3RwwH0yKvUUVN+hpZXuUp9LSbVre/LMJYYJ&#10;IFUdCHZCT/5DH5mk0zSk01710ZmN1OZ23djtVcD2+UVeop3exPJG97f1sYWheHrrRVih/tOa4tIk&#10;2JBJHGAB25AB4pb/AMK22o3F9NMZN11FFHlWAMZjZ2R1PZgXzn2FblFPmd7kKlBR5baf0jK1fRZN&#10;VsbaH7ZJBPBIkqzoqk7l7kEY557VZ0y0uLSEpc3b3r5J8x0VTj0woAq5RSu7WLUIqXMtwooopFhR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFAAaKKKACkpaKAEpaKKACiiigAzRRRQAUh6UtI1AFGRj5jc9&#10;zRUroCx470UAWqKKKAFpKKKACiiigAooooAKKKKACiiigAooooAKKMUUAFFGKKACiiigAoooFABR&#10;RRQAUUUUAFFFFABRRQaADNFFFABRmiigAo60UUAFFFHagAooooAKKM0UAGaM0UUAGaM0UUAFFFFA&#10;BmiiigAooooAM0ZoooAKKM0UAFGcUUUAFGaPxooAM0UUUAFFFFABmiiigAooooAKKDRQAUUUUAFF&#10;FFABRRRQAUhpaQ0AV2+8frRTXJ3t9aKALdFFFABRRRQAUUUUAFFGKKACijFFABRRRQAUUfhRigAo&#10;oooAKKKMUAFGaKKACjNFFABRRQaACiiigAooooAKKKKADNFGKKADNFFFABRRR2oAKKKKACijNFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAZooooAKKKKACiiigAo70UUAGaKM0UAFGaKKADNG&#10;aKM0AFFFFABRRRQAUUUUAFFFFABmkPSlpD0oAqOfnb60UyQ/vG+pooAv0UUUAHaiijNABRRRQAUU&#10;UUAFGKKKADFFFFABiiiigAo70UUAFFFFABRRSUALRRRQAUlLiigAoooxQAUUdaKACg0UUAFFFFAB&#10;RQaKADtRRiigAooxR2oAKKKMUAFFFFABRRijFABRRRigAooxRQAUUUYoAKKKMUAFFFFABRRRQAUU&#10;YooAKKKKACijFFABRRRxQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUhpaQ9KAKEn+sb6miiT/WN&#10;9TRQBo0lLSUAFFFFAAaKKKACiiigAooooAKKKKACiiigAooooAO1FFFABSUtFABRRiigBKWiigAp&#10;KWigAooooASlo7UUAFFFFABR0oooAKPwoooAPwooo7UAFH4UUUAFFFFABRiijFABR+FFFABR+FGK&#10;KAD8KKMUUAFH4UYooAKKKKACiijrQAUfhRRQAYoo60UAFFFFAB+FFFFABRRRQAUUUUAFFFFABRRR&#10;QAUdaKKACiiigAoNFIelAGbK371/940UyZGMz8fxGigDWFFLSUAFFFFABRRRQAUUUUABPFFFFAAK&#10;KKKACiijNAAaDRRQAUUUUAFGKKKADrRRRQAUUUUAGKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigApD0paQ9KAKEh/eN9TRUM0zCZxjoxooA1qKN1GRQAdqKM0maA&#10;FooozzQAUUZFFABRRRQAdaKTNGaAFopM0ZoAWjvSZozQAoFFJmjNAC0d6TNGaAFopM0bqAFxRSZo&#10;3UALRikzRmgBaKTNG6gBaKTdRuoAWik3UZoAWikzRmgBaKTNGaAFopM0ZoAWikzRmgBe9FJnijNA&#10;C0UmaM0ALRSZozQAtFJmjNAC0UmaM0ALRSZozQAtFGaTNAC0UmaM0ALRSZozQAtFFGaACikyKM0A&#10;LRRmgmgAozSZpc0AFFJmigBaM0mRQDkUALRSA470ZHrQAZpaQMPWjNAC5ozSZFGR60ALmkJ4oyPW&#10;gnIoAwrhv9Il5/iP86KZcn/SZf8AfP8AOigC/wCdJ/fb86tQsTGpJJOKKKAJM0ZoooAaSc9aUE4o&#10;ooAGJweaj3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0U&#10;UAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUA&#10;G4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+ppu9v7x/OiigBwY46n86QscdT+dFFACb2/vH&#10;86ZLIwAwxH40UUAR+a/99vzpRK5/jb86KKAF8x/7zfnR5j/3m/OiigBRI2PvH86k3t/eP50UUAG9&#10;v7x/Oje394/nRRQA+FiV5JNSZoooAM1Xndg/DEcetFFADVduPmP50/e394/nRRQBnalcSxyqFkdR&#10;jsxFcZqWr30eoTKt7cKobgCVgB+tFFAEQ1nUD/y/XP8A3+b/ABpy6xf/APP9c/8Af1v8aKKAF/ti&#10;/wD+f25/7+t/jTv7Xv8A/n9uP+/rf40UUAK2r323/j9uP+/rf405dWvs/wDH7cf9/W/xoooAmXVL&#10;0gf6ZP8A9/W/xp66nef8/c//AH8b/GiigCRdSu+P9Kn/AO/h/wAamTUbrH/HzN/38NFFAEgv7rP/&#10;AB8zf99mni+ucf8AHxL/AN9miigCVb24x/r5f++zUiXk5B/fyf8AfZoooAet3P8A89pP++jUq3M3&#10;/PV/++jRRQAv2mb/AJ6v/wB9GoLi7nVxiaQcdnNFFACC7nwP30n/AH2aeLqbj99J/wB9GiigDn7q&#10;6m+1TfvpPvn+I+tFFFAH/9lQSwMEFAAGAAgAAAAhAFSzE+HiAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG5bGkrLKE2naQJO0yQ2pGm3rPHaak1SNVnbvT3mBDdb/vT7+/Pl&#10;ZFo2YO8bZyWIeQQMbel0YysJ3/uP2QKYD8pq1TqLEm7oYVnc3+Uq0260XzjsQsUoxPpMSahD6DLO&#10;fVmjUX7uOrR0O7veqEBrX3Hdq5HCTcufoijlRjWWPtSqw3WN5WV3NRI+RzWuYvE+bC7n9e24T7aH&#10;jUApHx+m1RuwgFP4g+FXn9ShIKeTu1rtWSthJhJBKA1pGgMj4kUsEmAnCc+vMfAi5/8rFD8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAD38rmgUAQAARwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAABFAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMOOwizIFAAAmEQAADgAAAAAAAAAAAAAAAABEAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoMbSldAAAAAqAgAAGQAAAAAAAAAAAAAAAACi&#10;BwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItAAoAAAAAAAAAIQDQF7fLozgAAKM4AAAU&#10;AAAAAAAAAAAAAAAAAKkIAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItAAoAAAAAAAAAIQC10fIw&#10;ORcAADkXAAAUAAAAAAAAAAAAAAAAAH5BAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAA&#10;AAAAIQB7OHfy/mMAAP5jAAAVAAAAAAAAAAAAAAAAAOlYAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWdQ&#10;SwECLQAUAAYACAAAACEAVLMT4eIAAAAKAQAADwAAAAAAAAAAAAAAAAAavQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAIAAgAAQIAACm+AAAAAA==&#10;">
+              <v:group w14:anchorId="7429230E" id="Grupo 44" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-7.55pt;margin-top:-33.15pt;width:366.8pt;height:57.8pt;z-index:251731968;mso-width-relative:margin;mso-height-relative:margin" coordsize="39281,6184" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEArzQeW3kEAAA7DgAADgAAAGRycy9lMm9Eb2MueG1s1Fdd&#10;T+M4FH1faf+DlfehTZqmbUQZsbCgkdgZNMyKZ9dxGovE9touLfPr99hJWlqQBphFq3mgXH/c6+vj&#10;cz9y/HHT1OSeGyuUnEfx0TAiXDJVCLmcR39/u/gwjYh1VBa0VpLPowduo48nv/92vNY5T1Sl6oIb&#10;AiPS5ms9jyrndD4YWFbxhtojpbnEYqlMQx2GZjkoDF3DelMPkuEwG6yVKbRRjFuL2fN2MToJ9suS&#10;M/elLC13pJ5H8M2FXxN+F/53cHJM86WhuhKsc4O+wYuGColDt6bOqaNkZcQTU41gRllVuiOmmoEq&#10;S8F4uANuEw8PbnNp1EqHuyzz9VJvYQK0Bzi92Sz7fH9p9I2+NkBirZfAIoz8XTalafx/eEk2AbKH&#10;LWR84wjDZJqNp6MMyDKsTUbpEHLAlFUA/okaq/7sFEezZBrHnWIWT9NZUBz0xw72nNGC5fjrEID0&#10;BIEfMwVabmV41BlpXmSjoeZupT/gsTR1YiFq4R4C8fAs3il5fy3YtWkHAPPaEFEAlnFEJG1A+E8N&#10;XXJJ/ETBLQP1uhnDa8oQNbSgHjFvzOu31qi/7ZVid5ZIdVZRueSnVoPNiDG/e7C/PQz3XFnUQl+I&#10;uiZGuVvhqpuKangTB5L6xQ4F+HNApWeAbGl6rtiq4dK1cefdd3DfVkLbiJicNwuOm5tPRfCQ5taw&#10;r/CYIM7GyWw6aXlhneGOVf0dej9bACx4SBbrv1QBX+nKqeDuS3j4IzoBUGPdJVcN8QL8hGvBOr2/&#10;ss67s9viSS+Vhw/zNK/l3gQ2+pmAuXe4E/Ei7SUg/Do8zQ55ion/g6ce4XemZdIRsKVleNmOjP7w&#10;Eq/t6doyYbsQXvkNJB3F6SgZI70hLcaj0QhiOLHPm9k4HfplnzZH6TSLxyGs++y34+K70nWtUXVt&#10;nwswepINXlVYQpJBUHmzj3LhpOfY2YoWRoFfxAEHRdKQE7rdvgYRt/lDoaqEDOLn2/jaodKVokma&#10;zHpwh+lkEsCjeQ9ukg6TZIiMG9BF6pnu15afQ5es51HmH/S5rAAnQtfR5ZTdHYLkHmrutWr5lZco&#10;FKGq+onQ7/Cz2pB7ik6FMoZE22b6bveOoy9XbDldetXWq9ecutUIJyvptsqNkMqE2x+4Xdz1Lpft&#10;fqTGR/f2otssNggELy5U8YAnR4EKvYXV7EIgNV9R666pQReG8EBn6b7gp6wVUFedFJFKme/Pzfv9&#10;4DBWI7JGVzeP7D8r6ot+/UmC3bM4TWHWhUE6niQYmMcri8crctWcKTxHjB5WsyD6/a7uxdKo5hYN&#10;6Kk/FUtUMpw9j1wvnjmMsIAGlvHT0yC3vcSVvNHoQNqC7EvSt80tNboLdx8fn1UfTzQ/KFLtXv8w&#10;Up2iTJYi5K0dqh3wiO1fsCbhk2G/d5r63Ljf8SCE/5sGyYP4zoVnhESEbyCHnkYbIV1Xh9pGKETX&#10;q2qP1zhoicaTuEuH6SRLDrJhlmWTvtSM43Q2/alS82zbE5p1fKGAdnufQI/HgZK7b76TfwEAAP//&#10;AwBQSwMECgAAAAAAAAAhAHs4d/L+YwAA/mMAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/g&#10;ABBKRklGAAEBAAABAAEAAP/+ADtDUkVBVE9SOiBnZC1qcGVnIHYxLjAgKHVzaW5nIElKRyBKUEVH&#10;IHY4MCksIHF1YWxpdHkgPSA5MAr/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsK&#10;CwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAJyAnIDASIA&#10;AhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQA&#10;AAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3&#10;ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWm&#10;p6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEA&#10;AwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSEx&#10;BhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElK&#10;U1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3&#10;uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD7XfSl&#10;GflFQPpa9lrp3thzioHtR6Zr7VYhn8+Symn2OXk0pT1Aqu+kJ/drqZLYelV3tRnpWyxDOOeU0/5T&#10;C09X0uffGMofvIehFddbRQ3sIliOVPbuD6VjvbA9qdZTy6bPvTlT95OzCs6svaarc6cJQWGfJJe7&#10;+RrPpyntUDaap7VswSR3cIkjOQeo7j2NDwcVxKq1oz3ngKUldI599MXPQVXfTF/uiuieDjpUDQAd&#10;q1jWaOOeW030Obl00f3aryaYvpXSSQe2ageAelbxrvuefPLKfY5mTTF/u1Uk0xf7tdRJbj0qtJbj&#10;sK6I12efPK6fY5aXTB/dp1j4ZbUZOhWJfvN/SuostFa+lxgrEPvN/St9bKO3iEca7VXoBTni3HRb&#10;k08jhUfNJaHMrosNtEI449qjpioZdMX+7XTSW/tVaSDPasViH3N55TTtpE5iTS17Diq8mmAoflrp&#10;ZLYdMVA1vlTx3roWIZ5k8op/ynLPpQ/u1Xk0peeK6l7UelV5bb2rdYh9zhlk9NfZOWk01QDwKqya&#10;b6CupktBg8VUktvQYrdYhnLLKYdjmZNP6nFQwwtayblBIPVc8Guiktf84qpLbY6itVXb0OR5XFO9&#10;hIrSO5i3oOO4PaopdMHPH5U6B2s5dyjI7qehraj8u7iEkfI7juKzdWUWdcMvp1Fa2pzMmmDPeqkl&#10;gM9K6qW2HPy1VlthjOP0q1XZMsqguhykumgdufrVOXT+DwQK6qW2HPFUpbUAHit412ccsrguhy0t&#10;gP7v6VTm08dcYP0rqZbYHtzVGa1xmuiNdnNLLYrocxLZf5xVKey9q6ea2PpVCe19RW0axg8vS6HN&#10;zWxXtXSJaDyk47VRmt/augji/dqPYUTqvQungE7poyzZgVb0KyD6pCMc8/yNTvFV3w9CDrEH/Av/&#10;AEE1lKs+VmsMti6kVbqbJ01efl/Guv8Ahhp4XVbzj/lj/wCzCst4efu11fw3g26ndn/piP8A0IV4&#10;uJrN0ZH1mXZXTjjKbt1/Q682K+lH2FemK09gx0pNg9K+b9qz9FeAh2MPU/DtprNhNZ3kCz28y7WR&#10;h/nB96+aPiT8NLvwJqAZd8+lzHENwR93/Yb0P86+s9g7VU1XRbTXNOmsr6BLi1mXa6N/P2PvXo4P&#10;MZ4Wd94vdf11PnM44ao5nRsvdmtn+j8vyPipABgAZqVFyefyFdh8R/hleeAdT8xd1xpEzfuLjHKn&#10;+43of5/mBykIzg9DX3MK8KsFUpu6Z+KVcuq4aq6FeNpLoSpbKQOADViO2UUkS8Z7VZRc1nKbO2lg&#10;o22IxAM9KkS3G7p+lTqo4qZV9qxdRnbHARfQqi2HWtbT7MNbDjuarBfatzSogbQf7xrKVV2No5fF&#10;9Cn9hA7Vr2HiOK322VwwM7DEcjdvZv6Vn6leLZrsTDTHt/d+tcxLG0jszZZjySe9T/EXvB9VjSl7&#10;iO8k00u5JGSTkk96hbSgeox+FV/C3iISFLK9bDdI5mPX2P8AjXXNZ4J4/KuaVWVN2Z1wyynUjeKO&#10;UfTAucLj8KhbTMDpXVtZexqF7PHahYh9ynlMV0OUk07PaoG00L2z+FdU9lg9KhktAc5FaLEMyllU&#10;exyj6cP7v6VE+nAr92upey9qryWftWqrs55ZZFdDl30/Ht+FQPYZJOK6d7L2qvJZ47Vqq5zvLl2O&#10;YksMdqgex9q6Z7T2qu9oMdK1VYwlgF2Oaez9qhay5ropLTPaq72mDWiqmX1TlOeezxnioHtPauie&#10;1GelV5LTHaq9oarDI517T2qSx0KbVLkRRL7s/ZR6muhsNCm1S4EMS/7znoo9a7iy0OHS7YQxDA7t&#10;jlj6ms54jl0W51U8G5a2OZtNAh063EUSj1ZiOWPqaWSwHpXTy2eRVeSz46Vzqu2TLLlu0cy9gCOB&#10;ivKfiX8LDMJdW0qH97y09sg+96so9fUV7pJaADpzWJqEgcmOP7vdh3qufn0NqNJ4OXtIf8OfKkc0&#10;SRopPIABor6ObwRok7GSTSrZ3c7mYxjknqaK82UXd6n3cMZDlXus+0XhHcVC0PNaJQFcjnNQvFx0&#10;r41SZ+kSopmc8PNV5IR6VptHkVC8XFbKZyyoGW8HtVd4OelarxVBJFWymcc6CKdpcyafNuTlT95f&#10;Wukhlju4hJGcg9R3Fc+8VLaXElhLvTlf4lPeonHn1W5pQk6L5ZfCb7xZqB46swzJdxCSM5U9R3FI&#10;6c965k2j1HTUldFF4+tQSJ7VfdOaheP1FaqRySpGbJEO1LaaY15JxxGPvNWjBp7XT+iDqa11gWGM&#10;Ii7QO1OVW2iFTwfO+aWxTW2SCMRou1R0FRSR+1XXBqBx1rBSdzqlRSWiKLpxVeSPvV91zVeROtdE&#10;ZXOCdIz5I6h8rg1ddccVGEyD9a2UjidFXKEkGQaqyQcGtSSPg1WkjrVSOWdAy5Ic1Wkiz9K1JI/a&#10;qssdbxmcc8OjKkiqpJFgHitWSOqs0fFdEZHHLDmRLEB2qOCd7KbenIP3l7EVoSR8dKpyRg9q2Ur6&#10;M5XR5XdGtFJHeRCSM5HcdwfSo5LfNZFvcyWM+9On8S9jW/DNHexCSM5HcdwaxleL8jshGNVWe5ly&#10;2/WqUsGR0rblhqnNDVqZnPDow5rfrxVKaDjkVuSxdeKpTRZFdEZnFPDowZrfriqE8B54remj5qjP&#10;F1rojM45YdGDNDz0rWC/u1HtVeeM85q7jCD6VpKVzOFFK5AyDNX/AA4n/E5g4/vf+gmqZFaPhvnW&#10;7cf73/oJrKb91m9Ol+8j6o7Fo/auo+Ha41G64/5ZD/0KufKYrp/h+uNRuv8Arl/UV4td/upWPrcF&#10;StiYM7gLRtPpTwDilCnPWvCufbcpHt9qNvtUhU5pxXNO4chn6to1rrmnz2N9AtxazLteNh19/Y+9&#10;fMXxG+Gl34A1Hcu640mY4guMdP8AYb3/AJ19WqM9aqarpFprenzWV9AtxazLteN+/wDgfeu/B42W&#10;EnprF7r+up8/m+SUs0p3elRbP9H5HxnGdwHOMVajPQV0/wARfhtd+AtR3JuuNKmY+RcY+7/sN6Ef&#10;rXKRN0r7KNaNaCnB3TPyiWDqYWo6NZWki4gqZR3zVdDUynHWsWzshSROox71qW16Lew2pgykn8K5&#10;+6vvJGxOZD+lXtETfZbiSTuOSalrS7NHGystwkjLMS3zMeST3qu8P51pvHUDR4NPmMlRM1osZPeu&#10;08IeKg+ywv2AbpFM3f0Un+Rrlnj54qCSM1M0qiszalF0pc0T2NrbPaoHt+elc34M8XiTZp+oPhvu&#10;xTsevorf0Ndu8HHSvKnem+Vn0FOnCtHmiYz23tUElrjtmtqSL2NQPCKFUE8Muxiva8dKrva1uvBV&#10;d7f2rVVDmlhvIw5LbHaq72vfFbj21V3txWyqHLLCrsYUltVaS19q3pLbnpUElvkVsqhxzwpgNa8H&#10;iq0lr7Vvvb1Wktq2jUOSWGXYwXtPQU+w0SXVbkRRD/ecjhR61u2OizalcCKIcdWc9FHrXZ2WkRaX&#10;bCGJfdmPVj6mpnieXRbmlHAOo7vYxrHRYdLtRDCvuzHqx9TT3tuvFbLw1Xkgri9o3qz1Pq6SskY0&#10;lv7VBJbj0rYeH8PesDVLvzSYoj8o6sO9awk5bGFSkoK7MjUrjzCYoj8vdvWsl4ME8ZrWe3FQPBz0&#10;rsjLlVjzJ0eZ3ZTWL5Rx2oq2EwO9Fcbnqz240Xyo+p4ZFADIweNhkEHII9RU7AMMjkV494C8eNoj&#10;pp+oOWsGOEkPJh/+x/lXr8TKVDowdGGQQcgj1FfLV6MqMrM/TMHiYYqHNH5rsRvGahZKvlQwqJ4s&#10;VgmdsqZQaPNQvFkVfaP2qF0xWilY5ZUjOeKq7xVpPHx71A8Wa2UzklSKtrcyWMu9eQfvL61vwzJd&#10;RB0OQf0rDeLrxRbXD2Uu5eVP3l9aU482q3KpTdJ8r2Npl9aWCza5fuEHVqmskXUFEiH5O59PatMR&#10;iNQoGAK45T5dD1qdFVPe6FdYVjQIowo6Uxh6VYZaiYc1CZvKNtEVnFQN34q061DIOK1TucrjYqt6&#10;VA4q0y57VXcVomck49ipKOTTFXKn61PItMjGQ31rdPQ5HDUruvHvVaRavOtV5F9atMxlAoSJVaVM&#10;1fkXFVpFxWyZyygZ0iYqrIvrWjKmKqSqa2jI45UzOlTOapSpWpKmBzVOZc9K6Ys45UzLljxmore7&#10;ksZvMTkfxKehFXZlqjOnBxWqd9Gczg4u6OiguI72ESRHg9R3B96jljrnLa9l0+cSR9D95T0YV0kF&#10;1FfwCWJsjuO4PoaycXD0OuElUVnuUZYsZqjNEcHFbEqVSmjOKuMjOdMxp4+KpTR5rZmiznFUJosG&#10;t4yOOVMxp4qVgcYq1PGOarNxXQpXOZwsyI8da0PDIzrluP8Ae/8AQTWeTmtHwx/yHrb/AIF/6CaU&#10;37jHSj+8j6o7wqc+1dN4BH/Eyuf+uX9RXOEGuk8B8ajcn/pl/UV4VZ/u2fW4SNsRA7mgUgb1o3Cv&#10;FZ9dYdnml3UzcDQTQOw/NFNBpciiw7FXVdLtNbsJrK9gW4tpl2ujD9fY+9fNHxF+HN14E1AOu6fS&#10;pm/c3GOV/wBhvf8An/L6jzVPVNKtdasJrK9hW4tpl2ujjr7+x967sLi5YWX917o8XM8rpZhDXSa2&#10;f6PyPj2Nhn2omutoKry38q6v4kfDq88C3+6INPpczfubkj7v+y3+1/OuL24XivrKc41YqcXoz82q&#10;0KmHm6VRWkhhHOT+ddP4fXdpmf8AbNczgmus8NrnSx/vt/Sqm9BQp6k7x1A8WTWg0feoHSsOY6PZ&#10;lB46ryR5rQdKryJVKQezRnyJ6V3vgjxpv8vTtRf5vuwzsev+y39DXEyLzUEiHNKcVVjZmtJyoy5o&#10;nu7wcVE8Fcb4F8c7jHpmpyYbhYLhj19FY/yNegtH7c1404ypSsz6KnyVo80TJaDk1DJDWs0PtULw&#10;e1JTJlRMl4Qe1V3t613gxUEkGa1VQ5pUTGkt6geD2rZeDAqB4OK2U0ckqBiyWw9KWz0iXUbgRxjA&#10;/iY9AK2bTSpL6cRoOOrN2ArqLTTYrCARRLx1LHqxpTr8istwpYF1Xd7GZZ6XFp0AiiHuWPVj6mlk&#10;iOeea1HhzUDxHHrXKp31PRdBJWSMt4smoHiHPoK05IvSuf1XUDKWihPyfxMO/tW8G3ojjqU1BXZm&#10;areeYTFCfk/iYd//AK1YzRdK02jzUDxZ7V3RfKeVODk7sznhqF4a0mj5qFoua05jL2RnGPmirLRk&#10;MfrRXM3qetGn7qLE0WDXZfD/AMftociadqLltPY4jkY5MJ/+J/lXMTRe1UpoqJQjWjyyFRqVMNUV&#10;SnufSsbqyB0YOjDIKnIIp+M854rxr4ffEJtCdNO1Jy2nscRynkwn/wCJ/lXsqMpRXRg6MMgg5BHt&#10;XzdejKhLlkffYPFU8XT5o79V2IymahePNXGHp0qJxzWKZ1SgUnSoHT06VedMjionSrTOaUDPkSiC&#10;xa5buEHVqvRWhnf0UdTV0IsS7VGAOgqvaW2JjQ5nd7DLZvsWBGPlHGPWtNZFmQMp4rNYDFNima3f&#10;cvI7j1rCUebU7IT9np0NJqhIqRJUmUMvQ/pTWHNZo6XqQEcnPSopBip26ZqJ+RWqOaUSq4qFxxVm&#10;QVA61ojlkitIOKbEPlb61I64OKSNeD9a0voc3LqRuuPpVeRc1acdqgdSKuLM5RKMi9aruMGrsi1U&#10;lHWt4s5ZRKki4qpKtXnHWq0qDmtUckolCVc5xVKVeTV+UYqpKua3izklAz5V4NUpV7VoyLVKYV0x&#10;ZySiZs61Ha3sunXHmRng/eU9GqzMvNUZ1rVa6M52uV3R1lvdRahAJYjn1HcH0qOVciuStNQl0y48&#10;yPp/Ep6MK6u2u4tQtxNCcg9VPVT6GspRcH5HVCaqLzKkqdaoTpya1poxzVGZPaqTIlEyZ4xzWaxH&#10;Oa25061gStya6Iu5wziISM1peFmz4gtv+Bf+gmsndxWp4T58Q2v/AAL/ANBNVN+4yKa/eR9UehtX&#10;Q+BONQue37r+orAYYxXQ+CB/p9x/1z/qK8Ks/wB2z63Cr99E7PNGeaSk/CvJPqUPzg0ZzTeTQOOl&#10;MZJmlFRZNPzzQMeG9acozzTUTdgnpUlZtlpFTVdLtdb0+ayvYVntpl2vGw4P+B96+ZfiR8ObrwLf&#10;lk3XGlzN+4uMcj/Yb3/nX1KTVLVNLtdasJrK9hWe2mXa6MOv+BrswuKlhpd090eVmGXwx0O0ls/0&#10;9D40PFdd4XXOlD/fb+lSfEn4c3fgW/3puuNKmP7i4x0/2G9D/P8APCeEhu0gHv5jf0r6l1I1KanB&#10;3R+fOhOjUdOorNF914qB0q7ImDUDr7VkpGqgUnWq8i+lXZEqBlznirTFylCRfwqCReKuypVZ0wKt&#10;MhxKMic16N4B8feYY9L1SQbvuwXDnr6Kx/ka8+kTNVZUxRUpxqx5WXSqSoT5on0cYqiaOuA+HvxC&#10;8wxaVqsnz8LBcuevorH+Rr0pouv9a8OpCVKXLI+lpThXhzRM9o+KgeLNaLxZ7VC0RHapTCVMzWho&#10;ttOe8lCIPqT0ArSt7B7uUIg+pI4Fb1vZR2cQSMfUnqTSnV5dFuFPC+0d3sU7axisoRHGMep7k0PH&#10;V1k61Cy1gpX1O501FWRRkTmonTGc1edME54rndX1HzSYYThP4mHetoXk7HHVSgrsp6vqHmkwxH5B&#10;95vX2rFZKusuDUTJ1r0YWSsjxqicndlF4xzULR+lX3jqBo60uczgUHjqJo+frV9kJ7VC8fPSrUjP&#10;2ZmMBuPHeip3T52+tFc7kejGGiNCaMZNUpYsZrXmjz2qnLFkdK1T6nNKBizxZzxXa/Dz4htoLx6b&#10;qTltOY4jlPJhP/xP8q5iaLrgVQmgqpwjWjyTJo1amGqKpTep9PIyvGGQhkYZDKcgj1pCmRXjPw6+&#10;IzaC6aZqbl9OY4jlbkwH/wCJ/lXtKlZEV0YOjDIZTkEetfM16M8PLllt0Pv8HiqeMp80d+q7Fdkx&#10;9KI7fzT6KOpq0sJkPTC+tTFAowBgCsOax2+zT1ZXMYRQAMAdqjcVYbJzURXBpJjaK7ConGKsSDFR&#10;sMitUzmkiGKZraTcOQeo9a0UlWdAynINZjjOabFM1u+RyO49aJRuTCfJo9jSYVEwwcdqekizIGU5&#10;HpTXHeoRvLXUgcZzUMgqw3Q1A4yK0RzSRWcZOaIhw31pzDFLAMq31q76GFtSJwKgcZq26461A4zV&#10;JkSiU5B1zVWRc5q5IuaryCt0zklEpOvNVJVFX5FqpKvNbJnLOJRmUEVTlWr8tVZQMGtYs5JRM+VP&#10;SqMyVoyiqcq8GumLOWUTOmXIqhMlac64qlMvNbpnLKJlTpnmmWeoTaXcCWM5H8SHowqzMncVRmXg&#10;nvW6d1ZmDTTujs7W9h1K3WaJgQeq91PoajmTFcZZalLpd0JYuh++h6MK7K1vIdSthNCcjup6qfQ1&#10;hKLj6HRCaqKz3KU8f5Vy0rDe2fWuxmj68Vxk5xKw9zWtMwqRIi2PpWv4RIPiG0/4F/6Caxyc1reD&#10;efEVoM/3v/QTWk37j9DGlH95H1R6WRk10Hgri/uP+uf9RWCRit/wZxfTn/pn/UV4NX4GfWYaNq0T&#10;rzR19qTdRuNeYfRi96M0A5oyKCg4/GpokLnJ4Wmww+Ycn7tWsYHFRJmsY9RNopDTjwKbUFjWGaaa&#10;fikb1oJKeq6Va63p81lewrcWsy7XR+/v7H3rxjVvh7P4HRkRmuNPklYwz45Gf4W9/wCde4mrQ0+3&#10;1PTJLa5jWaCTKsjV1UcTLD+j3Rw4nAQxq7SWz/rofNjLmoHTBrsfG3gq48K3ZZd01hIf3c3cf7Le&#10;/wDOuTdRX0EJxqRUovQ+Iq0J0JuFRWaKUiHBqu685q861VlXFbJmNinInPpVaRcVekXINVpFBFaJ&#10;kOJRlXvVWRTV+VO1VZBgHvWiZk0Z8i4NeofDr4jCTytJ1aX5uFt7lz19FY/yNeayofSqsq8H1oqU&#10;41o8siqVWeHlzR/4c+omjpILJ7uXYg+p7CvOPhV4+m1GSPRtTYsyjEN23THZXPr6Gva4bVbdNqDv&#10;yfWvnK6lQlyS3PscKoYqPPHYrQWaWkYRB9T3NIyZNW2WomFcV7npuCSsioyYqJ1wDnFXHHftXPat&#10;qXnFoYT+76M3r/8AWrWCcnY5aslTV2U9W1Lzt0MJ/d/xMP4qxWjx2q66YHSomTNehG0VoeHUvN3Z&#10;SdOKiKVcaOo2StVI5nG5SdKjaPirjR47VE6ZrRMxcCkyVC6dautHUTR8+1aJkchkOp3t9aKndPnb&#10;60Vzt6noRhojZlizVKaLBNbEkXXiqkkVXGRzTgY0sNUpos1tSw4BzVOWHIxiuhSOSUDDnhGeK774&#10;W+O59MnXS78tJpv8Ex/5YH0/3T6dq5aHTHvZticAfebHArch05LWIRxjCjv6n3qK/JUhySNsI6tC&#10;oqtN2t+J78hUopQhkIyCOQRTWXmvNvBfi99JK2N65azJwkh5MX/1v5V6UGDoGUhlIyCOQRXy1WlK&#10;jKzP0PDYiGKhzR36ogYdaYVzUzr3zUZFQmayRXcVCy9asuKhatUzBq5XZagdeastwTULqcZrQ5pR&#10;IYp2tnyvI7j1rRSZZk3KeKzZF60yOdrd9y8juPWhq5MZ8uj2NI9aikHJqRZVmQMp4P6UwrSRrJJ7&#10;FZwSc9qWAcPTn44pYBjd9aowS1I5FJqu4q44qu49KaFKJUdM5qu6nvVt1NV5Fya2izmlEpyDrmqk&#10;i1flXdVWRRzWyZySRnyLjPFVZVwT6VflFVJVrZM5ZxM+Zc+1U5UrRkSqkqda3izllEzJVzVKZcVp&#10;ypmqUyZrpizmlEzJkqjMnWtOZfaqUyVqmcrj3MmeOmWOozaVdCWI5B++h6MKtzpwaoTx9a3WujMG&#10;mtUdxZ30OqWwmhOQeGB6qfQ1xVwf30n+8f51DYajNpN15sJyp++h6MPeq1pqsGro09u+RuIZT1U+&#10;hqVDlb7FuXP6lgnjrWx4NOfEdp/wL/0E1it0rZ8Fn/ipbMe7f+gmip8D9B0o/vI+qPUiMGt3wf8A&#10;8f0//XP+orE6itvwfxezf9c/6ivBqfAz6ugrVYnW0U3Jpc8V557ofjUsEJkOT93+dLBB5xyeFFXc&#10;beAABWcpW0RrCF9WIqhRgdKSnE02sjewUm6lprH8KdyQoNIKXNO4hpHfNaFh/wAe/wDwI1nkd60t&#10;PGbf8TUT2NaK94TUNPg1S0ltrqNZoZBhlavC/G/gmfwvdb13S2Eh/dzY6f7Le/8AOvfDxVfULC31&#10;OzltbqNZoJFwytWmGxMsPLyMMdgYYuFtpLZny86EVBIua7Pxv4Jn8K3e5QZbCQ/upsdP9lvf+dcl&#10;InFfU06kakVKL0PgK1GdGbhUVmihIhyaqyLg1fdetV3StkzlaKEo4qq6VoSoOaqyJkVqmZNXM+Va&#10;LPS5dRuPKiGB1Zz0UVoWmmy6jP5cQx/ebsorq7Wwi063EcQwB1bux9aJVOXTqEKXPvsU7Swi02BY&#10;ohjHJbux9TXpXgTx6JPL03U5MN92G4c9fRWP8jXn8g71Vk6muKrTjWjaR6FGvPCz5ofcfRrJUTJ1&#10;7CvPvAHxADCPTNUl+f7sFw56+isf5Gus1XUDNuhhOE6Mw714cqM6c+Rn1sMVSq0vaR+4qatqRkJh&#10;hPyD7zD+KsZ1q40e2o2jrqjaKsjzKjdR3ZTMfvUbJ1q4yY7VCyZNaJnM4lMpzUboCauMlRPH1q7m&#10;TiVHSomT2q2Yz0qNkqrmTiU2SomTjFXWjBqJ4+vtVqRHKYkq/vH+poqSZR5r/wC8aKyud8Y6I6WW&#10;OqkkXWtSSPNVJI8E8UJmEoGXNEMVDDp8l5LsQYHdiOAK1YbF7qTavA7t2FbENmltGEUcDv61bqcu&#10;hEaHO7vYy4rBLWMRouAOSe5NDQVqNDnNRtDgdKy5+50+ztoZjQZ7V1HhDxU2mMtneMWtCfkc8mP/&#10;AOt/KscwZ6Co2h9qmajUXLIulKdCfPDc9d4dQwIYEZBHQ1A4PSuM8LeJW00raXTFrUn5XPJj/wDr&#10;V3LKsqhlIIIyCOhrx6lN0nZn1VGtHER5o79UVmGaiYY4qVxjPao26UkxyRA4xmoWHNTtyTUTritU&#10;zCSK7iq7rVhxmomFWc8kQxzNbuWHQ9Qe9aCyrMmVOR/Ks51xTI5mt3yvI7j1qrXIjLl0exosOM06&#10;3GUf61GkqzR5U5qe2GFce9QzZasawqCRRzVl1yKgfjNMJIqyDFV5BjNWpF4NQOuatHM0U3XGaqyL&#10;g9Kuyiq0grdM5ZIoyrxmqkqGr8g61VlBxWyZyyRQlXjpVOZa0JV61TmWtkzllEz5kqnKvWtGUe1U&#10;pE5NbxZyyRnTICKozJwa1Jk4qjOnXjiuhHPJGZInWqM6Z4rTmXGaz5xnNbRZzNGZcIBmvKbDXJ9D&#10;1SSaE5XeQ8Z6OM163OnWvDb1sXU3/XRv510w10J5T1/S9Xt9Ys1nt2yOjKeqn0NdN4JbPiezH+9/&#10;6Ca8B0bXLjRLwTwHKnh4z0YV7d8MdYt9Z12xnt2yDuDKeqnaeDWVaNoS9Dakv3kfVHtGOBW14SP+&#10;mzH/AKZ/1FYx+7Wx4TOLyb/rn/UV89P4GfU0V+8R1YOantrczMSeFH6020tjMcnIQdfetJVCjAGB&#10;6V5k5W0R78Kd9WJjaMAYFB9KUikrFHSJj2oxxS0lMkb1prdaeR69aZgMelCFYTNJS0mKZIorT08f&#10;6Of941mdK09N5tvxNRPY2or3ycjOKQ8U8jFNI5rE7WirqGnwapaS2t1Es0EgwyMK8H8c+CLjwrd7&#10;l3TWEh/dTEdP9lvf+dfQLdap6jp1vqdnLbXUSzQSjDI1deGxMqEvI8rHYGGLhbaS2f8AXQ+XZI+t&#10;VpEzXa+OfA9x4Uu9y5m0+U/upvT/AGW9/wCdcdIvtX1MJxqRUovQ/P61GdGbhNWaKMq0WunyahNs&#10;jGB/E3YCr1tp8l9N5aDjqzHoBXRW9lHYwCOMfU9yfU1cqnKtNzGFLm1exWtbKPT4BFEMDqT3Y+tN&#10;k6GrUnSq0grFO7uzoasrFWSqkv8AWrcgz+Ndl4S8HCPZfX6fP96KFh0/2j7+1VOpGmrsUKMq0uWJ&#10;W8I+DfLCX1+mH+9FCw+7/tEevtXYkYqxtzTCvtXlSqObuz36dCNKPLErMuajdODVllqNxxSTE4lU&#10;r61G0eR61aZPaomTHaquZuJWKHvUTLxVtlyPSoymRVpmTiUynNRsnerbL14qN0yKtMzcSo0fFQlM&#10;VcKVEy9RiquQ4mFMoE0n+8f50VLMn75+P4jRWN2dkUrI6qSPPamR2TXUm1eAPvH0rSS0a5fao78n&#10;0rQjtEhTaowB+tZupylqi577FCKySCMJGuB/Oh4c9qvmHmmtF6VnznR7NIzzDx0phhzWgYjjpUbR&#10;e1UpEOmUDCajeAnnFaBi54pjRHPSqUjN0zPMHHSt/wAN6++nlba5Ym2P3WP8H/1qzzDx0qNoQTRJ&#10;KasyqblRlzRPRHVZVDDBBGQR3qqy4JB4Nc/oOttZEW85Jtz91j1T/wCtXVSxrIoI78gjvXmSg6bs&#10;z36dSNaPMtzPYVEwzmrLg8jGDULccd6pMmSKrqOtQsMVZfvxUT4xWqZg0VX71A4xVlxUUi8VSZzy&#10;RBHM0D5XkHqK2bGRZo2ZeRmsVxVnTJWh8wj1GR605K6Cm+WVmarrzULrUyusq7lNRuOtZo6mrlR1&#10;5PpUEi1bcVXk5FWjmlEqSjrVWVauuKruvXitYs55IoypkVWkXPFXZB1qtIOTW6OSUShIvHSqkq57&#10;VoSKaqTIa2TOaSM6ZeuKpyL1rRlXFVZF68Vqmc0omZKnWqUyZ6CtOZetUplwK6Is5pIypk61RnXr&#10;WrMvJ4qhNHnIrZMwcTJnXrXgd8+Luf8A66N/OvoOdOvFfPF+SLy4HX9438666TvcxcbEJeur+Feu&#10;3GheNbGaE5BL74yeHG01yDN6da2vA7f8VVZf8C/9ANayScWmVG8XdH2VpOr2+tWS3Fu2VPDIeqn0&#10;Ndf4KsHuLuZ2BWLZjPqc9BXhvgKC9i1H7UjFLMcSqekv+yP8e1fRfhK8t71N9vgIExs7qc9DXy+L&#10;j7JNI+py+SryTlv+Z0KoEUKBgDikPSnHpTT0rxD6oQnNJRRTJEIpDTs5zTSOKZLExTSfwp3Tmmkj&#10;tQISkyRS0jH3pk2AnIrU03/j2/E1lVq6Zzbf8CNTU2NqPxlknNJ2pxFIRWB3NDSM0w81JTSKZNil&#10;qGn2+qWctrdRLNBIuGRu9eG+L/h5daBqIWPM2nyn93Of4f8AZb3/AJ178E3Hii6sIb60ktp4xJC4&#10;wynvXVQxMsO9NjzcZl8MbHXSS2Z8829pHZwiOMYHcnqTTZBXUeL/AAlN4cucrmSzkP7uX0/2W9/5&#10;1zD9696E1UXMmfGVaMqMnTkrNFWQHmq8lWn+tdh4U8IeXsvr5Mv96KFh09yPX2q5VFTV2ZU6Mq0u&#10;WJW8KeEPLKX18nz/AHooT/D7n39q65kxx1qwVJppUV5U6kpyuz36dGNKPLErEe1R7c1ZZcA8Uwoc&#10;ZpJlNFcrmo3XirDJTCuBVpmbRVKdajK57VaK1GyYq0zNxKzpkVEUx0q0yZpjL7VdzJxKpTrUbJVt&#10;k5qJlJqkzJxKbR1GU68VbZCajaOrTIcTn51/fSf7x/nRT7gYnk/3j/OioOhRPT47ZYY9qjH9aDF7&#10;Vc8sntTfKzXn8x7XJYpGOmGLParrQ00xVVyXApGL2ppi46VdMXtTDHRczdMpNFTDCPSrxixTfL/K&#10;qUmQ4FAxYNNaHPar5h9qb5WafMQ6ZQ8nFa2i6ubQiCYkwnoT/D/9aqph570hholaSsxw5qcrxOsl&#10;iEq5GPYiqMiFScjmqelak1qRDMSYj0Y/w/8A1q2ZoRKuVPPY1xtODsepFqrG63MthkmoXXFWpVKk&#10;jvULqTWqZi0VXHFQuOKtOuPrUTrWhjJFRxUtmuUf6ikZcjNT2SfLJ65FNvQyjH3hUcwtuHTuPWrW&#10;8SruWq7pmo0doWyOncVNjW/KTuKgZRk1ZDCVAQahdM5pg1cqSrVd1q4y/jUDrj3qkzmkrFF1JzVa&#10;VavSDA6VXkWt0znlG5nuuaqyrV+Rc9KrSJxW0WcsomfKmapzL2rSlSqcyVsmc0omZKnBqlMua0pk&#10;9aqTJwTWyZhKJkzjrVGZfataVM9qozJ1roTOdxMqePivmzUG23tz/wBdW/nX01OlfMeof8f9z/11&#10;b+Zrro9TGSKxY13vwc8LTa94ts55AY7KMtufoXO0/Kv+NY3g7wbN4kuPNlDRafGcPJ0Ln+6v+Pav&#10;dPA9rDZ65YQQRiKKMMqoo4A2mqq1LRaQ4q8kj0WO2jtYliiQJGgwqr0FdD4IvJLHUZnQ5Hl/Mp6H&#10;kVjuorS8LjF7N/1z/qK8KprBpnsUbxqRaPVrS6jvIRIh4PUdwfepG9utchZ3stjP5iHg/eX1rqbS&#10;7jvYRJGcjuD1BrxJwcfQ+ro1lUVnuPopSKSsjoDGKQZ70p4ppNUhWGmkIIp2MGm96ZA1jikJyKcQ&#10;D2ppGOtAhBWvpY/0X/gRrJrX0v8A49f+BGom9DegvfLJGKTrUmM00rXOd7QwigKW+lLsLYqVVCin&#10;cXLcaFC9KWlIApKRZXvrGHUbWS3uIxLC4wytXjPjHwjP4budy5lsnP7uX0/2T717aTRJYRXURSeN&#10;ZFODtYZHtXTRxDoO/Q87GYKOMjbZrZnkPhbwls2Xt6nz9Y4WHT/aPv7V1jLitTUdNaxk4y0R6N/Q&#10;1RZc/Wut1XUfMzy44ZYdciRXKgio2TFWSnamMtFxuJWK0xlz24qwyZppj4zTM3ErFKjKmrRXg4qM&#10;pTTsZuJWZajK1aK0x0quYy5SqwqMpVpk5ppUVaZLRUKVGU9sVcZQajKVakZuJUaPg1Cy4HSrpj4q&#10;J4+KtMycTmrhf9Il/wB4/wA6KnuY/wDSJf8AeP8AOipubpM9X2YNN21aKZpuyvKue/ylUx5NIYR1&#10;qztFIUyKpSI5CoYsHpSeX+FWTHzTSvPtT5iHEqtFmmGLjFXNgx05pvl1akTylMxYpvlVc8vJpDHz&#10;T5iXApeSDzTTDV0x+lJ5Q70+YjkKPk8Vf06/NviKU5j7H+7/APWphi9KYYs03ZqzHFODujZngEy5&#10;GM9jWdKhUkYwRUlldNAAjnKdj/dq7cwLMmRgN2NYfC7M67KorrcyGUkVCy9qtOhTgjBFQsM9a2TO&#10;ZoqunFT2K4WT6imOuKsWC/u3+opt6EJe8I65qGRPxq4681BInpSTKcSqGMTZHTuPWp8iRcjpUbDO&#10;aiDGNsj8asyvYe64qB1q0WDrkVC64oJkrlSRaqyJzV6QcVXkXrWkWczRRkSqsy4q9IvJqrKK3TMJ&#10;RKMq5NU5k61fkXnNVZVxmtkzlaM6Ve1UplrSlXOapTpnNapmEomdKo/CqU8YrRlXtmqcqY61smc8&#10;omXOnWvAvDngubxNrFzLMGi06OZt8g4LnJ+Vf6ntX0JMmc1zy28dsgiiRYo1zhVGAK64TsnY55RK&#10;tvaQWVvHBbxrFDGu1UUYAFbHhBf+KktPq3/oJrMcYHFanhDnxHaf8C/9BNRJ+6wgveR6O64FaXhv&#10;i8l9fL/rVFx61f8AD3F3J/1z/qK8yXws9amvfRvsals76SxmDxnI/iXsRVctmmk49647X0PSTad0&#10;draXkd9CJIzkdx3BqUiuLsdQksJxJHyP4lPQiuts72K+hEkZ46EdwfQ1x1Kbhr0PWo1lUVnuSmmm&#10;n9abiskdIlIRTqTOKogbSHHejpQcGgmw3NbGlDNt/wACNY9bGk/8ev8AwI1nPY3ofGWyMUY3cUpH&#10;NPAxWB6KQiqAPSilxmkIxQMawpMU4n1qWOPkE0m7AlcSGE/eNTEYFGMUfWs9zS1iOWJJo2R1DKeo&#10;Nc1qGmtZP3MZ6N/Q10/emSwrOhR13Ke1aQm4MwrUVVXmcaVprLxitHUNOezkH8UZ6N/jVJlrvjJN&#10;XR4koOLsyArTGSp9uKaatMzaK5THamMvFWGXNMdeKtMzcSsycU1lAFWCoNMZaZDiVitMKc1YZaaQ&#10;KdzNxKxSmFKssuKYyZqkzNxKpTFRsvNWilRstWmQ0c1cr/pEv+8f50VJcoftEv8AvH+dFFzVI9aC&#10;+opNo9KtSwGFyD+B9aiKeleTc+gatoyExg9qb5dT7TSFOelVcXKiApTDHVnZzSFaaZPKVfLo8v2q&#10;yUGKbsp3J5SqY8UbDirLR80nl8U7kcpV2Umz1FWTGabsz2ppk8hWMeKTy6ssnammPNO4uUrGPNWL&#10;acxgI33O3tR5ftSGPI6UXuJJxdyee3E68cN2NZkkRViCMEVowSGM7W+729qfcWwmX0fsaSdtC5R5&#10;1dbmLImasWK4R/qKZIhRypBBFT2K/I/1Fat6HOl7w5kJOagkHNWm44qF15qUymio6VA6elXHU+lQ&#10;uuK1TMZIqhjEcjmn5DrkUSL7VFyhyKoy2Edfeq8q1bLB1yKhkGaZEkUJFqtIMjpV+Qc9KqyCtos5&#10;pIoSLxVSRe3etGVeKpypjmt0znlEz5VwaqSrWjKtVJErVM52jMlTrVKVK1Jo+apSx1qmYSiZkyVz&#10;U3327c11c0ffH6Vy0w+dvqa6YM5pqxWPpWr4QA/4SS0H+9/6Cay2BFavg8f8VJaevzf+gmqn8LJj&#10;8SPS3WrmhcXUn+5/UVVYc1c0QYun/wBw/wAxXmS+FnqQXvo2GphY/hTj1xTDxxXMjvELYqewv5NO&#10;nEkZyOjL2YVXJwaQ07X0ZKbi7o7myvYr+ASxHjup6qfQ1N9a4Ww1GTT7gSRnjoynowrs7O+i1CAS&#10;xnI7juD6GuGpTcNVsexRrKorPcmbtTSDTz1pueayOlobSGlopk2GdK2NJybb/gRrJCFjgD8a29MX&#10;bagD+8aynsdGHXvloUtGKSsT0QzSEZ6UvWpYos8kc0m7AlcbHFjBIqUU4jik6Gs9zZJISjHFFFAN&#10;ABSdDS0hFBAyWJJ42VxuB6g1zl/p7WcnrGehrpQabNEk8bK43A9q0hNwZz1aSqLzORKZpjR+laF9&#10;YNZPnloz0b/GqhGa7VK+qPHlBxdmV2XFMK561YZRzTCnHSrTMmiApUZWrDL6U0pVpkNFYr7Uxkxz&#10;VkrntTGTAqkyeUrFOaay1YK/jTGTI6UzNxKxTmo2j61ZZeaYU5pmbicxcr/pMvT75/nRUl0g+0zf&#10;75/nRQXY9qliEi4aqLw+WxDdOxrUI39eKieMOuCK8dM+qlHmM3bTSpzVl4ipwfzppQVpc5nErlaT&#10;ZzU5T0pNvFO5PKQFaQpmrBXNNK4NO4uUg2YpCpqcpmkKcdKLi5SEgmm7eOlTlKGX2p3FYgKDtTSv&#10;tU+z1oKYp3JcUVymaTyzmp9ntQEPancTiVzFmnxnaMHPtUpTNN2YouHLYhurZZ1J6MOhqtaIU8xS&#10;MHNaA6UhTOTimpdCXBN3KrjIqF0xVplxUTp6VSZm4lZ1yKgdcdqtMOKiZc1omYtFR05qvIuauyJi&#10;q7pzWqZjJFPJVjilJDjOafItQkFeRVGNrEci+9VpV4q42GHFQSpVpmUkUJFJqrKuM1oSLxVWRK3T&#10;MGjOlWqsqda0ZY+tVJUrVM5pRM6RKpyx8mtOVOOaqSpWqZg1Yy5464+Zfnb6mu5mj4riZ1/eOfc1&#10;0U2c1RFNwR2rV8H8+JLT/gX/AKCaznFavg8Y8R2Y/wB7/wBBNbSfusziveR6YRVrSABcv/uf1FV2&#10;FWdM/wCPh8/3f6ivKl8J6cVaSNVsYqNutL+NIRWKOsYc5pM0p4NIaolkbYPXip7C/k06cSIcg/eU&#10;9GFRFRmmEY609HoxJuLujvrG+iv7cSxNkd1PVT6GpsZrgtO1GXTZxJGcg8Mp6MK7awvodRtxLEcj&#10;up6qfQ159Sm4O/Q9mhXVVWe5KRQqFjTxHuPtUqqFGBWNzrSuNCheBWppv/Hv/wACNZhHNamm/wDH&#10;t/wI1nPY6aPxFo03vTiKljix8xrC9jutfQSKLAy3XsKlAxRRUGqVgpCKWikAyinEZpCMUxiUEd6K&#10;DQRYaKKdgGkJ9qBDJYUmjZXAYHsa5++09rR+m6M9GrogabLGsylXGQeoq4ScTnq0lUXmcoUppXFa&#10;F5ZNbP8A3oz0NVSgFdid9UeVKDi7MrlBTGSrBSmbMDiruZOJBt9qYUwKslNwphXPQVVyOUrsmaaY&#10;6sMlNMfrVJktFVlx2qIpntVtk59qjaOqTIcTlLpP9Jm/3z/Oin3aD7XN/vt/OiquLlPZ6MZpSKTN&#10;eKfVNEciBhg81XeMqcVd+9xUbqOhq0yGrlTbSbOamKYpCoFUZWIilIV9qlwKTFO4cqItp9KTBqbb&#10;mk2mi4nEi2UmypSuaNoouTykJXNN2VOEFG2ncTiQ7OKbsqfb7UhSi4uUhKe1N257VPtpCvOKZLiV&#10;ynNKUwKmKU0pii4uUrMmahZKusmRUDp7VaZnKJUZMCoXUVbZcZqBlzmtEzCSKzrkVXdKtuvNQsM1&#10;omYOJTdKrunFXZFFQSLzkVsmYtFJhs6GmkbhU7x1AwweOKoxaIJE9qrSJx0q63IqvItWmYyRQeP2&#10;qrLF1rQmWqsi9a3TMGjOkjwTVWWPINaTpiqkic9K1TMJRM2SPBNcLOn75/qa9ClXg8VwE6/vX47m&#10;uimzkqIpspJNavg5P+KktPq3/oJrNdcc9TWt4PH/ABUlmfdv/QTW0n7rMor3kelunOam04YuG/3f&#10;6imsvNSWQxOx7bf8K817HpJaov8AQUg+lBNJ39azNxWGTTCMUpPakNADfWk4YU73pr1SZLGFcVZ0&#10;y9msblXh5z95T0IqBVLttA5q3FEIlwBn1NTK1rMcbp3R21ldxXkAkiPHcHqDVjtXGWN7JYzb06d1&#10;zwRXWWl3HeQiSM5HcdwfQ1504cj0Pdo1lUVnuSkYrV0wZtf+BGsrGa3NMgMduA4wSScVzVHZHo0V&#10;eRYjiAOSKkxinUhFch6NrDfwopTSVQgoNFFMApCM0tFADMZopaKm4xKQgmnUlUS0JtpOlOpGFBIy&#10;SNZUKsAVI6ViXlk1s2eSh6Gt2myRrKpVhkHtVxlymFSmprzOb25phTPtV67tDbt6p2NV2XFdSdzz&#10;pQadmQFKZsqcpTdvtVXMnErlcUhXI5qcrj3prJmquS4kBTioymO1WCtRsKaZnynJXkf+lz/77fzo&#10;qW8H+lz8fxt/OiquHKeuEZoxTqTtXln0g2lK5FGKORQSyN0FRlSDU5wR70wjHBq0ybERXnpRjPan&#10;9DRVCsMK4o6Zp9JtFBNhgWjbT8CkC0BYZtFJtz0qQjPSjbQFiPGKQipMCjA6UE2ISAaNtS4pCuaB&#10;WRFtpCvapCtGOKLi5SEpio5I89KskZ60hXNNMlxuZ8idu9VXTkitSWDIyOtVJYvbmtYu5zyhYoOn&#10;NQsuDwKuOu3PGDUDDrWqZzNFR16moHXnFW3GO1QuoNaJmDRSkXmoHj61ddKgdDj2rVMycSi67TTG&#10;UH/CrLIDUDoQciqMWirKlVZEq+y5zj8qryLitYswkjPePINVJE5NaMkZqvJHjNbJmLRmSJ7V57cL&#10;iaTp94969Lkjwema85ulPnP/ALxrpps46q2KDryemPrWt4NH/FS2fH97/wBBNZ7qa1fByf8AFSWZ&#10;H+1/6Ca2k/dZjFe8j0xlpbQbZTj0NOYc0sA/ecf3TXn9D0balgmkzRmioLDOKQn6UE80maAF6D3p&#10;ERnYKACf5U5ULttHWrsUYjXA/E+tJysNRuNigES46nuadtI7U80Dmsrmthm0j0qxY3cljMHTkHgq&#10;e9RYOeldX4f8O+SFublcydUQ/wAPufeonOMVqb0KUqk7RNfS7XfGs8ilWIyEb+H61rwjiqqgrVqE&#10;5XivIm29T6qklFWJO1FHaisjpGmkxT8UhFArDaMUp4pDTuSHvQQcUUhz2pgIRiindRzzSEUrAJSY&#10;paShMYY70YzS9KKomwhGBTafimkcUCGSIJUKsMg1kXVqbd+OUPQ1s02SMSqVYZBq4y5TGdNTMEpn&#10;0ppTNWrm1aB+pKHoah6V0ppnnuNnZkBSkKZqbbSGmQ4ldkx70wr7VYKZpjpVXIaOOvV/0yf/AK6N&#10;/Oipb1B9tn/66N/Oii4uU9V70tJR0rgPeTFNNNLRigVhtIwBpSOaKCbDOhoIzT8ZppBFUmIZtpdl&#10;PGDSjAouBFtoxipsLikAFFwIsH0o6U/bzxQVzTuKyGUhApxX2pNtO4WExxTafjijBpisMxmjbTsZ&#10;FGKAsMxzSFakxSEZoFYjKYqGaDepI61axSYo2Jcb7mPJHngjpVV0IJBFbVxblwSMA1Qki3D0YVsp&#10;HHOFjOdahZKuuhz0xUDIM1qmcsolJk5qF0q6y9aiZMj3rRMxcShJGe1QSISOavuuOKhePNapmUkZ&#10;zoRzULKD9avvFmq7xYzVXMZRKEkZGarSpmtF48jmoHirSMjBxM2RK82u1HnSdfvH+depSRcGvNLq&#10;L99J/vH+dddJ3ucVZbGey5B4rU8Gp/xUdpnP8X/oJqm0R9P1rU8Hxf8AFSWv/Av/AEE1tJ+6zniv&#10;eR6OyYNJCu2X/gJqwVApgTEgPsa4Lno2FKe9NxipMUhAwaQWGbcjIpVjLkADJpY0Z22gVdjh8scf&#10;iaHKxUYtjYohGuO9SbTjrTinvS7cDrWRukIg9aDGTjHWpAme3XtXU6DoPkBbi5X951RD/D7n3rOc&#10;1BXZ0UqMqsrIj8P+HvI23N0MydUjP8Pufeui6Ud6DXnSk5O7Pfp0o0o8sQ79ang4XPvUFTw/cqJb&#10;HRDcmBzS0wHFOBrE3FNFFFACGkp1JgUCsNopQKSmmIKKKKYhMUmDTqKVgG4NBGKd+NIRTASkpaKA&#10;YhFNxTsUYpk2I3QOpU8g1mXFsYm45Xsa1yKY6B1IIyD2qoysZTgprzMQpikKgVauLYwn1U9Kh2Vv&#10;e5wuLWhBs5prJxU+3J6U1l61SZLRxl8D9tuOf+WjfzoqS+X/AE244/5aN/OincVj06g0ZpCa4z1g&#10;B9ad1pnWlFAXFxmkIx9KXrS0DsMBoPNKRSUEWEwRmlHNLk4pp4PFPcQ4LQRSg5FGM0i7DaKdgUmO&#10;aBWEoIz1pcUYoFYbtFG0UtFAWG7efagpTs0Zp3CxHtpCvFS0mM07iIsY7UtSEU3aadxWQwjNV7i2&#10;35ZQA3p61bxTSvNO4nFMxpoN3saqNH1GOa3Li335ZfvenrVCSLcvo1bRkcU6djMZByO9ROnarskZ&#10;BwetQMoJ5rVM5pRKboKhaOr0keTxUDL+VaJmLiUnjzUDxdavMtRMh9K0TMmjOki61WePGa1HjODk&#10;VXePI96u5k4ma8fWvM7uIedJ/vH+deqPGwzkV5rdAmaQADO4110Xqzz68djNaLA7VqeD4v8Aio7Q&#10;jH8Wf++TVR4z3GPxrT8IKf8AhIbTgYy3/oJrok/dZywj7yPRGjBqIx4cfQ1aK/MeMVG6ncOnSvOT&#10;PTcSIrQsRc7R1qVUZ2wBmrSR7AMdaL2Eo3I44BGvGPc1Ltp4BI6UoUipubqOgwJmnbMkAAGnBCTx&#10;1rqNC0ERBbi4UGTqqH+H3+tZzqKCuzelRlVlZDdB0AQ4ubhR5nVUP8Pufet4jFSACkIzXmSm5O7P&#10;ep0401yxGUn+elPYdKTB9DU3NBhqxABs/GosVND938aTehcdx+0UnQ06jpUGofjRSHOfaloAOlHe&#10;iigAppWnUUCsMzRn8qdjmkxTuITpRR/OimAdaDzxRRmgQ3FGKdQaLDG4pOtPODTSKNhCEZoAxS9K&#10;KYrEboGBB5B7VQngMR/2exrS4proGUg9KpOxlOFzJKc00pirU0DRN/snoai2kda1TvscjjY4y+H+&#10;m3H/AF0b+dFPv/8Aj+uP+ujfzopi5T0QnNJRRXOd4uKaW7U7dio2NNK5I5Xx1qSoM0sb4602ik+5&#10;LjikIApetBGakqw0+1FLiigkbjHSng5FNo6HNDBOw+ihfm9qXFLUsSkxSgUY5oAbt4o2inUmKAsJ&#10;gUFeDS0UxWG4NGD6U+igVhn1opxGaTbQKwmKAozzQRg4ooFYaU54qvcWu8FlHzenrVqimmxON9GY&#10;ksO4nswqnJHjPHNb1zaiT5l+/wDzrOlh39sMK6IyOKpTszMdRj+lROgxVuRCCc8VEUJrW5zOJUZO&#10;DUTxDBq40ZI61C0fvWiZi4lNl4waglj9jV5481E6Yq0zJozpIiR9K8wuo8XMgI6sf51600ea8zuo&#10;d00nPO44/Ouyi9zz8RHYyJEPStTwhH/xUVrkf3v/AEE1VaLBIzg+1anhOM/2/aZOT83/AKCa6JP3&#10;WckV7yO/ZBmoWiLOABzzV0RF2AFSNAIwOcnnJrz7o9RxuVo4QgwP1p+3ipcYFGwk9aVykrEaj2pw&#10;Xn3qQISP6V0mh6F5IW4uFzJ1RD/D7n3rOdRQV2b0qUqrshuiaCIdtxcJ+86op/h9z71vUvKik715&#10;spObuz3adNU48qDtRRmipNBc5ozSdqSgVh3XrT4gACB0qOpIuhpMqO5J0oooqTUKKOlGaACiijNA&#10;BRRmigAoo/GjNACYFJinUUCaGYo/Cnnmmng00ISg/SjIoqhBSN1paCM0mA2ilxRilqAlJTsUmKYD&#10;XUOMEZFUZoDG3qD0rQproGBB6VSdjOUEzzy/B+3XH/XRv50VrXmhF7udhMoBdjjHvRV8yMOQ6ynA&#10;Y702lJzWZuxj9aSnEZptUhDT1pMZpxBx7U3NUA5JNvB6etT9qrHpzTo5NuAelS0UnbQnpCKKWoLG&#10;UU7aPSggfSmS0IDing5FRmgEigFoS0c4pAcilpFgRkUUUUAGaRueaWikIbRSkZNG00bAJRS7aQjF&#10;FwExRgUtFFwEwPSkIOad3oxTuFhmDUE9t5nzKMHv71aop3sS4pmJNb7+nBFU2jIJyMVv3FuH+ZR8&#10;386zpYQ4PYit4yucU6bRmmOoWjq66bcgjBqLyxWyZzNFMx5PSo3iz1FXGXJpjRj1qrmTiUJI+Ole&#10;b3MX76TAz8x/nXqTw4HevOri3HnyHH8R/nXXRluefiY6IyJLYsOVGaveE7dj4htlC4I3f+gmp7ew&#10;e8mEaL9T2A9a63QNGt4r62RR8ykneeudprapNKLOalTcpI2FgCL0qOZOV4rRlgMbFSMGq08YIWvP&#10;Uj15QsimEx2pdmegyTU4jyfWt7R9GEJE84+f+FT2/wDr0SqKKuwp0XUdkM0XRBEFnnQeZ1VD2+vv&#10;W30paOa4JTcndnt06caceVCUhFLijFTdGlhuKXFLiloCwzaaXaadSUxWG4NSxdDTKkT7tJjSHZoo&#10;oqSwzRn3oooAKM0UUAGaKKKADNGfeiigAozRRQAZpKXmigBu2kwafRQKwzFFOIyKbg07iCiiimAm&#10;fag0tJjNAhKKUjFJSuBkzr++k/3j/Oilm/10n+8aKdwNKin0EUXJaIzikJqTFHHpVXFykJpKnxmk&#10;K07hYgo61MPpRxRzEtXI4pNnB5HrVjdmosCnK2Dg9KllxfRjqKUYpeKRQ38aQ8mn0cUXHYjXg8VM&#10;rZFN4pN2OlINh5FJtpwORRSGN280beKdRTuFhlLt4p1FFwsMop+KMUXCwzFIBipMUY9qLhYZRin4&#10;oxRcLDKKfijFFwsRkd6gngD/ADAYbvVujFF7CcbmLLBvHoaqPGwJBFdE6A84qJkDdua1UzmlRuc8&#10;Y8DJFN8s10HlrnpR5S+gq/aGLoeZzbRkjtXC/wBnSXV26oAPmOSe3NeveUvoPyqssKISAo/KtYVu&#10;XoYVMJ7S2pw1tYpawhEH1OOSa0NGixqcP4/yNdZsQ/wj8qfCiCRflA/CnKtdNBDCKMlZ7FWe3Eow&#10;eMdDWVcwshUMK6nA9KQwK5UsoJByM9q5o1LHZKhzdTK0vSfLxNMPm6qp7e9a4GBTgo9KMD0qHJyd&#10;2bwpqCshtFOwPSjA9Km5pYZj6UlSFc0mwUhWGUU8qBSYoENop+2kx7UwG4p6fdpMe1OXpQykLRRR&#10;SGFH4UUUAFFJS0AFFFFABRRRQAUUUGgAooooAKKKKACgUUUAFIRmlooFYaRikp9FO4WGYGKTGKkx&#10;SHpRcLGNN/rpP94/zorQYDceO9FFwsTBaMUtBpiG4xRTsUEA0gG0UpGBSUxCEcUY5paKLhYaRgUl&#10;PopisIjY47U+mEUqnA5pMadh1FFHFSUH6Uf56UcUcUxACRTgc0lGcUDQ7tQaQHNFIYtFFFABRRRQ&#10;AUUUUAFFFFABRRRQAGiiigA7U1lzTqKAISM0gGTipmHpim4p3M3EYowKrkA1ZwRVYnB4qokyGn2F&#10;Ph5kWgAGpoYsHcapvTUSV2SgdKdRRmsjcKKKKACiiigAooozQAUYozRQAUm2looATaKWijNABRRR&#10;mgAooooAKKKKACijNFABRRQKACijNFABRRmigAooooAKKKKACiiigAooooAKQ0tB6UAVWPzH60Uj&#10;/fb60UAWitJs96dRQKwykqTaPSjAp3Cwyin7RSYp3FYaORQRTsUhpAMxRinYopDsN20EYp2M0EZ7&#10;ZpisNB96dSbTTlB70hoTNANPwKMCgYyin4FJgelO4mhvSnA0YHpRjBoAWiiikMKM0UUAGaKKKACi&#10;jrRQAUUYooAKKKKADNFFFABTSPSnUUAMI4qsVwat7aYIuckc1SdiJK4yKHHzMM+lT9KPwopN3KSs&#10;GaKKKQwooooAKKKKACjNFGKACij8KPwoAKKKKACiiigAooooAM0UUUAFGaKKADrRRRQAZozRRQAU&#10;UUUAFFFFABRR2pKAFoopKAFopKWgAoo/CigApDS0h6UAVX++31oof77fWigC3RRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFAooAKKKKACiiigA7UUUUAFFHaigAo7UUUAFH4UUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAdaKKKACiiigAooooABR0oooAKKKKACiiigAoooo&#10;AKKKKACiiigAoooNABRRRQAUUUUAFFFFABRRRQAUUUUAFB6UUhoAqORvb60UyQnzG+pooA0KSiig&#10;AooooAKKDRQAUUUUAFFFFABRR2ooAKKKKACiiigANFFFABRRRQAZooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACjrRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR2ozRQAU&#10;UUUAFGaKDQAUUUUAFFFFABRRRQAUlLRQAUUUUAFJS0UAFJS0UAFJS0UAFIaWkPSgChJ/rG+pookP&#10;7xvqaKANCilpKACiiloASiiigAooooAKO9FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR3oA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACijNFABRRRQAUUUUAFFFFAB&#10;RRRQAGiiigAooo6UAFFFFABRRRQAZooooAKKKKACiiigAo6UZpKAFooozQAUUUZoAKKKM0AFIaXN&#10;IaAM6X/Wv/vGiiX/AFr/AO8aKANKiiigAooooAKKWigBKKKKAFpKKKAClpKKACiiigAooooAKKKK&#10;ACiiigAoxRQaACiiigAooooAKKKKACj1oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACjvRRQAUUUUAFFFFABRRRQAdKKKKACiiigAooooAKKKKACiiigAooooAKKKM0AB&#10;oozRQAUUZooAKKKQ0AZc3+tf/eNFLN/rn/3jRQBqUUUtACUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABQaKKACiiigAooooAKKKKACiiigANFFFABRRRQAUUUUAFH40UUAFFFFAB0oooxQA&#10;UUUUAFFFFABRRRQAUUUUAGKKKKACiijvQAUUUUAFFFHNAB0ooooAPxooooAKKKO1ABRiiigAoooo&#10;AKM0c0UAFFFFAB2oNFFABRRRQAUZo60UAFIaWkPSgDKmb98/+8aKjnb9/J/vH+dFAG3RSUUAFFFF&#10;ABRRiigAooxRQAUUUUAFFFFABRRRQAUUUUAFFBooADR3ooNABRRRigAooooAKKKKACiiigAooooA&#10;KKDR3oAKKKKACijFFABQKMUUAFFGKKACijFGKACiiigAxRRRQAYoxRRigAooooAKKDRigAoooFAB&#10;RRRQAUUUYoAMUUUYoAKKMUUAFFFFABRRRQAdaKMc0UAGKKKKACiiigAooooAKMUUUAGKQ0tIaAMe&#10;eJjPIf8AaP8AOippSPNf/eNFAGnRRRQAdqKKKACiiigAooooAKKKKACijpRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFHSjFABRRRQAUYoooAKKKKACjrRRQAUUUUAFFFFABRR1ooAKKKKACiiigAooooAKO9FFA&#10;AaKKKADrRRR+NABRRRQAUd6KPxoAKKKKADFHSiigAoooxQAUUUUAFBoooAKKDR+NABRRRQAUUUYo&#10;AKKKMUAFFFFABmjNGKKACijFFABR60UGgDKm/wBa/wDvGilm/wBc/wDvGigDUooooAKKDRQAUUUU&#10;AFFFFABRRRQAUtJRQAUUUUAFFFFABRRRQAUdaKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooxRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRijFABRiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAoopKAFoozRQAUUUZoAKKKSgBaQ0vakPSgDJmb99Jz/EaKbOD50nH8R/n&#10;RQBs0tJRQAUUUUAFFFFABRRRQAUUUUAFFAooAKKKOtABRRRQAUUUUAFFFFABiiiigAooooAKMUUU&#10;AFFFFABRRSUALRRRQAUUZzRQAUUUUAFFFB4oAKKSloAKAKKKACiiigAxRRRQAUUUUAFFFFABiiii&#10;gAooooAKMUUUAH4UUUUAFGKKKACiiigAooooAKMUUUAFFFFAAaKKKADGaKKKACgUUUAFFFFAB2pD&#10;S0hoAzpf9a/+8aKJf9a/+8aKANKiiigAooooAWkoooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKMUAFFFFABXLarqerzeK/7K06ezto1shdNJc27SkkuVwMOuBxXU1w+q6PLq&#10;vxHIS+vNPVdLGXtCq7v3rcEsprWmk27nJiXJRSj1a20L2j+MBDbammuPbWVxptyLWWZHxFKWRXQq&#10;DyCVcfLyQQeTTtd8YwDwjq2p6Tcw3UlpEzDncFYDOGHUfSsbU9EsfB+raDdmOQ6bDPPJdXMrNIwn&#10;kQBZpGPPZl3Hgbh0FZfii4i1xPF+oaYPPsW0hLdp4gdk8wZz8p/i2qwBI/vAZ4OOhQhKSkttPTe1&#10;jhnXqwhKEnqr+u1738ttunyPSbPUILsTLDKkrQP5cqqclGwDg+hwQfxqjc+MtGs4oZJtRt1SbcYz&#10;vzuCnDEY7A9T0rk/Fz3uga3u01GEniGNbIMgz5N0B8spHoI95P8A1yUVV1WT/hEfFNra6Sm2KPSY&#10;7ZgbSa6Eao7eXxECynlid3DYGOhrONJNJ9zWeKlC6tazs/nt26bnbv4w0ZLCO+OpWrWkj7I5klDK&#10;7ei46n2FSR+KNLm04XyX9ubMv5fneYAobONpPY54wa4TSZtN0W+8O3huhPo9vZXFmL2RCiQ3BkQs&#10;HU/6skKwGcY27e4zDqKx6xc6je20Pm6VdatpYVtmUndJk8yQDuuNg3dDsPpVexjfr/Ttb1I+tz5b&#10;6X7fK9/S+n6noWleJdN1uSVLG8iuXiALqjcgHoceh9elV/G2sT6B4V1HUrVY2uLaIuiyglSfcAg4&#10;/GqN3EV+I2lSKpAbTLlWYDg4khwCfxbH1NJ8U13/AA91xcEg2zZ29cZHpWcYx549nb8zpnUn7Go+&#10;sb/lciutV1vQdQ0pb6axv7S+uBalbaB4ZI2ZSQwy7hh8vI4wOe1bFx4t0i01FbCbULdLssqeUZBk&#10;MegPoT2B61wlx/YTalpE/hq8mv8AV0uYkwlzJdKsBYCbfvZgg2bjng5AAznBr+Mdel1LSNftVltr&#10;SVJ3iGmpatJdS7GGJSQRgMAGDbSAMc+m/slNq6t+H4HF9adKMmnftrdbbX01/LzPQ9S8XaRo9wsF&#10;7fwW8xXfsd+VX1PoPc1UsfEW/VfEAupIYrLT2iKyk7QFaJXJZjx1NYula1YeGtZ8Rx6vIttc3N39&#10;ojaRSTcQmNFQR8fMRgrtGTntyM4+p2NxJ4u1jVDDLfaRbXFvLPpqxkM48hMSgdXKHnYevb5gBURp&#10;J3T7f5bGs8TPSS77dlZ7/nt953l/4v0nS/J+130Nv5yeYgdsEp/e9h7nimzeNNEt7WK5fU7UW8ql&#10;45BKCHAIBK468kDj1ridX11oPGN5PpsglgvNNt/MmFlNdqvMhXAiBK/K2cNjORjvVvw/Z6e3iPwo&#10;LKT7dZ2ejXUUNwy8hlkt0OePlbhhjqORR7KKjd3/AKQfWpyk4xtvb8Ur769+nbzOsvPGWj2Edu8+&#10;oQRrcJ5sWX5dP7wHXHvVyHWrK4a2WO5ikN0hlg2OD5iDGWXHUfMOfcVyi6nZ+GvGOuTatIlmLtIG&#10;tbmc7UeNUwYwx4yG3Hb1+YGsHRZV0K/0XVL1GsNKkuNT8pp1KLCk0qvFuz9wMEYgHGMgcHipVJNX&#10;X9aXLeKlGVnbfXy1Su/VO/8AmekT67YWwuDLdQxi3dElLuBsZsbQfTORj61DpfijS9allisr2G5k&#10;iAZ0R8kKeh+nv0rz7UpotbTxJNFE01rPq2l7S8R2yqJbcEjI5Xg89OPStb4h2F3daosenowvJdD1&#10;CKJk4O8+VtGe3PSqVKN0m9/8kxPFTs5xV0vxvJrT7ky/qvj+xe60u20y+tria4vkt3UNuyhzuKno&#10;cEDkZxXY9q80vte0jVrfwpa6UPM8i/t2MEcR3WqhWGHGP3ZHTBwa9KHSs6kVFLSxthqjqOTck9tt&#10;thaKM0VgdwUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFHSgAooooAKKKKACjNFFABQKKKA&#10;CkPSlpDQBmyt+9f/AHjRSTf65/8AeNFAGpRRRQAUUtFACUUUUAFFLSUAFFFFABRRRQAdqKKKACii&#10;igAooooAKKKKACiiigAooooAKM0UUAFFZXirUZdI8N6pewFRNbW0syFxkAqpIz+VZvhrWp77Vbq2&#10;+2RanaRRK4uoY9oVySChIJBOADx0zz2q1BuPMYurGM1Te7/r9Dp6QDvxn1rK8P6jNqcV28wUGO8n&#10;gXaP4UcqPxwKyvFHimbRtUt4oTEbeECe+L9UhLBARzwRlm78Rkd6FBuXKtxSrQjD2j2OqIB6gUbR&#10;0wKxtf1O5sobSK0Ef2q9nFvG0wJRDtZixAIJwqNxkZOOasaZa6hbCUXl6l4pxsKw+Ww9c8kHtjgf&#10;jStpcvnvLlSFu9EgvNWs9QkLGW0V1iTPyAtgFseuBjPoT61Rv/CputTlv7TULnTbmZFjmNvsZZAu&#10;cZDqwyMnkYP6VR0TWrjUdXuI31Hb5d3NELUWpwVRiB8/rgZrrG6GqfNB2MYqnWTaXX8fkyhouiQa&#10;HY/Zod0il2keSVtzyOxyzMe5Jq/tHoK5GLxBqL6qNF2L/aKTeZJNtPl/ZM5Eg/2j9zGfvbj0FXr+&#10;71C+1qTTrKdLOO3gSaadk3sS7MFVRnA+4SSc9qHGV9QjVgo2gvK36fI6DaPQUEAj1rD0HU7q5TUL&#10;e88truxn8h5IgQj5RXVgCTj5XXIyeQapweILqXwro2ots8+8a1EgwQv7x1DYH0Y0uRl+2ja/r+Gj&#10;Oo2gdhRsXJOBXK+L/EL6Jd6bGb+LTredZWknlj342hSB19zWv4cvLq+0i1nvY/KuHTLLtK554bae&#10;VyMHB5GcdqHFqKkEasZVHTW6/wCB/mae0eg4o2j0FYHjO41DTtGub6xult2t4yxR4g4c8Y78U/Vb&#10;m80TwtqV29wtzdW9vLMshj2glVJGQD7UKLaT7jdVRck1sr/19wy+8JmbUri9s9SutMkuQvnrb7Cs&#10;hChQ2HVsNgAZGOAPStLRtHt9D0+Ozt1IjQs2XbczMxLMxJ6kkkk+pqh4fupbxJnbUDeqMAA2xi2n&#10;8etZqeI75vEX/CPkRf2gG+0Gf+D7Ju64z9/PyY/4F04q7Sl7vYxUqULVLb/Pf8Nf+HOuKBuqg/UU&#10;FQeoBrnvFMupWQtpbO+W3WS4gt2RoQ/35ApOcjs36VuWkUsMCJNL58oHzSbdu78O1ZtWSZ0Kd5ON&#10;tiXaPQUYB7CsLWPEK6T4gsLWZtlvPazykhGY7keIL0B4w7fpT/DGuHXBqb5Bigu2hjIQqdoRDyD3&#10;yxp8krc3Qn20HP2d9f8AgXNrYPQUtcl4P1m51qKG4m1ESs8W97ZbUoFJ9GPXFUPEviy907Xb20tr&#10;uKOWK1hltbNoS7XUrmX5Mggj/Vj6ck8Cq9m+ZxMniYKmqnR+nr3O8orA8WarPpem2kkUotnluI4X&#10;kMZk2Bs5wB1q9ocsk9msj3RvNxOJDF5fGcYxUcrtzGyqJz5Ov9fM0cUUUfhUmoUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAdaKKKADFFFFABRRRQAUUUUAFHFFFABSHpS0hoAypkYzPwfvGirb/fb60UA&#10;W6KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBaSiigAooooAKKBRQAUUUd6ACiiigCnrO&#10;mprOlXdjIzJHcxPEzJ1AYEHH51aWMKBxS0tO+lieVX5uph6d4euNMvppIdSma1lnkna1aNNuXJJ+&#10;bG7qfWiXwhpt5dX097aRX0l0Rua4jVyqhQoRcjgdT9Sa3KOlVzyvcz9jC3K1oY0/htLjRrWxe4n8&#10;y1CGK6DDzVdRgPnGM9c8YOTxzU+madd2ZkNzqE18z4A8xUVVA9AoHXPfNaXSilzNqxSpxT5kYVh4&#10;eudPvpJItTm+yyTvO1sY4yMsSxG7buxk+tbp5FFFJtvccYKCsigNIjXV31AM3mtAsBXtgMWz9fmq&#10;tqegtd3q3trdy2F4I/KaSIKwkTOQGVgQcEkg9eT61sd6Kak1qJ04tWM7RtGj0eCVBJJPJM5llmmI&#10;LyOepOAB0AAAGAABWXa+DBbSW0ZvriXT7WTzYLJtuxGGdvIG4hc8AnjA64FdLR0pqUl1E6UHZW2M&#10;y+0OHUby2nnG8QpJH5bYKuHABBHfpUuk6b/ZVlHarLJLHFkIZW3Mq54XPfAwMnnjnJ5q9RU3drFK&#10;EVLmS1/r/IpazpiazpdxZSMyRzLtZk6il1XTU1bSbuxkZkS5iaFmXqAwIJH51coou0DhF3ut9DL0&#10;3Tbyz3/adRkvgQAoeNE2/TaBn8aqjwlAAsgllF4t19r+15HmF+hHTG3Z8mPT35reop8z3J9lFqz1&#10;KOo6YupxQpIzKI545wVPdHDAfTIq9RRU36Glle5Sn0tJtWt78swlhgkgVR0IdkJP/kMfmaTTNKTT&#10;XvXRmY3U5nbd2O1VwPb5RV6ind7E8kb3t/WxhaF4eutFWKH+05ri0iTYkEkcYAHbkAHilv8Awrba&#10;jcX00xk3XUUUeVYAxmNnZHU9mBfOfYVuUU+Z3uQqUFHltp/SMrV9Fk1WxtoftkkE8EiSrOiqTuXu&#10;QRjnntVnTLS4tISlzdvevknzHRVOPTCgCrlFK7tYtQipcy3CiiikWFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUABooooAKSlooASloooAKKKKADNFFFABSHpS0jUAUZGPmNz3NFSugLHjvRQBaooooAWko&#10;ooAKKKKACiiigAooooAKKKKACiiigAooxRQAUUYooAKKKKACiigUAFFFFABRRRQAUUUUAFFFBoAM&#10;0UUUAFGaKKACjrRRQAUUUdqACiiigAoozRQAZozRRQAZozRRQAUUUUAGaKKKACiiigAzRmiigAoo&#10;zRQAUZxRRQAUZo/GigAzRRRQAUUUUAGaKKKACiiigAooNFABRRRQAUUUUAFFFFABSGlpDQBXb7x+&#10;tFNcne31ooAt0UUUAFFFFABRRRQAUUYooAKKMUUAFFFFABRR+FGKACiiigAoooxQAUZoooAKM0UU&#10;AFFFBoAKKKKACiiigAooooAM0UYooAM0UUUAFFFHagAooooAKKM0UAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABmiiigAooooAKKKKACjvRRQAZoozRQAUZoooAM0ZoozQAUUUUAFFFFABRRRQA&#10;UUUUAGaQ9KWkPSgCo5+dvrRTJD+8b6migC/RRRQAdqKKM0AFFFFABRRRQAUYoooAMUUUUAGKKKKA&#10;CjvRRQAUUUUAFFFJQAtFFFABSUuKKACiijFABRR1ooAKDRRQAUUUUAFFBooAO1FGKKACijFHagAo&#10;ooxQAUUUUAFFGKMUAFFFGKACijFFABRRRigAoooxQAUUUUAFFFFABRRiigAooooAKKMUUAFFFHFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABSGlpD0oAoSf6xvqaKJP9Y31NFAGjSUtJQAUUUUABooo&#10;oAKKKKACiiigAooooAKKKKACiiigA7UUUUAFJS0UAFFGKKAEpaKKACkpaKACiiigBKWjtRQAUUUU&#10;AFHSiigAo/CiigA/CiijtQAUfhRRQAUUUUAFGKKMUAFH4UUUAFH4UYooAPwooxRQAUfhRiigAooo&#10;oAKKKOtABR+FFFABiijrRQAUUUUAH4UUUUAFFFFABRRRQAUUUUAFFFFABR1oooAKKKKACg0Uh6UA&#10;ZsrfvX/3jRTJkYzPx/EaKANYUUtJQAUUUUAFFFFABRRRQAE8UUUUAAooooAKKKM0ABoNFFABRRRQ&#10;AUYoooAOtFFFABRRRQAYooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACkPSlpD0oAoSH9431NFQzTMJnGOjGigDWoo3UZFAB2oozSZoAWiijPNABRRkUUAFFFFAB1&#10;opM0ZoAWikzRmgBaO9JmjNACgUUmaM0ALR3pM0ZoAWikzRuoAXFFJmjdQAtGKTNGaAFopM0bqAFo&#10;pN1G6gBaKTdRmgBaKTNGaAFopM0ZoAWikzRmgBaKTNGaAF70UmeKM0ALRSZozQAtFJmjNAC0UmaM&#10;0ALRSZozQAtFJmjNAC0UZpM0ALRSZozQAtFJmjNAC0UUZoAKKTIozQAtFGaCaACjNJmlzQAUUmaK&#10;AFozSZFAORQAtFIDjvRketABmlpAw9aM0ALmjNJkUZHrQAuaQnijI9aCcigDCuG/0iXn+I/zoply&#10;f9Jl/wB8/wA6KAL/AJ0n99vzq1CxMakkk4oooAkzRmiigBpJz1pQTiiigAYnB5qPcfU0UUAG4+po&#10;3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H&#10;1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1N&#10;FFABuPqaNx9TRRQAbj6mm72/vH86KKAHBjjqfzpCxx1P50UUAJvb+8fzpksjADDEfjRRQBH5r/32&#10;/OlErn+NvzoooAXzH/vN+dHmP/eb86KKAFEjY+8fzqTe394/nRRQAb2/vH86N7f3j+dFFAD4WJXk&#10;k1JmiigAzVed2D8MRx60UUANV24+Y/nT97f3j+dFFAGdqVxLHKoWR1GOzEVxmpavfR6hMq3twqhu&#10;AJWAH60UUARDWdQP/L9c/wDf5v8AGnLrF/8A8/1z/wB/W/xoooAX+2L/AP5/bn/v63+NO/te/wD+&#10;f24/7+t/jRRQAravfbf+P24/7+t/jTl1a+z/AMftx/39b/GiigCZdUvSB/pk/wD39b/Gnrqd5/z9&#10;z/8Afxv8aKKAJF1K74/0qf8A7+H/ABqZNRusf8fM3/fw0UUASC/us/8AHzN/32aeL65x/wAfEv8A&#10;32aKKAJVvbjH+vl/77NSJeTkH9/J/wB9miigB63c/wDz2k/76NSrczf89X/76NFFAC/aZv8Anq//&#10;AH0aguLudXGJpBx2c0UUAILufA/fSf8AfZp4upuP30n/AH0aKKAOfurqb7VN++k++f4j60UUUAf/&#10;2VBLAwQKAAAAAAAAACEAtdHyMDkXAAA5FwAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0K&#10;GgoAAAANSUhEUgAAAKcAAABVCAYAAAAsTPT+AAAACXBIWXMAAC4jAAAuIwF4pT92AAAAB3RJTUUH&#10;1wUOFgYKRfTvLgAAFthJREFUeNrtnXuUXEWdxz+3Z6Ynmcmjk0lCwiNJJwQ2mPD0gaAgiEiEZSML&#10;gnEVXXVXRcSzh5ZVIz7oRbB3cddVXB+LigKCykMNJBAChENMBAKESCQh6QAJSUg6ucnMJPPqrv2j&#10;vte5Nt23e2a6Z3pm7++ce5Izt/reW1Xf+v4e9asqCGXYiIE3h60QSq2C80cG6sOWCKXWgHm4gYMG&#10;5vx/qXMk7PZhI58ERgMLwqYIpZZYc7SBXQaMgdUGnLBVQqkVcH5CwDQGcgbeErZKKLUATMfA0z5w&#10;GgP3mrBpQhlCUM7Uv3MNZPPAmTVwethKoQwFMKcZ+JX+/+k8YHrXGgMNobceymACcxQWmKP1p3iR&#10;om8FrjAhOEMZJGAC/AdWZUf1566An1wXAN5QQqkoOC+SN24MbDX2bxcUUeve9eOw5UKpNjAnG9iR&#10;FzKaZyBqYH0AOPcbaA5bMJSqqXMDtxRjRQNvM3AoAKBnh60YSrXA+WYD3QVA12XgNJVZGADQfwlb&#10;MZRqsebvAlhxi4FpKvtuA68XKPOdsCVDqQY4jysQZM+/njEwReVnGHgi7/4vw5YMpRrgvKkEML3r&#10;RQNz9ZuogRsN9Ojew2FLhlJpYEYMvFomOI2BjMJNnjnwAQPtBp4PWzOUSoNzvi+uWe6VNfBdL3xk&#10;4CwDL4/0qcxQBh+cH+8jMP3XCwZOE4NeauCosEVDqSQ4bxgAOI2BTgPXKxl5fNiioVQSnLcMEJze&#10;tVYmwoiSMPFjaKWuQs85CViDTa+LhOAMpRKyt4LPGg3cjGXjphCcoQxUXqrCMy8HlhqYONwbJ1zF&#10;V2WJxVOOWO1wrEc9FWgBYgsOvjD3tl0/WVSlTngWOMsBd9iDMxZPTQaOBMZgY2jeNRqbnT0GaMTG&#10;08bot16qlvf3IOkBOoB2oBXYB2SAXcCrwHZgr5tO5IY5GMcCp2ATNk4B5gHT1YZ5asvwzKvfZHrP&#10;vmp9zgrgfQ505n3jFGAW1sOfAIxTn472/Vun/6NvL7XTSLuuvcBu9edmIA3sd9OJPn+8/4VPMLS7&#10;SXQBe2Lx1AbgGeAPwBNuOrFrGAByKnARcKFAObbAwPQ66jUNzNYcTm5DdOr86T373l+lTzsb+BLw&#10;1by/Pw4cM0jNcxDYFIunHgWWAI+66UR3X5nzSlVmOnAs5SewZsV8G4FtYsM2XfhGXjPWDjpM6m22&#10;Rm6kBNs+B9yLXVez0U0nTI0Asg54N3AFcB69yyq8714NLAVWSsW2Ffp2AzHgz2qXasghYK4DL/u+&#10;/fPAqcAkYLJYdEwZz2oFHgM2qJ+7RXAT1KfH6WoMeMYrwPeAm910oq3PNmcsnmoCPgj8VwmQ3gp8&#10;yU0ntvejcyMyI07Crpk5B5gfoD5y6vDvAb9x04nOIQJlBFgIfAU4Me/2NuAHwK1uOvFKuc808CHg&#10;51X0Aa534MsBdRqlOn0fO1gKyX5grptO7CjRPhOAc4GPa/AWI5+t2C12lhdT+U6JF31OAC0mc9x0&#10;4qUKdbqjEXwJ8I8lTIxNwPXAL9x0omcQgXky8J/AO/Nu7QH+Dfihm04c7Otztb3MrcA/VOnT1wPz&#10;ndL1u5LiuaHPuunESX1oK4AzBPjjihTrBv7JTSd+2h9wTsOqg0LOThtwWH86o4yK1QN/B1wLHB9Q&#10;9EngU246sbbKoGwQU16Tp74B7gaucNOJnQN5h7F26io5UJWWLNCc7xgVqOd0fOo/T9a66cQp/Wi7&#10;ccCdMn2KmW4L3HRi+RsdxmB5neKB4jaCl632W9x0osdNJ34jb/cKqZRC8hZgVSyeSsgGrAYwD5fX&#10;+5UCdmUCuHigwBRLtALvFwtXWupkF5aS1xRRqWRfHgAuBtYFOOU/iMVTo/sETjedyAYAo0sjsmoi&#10;kN4skD5ZpFgj8C3g54UqOEBgzhebvaOAOvoo8O+VdNAcG5S/tNIA6SXnkpKT01PpfmwHPhPwDbM0&#10;MPvEnF4ooGBFBstzdtOJzYok3BtQ7IPAfXLmKgHM47EZ5jMK3P6sm07c1p/YXRkAXQF8SkCplHRT&#10;/lRpd5W6cRXwx4D7F/YHnDURulHY4VLgnoBi7wFuk404EGDOAO5XmCVfvg/8sJp1deBnwNcr+Mg/&#10;lQk6U0VTzQAPBBSZJyeqT+CsGXHTiS55tE8GFFsIfC2/on0AZhM2pnpEkSjBF6rBmAUkKQ++EvJw&#10;jcxT/zmo6cnL0hp2iR+KDnwowBYG+AJwZj+ACfANCm/OagTMtsGop2PV+qewM3cDtTXvqJHuaw+4&#10;15FvygzLrCQ3ndjEG6fk8j3Am2PxVLSPj34rcFWRe08Bvx3Mejp2ducD2Hnq/srjwNoa6bqg/ngp&#10;34cZzilz/4OdMi0mxwEf7gNrOkCK4jNU3x2KpBTHhnc+3M/ISA64zqkRvwE7ZV1MHuyPQ1Sr7NkJ&#10;3FSi2NUK6JcjZ/LGmR+/Orp7CKv7SBl1LST3UCNr2mUynVXk9l7s9O3IAKfkNoLjcn8TALh8uZLi&#10;M2aPDJatWYQ9PVs43YefvQ5cWUOseQx2rr2QTXy1m07sHlHgFGB+X6LYxWWM6ikEn+/z2FDX1bEz&#10;cuWGl3qAyx3YUSOsGcUuIYkWAOY33HTiJ4V+NxKWaSwrcf9sZRIFybn0bnNdSJ6tkbr+EpvNU8o7&#10;vwabrlcLwBwvDZfPmi52ScnXgrza4S6rStyfg80jDZqzLrW/5eZaqKhj16nfjk0gLiY3At92hh6U&#10;TcAiYDF/PcvWI/vyWjed2EaJkMtwl1ewMc9imwrUyd7ZE+ClBx06lcUuO6gVeaAIOA1wA/ClKgHz&#10;qFg8NclNJ/bktV89Npk8BhwNnIBNlTsHu/zDkwPATxX12FTOC0cCODuBnQTveHFkwL1GdOZPEemi&#10;svPcA5V1+p5IHhtdU2XGnAxsjsVT2+l1sproXXdUauXEbmyceF8snqKcWbZhD043nSAWT5VKaggC&#10;bozylijUhDhwwNhkHO+b98t2u28QVPm4PDbsi8wGlmuwb4rFU0uAn7vpxPqRzJye6g2SaD+B6/22&#10;ZhxH02uqgJ21WuTYOf/BePWtwEPYKIA/QaRJdv0RPtV+fBE2jQJv0pWIxVPLgC9iM+1HJDhLgSco&#10;FjqqxG/rBOC2GqnrZEugXI+d/ekYpPduBD5Wbpqklkifgc2DWFgkGuJgM+TPBm6MxVPX+VdmjpQd&#10;P0qpmkw/gevJ4TVU1xjwDge+PIjABGjvS/6um060uunEEjedWISdDLklwHaPYlca3BWLpxpHDDi1&#10;PKPUEoStAff2luHwzKmV+jqwyYGnh5lf8Ap2NeYFJYhiIfAzLy49EtR6E9rMv4i0AVtK3N+FTqwo&#10;IvOrPMAcqeusLzrgqbeslssE/b5eRNOgPm0AurR+p2YcV+CBWDx1LjbJo6VI0UuxM3LfHwngPJrg&#10;rXDWYlPPijVaTyyeWl8CnG+vch3eip1M6BEoc/o/QDYWT5Vy+Dxw1stGjmITe+fXWme56cTaWDx1&#10;OTasVExzfz0WT90+EmzON5e4v7SMmNrKEvdP1RLXaslW7NTkauzGDAa7VDiG3ZXjsBJXi0ybZmmB&#10;x4C7arjPlmCXCwc5fYtGAnMGZbz3AL8u4xm/xyZVFBusjfIq76oSm+ySV+tX1eOwkwcnYBfvXUDw&#10;PgPrgcurvYa/Uio+Fk99Syq8WJtfOKyZUwvZ3htQZAXlxQDXUTq54yOD3IEH3HTiBTeduAO7wcT/&#10;BhTPAh8ZDsD0yXPACwH3Txnuav08qb1CYoBUOdNkynD/7xLF3hOLp+YMEdMY4EcBRbaps4eTB28I&#10;TtqZPGzBqczqK0rYmsv78MjbCV4dGAWu6e+qzgrIJoqHvLYP031NA7XacGbOU7GZL8XCQ1f1cSR3&#10;YU/fDQo0f5jgvZuqKV0UD7q3DtM+DNo1t2Mg4KwrI4m3WqxZh92Cptj+SFeXm5aVz7bAT0qw5/eG&#10;qN5eDLSYCTMcJSjnYdNAGrmRyh1V0ld1/jmKrw36Ef3ckUN20FUEL6V9B/DlIVTvQyWjqvDMGQH3&#10;Vg4klNQs5HcPciOdAXyzyL17sfsYBTJJC4uj2LBMZ4ZkPkDbYvHURcCjFM/zvBYburmnkhVrYbFD&#10;b45kI72ho5zZ2e7kpjRBpKqJcU4ACGNVIJm3B2iC250yHvICOkq5gMx204ktg8iaJ2JTtgp56Hc7&#10;rV2XR/YcmoadNTpaI/NIbKB6Eja7aDR2JsXRwOrErmfZid0+fBOwPtcyut2Mi/44AKDtwEVuOvFg&#10;P4HYArwNOBm7J+dseg+MiOapPAN04zgNRHBMXQTqHKiPYBoiUOesiew+dBnwSoZkbgDtG8GmwxWa&#10;Dj4ETKnUKtRYPDVboaRCqn0F8J5ymDOIzt9O8Lx1JUfZOdgguE3yMAanKwedWZzOnm6nvXs2hp0C&#10;3h56T+jYjV0D1Jpns0WxszBTsFlHs7Hbf48CiGQO5XA72k1zA6apATOqPj8E3gzcG4unPgbcWSpk&#10;JVY8Bht4vgCbTJLGpqK9jD2Bba9A731nnd4zHpiIMVPIcoSTzU4H4sB4x5Z5m+rotrD4Gexubn/Q&#10;lcmQNH1gzsYAHBxNBRb7KZfgq0WA2QZc6aYTuVI7GzdoJBWbpH8IOLeaG1tpWekXyJlrnc5sAx09&#10;OB1ZnM5sDmN2YU/eeBYbSN8AbM2QPNBPNmuSljgVu1rwrL+os/oIubFRzNioZa1eyQHfBr7iphOH&#10;CjyzHptt80mVXYadLv1ThmS/97UX2KcKMPMVRTgJu9PJGJ8TtR67KcNDwBMZkvsD2nq0wFHMF/mi&#10;m07cUIE+/YT8AqeA07fITSfugtLbbk8XM9YF2AYfdNOJOysOyunfcpy2rnPJmRucruyJTkfWkDOb&#10;1LErxQpbMyR7AjpvInae9jB6z9tplGrPSlW1YdO4dgLbMyRd3zPGYJcNfwwb8K8n4pAbF8WMb8y3&#10;/9YBn3fTiUd8778Qu8f9KuBXGZK7C3zneLFgXAw+Sd/pT2bp1nfuw26WsMPTDBmSh/KeNwabZX6q&#10;nMbTBWKPlVZhp2vvBzb7bW5tlrsuoFu2Aif0N9tJZsPnKLztz0Hg42468Us/jQep0qv1oCA5iN0N&#10;7RcD3UzWp/r+Xtdsjfql2DSrl/NtKjHTLDHHXAEyorq5Al4Gu/qvQx1dpzJjVX4a9oibWQJHWqrx&#10;Eex2i93YhNl/xc6B11MfITdpNGZ0fT6LPuC4ncnIvo4FesbSDMmsr37TsPuIHiu11omd4dnu+872&#10;PPOhSdprkoA2Xfb0dNVlixjyGezSjb+0k9pnHnaa9zzsOUlRDc7n5UTeDazPxsd/Tc5ekCwDLnPT&#10;CbcPoHQU5fgG8K4CRdYKmM/m2xiFHjYem2xwE8GbDfjlUeyuDiuATLmqPnbUjaPqXm2djt2Z4xJ1&#10;wBLgPuBRPzOoc6eIFU6Syu1S56wD/pwhuXeAAyQi4JypzpyPXZj1U9mFJwDfVSeTizViYqO8ltzv&#10;tHbdFckcehjDbzxWb2HxOOB8AWsvNmtoa36koJ/f69mCx2OPnjlFbfSSNMxjwPoMyS6VnyigLpRW&#10;8LzwF3OxxpmmuaGRaMkI4U61we9k6x70iElAHKVBP1/sfSGFD2J4SeR3S6FTURw98GI5N0eqon05&#10;JCtfOgSWzarEfv56ZqMZiNGVjURau2Y47T1xsjkjVfMr4A8Zkt2+xm8WEDz7b5dU01MZkvv60IlR&#10;MVCDrh4B+6DXcUV+F8OezvbPYsYbsWvHE+gQA9PcQG7y6I2RvR0p50DX8gzJrT6P/Byx1MNB39vC&#10;4tHq0PFS6367r0sO3QHAzVflBZ7VKA10ugbZHAFhmTTQ9gxJzwQ4G7vN4vkeUE1DBNPcgGluoAyg&#10;tkpDeWw/Rtf4IuS3T5rwduBBzcwV9c6IxVNPacRR5gxE/4JtObPLaevucFq76p2uLNiE0zuA1R4g&#10;W1iMVNjfYpNwO7AbqD4C7C3ENvrNKA0qz76K+L61Tqq5S5c3uqNqxCZ6E3XrpGZXA6957xOjng1c&#10;J1V8pWzEO4G9RJxPkzMrMyQPqey7NABW+e1ifetUMZ03UOr1zAP0nn5nfF5yk2zmmAA8xufNd4sI&#10;1guAufw2kmp/E3Y/qHOkDe+XSn8hQ9IIqO+Vxlygd2Kidb1AbejTnI2hdxXCBqnuVcDTbjpR1ton&#10;D5zHYZd1HhQYevT/nC7/oQV1+vCxGuHjfdc4n43UDDjkTItzsHu+09pV73Rkoxq5dwCP5AFyqgB5&#10;gkbXEuCPBWxM9O65Ul85NcQh4MUMyR0DVJOOnJN3Yo/M68JuI/hMhmROwPuoQPodqfxOYEOGZLaF&#10;xYeJtdb4VKk3GzJTg2a3V74Car1e2m6ebGYvfrtRZsie/FCSGP18aYQjxWT3AM+qDuOwaXqLNMhs&#10;OLEhcsDUR5aapoYlZmw0jfOGc917/I5bX+zSouCstLSweKxCMRdpRmcNNtP7wQzJdl+5ibJHjpct&#10;9jtgXYHGbBKzHy4gumKK1ypht5URXlogFn9eXndnC4tnYPf8eR34aIZkWwuLpwMRn1p35EiNA7Zl&#10;SG5nEESAnY1dJTBRYN0kDdVeIFpwnlT7LDHqr4HnNBinyj69TOZVgwhhvUyxJcDTAwmLVRWcYobZ&#10;MrAXYPceWi2GXOaPrcmAf59s3P0C5Pp8Fmlh8TR5eI2yZ55SBw9JkoOAdjL2wITH5eGOwu6wPFVs&#10;etCLsQqoMWBTKRtxEL69Tux6qrRaq2zgHXnlJkh7fUCRgLsFVG9XjiPFqJfInvVCFa/L+XpY/26o&#10;RD85/axsg0bZaVJ/Z0qNPyQvexnQ6rPXGsSgZ4r5HshX2er8mZrt8IL/j1djRFZgIJ6vgXiDHLSj&#10;5X13yRmZLadjPzUmPrPoHIW1OuTRb/EApTKTFUG5TOU9oG4Uc04W4y6Qs3qY8GQUElutUNrT2ETo&#10;XcVi0v0Cp+yrCQLicbJrTpRdGNWLH9a1Ns/LrpcqPFNlHxfYuvPecZTKNXrTeH2txBB18gTs3pK/&#10;zpB83KciY4ozMhxEUYJ3aUB1yvHc7Gc+mTCXKPbcIEf2Pk/jiZnnSdOdLs05My/QvkumxUZ6z57f&#10;Ru/58+3kJeI4AuB7NYomS0UdIWdgpmwWo4d6Qd41+rCDBWJuZ0h9RDRyVmRIduSVmyjGbVTw+cmg&#10;cE4Nd2xEExVbNECdgcZZh7g+zWLUYxQ5WJoh+XKedpslX2Kh8LJcmnKlFypTu0wSYOcrUnCMfjut&#10;wOxQpxj8qgzJn/nB+Rns3HC7VOk27J6XW4T0FxWi6CjgqNSLUc8QkA8qGP9EvjqWY3GanIN9KtPF&#10;MBepwGPFlh2MEJEWOF9Rhr1yfrb7TDVHqvxckdtpYseVCv2tAV7PM90iIqTDRYCHKeIyQeC8yV/e&#10;UeijNZ8Fi7DEFKn0k/SCLDbtaYXfZslj0pPFvh0KsLcTynAD6mQx5REisPuBV/0qWGA9Vqr9VEVX&#10;GqVxn8MecbgBmxNwoJzUPqeAVzdRiJ4hGp4lZycnr+w5qfZXC73AF/YZp9jjM32ZyQml5rXEUXKC&#10;pivassKLjxYoO07O4psUUpsjUouKrHYK7LuxaY73Z0i+4mfOM4DP4iW0Wk9rhwzWzVLpRZHu87Ln&#10;yc5swyZLHBguTkEo/QbqRGw8+wTs5MxmqfSNQRMMMgcbZbNOln06Fvit3zRy+vFRo+TZzZbnlhWQ&#10;nx9IFnYoIwKsM+XoHq0/t8pvWS97tU82uRPwsqjU+2yNEM/DOiQ2fSk/LBRKKAW8fy8MOc1HZt1y&#10;nndLS+8RkF1/GNFpYXFcsSk/63lb8O2Q154JgRhKBUFbh00+8fwbL5lluX/i4v8AvgLfUnWy9KsA&#10;AAAASUVORK5CYIJQSwMECgAAAAAAAAAhANAXt8ujOAAAozgAABQAAABkcnMvbWVkaWEvaW1hZ2Uz&#10;LnBuZ4lQTkcNChoKAAAADUlIRFIAAAC+AAAAkwgGAAABR0GT4wAAAAFzUkdCAK7OHOkAAAAEZ0FN&#10;QQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAA4OElEQVR4Xu1dB5gURRae2Qmbc84ZWFh2&#10;CbuEJUpWSSKIGJB0REVFgogKCiIoJlAUQUQUMXDmnDCjqIiKKOYznWe8MyKGd/W/6tdbMzuLikrY&#10;7f/73lR1pa6ufl1T4dV7rsaBT7KLyfIG4I6UrJDhfxjXzc/hgt66tQk1OWghFdXMtq/h/mlceVom&#10;F3zeFQ8TCm2q/O0GXUTDesX9+Ru0ahJOv/76KxV3mmPWeuhrN5fS6Uvu4RsjfI+BArq3jaLSXD8K&#10;WqyoO0e4XG9vXVfy52/w466faOUcfpmPfpFTQo+n5VJMWiWuJ92/rIBefePf9NL1oZngdwE1HNI9&#10;+nPlnfSZ4iZQafdzUOCSsyek8RMUdpy55zf45Zdf6YThSSjgxvFDEqm8KBx+LnDp9Ewq67VImm/P&#10;UNBhOoXHZnMBwqbWi14l14j7M+hjFbI1PDHCLIyuX8Dfx5++gY3SIU2p45xO1OaEKi70qVVFf13h&#10;fwcqFL2ova5rFf1PUWe+0s3SV3vZX6O9rnRFv+upDlP0qvba+NVygR8VyQ1GWe7fDnkKBw7qwnPy&#10;iGTmbXQZoJqKSJp5bDLdvCj3r/mS0am9+e5nXPiq07PoprtepMIs319TeHnfxdJjxuP6ubX6z0We&#10;5pnVhXt+o4cuK5DCt5QV8P+AIBU/bVskSfyeQWqpvE3RTEMio/kaVFUWifDD/vQNrD8Xfg/ydwn/&#10;5GH8L8dp4O4RUJhRwK2v3FBC+OOv8UfQG/8spU2ri/5cEwEooHf7aBSSCD9u0KEi4ku3x73eKryc&#10;E+4pCjvO4Frin0xdliHMF8Ms2q2k29l/rvYG3rFcyq7JocoJram4y7y/rPC/BajdK9rr6qEI10JA&#10;cO23Kmqv6CC++gNAQWHaa0MK/95y9xh3Wi7Q1HIdODhwgS6wvT/gL0mwTRH/FxrgLhNkXe97DO4W&#10;R/06xnCFNl2t/ySEXnn9Y9tv/ntFhruvg3+f47EVhVy5Tz79mroesYw+/+pbOntCap3WLekyl9P9&#10;9NPP7Ga2GIE0t+rYfYPrUJHHN79NqSX9URm70mhhq7XpvmX57H9+be107qCqaHr7/c/o6JOu5Yex&#10;gvcuUKkWvfWY70E1PFNBFy+cnMaViXe5nxU+R3x6aizFRDLLnHnNvBzC3PSW83J5Cm89gPnHsHeA&#10;G599yf2EgdL0Y1ICWlEqD8qvnsqVLO58OqfZuq5YVT6P/QjvO/IKSi7sHZB/rwA3b9bzXBnCb8pM&#10;9vCHPKBLDHWuyqHxQ1IoJbOYH8LtdUuv035wt1gapEjK6DHiMnpGffi43tv4V/Ne5woLSAUuVfQz&#10;wkAl3eZzxdWIxO6BgFvPz+V40JiBCfuk8jZQiZSivqjEuYq81ujVNUPN3s4ar7+Jvh1jfoHr8rgu&#10;jE1tybM6jz8u4KH2FZ7AAxTVnIqKnKODGDwMx8JSs+HNKa4gnsK8YTxaVnFhqDjy6aT7CeIy2ipe&#10;j9xZX8USsjog/EZFfvmI9xZWKwoeDuwJEi3XwR9FiaJC7XUNUgS/XAPib2a5+YpGa689rw2+Fjdc&#10;UXNFEYow75KyERatCJC8fxkOt1wsYXq0l4Ge5i7tdSVYLpCiCHGtFW1R9F9FVyoCHlQ0TXtduxR9&#10;pggj2FWKzKVTBw4cODDwcfYfGj1uxGak5d+38KkxztrkdFTmZh0SgDrdHs8HPN79o/InHJFE1jY7&#10;/tiA41sUhdvDYpA5uoR/fxhtMrJSvYSVB/jbNI3gymL7HhP0YZPX0FmX3Eft1XVJ17M4zfXqQfeb&#10;yiuMXDUni6eO0tKvvfUJFXU6jY7qF8/Xx51yvb18gtnV6WPrrkrsdby8Xld4yZUbCfjpZ70coqJi&#10;dQoNGdu37HseXbHuKfbv09b3elxcicMnXs1zXviPMCQ9wEJWBbMURSIsu+I4flCkFUL4XocnTFd+&#10;4LhVdMFJGXYlnl9bzJWGu3xWJh3aOYaKs3kyf4ZO4aKEnE72np26vk0H70XgxlgmgWuwwFWKzNWz&#10;lZbrKs7xUWqCB+nuR/rLr9uH7IMbn7fiYUrM6UyQ3UFYbLT7u6Z5fq4Q+nOkMSqYo+hbRUe8cG0x&#10;hwP4sJF3r+HYg+N5YenCVRupW5so2nZj7YoxKn3vUr0siArGZVYHt3Du09Zun5AVvneA7g6QG6PX&#10;Uc4L8HdsGUlHRsUySeUKa2bRVkMW6aJpmfTgpQVmGZN1zF4AKi8Vw/VVZ2STz6sXp8bFxPPGrWze&#10;Cpm8PWZA/Pe4HjF1rZRxmY7ZC8CNv/zvd3blJw1NopYlvDlRgTDEj+qfwHyP9Ry4VuUhMdNF0cfx&#10;OR3Nlt+ruAE3vffR7VwpCHkZImoc1qZ5kqxjsvvcNbUjT/zDIv97H37BK2tW8N4Dbi4tN3ccryj3&#10;RjgqjjAQKt3KF06j4nnNMluRtavrpuqBF0irL9JhexFu1aJSyfsuyefWQ+tfd3YOjR2YaFe+f+sY&#10;YZmlvkjfZycfnUMpxf04PiEmjPPtExTWzOZF2Nw2E7kSrSa2gdvi8INi6boF2T++cUsp+a0PWaFL&#10;+1kdyR+TSQm5XSgmtXzfVRyQlgdZQd+hglUnVZsVewA/WJStmtYO4a2Ku5xp5tk3kIqvXxAwrRuY&#10;3SlHBDlcbU/kBxmJ67h8PUQWQvw+BypvVqbl6AquvPUAv8iDwO/x6d2T/QZSeesBvlQUob5oZhfB&#10;ftPSIdDBcvc7LFe0WXv3CMGCNHsdWJ7+TnsDgCFuMGSZWgB2kbFLfaxjhh+syK+9rp8tt/FhgSKz&#10;VbD+PlJRS77SeF+R+QYkfX3yCGBD4CNFWOt/RhHyoJWHKgK8lotwbDXtEbBbAciuhrBEseUCUYra&#10;KUJajBoBNXrg3Q7IdEle8H6BItlVkXjZGRGUWu5fvjtytOWawI6H4AbLrQ9YEtmnm22ogDkSjLFc&#10;k70ECJOPT6A3nDV8is5UhHRrFGFGhaUSvDkHDhw4cODAwd+G9yz378CTlutAcEpsIi9YgY6O+ssn&#10;7EkFXi9tzcinVDcvev1TBzsA/pfr8dqNvy6Jt7zqewEZt1+QR9gi8IbHky+Sz8DxiaWYqLCfdJJA&#10;lHn99Gm2lmsVsqIcFOd4eXm2unkEHXaQFi+9Up8DF+xEWEnXefaKkdD3P+yqExamXuQ5llg3gLwQ&#10;IL774nzes7SWgvf5Osd+g8tmZtITKwvpsSsL6fUNessRjSRi5EJt+19AP//8S0DYkcevpTsefIX9&#10;iy5/KCDOauhmd6iv5Yhe8bToeBZb+csnzQcy8pizc3wBDQcC3nz3U/u6tPsCeuqqwlBijdffen5e&#10;QN6Flz1ITXvUXmdXjuUX6/PykfXGDTS4x1+7lVs1QG9hCT3/8vvsxqa3orwMX3B/jrUyLFKgIfkg&#10;r4Gi/l1i7HKgzuI5VdaQiavpzfe0OAQIBy8gPmHlaTxAw0sjgD757Gv6+psf2N+/cwylJ7EIhg2k&#10;v+eSfJozJpW7kspSLTBj0v3WWSOQygLpZ8E9CCvtdja16L2IZp57Z8C9O1VGNZ4XMLx3nP3glQef&#10;z3pn4H/+Wi3Mo5J8rFO6XJ1bRaGLuUVfaURGujpgZ9u6BJKwx6rc5xWxFPcL19q72kMs9y1ohZl+&#10;TDLfC3/UDz6xw67Hw8v5/FXDBxoYDzxj4R20dfuHTLhWUbRDDRmVe7eiY5AWwnnKsU9cCGevLsng&#10;ISPyVfeaaHL8DJ3SNaWPPuPuGn8Y79JfhANrEMGR+5f3Wcz/KfBbL6/Bow+kuuThOw9dyv77lubz&#10;SSZLuAqHKlwYz8PFmH7FaVnc2DenZdHNKVm0Miud3szUZzaDCWN+60UwWhSy4EoN1BVBKqdFkZ/T&#10;Aevv2GLns150w4VwXc2QS+jUxbrvLew4Cw99BHQ8GcJhIjfoOn5YIvUMj+TGXzsvh/pFRLP7aJre&#10;Kcaf5imqOwHhRCPCXr1JD1eBdi1Y6YULh6Q2XqFVd+C/o82hS1gz1onzbuE8MZFuO0+DBDgbDyqA&#10;X7h0QNdYgnwYJ3S5vrBcBtKg8acfncKNjz9faXyQmjMpcrMfX5GVjTH1SK0JBnq0Zo1M4b3Up6/S&#10;cmm9jl5ul5HTZgLSBeRtUMBhYTzonPPvth9aGr9FScQOyLcpbxLCQMN7xb0OjkQ6qAsp7nyGnQ+E&#10;FxKKkLd7m6ifr5idxf6EWPeDw3vHU5um4ZClcFUUa7H6Z198zy4rPqs97p2M+AaJN2/RnI/PXR7a&#10;Esd/FtJiyuUX0bpprWozNB7SoU+GP8wbwQ2V03qC3diV4/kAqX3dpbXuagBLZR1AbjeXPwrDTrl/&#10;8BfYoPHidbpfbtN/CfUfs5L9WUUs+EXTjtZdhMKzlst43equQAXtT2FpT/Tb0tjRbjeVe/3sh0og&#10;KxujpjySFbws0Os9FBvtpx5HXUb3PLqdhk1a03gaXiBfgElhnnARdONTN51bae7VDRNWJz0Ijd3c&#10;56fDejehh1Jz+Po/2cU84lFZMfNdnFKeSn6Pa9ttS/IoNq2iThmQ+MZ9GhWkO8lvf7IWtlZdQWm3&#10;+RxmJQFyFV3dtlmAhsUWaFykQ2M/oGa2Wanui6y4SzKS9ey4dEgTSq3Uq5vS0EL4c8Y6ETSlIb6x&#10;4l4ovkC/jz9UzfnGkM/teqB6enuWkmw1iQVuRdwfuHnJ1HSs7zxySCetYMYCxebEUuspbSmvRz65&#10;w7zc4HlVx7Oa2NoX4MrUyRshPL7axS8ha8lXkB2eEEHRmTGU0S7TFlUFxWbH2ksQCtkVYyupZHAT&#10;SmnBMunkjeQTjLdzrAV8aTmtx9n3wv6AFdVocb7Z+CJi648OeAlAuDvcs9gT4Ql4CRXjKrH2MxRS&#10;3OoroRYjW0o+LEnMUXQKykNfj7UdjnEQGoZwNkY7H8VntTMFTHML+hZRQkkiN2LLMazlmJFQmoCG&#10;BvopgrybKzqlTDV6JZcXEZ+/C8sLCHdQD9bN/1tPa19guQ4c/PWAMLJw7zDLxYErU9O0iZcVBYfJ&#10;tWz3fWO5Ei6uKdH9kuViPR/ahgAonH5ae0NCyvnQcq+3XAhcm5B0EM6WZxKINPg+Bf74HtJeu7Jv&#10;Wq404k7L7aPoCu3lgwqQJIC0eSsEKJiNjO1C4CvLRRgIaTciwIK54YJ4yDhLXgxHofoGqnCgThwC&#10;3hhmQm/PqYpQTzmO8pQi1AdlzFb0H0UArk1l3tD9g/yAuWu23wB/lqgkIBX9LQSfEDHPL2DC9Vfh&#10;a8v9LQR/BQKzXjiWsE8g3AXOkDMRJoRj5ymCYiWptCmhLzI0/1Z0j/YyUKbA9ANyYATlzNdehplO&#10;9NzjhcpBEgEOlJjAwRJA8j9suai3dGOAnEQQSPrg7siBAw1wiBBWGaHaW7gGs1UokHiEr1yuPEX/&#10;0l5OA1MROxRhe3GhoncV4TyLYIoicDd0+GAHDDqvWXW4gbmWKyqsB1ou0uHrwX3kD7ej5UKoFot8&#10;yIN4nK9B2ipFjRpvWe6eYKnlOnDgwIEDBw4cOHDgwIEDBw4aJJpY7t8FqK13EIT172UVEci6/kvx&#10;gSr3Q639+ygd4kDgmRufTMlhHtqWwaJ7aTr4rwG0kIsY4Yd/08s9YOF11UoXv68a59+qkayo3QFy&#10;OVhGFuOQ9eKyxDS7fHUp5ABo5dPSxTPjEumxtFxppPrAEsVVzSNZsCrMG0VLpmaIlLGpdUzw4cY0&#10;LUD7blYhfaRebpb6Eqw4B0c1i2MxwUevKCQcZoDuaCvKxpzRKdzAWS1H2tJtwRQd4Q4p6o1yES5U&#10;mO3bnURD4wIaBAcYDukUSwsnp9dpQIiTZyRrYddg2vqqPsloEtKrbKzMXuHjV28sIdg9g+6FYb3i&#10;6Iz9waTA/oRB3eLYqESfDnx8U8w4nYYXkVLc127Yb77bSdvf/IQPMzftoa0JAK0POd9OA6rRB5t5&#10;kxxW9oTrQ1mYbPRAw9x0bq5wfSyUpl86M8NuzLse2kajp1/PJjrf/eALquh3nh33yNNvsHvhSm2u&#10;4ann32E3K9VHMGmSm+4lGNMbOyiBFWvoOzqwgUbHeSnh0PgsbRMA1P3IS2nKGRtYhwIMeiDsitNy&#10;6aQRSZw2u3I0h91wxxa67f6XqYV1uBn2VNObDuE0Rdma+4MNZTZ6FGTohknM62o3OFS7wG038ELq&#10;efRyWn3TM3ydkuhH412ic9Zi+alZv6aXDeM0OGwHwC8uSCWjbfqgsyh6bdT4GI3uDqur6gW0aLnW&#10;ndNM9e0w3fE7uLYmJbe1nX/exfexbh4ccpYvBgTrqo9c3oi7Hyj4hxIKnMVCg8AA8DUbNnNjffv9&#10;j7TLMq8MmqLP5gZbvMSfKcLFlr0NWL+RvONn30TN1Z+zXI+Yqi0dg3CaUSUfrnM1IoDjpRFAT2x+&#10;O6CRQBnNhtBTq+pyKI77b7E0lIDiY/gMF6SF+VAEoP6w3xvRJ84+YPfZl98SzPN++dV39O9P/2ff&#10;A3bHrCyNBtSuPIof/uLVj9HOH3+iZWse5+vCDjMIZ25Vmgk6qcsF/Tto5PkT02jZjEx6Ur2QZTP0&#10;rBYEc9kXTcsgjOdxbfXrggjYM558uDa5YZ44F0IeK23Dx/aba000gaoHXcgu9DLccE5d1St9VR+N&#10;Bjp1ZLLd4BiWpiZ62N+vYzS7eClwoWLAympD8uE+//nsa9tqvNzXStbwIY0AmqyGkOIP9wcuD4T7&#10;9JHQ5w1zPAoeDBuVK7L8LvUSduVn8HoN5O8BVvslBpYAlIvT7evm59DQSVfz/YYfr0+fBxw9bejY&#10;sFgrolu5fhO7py+5h1JLB9Ik1TUYjf/ZmAEJlJ7ivtXqRiASXs0xtTDFzE1Ae+C0lsWsZ2cAAqTx&#10;Lz81k+/51nufsc09+MOjWWvVsUjX0NEp01qn2fbGv2nTlnfZf97UdIJqFmn8Zvk8ns84c1ztcsDg&#10;brE/Iv68E9LZTNjBEdGcF2obEb7x8trThniRlpfVfknjK29P5AFt2Va7LnRY9/3M7MzfBP5TxQNj&#10;dNPvuBXsx3F+s/EVdl6ojSnO83hcK5Qbgbi3sgrttXlpfCErrzc2Stup6to6ylZuhLgurbXar6yK&#10;UfTd9zup1SFLgvM2bNxzie5yXrYMl4KKatj24ZloHKMRbFWOCLswQWsYWVeUabvBjS+E9MaIhw/T&#10;mY3frMBPvY+5nBfpMBFDnsgoXohr2DNfqNPFwwJXXq/7/JJc7mJcPattq2uuF9fV7mbNHpVic3uf&#10;DjF0R2q26ruzAhof+cSfXTmmjr40s/HNtEKYD3RrG/UjJ26geC6tdAA/7KOb3qQLrFVIa/3d1atd&#10;beM/d01t4yNMGh8qHe9WjT9cTaDQ+GIWcscGrdQO18lFvdXYP1CNC+Kk8RV+xX2BDfdstV+A3LtB&#10;AvZi5UEHjF1FK9Y9zX4VxQ+Nxrf05LgqtClLBl6OND6MiT6TnkcToxMCON9UhvSamkdYWQE+/wsT&#10;r0bju6Dl5F8ffkmvqj99ydegGx8K5vCQ85c+wFw34oS1VNhxJh6Yj4umJHhsE5vlRbWNr5Apjd+5&#10;VdRvdjuY6Vr5AFaUd/fFeRSh5hEcopBTOZqqBurJ3YNPvG6XYUU3PJiN//7HX3Hjp5Yeaj9wdqqX&#10;HrhUdxd+r26oZ9cUcaOIFVqT+oVHcTdjUlxGG04vDZmR5MHB6ydWn5FtNn6+qWPtl1+0vrcG3fjD&#10;emkblDfcuYVaH1o7zFNRDyIejb9hcS7v51oN4YUr6YLJ44uyu6Mqf4Ttb9s0gg6u0cqPkB9cv1jN&#10;DaTxa1pG2mVMW3Cb7W/QjY+1GHnQd/71ue3vosbjiEfjnzU+jaCE9Oh+8QjbhgYRdY551VMpJqUF&#10;ZRdX0UUnZ9iN/2J6PqVW1MrmxLnDaL1eI0rCZG3kofE/TTgsyW586OREeRhuXnWj3qQBwUg14hsq&#10;msakNucHveX+l+nIE65hv8FxonrRNXecbflhDkRCkC6l5FAqwAStegQd2jXVbnyVhhUfxatGxzUs&#10;3ddURIqOfdbXY5XLZZpf02tvfcJuXDJPxkKdoG84kAfH7pQ0QFpOCzz4CRhGYmlY+e8Z1K12ui95&#10;ICAFtY24xkpkcOPD0A2ujZfpgnpfdDsXqi9FNI9nZ8TQlDM3NJ6RjoFX8LDDJq+h73/4kdZs2MwP&#10;j3F6n/bcT7PJ0/GH2WszrmWnpP8gjYTRERoKZPb5KpntDxrtiCKNWTKDRjmzFt1hr26qOMpMaSRS&#10;bNIAt9z3si0CUtxlHh3ambl9HNLMGR0gX/NzcWdt5VoI2mfNxo9Ki6IwFfZmFncf5+ps6h/bYy8r&#10;D0bjI++YGevZbRRDzBD4ShrRJDQ+NkmsNFgK/kHRg1hxDJVeGr/fkOY0rDjdfhEvr+fZ8cAnV9pb&#10;kOH3LyvgSVZwGaMHsG79xmU5SLjfJGxow1XRMMwKzMK6jmqgX2CMZvtNJRRjaISVxn8uI4/uvFAv&#10;K8NSv8oX17OaR1DQDIUXeBfSY0lZ8go1VqWmzx/Zp9b2PBa2oNQUfite7B/LSEVM9oV1qozkxTMo&#10;tEbjm91GZSnPjNm0cJqlTVbBvo9J2PtVccGWehsH8jK8P6MRclqNo5SiviyBnNnyWLshFd6oOrkd&#10;pbflERCwoKp5BEWFs/Kh6Cz9J4ldq+q5etNF7F/1VHR+02FlCEvEPdKbHk6LpqRTerMhlF99Ik0e&#10;xlILUL7UeCFc6PHHEXQiqyAQdLAxoDuz7YnVPJRUl9f0qY7+aaFqRMQJx1uuqeeMPOEeaJXlPQGU&#10;D+sUUOcr90MaxDVa5LQezw1hNgooPrsDGgZrMm0j1SgGDY+XALd8dMXuGg1xK8J8YRSRGMFKrNvN&#10;5LIgLn7IluuK1ajqTPKGazESZGi0iEzQpjOE7roocA3eG+27F3qUoU+55Vjd+KCEEh6h2Gh/akdc&#10;YyMEmgpdxf1LqOIfreo0rpgMEbKCGyfMhgBhNKOC62uU533RPuowu4ZfQNnRPCtmtJvRgRDnj/VT&#10;0yPKKDY3jqpOqqY2x7dFGjeOD6F8s/GTCno07sYHYCRGGgTdgvitaBOZYZ6wt9DQaHworsaLQERB&#10;Hx7PU1g4b5yLyOBiReFYZrbKW9iohKP+KMTcRlxGFTcm/CbSWqVReut01omPF1B9itarr6J6xubF&#10;st+6FkMG/HVlVRyHsFin8XeDR1doDhbOt1xWhur2un90h7k3W40L7YF9E4p0359amfo6XAXI6AzW&#10;Xtd85BdCgNP4u8HF0/SqY22DuT+Bm9t2CsL/mdpSr/dgNAPXBEY3lnc58pR0mSvX9tKB0/i7wdhB&#10;8VgK+DuxwXIdhICpn9iBg/0f0pd+arn7AtK3N7rDbtL4ImYNbeAA5ORbaG/A0BF+LPfyxomF4D/D&#10;ky1XtIqLUWGgk+VeZbmA5Jf/Dbk+yXIzFElY8L14FVQhOF5UBt9mucHxweXsE0gl5EGBTxRB97w0&#10;PlYiEQYgPVSqo/HNBzD90viCEYokPtjIQShIHIuIW5Cw4Hy4xhB1FF/VqnMHsDgnzCTKtyV/e8vd&#10;p0Ajn6hokqIkRaaO+ZmKgg0XoPLQBI79WnQXuIaFBmjrhlVOWHUAx/dShHV8MVoAbeGQboPhAWj4&#10;Foh2qjstF5q/pYFeVYSXjO5IwsSFZMNI7bUnZohro+hyRVjcS1AEwECBbPIgTXBZDhz8cdiy+CFg&#10;6lxLs9z68EfMZxxsuXvCufvMTIcJ6RulX0dXYkIeDMZjxA/rQID50OMVmdfw17epjTh0cQJ0K0Bb&#10;yxVIeWLSw5ZosACDOejjJZ1p8AYYY7nS30s6cQGzzzfD9wrMPyYguPGByYqgiktGLTjUBqtCZmXF&#10;clCoBwwG4szGh00TSW9aiwguI7jxe1uupAtufIzc8DxikUjSma45AmML03sThYpMbX24hp0sAf6A&#10;sUENMxwA4oq0t3arUAH5TMg1/rhlXzZWEfZmAbmPpIOLYa1pTgNhkhfAtWzKQ5WAmVdcqAlDuTDl&#10;hIGDWW/Ey7PBEE6B9vL2pegHcuCgFo8rCu6efgvyaZtj9N+D5yxXYM64pcw/gj3Js99AKi+yMfjj&#10;xVo8IBZ5gP6WK5bk0D3kKEJ//qIilNNDEQA/xuECzELRDeBANHav0D3MUgSLcHcoAvDyYd1N/nxh&#10;jg9jfMxBMHIpVQQgHawUnaDoPAQoIB5jfYzIpikKtq+130JGCmhc/MniJeAFXKtITPehMUFv81Ut&#10;hOsRh5kxGmgZAhQQZmKR5WIC9poiTOowSRIldxg5mcJRmDyJCDnqAyDvY9rL+cyJodh1dODAgQMH&#10;Dhw4cODAgQMHDhw4cODAgQMHDhw4cODAgQMHDhw42Es4VRG184VTiZctJZzBoQcGtiuibv5Iinaz&#10;OkXWm+nAwe7wWu9wrb3q7cxC+ii7iP0qHDKn+zsg7MX1PTgiij7NLqY31DOoMBw6ceAgNGJU7zg3&#10;LplmxSYx8wgDFXl87Iexaivp/ghKUPX/RDG71D1Mhb2eWUCvKVqcwIb1gs3NOHDg6r0lI58tr7+m&#10;XDDO5xYT+V1uGhIZw36Vbk+ZH1KnrKkZCslCkaVgch2n/oO4KTlTfbCJVOjVZvaftgyZ35WazYwP&#10;/0HhDVtLtIM9A12YmEqvKKZ/ymIaECzh4x/Ap+IvTmB1JyJy/VuY3apJBG2zbAXCSIw7zE9FNafa&#10;+mdCUXrZUP64YL0B+WBdU10v4RLrxxoMaxbHp1BHQ4e9Cuc616iwJbrHF53GDhzYOB4axv95Xi6J&#10;lQohWB+F0r31C3KgWn53OjjfgC4f5IF+T9jhCsXcf4Qyy4+hYw6O5zJNQ21BWCOmy+sjKPWGQU+V&#10;Vs4qOHBgIycU0wipeDmwEgC/z/WrkYZNtoRi4m+/20kt+y4OCHvFstEG07xLrnyEeh99OdthNtMI&#10;JRf1oZsVg9+4kI1hdOGbG4AxJbO+JnWscIY5DupHiTAKevnN12iSsMhwt6jPA9iqC6x5JSfXquEW&#10;an3IEjZC9cPOXdRv1Aoq67WItr/5Cd1414scDmsBm158l/qNXEH/+fxratpjIT279V9swkfKAODe&#10;et9LdphQWaFf6gSG5jP60K9++wV5rPz+spmZdMt5eXTDwlx66LICKi8OZ6MlDhzUh5HC6KCTRiTT&#10;g5eyfvddR/WNZ1W0CK8orbXxJFRtWToDxLz0d9//yG6b/rX2qIQyyoaxyvTgcNCPu3R+oEXvRfTg&#10;kzvYpFGznufSucsftNP5/PoDgC1aVcfn4IfVNqn/6WNTafoxPL534GC3GBkX5eaeHIxz25I8gq0V&#10;b3gC5bc/pd5hzK+/astyoDLFnBjSoBc300wZlsRlRvhdn1v3suF2udZvv6mUNizKo+yK0QH5QO+8&#10;r22JnTz/Vv4YHn3mzTppWH+o20NdWumVo4cuzafE2DCH8R2ERGVxtu41QTA2F5vepg5TTTr9Znb/&#10;+/UP7AJwn3jubQ4bNmkNPfjEDtq05T07T1RsCr1wbRF5vXukD+mq1zeUBpiFERLzjaBd6p8Bc4Lm&#10;aij10vaPqLxP4BwCk+PcdC8/G8wKq4+4zkfnoBEBpmzADLAZF+Z2qV627gpMp8MvoXMufYAGjF1J&#10;Dz/1Bm1WY/Bdu37iOAw5pi+8nf73zfcBebxeH5cbEe7+q9QdDYZ1X5TpCQs0tdPGMucpk2G4b7z7&#10;KR13yjq6bO2T1NRIK5RRdgT17aDNPE/UZvmh/s9BI8AKvPTtipkwfAlmjDsfepV6Hb2cDp+obfWB&#10;brn3JTrlnNvV8EWbrwsmf3Qmvbye181FuVxI+LwutjGOlRmkB+HDQ30wd1C9MdSf7BYwa4rhV3Hn&#10;0+vUA3OM0dO1uTuQ/Cv1OfYKO8yk0u7zqUmeX8xti4otBw0QC8FkoMwWRwcwwezFdzGjdBm2lLaq&#10;IQOYBb38oaOvtNPAvFNivI8eW1HAqz6zRqZAodJCXbSNZwoyfdS5MoqpZXE4GBobR0fJvYWwNwBb&#10;vMHhwbRufjbFRYZhiBKsYfHhef9I5Y9pxewsysvL4nG+1Le892Kae9G99NJrH9G7H3xOx5x0nR1n&#10;UmpJf2Z+Nc9w5gINEc0Lde9WCPvF1kvvP2Yl/aiGL9//sIuHChdd9Sj1OuZyjsurmkIzjklm5utQ&#10;zuvg0LVdL5Bu7bwcOmNsqs20MLU4e1QqnTY6lY7qF09NVQ/7+JWF9MoNJQQrs+XqwwBhGINJNFaQ&#10;rpyTpeYGtcuoJqnbiOaz+kDDesZx2sxy/XFj+CPPK9S2/wUB1/GZ7aV8Bw0M3+DFFtXMDnjhJn36&#10;+de2v1+NHgdjx9NiiFBMERnuc9EjlxfwsKW6eSRU3m2aMiyR8yC8TbNIpklDE/lfYt74NMKQx+ep&#10;tV+k8FBctJtiosLYNjXyYoXnOZUetEV9BPhoVboj1AfydcuScN5FTo4PC7U2z/lBFWoe8/rNJZTb&#10;drL9XB//539098bt9rVJYerjmzAkYXeKlB0caFg7L5uZwXzRTXucS4PGraLuR15KX/73OzscdmBh&#10;mm7UgASbiVQRH+uSaoGeGf8EhZk+7OgugQFe5b7o97kVc7sxwaWhPeIIG0sqHKLBHRT9HkBf5Oc9&#10;q6LpsSsKeDVmzdxstsQPiokMI5/P9cjB6uNU6Y7hHLV4CvXduq6Ejf1uWl3I9U9vdjg/m5i6vv62&#10;F+jcy2r3A0Aul5vnHFY5DhoCsDR49gRtVVoIu6fYFNr80r94fC/hHapKKFb1vlOPTKYd1nq+KuJh&#10;XZIrFj2wcv2J8WFvtG8efosvzPUUJssqTJSzmhgRHxO2rXubKDpFMeL1qqdGeScdlkQHR0RTUYeT&#10;mdmmH5tChVm+XSo9FK9CgTaMMtTBshlsB9h/xWy2HwZrGf2uU3MA5V6gCFhuMj6E5BJiwnZerT4c&#10;89lDEayjWs8KBa8OGgAuwQv1RQaaO1932/PU6pDzeVkQS5cSjnnABSdlBDO+2MHxwFYmPG2aRXAP&#10;rLwTcB2EROQDvZdVaEtMmgTGN+sjhAlqfsUwzrt5jTYNGQRvvBoazRufSpHh2hZPWqIH6XBK7BTk&#10;e2pVEdvWB+MjHmFSPnDSWbfy2n/wShXmGc+v5XtCAbuDAxnx0WEsvyIvFys48y66j15/+z8sS3P5&#10;uqfsOGz2YAhx86JcZhwRUVDFzNClMaZiQrr2rGzKSPHC3LErJtq9GelAzQvDQzJ6MNXH+EKpJYfa&#10;fil7VP8E8ntd13MtXK5yv8/1aUKsG3L+WGECjkC6x1cUcv0xSUbguEEJFBlfaJe3+qZnaIV67oqD&#10;z6eDhl9qh4Pwz1TjCLUd8GCGSWsy2H6xrdTLvv+x17jnw9KlhMekltMz2viuRxjfmNwO4tIU+nfh&#10;sXWAtUxhzGDmxr9GVzXM6aeY/I7UbL6eeHgSPZqWG5Lx/dEZvBIU/O8Eal4Uzfd4aDnLDg3Td2YM&#10;xodo+YuR5v5lBVz/py1jwgrPXjQtI6C8Dz7+inv8r/4XuAmXVX6sPDOM1jg4AFGGF6jGuPZLRQ8P&#10;98wL7+ENn85Dl9px1kYO6+tfqSauvdrF2AdJVJCsoTcbeWg8rgM2fDaqSSj+HYIZH0f/QPDjWCD8&#10;OzL10Mdk/KjEkoB62OFJgRNy1MWqD4y22cBKkeXljxCSmWD8jVfwmVsG5hfpTQcGlCd03PR1AddY&#10;apV/CwcHGKIj3Mwk5gsFo89YeAeP6yEfL+HRkWG0bj7LuTMg2AXGxzKlxWiCe4OuBbdY4QGMv2BS&#10;mion2u7xwdSQngzu8TG8OHlEEnl8MbRDTcQ9/liaOCSR80uaQzvH0Q1aFl/sYgo8I/ryx8ioj/EV&#10;zsZmV2n3BXaZoA6DL6axs24ICItM1IdxVB7Y7XRwIGFYr3i6++J8+2UOnazFEH755RcaMmG1HQ6y&#10;XrJtuwiMj6ODWqxATxAtvLtcMa7lD8BZ41N/fPmGwB5/5WwtIgzG/3dWET11VSGPv+sb6qQ3G8rp&#10;zfE9yB3mow1q+KVuc6++WwBmv3R9be+8SQ1vzp6QRhF+N11kWY8XYIMsp1JLf46ecT0tWPYAbdn2&#10;AQ/7Tpj7T/t+Gc2HS5ts1jkdHDDAy8fLk5e5/o4X6Igpa9i/bcfHNOKEtexPLR3A2/5WNsaArrGU&#10;kuChq87IpidX1faa509Np4f1GHuqDmH4s9M96IUnYNnUZHz07lXNI+kzNcxBj3/d2TnUrkUkH2Sv&#10;b3Ibk1YZcJ2UfxA/B3Z3zzuBlzMDbB2uOC3r19WqngfXRL+B6zsuzLMZf8yAeNiytYHnFMYHAZjn&#10;XLPhOdqhJvsSXthxpjB+sIExB/s7gnv8+UsfoHc/+MImYfy0poPlJYt9RFdZof/z7FQvLZuRSfct&#10;zRfGH3FY91jafE0RJcV5mKGyUtznIu821dPPPDbFvtfvIY9P6+/5PYTl1VvPz+Whz6UzMqhfx2iu&#10;k9vteho9POrwol5m9eAjGN47nhm/TdNwU0r0HizPmnUYPuUaFtn4/MtvA8KzW42VNtmt4J2D/RDN&#10;Cvz0mBpWmC8UhEMiwJIrN9phYB6VxdZCUJLn3QHGnzQ0iTYszqWyAt/G1WfWnmyymOLOntWRD8Af&#10;LDI8qHsKC8JB9CCrYiSNGpBC2RVjqGf7ZKqqLKS00oEhGT/a5SZvlJe6hUfWiYt1h/F98fHh3oqa&#10;Yp3frBMOuS8+Id1m/NZl4fbh+IunZVBETOiNLDD/k8+9Y19DDYozuT1wwcyQ03p8wEsG3fvYa/Sz&#10;GuvLNTainrmamV9Myr8cHxNGeRleOrRG964KkRimRPh5BcWWlMQ5V9wHp5+kvI6VsZRbNUXfv9U/&#10;yOcPp5SifpSaUUj9OmdwnYIZPz0sjNpMraLWk9qQJ9xDpV6tyEoI+n0w8d10lb1EKfgKUp6W39Wp&#10;MpIykz28GaUuhfF9qEte1Ql2HdHLf/TJf+1rocKOp+rncbm+01kdHHDoUB4RMATZvPU9PiZ4n2J8&#10;HPI2X/gDl+bTgK68Rt8dLx5r+GA0iwnYfiuYydqtDcC9SzXzp5cdwWVZediNjAyne9SQq0tb1QvH&#10;F/DwKTktrw7jI31utzzqOKcT+7M9WjkUCHpzUJfVZ7J4AmR5bOAgDY41qnpdqi6X4Z4Y9hi7zkN9&#10;Xvf7GPvLs1YNvJA2bqp7fBEE6dJrz+b7ODiQgb/43CYd7BcLvP/Rl3T1Tc8EvHAQGCU7jbf/78Jy&#10;JuRdlP8ylAOpyJqKKKoqi4AsT8CkEcDEce4/auWBSrrNp9j01qzx4PwT07ls7LxqN7EO43f1826p&#10;+ufgDysgbmiPWOrTnv95TE0PAGysP68IcTDODMxaMDmNlzOV/528jLCXcM+C9tO4XkDfkfpwylmX&#10;3B9wNnjaUVoMW+UzJ+8ODlC40eNGR9VqRhhnrFubqxmgRcenM+Md2jlWGH8il6LxMNbXLX8wpoJp&#10;8quODygPhEPqE1Q+X2QKMxbmH/VNbqumtasThjwHtY0KeV/8MykHH4BgsDB+f/UMA9W/GOpQ3uc8&#10;PjLZY8RlzPzwgxCX3+5E3mN4ciWvYO323IGDAww4AJKZ4rWZcfD4q2x/MKnkzPjrF/DaeYCmZIzp&#10;rz2rdrNLYTsYE/Ty+uKQ5YUik/G3pOeTL8ZPhf2KKDYnlryRXgrzhlGZ18/xW9XQBZtSuIe63z/1&#10;bV3lowfwR+jTlzY+wvFEMH5s0GH1r7/5gb75dicNGLfKDovLrJJyzWdy0JDw6o2l1KZ5YgAzhCJv&#10;RCIfxgbjR8WmqfE/r93bUOPpK66Zm03FuT6ePM4epXty0PRjknntPVS5JtXX4wttzcin8xNS6dRh&#10;tWWrWz2tqGj+RFYneL+iYkVTY3N5pScOaRIyKvlc7rGHxNdh/GBKKT7EYfpGAt+9S/Pp5nNz6jAB&#10;jhqKPyqplOaM0UcIscWv8oFe4RICkQW5FpyIUv73FSUUpHuvO2eS/lgg6YlhFsb/U4cnU0bZcPse&#10;JuNPi9GntkCDusVSSrxnmSqrXFGEIqAmJtL969hB3MPnKZoTkRT5ZmY73kVehAQKFJlQTOExGbyc&#10;ifO+Yd4oFn9we8ID5IFA2B2GfBHy6ewOGgN+ApN1qoikok5zAhgiFCXmdQ1gDn+8/ydfNFtKOdkX&#10;y+5AjnC5jlT006yRKXyUT/mvVMRDkXGD9cQ2IaeGSrudTdjlzfF46Ivs4u8qivw7n1zFy5S5imKT&#10;4sJYXMKS/f8E+U2UDm7Cw6H83oVUPb090lB0SlnIupuUXNCLijqfQavPyJLdavMIpINGgpml3eYz&#10;Q/ii0lRPGbi5c/OiPBnjh0LH8uNaUkJpIoUnhPMSpFBEYgRWfLw6meva5yz9m7fpI4hlbZtFbG/T&#10;NILD8E9xUFX0z0lxnm9xbcnBh7pnYUp5CjM71vjVNaW05OGOG5Fh3gjKbT2Boi1pTgx11s3PpdRS&#10;LfOTmNuF8qr1Gj7OCSfFe35TlYmDhosaRf9VZDO7EIY3uW0nUW6bifY/QkrJIcEM2cYiYGx4fDi1&#10;PbE64CPwRnn5QHhyfNiryomC3wD+HWxER7qf9nlD2qsald8zn1pNbkPVp+jevfmx5RSZzB+JfGAl&#10;wc8QTNHJTSmnciz7VfrgZ3HQSMAMAMVMifndKCKWe3abkgp6sh4dUEJeF4RhFzNGkeB/bU+qZfLK&#10;8a2poFchZXbMCmB8k1TffJuVNzTcrp1x+Vq8GMMot5c1IQ9RdKwi8sX48G/CIg1lR7VAHKRJMReo&#10;g9tVj4/xuzB9SbezeHiFnt8fkynM76CxwRuRRJnNjyR/VCprVEvI7kAZzYZSvjUcAOmhSL1DHSBO&#10;0T88sf4r87rkPVF2TIuvTEZH75xRnUnFA0rtsLyD8im7aw4fVzShhkvfJjZJouiMGOpwWg11mF3D&#10;wxoV9YRO4aLSIU2oxciWVDq4lLJr1GTazYdmgs/GvpbWdAjX3WT8YArzhMtRRQeNDViyDMUUQtgY&#10;AuPDj94SMvEqW4rOXQc/VZ3czmbw3yIMicDEVl5Xducc8qpevnpGe2Z8FUTJzZMpvXU65aqPRV0X&#10;IAyrOPHFbCsL9JEiYLnsygoJ43v8MbxOn95sCB+tVGlD/kM4cABgGXEKVlTA+DEpLWyGwrKgijN3&#10;cutDVvtZHand9A7kifAws4Oh25/asc5HUDKIV1cGsqiCojTF7O1mdOC0qZVpCMMwK3iTSmDXDX5F&#10;/A+BwzPWUqUDB38MEFW2hjpdUooPNhnsa05QP4bk98in5Basl/7j9LYZNpNn1bDwF09q3eHue9rP&#10;7ojrh8pHVVBGVeYmhCtclVqRxkOllmMqKadbHsXlxyHd3TqaAenQHzy+WIqML2D9l+paTcinwG0G&#10;9SIO4zvYIzy6olAY/xKs7lhM/5MiKJeyP4S8tscjfIEiQV9FkWH+sMchZqz8j3CoQnh8+Nelh/FO&#10;aScdEoj8XvnfxGTEmON2KJdCL471diiNsoXNIuMKYNDZVdL1bL72R6XYmh/uX6YPv1uXDhz8flw6&#10;I2OnMbk9XDaIrJ3cM3Wwa1d25Rgq7nyG6nl5A+pGHbxvBb3WzMt2GN/BnmH8kMSvsAlkXTpw4MCB&#10;AwcOHPxJBA8rsGOJpUUg+PznDkUQAAMw+YOmYajVg4iAbPoA8F+j6CZFKF8I2KYI+TBhvQIBFiDK&#10;ABGDL/jK5ZqjCHlm8pXL9Y6iXxXBvD/yhzqtdJ/lAi0VIT82rqD1APkwAQ6FUxQFP+t7iqq1ly2T&#10;o6wn+UrjJEVQQ45JNOKaKZpl+aVu8gxwBS8rwkQdz3AeAoIwznIFmHTjQP5GRRCc48m1BSzxstyQ&#10;BcxxDtdeBu8+KzLFNB6w3EYPNIwJk/ERB4b4gK80k4vsC1RgmCLDUg4af7L2MiT8OMvFi8XLB8x7&#10;4+XiYzDXzs34kxUFWyYx4xGHD24MX2kgHmq9BeGKzDwCMCE+annO7Yqgt9NMC798OPCbDGciuPzg&#10;MoJhhkHn/1eKsvnK5XrUolCAATlIlZr50xVVKEKY6B014/+hCHJGoerR6IBe1KO9DBy6EJgNhHV0&#10;XNfH+ADioYLDRHAjBzN+sI0pU3GTmTeY8cF4qDtgpkOY6NhE+CjtZeCjgC78YLxgufhXMcsK9gvj&#10;o9cFg5oQtX9mHiC4DPODKVOEjx2QZwEkD3R1BpeHQzBos5V8pSFpwPhmj48yJQ75DtZeV1NFcl8H&#10;Dhw4qB/oLRqCpi/0mhj39+ArBw0eEKuVHc/Oisy/38MUyVAjWDswEPy3K8D4XMalQJqi4LSh8oL5&#10;zL9jga1dTcGMw/DCHMO/abkw4bNGexkoUxj6REW3am8AoA/HzAOssty7LNcE6iFDnbMUmfVaruhc&#10;7XWttlwTEGzrrb02zPx4J9gtFphxMsQ0gevgcwbBaTCBNg1rrLVcwBwyyruSMwYNFibjC6TRwPjY&#10;gscKQqgXCGBVwGxkWSUww7CigjOqZlozXgDGl2N4MPQmae6xXEDCMMav7wRTqLIlLBTjy4QXdmz7&#10;aC8DIsfIV8lXgUB48KqQ3AOMDxtWaLdQ/yB/hvEBvAushgESF5zGvEYdzOv+ioYqwvu9XVFwXqxI&#10;BYc1OOBlY6lRgF5UDnugYbBEBxRZrokcyxWlqFi9MXseaTwwVhftZWDZMlTDopcRA28C9EahGB/A&#10;EqN5FlbEfaH5AMMWAQTPsLoBgPFlMo1VHWCA5QIoH2LPsoyKjxFtFAykwwEVgSlbD8a/QXv5fsFA&#10;r21bd7FgPtfuGB91k7MEYo4IwL+0mS44D1amcNJNYMZjFWux9jKwHG0ucDhw4MCBAweNGFg/NodB&#10;Iyz3z8D8Gw7GVssVdLfcvwsyHKoP31huMGzV4H8zQh2Md/A3A5OgE7Q3AJjUAWLuHnMAc4NJJnzn&#10;WC4gm0ZdLRcrOdjqxyaMACZ4sC0v9m4x1sVYGONRjO+PUtROkQDalXFPiEr4FWGMG0pUOUA9oYKM&#10;6aWeEDGA+AFwvOXi48TzY9IukHG+jL1xb2zgYZ4gwG4y6ot5TqKitopkPiGHazDmBqS9ZGNQnlvC&#10;5eOS1SzpMCDqAaBcLCjg/nh286C+gz8JyKugweXkEuRj8OLBpJg0irVvMDEYqImiTxUhvUyOAaxS&#10;LFUkPSgY3+zNILogE0XsqAK4r0xo51oudjexaiITVnx8YDLkxUrRbEXPKkpSJMDKhkySRUwBQBjE&#10;AMCIYvcKTLdeewOWWQHo8sGkFdrcANzbPF8LBsTzCaNiwo1VM3yMrA1aAR82OgQsH7+mCHHoOCAL&#10;JOd7UW6WIuksUD9pf9NsENoHK3ZYWsWytLmL68DBXgHUELZWFGCi1IEDBw4cOHDgwIEDBw4cOHBw&#10;wMHl+j8wtW01FaHfiQAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAVLMT4eIAAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblsaSssoTadpAk7TJDakabes8dpqTVI1Wdu9PeYE&#10;N1v+9Pv78+VkWjZg7xtnJYh5BAxt6XRjKwnf+4/ZApgPymrVOosSbuhhWdzf5SrTbrRfOOxCxSjE&#10;+kxJqEPoMs59WaNRfu46tHQ7u96oQGtfcd2rkcJNy5+iKOVGNZY+1KrDdY3lZXc1Ej5HNa5i8T5s&#10;Luf17bhPtoeNQCkfH6bVG7CAU/iD4Vef1KEgp5O7Wu1ZK2EmEkEoDWkaAyPiRSwSYCcJz68x8CLn&#10;/ysUPwAAAP//AwBQSwMEFAAGAAgAAAAhAKDG0pXQAAAAKgIAABkAAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzvJHBasMwDIbvg76D0b1xkkIpo04vZdDr6B5A2IrjNpaN7Y317We2ywqlvfUoCX3/&#10;h7TdfftZfFHKLrCCrmlBEOtgHFsFH8e35QZELsgG58Ck4EIZdsPiZftOM5a6lCcXs6gUzgqmUuKr&#10;lFlP5DE3IRLXyRiSx1LLZGVEfUZLsm/btUz/GTBcMcXBKEgHswJxvMSa/JgdxtFp2gf96YnLjQjp&#10;fM2uQEyWigJPxuFfc9VEtiBvO/TPcejvOXTPceiaU6TfQ8irDw8/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQDQ4HPPFAEAAEcCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARQEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAK80Hlt5BAAAOw4AAA4AAAAAAAAAAAAAAAAARAIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0ACgAAAAAAAAAhAHs4d/L+YwAA/mMAABUAAAAAAAAAAAAAAAAA6QYAAGRycy9tZWRpYS9p&#10;bWFnZTEuanBlZ1BLAQItAAoAAAAAAAAAIQC10fIwORcAADkXAAAUAAAAAAAAAAAAAAAAABprAABk&#10;cnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAAAAAAIQDQF7fLozgAAKM4AAAUAAAAAAAAAAAA&#10;AAAAAIWCAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItABQABgAIAAAAIQBUsxPh4gAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAFq7AABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAoMbSldAAAAAq&#10;AgAAGQAAAAAAAAAAAAAAAABpvAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAACAAI&#10;AAECAABwvQAAAAA=&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Imagen 45" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:39281;height:6184;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBLXT9uxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTedBNpJU3dSC0USunFKEVvj+wzSc2+TbOrpv56VxA8DjPzDTOb96YRR+pcbVlBPI5A&#10;EBdW11wqWK8+RgkI55E1NpZJwT85mGcPgxmm2p54ScfclyJA2KWooPK+TaV0RUUG3di2xMHb2c6g&#10;D7Irpe7wFOCmkZMomkqDNYeFClt6r6jY5wejYEq/P/XLzpz99vC1+VskxTouv5V6HPZvryA89f4e&#10;vrU/tYKnZ7h+CT9AZhcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS10/bsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:shape id="Imagen 45" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:39281;height:6184;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAD8GXxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EJujdyQluJGNsE4wfTWJD30tljrH2KtbEuJnbevCoUeh5n5htmms+nEjUbXWlbwvIpA&#10;EJdWt1wrOJ/2T28gnEfW2FkmBXdykCaLhy3G2k78Sbejr0WAsItRQeN9H0vpyoYMupXtiYNX2dGg&#10;D3KspR5xCnDTyXUUvUqDLYeFBnvKGiovx6tRgP2Biu97pfVHnmdfw3rItRuUWj7Ou3cQnmb/H/5r&#10;F1rB5gV+v4QfIJMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMAPwZfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata r:id="rId9" o:title="Imagen relacionada" cropbottom="34726f"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Imagen 46" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:31432;top:1333;width:6541;height:3486;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQMk0AxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oTedKO0IqmriLZQiyixheLtkX1mQ7Nv0+xq4r93C0KPw8x8w8wWna3EhRpfOlYwGiYg&#10;iHOnSy4UfH2+DaYgfEDWWDkmBVfysJg/9GaYatdyRpdDKESEsE9RgQmhTqX0uSGLfuhq4uidXGMx&#10;RNkUUjfYRrit5DhJJtJiyXHBYE0rQ/nP4WwVfC8/Nu3x1W13613Z7s3vZp2dn5V67HfLFxCBuvAf&#10;vrfftYKnCfx9iT9Azm8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0DJNAMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:shape id="Imagen 46" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:31432;top:1333;width:6541;height:3486;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBQed9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pqmyVKlGkcLCHhbBPwePj+TZFpOX0mRr/fZGEDwOM/MbZrUZnBU9daHxrGA6yUAQ&#10;a28arhScjj/jBYgQkQ1az6TgTgE264/RCgvjb7yn/hArkSAcClRQx9gWUgZdk8Mw8S1x8i6+cxiT&#10;7CppOrwluLNylmW5dNhwWqixpbImfT38OwXnhndYtvPcXcrpXdtez9D+KfX1OWyXICIN8R1+tX+N&#10;gu8cnl/SD5DrBwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQed9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId10" o:title="Imagen relacionada"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Cuadro de texto 47" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:7429;top:1047;width:24022;height:3988;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBITa3mxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qsq1SjSEFWxD345+Lt2TzbYvNSm6jVT79ZEDwOM/MbZjJrTCluVLvCsoJeNwJB&#10;nFpdcKZgv1t8jkA4j6yxtEwKHuRgNm19TDDW9s4bum19JgKEXYwKcu+rWEqX5mTQdW1FHLyTrQ36&#10;IOtM6hrvAW5K2Y+ib2mw4LCQY0VJTul5ezUKVsniFzfHvhk9y+RnfZpXl/1hoFSn3czHIDw1/h1+&#10;tZdawdcQ/r+EHyCnfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBITa3mxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="11FF9B05" w14:textId="1396F6F3" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="002C330B" w:rsidP="0000185B">
                         <w:pPr>
                           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E52DE3">
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>UNIVERSIDAD</w:t>
                         </w:r>
                         <w:r w:rsidR="0000185B" w:rsidRPr="00E52DE3">
@@ -393,103 +390,101 @@
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="69BF4DD5" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
                         <w:pPr>
                           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E52DE3">
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>ENCUESTA DE SATISFACCIÓN DE USUARIOS</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="6B19C0EA" w14:textId="77777777" w:rsidR="0000185B" w:rsidRDefault="0000185B" w:rsidP="0000185B"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Imagen 48" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:571;top:476;width:6668;height:5150;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQ6Z45vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hhL1pqoi61SiL4OJRqw8w24xtsZmUJrbdt985CB4/vv/tfnC16qgNlWcDs2kCijj3tuLC&#10;wO16nKxBhYhssfZMBv4owH73Mdpian3PF+qyWCgJ4ZCigTLGJtU65CU5DFPfEAt3963DKLAttG2x&#10;l3BX63mSLLXDiqWhxIYOJeWP7OkMLDq3Cotq9fz9yZpzcu8P6/4rM+ZzPHxvQEUa4lv8cp+s+GSs&#10;fJEfoHf/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANDpnjm+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                <v:shape id="Imagen 48" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:571;top:476;width:6668;height:5150;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJxCHqwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4wmxEUx+IVKOIUBV3OqIur821LTY3pclo/XuzEGZ5OO/5sjGleFLtCssKBv0IBHFqdcGZ&#10;gtNv0puCcB5ZY2mZFLzJwXLRbs0x1vbFB3oefSZCCLsYFeTeV7GULs3JoOvbijhwd1sb9AHWmdQ1&#10;vkK4KeUwiibSYMGhIceK1jmlj+OfUbBfpea6u+xNMthuNrfuOemObqVSP51mNQPhqfH/4q97pxWM&#10;w9jwJfwAufgAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAicQh6sAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:imagedata r:id="rId11" o:title=""/>
-                  <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7265C7CD" w14:textId="063AECC2" w:rsidR="0000185B" w:rsidRDefault="0000185B" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:sectPr w:rsidR="0000185B" w:rsidSect="00E52DE3">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="594" w:right="1418" w:bottom="284" w:left="1418" w:header="680" w:footer="57" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1783FDE9" w14:textId="6E90DCF0" w:rsidR="0000185B" w:rsidRDefault="000D6CA8" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E5E0E5B" wp14:editId="4FA9BBD0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-180975</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-647700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4658400" cy="734400"/>
                 <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                 <wp:wrapNone/>
                 <wp:docPr id="49" name="Grupo 49"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4658400" cy="734400"/>
                           <a:chOff x="0" y="0"/>
@@ -691,58 +686,56 @@
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="57150" y="47625"/>
                             <a:ext cx="666750" cy="514985"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2E5E0E5B" id="Grupo 49" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:-14.25pt;margin-top:-51pt;width:366.8pt;height:57.85pt;z-index:251734016;mso-width-relative:margin;mso-height-relative:margin" coordsize="39281,6184" o:gfxdata="UEsDBBQABgAIAAAAIQA9/K5oFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZeX/+t10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbxz4rHj7HE3N62quLETP9XFSeLDw2lkbpxmAgx0tEZ6&#10;PxglY7oPMaI+ypLtc+SJnGeoN55uUtgzrqbO3xy/F+y5l/QAwWhgrzLEZ2lTWqEDCVi4xqn8ssZk&#10;0lLm2tYoyJtAq5k6eDqnrd03Bhj/K94k7A3Gg7qYv0H9AwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAN0Kh6jIFAAAtEQAADgAAAGRycy9lMm9Eb2MueG1s1Fhb&#10;b9s2FH4fsP8g6N21JEuWbdQpHCcNCmRt0HboM01RlhBJ1Eg6djbsv+87pOQkjotesmzIQ5TDyyHP&#10;+c6Vfv1mV1fejVC6lM3cD18FvicaLrOyWc/93z+/HUx8TxvWZKySjZj7t0L7b05+/eX1tp2JSBay&#10;yoTycEijZ9t27hfGtLPhUPNC1Ey/kq1osJhLVTODoVoPM8W2OL2uhlEQjIdbqbJWSS60xuyZW/RP&#10;7Pl5Lrj5kOdaGK+a+5DN2K+y3xV9hyev2WytWFuUvBOD/YQUNSsbXLo/6owZ5m1U+eiouuRKapmb&#10;V1zWQ5nnJRdWB2gTBgfaXCi5aa0u69l23e5hArQHOP30sfz9zZXyymzux1Pfa1gNG12oTSs9jAHO&#10;tl3PsOdCtZ/aK9VNrN2I9N3lqqb/0MTbWVhv97CKnfE4JuNxMokDoM+xlo5ioi3uvIBxHrHx4rxj&#10;HE2jSRh2jONwEk8t47C/dkjS7YVpSz7DX4cSqEcofdubwGU2SvjdIfV3nVEzdb1pBzBoy0y5KqvS&#10;3FrnhOlIqObmquRXyg3uAE+gmAP8Xc3WovFoIhOawz27GSUqxhFZLGOEGB1G/O40RtpeSn6tvUYu&#10;C9asxUK38HjEIe0ePtxuhw9EWVVl+7asKk9J86U0xaeCtTB/aB2ZFjsUIM+Bux0B0rnymeSbWjTG&#10;xSaJbyC+LspW+56aiXol4GrqXeYugYdcakP+Q75i4+WvaLIIgml0OlgmwXIQB+n5YDGN00EanKdx&#10;EE/CZbj8m0QM49lGCwDAqrO27GTF7CNpjwZHl0Zc2Nnw9W6YTRIEnRWo/29FxBRBQrJqxT8CZg8J&#10;JImmk9Q5szZKGF70wPfgOqtpBI+32v4mMwDMNkZajL8neL4VA/ACpc2FkLVHBMCFaPZ0dgPBnTL9&#10;FpK+kWRzzLNZ1TyYgIpu5phZktE4hlnGg8XiLB3E8dlkcHoKark8n8ajcBwn53uz6IJlcvthpTli&#10;KXu6Zb5iEfJvArZzdQwd2CC6O0E98oYjvntQUsD13yWB8DAJYOL/SALkCc8c85F1y2PO9WJi3oZN&#10;F+mEWI5QolzgPHS/YHPtT2SAURiPIioDKJThaDQCaW+k7EiVdJzEAS1TIR3Fk3GY2ETf18N/PxdY&#10;RQ5jbNuiV9N9dcDoUYwdzbjUqR3rcmzZgWvQsfeqY9QHxnLDMiURFJ4BDtJLIlK6201diWd2pxLo&#10;2KpH807gO1S65iSNo2kPbhCnqQXPlR4CN4qDKAqSDl3k9cnDbuNp6HpbmI8M+pWUa3vVLmHf6WAp&#10;c1sJ4qqajyJHrwZZ3TG2SxbLSrnSxThH6XW1v9t956Pfz+h8OidWYaX6kVv3HPZm2Zg9c102Ulnt&#10;D8TOrnuRc7cf+fye3kSa3Wpnm9S9iVcyu4Xl0bnYplO3/G2J8nfJtLliCi08ogTPEvMBn7ySAF92&#10;lO8VUv15bJ72w5Wx6ntbPAnmvv5jw6gbrN41cPJpiNYVbwg7iJM0wkDdX1ndX2k29VKioUA+h3SW&#10;pP2m6slcyfoLYmJBt2KJNRx3z33Tk0uDERbw+uFisbC0azIvm08tKptroqi4f959YartOgAKk/ey&#10;Dys2O2gE3F6yTyMXaEXy0qYvwtmh2uGPEH+B9XTUp42+qR5RtkBJf47OmUB85qIJfTge0AZ9Y6vK&#10;xrV2L7SGug7ZZoYfqpvEcdArJ2nYpfI4HUcHmXw8Hqd9mUzCeDp5Upk8WgPt0xNvcvtG6H4/oEf/&#10;/bGNo7tfOU7+AQAA//8DAFBLAwQUAAYACAAAACEAoMbSldAAAAAqAgAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHO8kcFqwzAMhu+DvoPRvXGSQimjTi9l0OvoHkDYiuM2lo3tjfXtZ7bLCqW9&#10;9SgJff+HtN19+1l8UcousIKuaUEQ62AcWwUfx7flBkQuyAbnwKTgQhl2w+Jl+04zlrqUJxezqBTO&#10;CqZS4quUWU/kMTchEtfJGJLHUstkZUR9Rkuyb9u1TP8ZMFwxxcEoSAezAnG8xJr8mB3G0WnaB/3p&#10;icuNCOl8za5ATJaKAk/G4V9z1US2IG879M9x6O85dM9x6JpTpN9DyKsPDz8AAAD//wMAUEsDBAoA&#10;AAAAAAAAIQDQF7fLozgAAKM4AAAUAAAAZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAAAvgAAAJMIBgAAAUdBk+MAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlz&#10;AAAh1QAAIdUBBJy0nQAAODhJREFUeF7tXQeYFEUWntkJm3POGVhYdgm7hCVKVkkiiBiQdERFRYKI&#10;CgoiKCZQFEFEFDFw5pwwo6iIiijmM51nvDMihnf1v+rXWzM7i4pK2O3/+95UdaWurn5dU+HVe67G&#10;gU+yi8nyBuCOlKyQ4X8Y183P4YLeurUJNTloIRXVzLav4f5pXHlaJhd83hUPEwptqvztBl1Ew3rF&#10;/fkbtGoSTr/++isVd5pj1nroazeX0ulL7uEbI3yPgQK6t42i0lw/ClqsqDtHuFxvb11X8udv8OOu&#10;n2jlHH6Zj36RU0KPp+VSTFolrifdv6yAXn3j3/TS9aGZ4HcBNRzSPfpz5Z30meImUGn3c1DgkrMn&#10;pPETFHacuec3+OWXX+mE4Uko4MbxQxKpvCgcfi5w6fRMKuu1SJpvz1DQYTqFx2ZzAcKm1oteJdeI&#10;+zPoYxWyNTwxwiyMrl/A38efvoGN0iFNqeOcTtTmhCou9KlVRX9d4X8HKhS9qL2uaxX9T1FnvtLN&#10;0ld72V+jva50Rb/rqQ5T9Kr22vjVcoEfFckNRlnu3w55CgcO6sJz8ohk5m10GaCaikiaeWwy3bwo&#10;96/5ktGpvfnuZ1z4qtOz6Ka7XqTCLN9fU3h538XSY8bj+rm1+s9FnuaZ1YV7fqOHLiuQwreUFfD/&#10;gCAVP21bJEn8nkFqqbxN0UxDIqP5GlRVFonww/70Daw/F34P8ncJ/+Rh/C/HaeDuEVCYUcCtr9xQ&#10;Qvjjr/FH0Bv/LKVNq4v+XBMBKKB3+2gUkgg/btChIuJLt8e93iq8nBPuKQo7zuBa4p9MXZYhzBfD&#10;LNqtpNvZf672Bt6xXMquyaHKCa2puMu8v6zwvwWo3Sva6+qhCNdCQHDttypqr+ggvvoDQEFh2mtD&#10;Cv/ecvcYd1ou0NRyHTg4cIEusL0/4C9JsE0R/xca4C4TZF3vewzuFkf9OsZwhTZdrf8khF55/WPb&#10;b/57RYa7r4N/n+OxFYVcuU8+/Zq6HrGMPv/qWzp7Qmqd1i3pMpfT/fTTz+xmthiBNLfq2H2D61CR&#10;xze/Takl/VEZu9JoYau16b5l+ex/fm3tdO6gqmh6+/3P6OiTruWHsYL3LlCpFr31mO9BNTxTQRcv&#10;nJzGlYl3uZ8VPkd8emosxUQyy5x5zbwcwtz0lvNyeQpvPYD5x7B3gBuffcn9hIHS9GNSAlpRKg/K&#10;r57KlSzufDqn2bquWFU+j/0I7zvyCkou7B2Qf68AN2/W81wZwm/KTPbwhzygSwx1rsqh8UNSKCWz&#10;mB/C7XVLr9N+cLdYGqRIyugx4jJ6Rn34uN7b+FfzXucKC0gFLlX0M8JAJd3mc8XViMTugYBbz8/l&#10;eNCYgQn7pPI2UImUor6oxLmKvNbo1TVDzd7OGq+/ib4dY36B6/K4LoxNbcmzOo8/LuCh9hWewAMU&#10;1ZyKipyjgxg8DMfCUrPhzSmuIJ7CvGE8WlZxYag48umk+wniMtoqXo/cWV/FErI6IPxGRX75iPcW&#10;VisKHg7sCRIt18EfRYmiQu11DVIEv1wD4m9mufmKRmuvPa8NvhY3XFFzRRGKMO+SshEWrQiQvH8Z&#10;DrdcLGF6tJeBnuYu7XUlWC6QoghxrRVtUfRfRVcqAh5UNE17XbsUfaYII9hVisylUwcOHDgw8HH2&#10;Hxo9bsRmpOXft/CpMc7a5HRU5mYdEoA63R7PBzze/aPyJxyRRNY2O/7YgONbFIXbw2KQObqEf38Y&#10;bTKyUr2ElQf42zSN4Mpi+x4T9GGT19BZl9xH7dV1SdezOM316kH3m8orjFw1J4unjtLSr731CRV1&#10;Oo2O6hfP18edcr29fILZ1elj665K7HW8vF5XeMmVGwn46We9HKKiYnUKDRnbt+x7Hl2x7in279PW&#10;93pcXInDJ17Nc174jzAkPcBCVgWzFEUiLLviOH5QpBVC+F6HJ0xXfuC4VXTBSRl2JZ5fW8yVhrt8&#10;ViYd2jmGirN5Mn+GTuGihJxO9p6dur5NB+9F4MZYJoFrsMBViszVs5WW6yrO8VFqggfp7kf6y6/b&#10;h+yDG5+34mFKzOlMkN1BWGy0+7umeX6uEPpzpDEqmKPoW0VHvHBtMYcD+LCRd6/h2IPjeWHpwlUb&#10;qVubKNp2Y+2KMSp971K9LIgKxmVWB7dw7tPWbp+QFb53gO4OkBuj11HOC/B3bBlJR0bFMknlCmtm&#10;0VZDFumiaZn04KUFZhmTdcxeACovFcP1VWdkk8+rF6fGxcTzxq1s3gqZvD1mQPz3uB4xda2UcZmO&#10;2QvAjb/873d25ScNTaKWJbw5UYEwxI/qn8B8j/UcuFblITHTRdHH8TkdzZbfq7gBN7330e1cKQh5&#10;GSJqHNameZKsY7L73DW1I0/8wyL/ex9+wStrVvDeA24uLTd3HK8o90Y4Ko4wECrdyhdOo+J5zTJb&#10;kbWr66bqgRdIqy/SYXsRbtWiUsn7Lsnn1kPrX3d2Do0dmGhXvn/rGGGZpb5I32cnH51DKcX9OD4h&#10;Jozz7RMU1szmRdjcNhO5Eq0mtoHb4vCDYum6Bdk/vnFLKfmtD1mhS/tZHckfk0kJuV0oJrV831Uc&#10;kJYHWUHfoYJVJ1WbFXsAP1iUrZrWDuGtirucaebZN5CKr18QMK0bmN0pRwQ5XG1P5AcZieu4fD1E&#10;FkL8Pgcqb1am5egKrrz1AL/Ig8Dv8endk/0GUnnrAb5UFKG+aGYXwX7T0iHQwXL3OyxXtFl79wjB&#10;gjR7HVie/k57A4AhbjBkmVoAdpGxS32sY4YfrMivva6fLbfxYYEis1Ww/j5SUUu+0nhfkfkGJH19&#10;8ghgQ+AjRVjrf0YR8qCVhyoCvJaLcGw17RGwWwHIroawRLHlAlGK2ilCWowaATV64N0OyHRJXvB+&#10;gSLZVZF42RkRlFruX747crTlmsCOh+AGy60PWBLZp5ttqIA5EoyxXJO9BAiTj0+gN5w1fIrOVIR0&#10;axRhRoWlErw5Bw4cOHDgwMHfhvcs9+/Ak5brQHBKbCIvWIGOjvrLJ+xJBV4vbc3Ip1Q3L3r9Uwc7&#10;AP6X6/Hajb8uibe86nsBGbdfkEfYIvCGx5Mvks/A8YmlmKiwn3SSQJR5/fRptpZrFbKiHBTneHl5&#10;trp5BB12kBYvvVKfAxfsRFhJ13n2ipHQ9z/sqhMWpl7kOZZYN4C8ECC+++J83rO0loL3+TrHfoPL&#10;ZmbSEysL6bErC+n1DXrLEY0kYuRCbftfQD///EtA2JHHr6U7HnyF/YsufyggzmroZneor+WIXvG0&#10;6HgWW/nLJ80HMvKYs3N8AQ0HAt5891P7urT7AnrqqsJQYo3X33p+XkDehZc9SE171F5nV47lF+vz&#10;8pH1xg00uMdfu5VbNUBvYQk9//L77Mamt6K8DF9wf461MixSoCH5IK+Bov5dYuxyoM7iOVXWkImr&#10;6c33tDgECAcvID5h5Wk8QMNLI4A++exr+vqbH9jfv3MMpSexCIYNpL/nknyaMyaVu5LKUi0wY9L9&#10;1lkjkMoC6WfBPQgr7XY2tei9iGaee2fAvTtVRjWeFzC8d5z94JUHn896Z+B//lotzKOSfKxTulyd&#10;W0Whi7lFX2lERro6YGfbugSSsMeq3OcVsRT3C9fau9pDLPctaIWZfkwy3wt/1A8+scOux8PL+fxV&#10;wwcaGA88Y+EdtHX7h0y4VlG0Qw0ZlXu3omOQFsJ5yrFPXAhnry7J4CEj8lX3mmhy/Ayd0jWljz7j&#10;7hp/GO/SX4QDaxDBkfuX91nM/ynwWy+vwaMPpLrk4TsPXcr++5bm80kmS7gKhypcGM/DxZh+xWlZ&#10;3Ng3p2XRzSlZtDIrnd7M1Gc2gwljfutFMFoUsuBKDdQVQSqnRZGf0wHr79hi57NedMOFcF3NkEvo&#10;1MW67y3sOAsPfQR0PBnCYSI36Dp+WCL1DI/kxl87L4f6RUSz+2ia3inGn+YpqjsB4UQjwl69SQ9X&#10;gXYtWOmFC4ekNl6hVXfgv6PNoUtYM9aJ827hPDGRbjtPgwQ4Gw8qgF+4dEDXWIJ8GCd0ub6wXAbS&#10;oPGnH53CjY8/X2l8kJozKXKzH1+RlY0x9UitCQZ6tGaNTOG91Kev0nJpvY5ebpeR02YC0gXkbVDA&#10;YWE86Jzz77YfWhq/RUnEDsi3KW8SwkDDe8W9Do5EOqgLKe58hp0PhBcSipC3e5uon6+YncX+hFj3&#10;g8N7x1ObpuGQpXBVFGux+mdffM8uKz6rPe6djPgGiTdv0ZyPz10e2hLHfxbSYsrlF9G6aa1qMzQe&#10;0qFPhj/MG8ENldN6gt3YleP5AKl93aW17moAS2UdQG43lz8Kw065f/AX2KDx4nW6X27Tfwn1H7OS&#10;/VlFLPhF047WXYTCs5bLeN3qrkAF7U9haU/029LY0W43lXv97IdKICsbo6Y8khW8LNDrPRQb7ace&#10;R11G9zy6nYZNWtN4Gl4gX4BJYZ5wEXTjUzedW2nu1Q0TVic9CI3d3Oenw3o3oYdSc/j6P9nFPOJR&#10;WTHzXZxSnkp+j2vbbUvyKDatok4ZkPjGfRoVpDvJb3+yFrZWXUFpt/kcZiUBchVd3bZZgIbFFmhc&#10;pENjP6Bmtlmp7ousuEsykvXsuHRIE0qt1Kub0tBC+HPGOhE0pSG+seJeKL5Av48/VM35xpDP7Xqg&#10;enp7lpJsNYkFbkXcH7h5ydR0rO88ckgnrWDGAsXmxFLrKW0pr0c+ucO83OB5VcezmtjaF+DK1Mkb&#10;ITy+2sUvIWvJV5AdnhBB0ZkxlNEu0xZVBcVmx9pLEArZFWMrqWRwE0ppwTLp5I3kE4y3c6wFfGk5&#10;rcfZ98L+gBXVaHG+2fgiYuuPDngJQLg73LPYE+EJeAkV4yqx9jMUUtzqK6EWI1tKPixJzFF0CspD&#10;X4+1HY5xEBqGcDZGOx/FZ7UzBUxzC/oWUUJJIjdiyzGs5ZiRUJqAhgb6KYK8mys6pUw1eiWXFxGf&#10;vwvLCwh3UA/Wzf9bT2tfYLkOHPz1gDCycO8wy8WBK1PTtImXFQWHybVs931juRIurinR/ZLlYj0f&#10;2oYAKJx+WntDQsr50HKvt1wIXJuQdBDOlmcSiDT4PgX++B7SXruyb1quNOJOy+2j6Art5YMKkCSA&#10;tHkrBCiYjYztQuAry0UYCGk3IsCCueGCeMg4S14MR6H6BqpwoE4cAt4YZkJvz6mKUE85jvKUItQH&#10;ZcxW9B9FAK5NZd7Q/YP8gLlrtt8Af5aoJCAV/S0EnxAxzy9gwvVX4WvL/S0EfwUCs144lrBPINwF&#10;zpAzESaEY+cpgmIlqbQpoS8yNP9WdI/2MlCmwPQDcmAE5czXXoaZTvTc44XKQRIBDpSYwMESQPI/&#10;bLmot3RjgJxEEEj64O7IgQMNcIgQVhmh2lu4BrNVKJB4hK9crjxF/9JeTgNTETsUYXtxoaJ3FeE8&#10;i2CKInA3dPhgBww6r1l1uIG5lisqrAdaLtLh68F95A+3o+VCqBaLfMiDeJyvQdoqRY0ab1nunmCp&#10;5Tpw4MCBAwcOHDhw4MCBAwcOGiSaWO7fBaitdxCE9e9lFRHIuv5L8YEq90Ot/fsoHeJA4Jkbn0zJ&#10;YR7alsGie2k6+K8BtJCLGOGHf9PLPWDhddVKF7+vGuffqpGsqN0BcjlYRhbjkPXissQ0u3x1KeQA&#10;aOXT0sUz4xLpsbRcaaT6wBLFVc0jWbAqzBtFS6ZmiJSxqXVM8OHGNC1A+25WIX2kXm6W+hKsOAdH&#10;NYtjMcFHrygkHGaA7mgrysac0SncwFktR9rSbcEUHeEOKeqNchEuVJjt251EQ+MCGgQHGA7pFEsL&#10;J6fXaUCIk2cka2HXYNr6qj7JaBLSq2yszF7h41dvLCHYPYPuhWG94uiM/cGkwP6EQd3i2KhEnw58&#10;fFPMOJ2GF5FS3Ndu2G++20nb3/yEDzM37aGtCQCtDznfTgOq0QebeZMcVvaE60NZmGz0QMPcdG6u&#10;cH0slKZfOjPDbsy7HtpGo6dfzyY63/3gC6rod54d98jTb7B74UptruGp599hNyvVRzBpkpvuJRjT&#10;GzsogRVr6Ds6sIFGx3kp4dD4LG0TANT9yEtpyhkbWIcCDHog7IrTcumkEUmcNrtyNIfdcMcWuu3+&#10;l6mFdbgZ9lTTmw7hNEXZmvuDDWU2ehRk6IZJzOtqNzhUu8BtN/BC6nn0clp90zN8nZLoR+NdonPW&#10;YvmpWb+mlw3jNDhsB8AvLkglo236oLMoem3U+BiN7g6rq+oFtGi51p3TTPXtMN3xO7i2JiW3tZ1/&#10;3sX3sW4eHHKWLwYE66qPXN6Iux8o+IcSCpzFQoPAAPA1GzZzY337/Y+0yzKvDJqiz+YGW7zEnynC&#10;xZa9DVi/kbzjZ99EzdWfs1yPmKotHYNwmlElH65zNSKA46URQE9sfjugkUAZzYbQU6vqciiO+2+x&#10;NJSA4mP4DBekhflQBKD+sN8b0SfOPmD32ZffEszzfvnVd/TvT/9n3wN2x6wsjQbUrjyKH/7i1Y/R&#10;zh9/omVrHufrwg4zCGduVZoJOqnLBf07aOT5E9No2YxMelK9kGUz9KwWBHPZF03LIIzncW3164II&#10;2DOefLg2uWGeOBdCHittw8f2m2tNNIGqB13ILvQy3HBOXdUrfVUfjQY6dWSy3eAYlqYmetjfr2M0&#10;u3gpcKFiwMpqQ/LhPv/57Gvbarzc10rW8CGNAJqshpDiD/cHLg+E+/SR0OcNczwKHgwblSuy/C71&#10;EnblZ/B6DeTvAVb7JQaWAJSL0+3r5ufQ0ElX8/2GH69PnwccPW3o2LBYK6JbuX4Tu6cvuYdSSwfS&#10;JNU1GI3/2ZgBCZSe4r7V6kYgEl7NMbUwxcxNQHvgtJbFrGdnAAKk8S8/NZPv+dZ7n7HNPfjDo1lr&#10;1bFI19DRKdNap9n2xr9p05Z32X/e1HSCahZp/Gb5PJ7POHNc7XLA4G6xPyL+vBPS2UzYwRHRnBdq&#10;GxG+8fLa04Z4kZaX1X5J4ytvT+QBbdlWuy50WPf9zOzM3wT+U8UDY3TT77gV7MdxfrPxFXZeqI0p&#10;zvN4XCuUG4G4t7IK7bV5aXwhK683NkrbqeraOspWboS4Lq212q+silH03fc7qdUhS4LzNmzcc4nu&#10;cl62DJeCimrY9uGZaByjEWxVjgi7MEFrGFlXlGm7wY0vhPTGiIcP05mN36zAT72PuZwX6TARQ57I&#10;KF6Ia9gzX6jTxcMCV16v+/ySXO5iXD2rbatrrhfX1e5mzR6VYnN7nw4xdEdqtuq7swIaH/nEn105&#10;po6+NLPxzbRCmA90axv1IyduoHgurXQAP+yjm96kC6xVSGv93dWrXW3jP3dNbeMjTBofKh3vVo0/&#10;XE2g0PhiFnLHBq3UDtfJRb3V2D9QjQvipPEVfsV9gQ33bLVfgNy7QQL2YuVBB4xdRSvWPc1+FcUP&#10;jca39OS4KrQpSwZejjQ+jIk+k55HE6MTAjjfVIb0mppHWFkBPv8LE69G47ug5eRfH35Jr6o/fcnX&#10;oBsfCubwkPOXPsBcN+KEtVTYcSYemI+LpiR4bBOb5UW1ja+QKY3fuVXUb3Y7mOla+QBWlHf3xXkU&#10;oeYRHKKQUzmaqgbqyd2DT7xul2FFNzyYjf/+x19x46eWHmo/cHaqlx64VHcXfq9uqGfXFHGjiBVa&#10;k/qFR3E3Y1JcRhtOLw2ZkeTBwesnVp+RbTZ+vqlj7ZdftL63Bt34w3ppG5Q33LmFWh9aO8xTUQ8i&#10;Ho2/YXEu7+daDeGFK+mCyeOLsrujKn+E7W/bNIIOrtHKj5AfXL9YzQ2k8WtaRtplTFtwm+1v0I2P&#10;tRh50Hf+9bnt76LG44hH4581Po2ghPTofvEI24YGEXWOedVTKSalBWUXV9FFJ2fYjf9iej6lVtTK&#10;5sS5w2i9XiNKwmRt5KHxP004LMlufOjkRHkYbl51o96kAcFINeIbKprGpDbnB73l/pfpyBOuYb/B&#10;caJ60TV3nG35YQ5EQpAupeRQKsAErXoEHdo11W58lYYVH8WrRsc1LN3XVESKjn3W12OVy2WaX9Nr&#10;b33CblwyT8ZCnaBvOJAHx+6UNEBaTgs8+AkYRmJpWPnvGdStdroveSAgBbWNuMZKZHDjw9ANro2X&#10;6YJ6X3Q7F6ovRTSPZ2fE0JQzNzSekY6BV/Cwwyavoe9/+JHWbNjMD49xep/23E+zydPxh9lrM65l&#10;p6T/II2E0REaCmT2+SqZ7Q8a7YgijVkyg0Y5sxbdYa9uqjjKTGkkUmzSALfc97ItAlLcZR4d2pm5&#10;fRzSzBkdIF/zc3FnbeVaCNpnzcaPSouiMBX2ZhZ3H+fqbOof22MvKw9G4yPvmBnr2W0UQ8wQ+Eoa&#10;0SQ0PjZJrDRYCv5B0YNYcQyVXhq/35DmNKw43X4RL6/n2fHAJ1faW5Dh9y8r4ElWcBmjB7Bu/cZl&#10;OUi43yRsaMNV0TDMCszCuo5qoF9gjGb7TSUUY2iElcZ/LiOP7rxQLyvDUr/KF9ezmkdQ0AyFF3gX&#10;0mNJWfIKNValps8f2afW9jwWtqDUFH4rXuwfy0hFTPaFdaqM5MUzKLRG45vdRmUpz4zZtHCapU1W&#10;wb6PSdj7VXHBlnobB/IyvD+jEXJajaOUor4sgZzZ8li7IRXeqDq5HaW35REQsKCqeQRFhbPyoegs&#10;/SeJXavquXrTRexf9VR0ftNhZQhLxD3Smx5Oi6akU3qzIZRffSJNHsZSC1C+1HghXOjxxxF0Iqsg&#10;EHSwMaA7s+2J1TyUVJfX9KmO/mmhakTECcdbrqnnjDzhHmiV5T0BlA/rFFDnK/dDGsQ1WuS0Hs8N&#10;YTYKKD67AxoGazJtI9UoBg2PlwC3fHTF7hoNcSvCfGEUkRjBSqzbzeSyIC5+yJbritWo6kzyhmsx&#10;EmRotIhM0KYzhO66KHAN3hvtuxd6lKFPueVY3fighBIeodhof2pHXGMjBJoKXcX9S6jiH63qNK6Y&#10;DBGyghsnzIYAYTSjgutrlOd90T7qMLuGX0DZ0TwrZrSb0YEQ54/1U9Mjyig2N46qTqqmNse3RRo3&#10;jg+hfLPxkwp6NO7GB2AkRhoE3YL4rWgTmWGesLfQ0Gh8KK7Gi0BEQR8ez1NYOG+ci8jgYkXhWGa2&#10;ylvYqISj/ijE3EZcRhU3Jvwm0lqlUXrrdNaJjxdQfYrWq6+iesbmxbLfuhZDBvx1ZVUch7BYp/F3&#10;g0dXaA4WzrdcVobq9rp/dIe5N1uNC+2BfROKdN+fWpn6OlwFyOgM1l7XfOQXQoDT+LvBxdP0qmNt&#10;g7k/gZvbdgrC/5naUq/3YDQD1wRGN5Z3OfKUdJkr1/bSgdP4u8HYQfFYCvg7scFyHYSAqZ/YgYP9&#10;H9KXfmq5+wLStze6w27S+CJmDW3gAOTkW2hvwNARfiz38saJheA/w5MtV7SKi1FhoJPlXmW5gOSX&#10;/w25PslyMxRJWPC9eBVUITheVAbfZrnB8cHl7BNIJeRBgU8UQfe8ND5WIhEGID1UqqPxzQcw/dL4&#10;ghGKJD7YyEEoSByLiFuQsOB8uMYQdRRf1apzB7A4J8wkyrclf3vL3adAI5+oaJKiJEWmjvmZioIN&#10;F6Dy0ASO/Vp0F7iGhQZo64ZVTlh1AMf3UoR1fDFaAG3hkG6D4QFo+BaIdqo7LReav6WBXlWEl4zu&#10;SMLEhWTDSO21J2aIa6PockVY3EtQBMBAgWzyIE1wWQ4c/HHYsvghYOpcS7Pc+vBHzGccbLl7wrn7&#10;zEyHCekbpV9HV2JCHgzGY8QP60CA+dDjFZnX8Ne3qY04dHECdCtAW8sVSHli0sOWaLAAgzno4yWd&#10;afAGGGO50t9LOnEBs883w/cKzD8mILjxgcmKoIpLRi041AarQmZlxXJQqAcMBuLMxodNE0lvWosI&#10;LiO48XtbrqQLbnyM3PA8YpFI0pmuOQJjC9N7E4WKTG19uIadLAH+gLFBDTMcAOKKtLd2q1AB+UzI&#10;Nf64ZV82VhH2ZgG5j6SDi2GtaU4DYZIXwLVsykOVgJlXXKgJQ7kw5YSBg1lvxMuzwRBOgfby9qXo&#10;B3LgoBaPKwrunn4L8mmbY/Tfg+csV2DOuKXMP4I9ybPfQCovsjH448VaPCAWeYD+liuW5NA95ChC&#10;f/6iIpTTQxEAP8bhAsxC0Q3gQDR2r9A9zFIEi3B3KALw8mHdTf58YY4PY3zMQTByKVUEIB2sFJ2g&#10;6DwEKCAeY32MyKYpCravtd9CRgpoXPzJ4iXgBVyrSEz3oTFBb/NVLYTrEYeZMRpoGQIUEGZikeVi&#10;AvaaIkzqMEkSJXcYOZnCUZg8iQg56gMg72Pay/nMiaHYdXTgwIEDBw4cOHDgwIEDBw4cOHDgwIED&#10;Bw4cOHDgwIEDBw4cONhLOFURtfOFU4mXLSWcwaEHBrYrom7+SIp2szpF1pvpwMHu8FrvcK296u3M&#10;Qvoou4j9Khwyp/s7IOzF9T04Ioo+zS6mN9QzqDAcOnHgIDRiVO84Ny6ZZsUmMfMIAxV5fOyHsWor&#10;6f4ISlD1/0Qxu9Q9TIW9nllArylanMCG9YLNzThw4Oq9JSOfLa+/plwwzucWE/ldbhoSGcN+lW5P&#10;mR9Sp6ypGQrJQpGlYHIdp/6DuCk5U32wiVTo1Wb2n7YMmd+Vms2MD/9B4Q1bS7SDPQNdmJhKryim&#10;f8piGhAs4eMfwKfiL05gdScicv1bmN2qSQRts2wFwkiMO8xPRTWn2vpnQlF62VD+uGC9AflgXVNd&#10;L+ES68caDGsWx6dQR0OHvQrnOteosCW6xxedxg4c2DgeGsb/eV4uiZUKIVgfhdK99QtyoFp+dzo4&#10;34AuH+SBfk/Y4QrF3H+EMsuPoWMOjucyTUNtQVgjpsvrIyj1hkFPlVbOKjhwYCMnFNMIqXg5sBIA&#10;v8/1q5GGTbaEYuJvv9tJLfsuDgh7xbLRBtO8S658hHoffTnbYTbTCCUX9aGbFYPfuJCNYXThmxuA&#10;MSWzviZ1rHCGOQ7qR4kwCnr5zddokrDIcLeozwPYqguseSUn16rhFmp9yBI2QvXDzl3Ub9QKKuu1&#10;iLa/+QndeNeLHA5rAZtefJf6jVxB//n8a2raYyE9u/VfbMJHygDg3nrfS3aYUFmhX+oEhuYz+tCv&#10;fvsFeaz8/rKZmXTLeXl0w8JceuiyAiovDmejJQ4c1IeRwuigk0Yk04OXsn73XUf1jWdVtAivKK21&#10;8SRUbVk6A8S89Hff/8hum/619qiEMsqGscr04HDQj7t0fqBF70X04JM72KRRs57n0rnLH7TT+fz6&#10;A4AtWlXH5+CH1Tap/+ljU2n6MTy+d+BgtxgZF+XmnhyMc9uSPIKtFW94AuW3P6XeYcyvv2rLcqAy&#10;xZwY0qAXN9NMGZbEZUb4XZ9b97LhdrnWb7+plDYsyqPsitEB+UDvvK9tiZ08/1b+GB595s06aVh/&#10;qNtDXVrplaOHLs2nxNgwh/EdhERlcbbuNUEwNheb3qYOU006/WZ2//v1D+wCcJ947m0OGzZpDT34&#10;xA7atOU9O09UbAq9cG0Reb17pA/pqtc3lAaYhRES842gXeqfAXOC5moo9dL2j6i8T+AcApPj3HQv&#10;PxvMCquPuM5H56ARAaZswAywGRfmdqletu4KTKfDL6FzLn2ABoxdSQ8/9QZtVmPwXbt+4jgMOaYv&#10;vJ3+9833AXm8Xh+XGxHu/qvUHQ2GdV+U6QkLNLXTxjLnKZNhuG+8+ykdd8o6umztk9TUSCuUUXYE&#10;9e2gzTxP1Gb5of7PQSPACrz07YqZMHwJZow7H3qVeh29nA6fqG31gW659yU65Zzb1fBFm68LJn90&#10;Jr28ntfNRblcSPi8LrYxjpUZpAfhw0N9MHdQvTHUn+wWMGuK4Vdx59Pr1ANzjNHTtbk7kPwr9Tn2&#10;CjvMpNLu86lJnl/MbYuKLQcNEAvBZKDMFkcHMMHsxXcxo3QZtpS2qiEDmAW9/KGjr7TTwLxTYryP&#10;HltRwKs+s0amQKHSQl20jWcKMn3UuTKKqWVxOBgaG0dHyb2FsDcAW7zB4cG0bn42xUWGYYgSrGHx&#10;4Xn/SOWPacXsLMrLy+JxvtS3vPdimnvRvfTSax/Rux98TsecdJ0dZ1JqSX9mfjXPcOYCDRHNC3Xv&#10;Vgj7xdZL7z9mJf2ohi/f/7CLhwoXXfUo9Trmco7Lq5pCM45JZubrUM7r4NC1XS+Qbu28HDpjbKrN&#10;tDC1OHtUKp02OpWO6hdPTVUP+/iVhfTKDSUEK7Pl6sMAYRiDSTRWkK6ck6XmBrXLqCap24jms/pA&#10;w3rGcdrMcv1xY/gjzyvUtv8FAdfxme2lfAcNDN/gxRbVzA544SZ9+vnXtr9fjR4HY8fTYohQTBEZ&#10;7nPRI5cX8LClunkkVN5tmjIskfMgvE2zSKZJQxP5X2Le+DTCkMfnqbVfpPBQXLSbYqLC2DY18mKF&#10;5zmVHrRFfQT4aFW6I9QH8nXLknDeRU6ODwu1Ns/5QRVqHvP6zSWU23ay/Vwf/+d/dPfG7fa1SWHq&#10;45swJGF3ipQdHGhYOy+bmcF80U17nEuDxq2i7kdeSl/+9zs7HHZgYZpu1IAEm4lUER/rkmqBnhn/&#10;BIWZPuzoLoEBXuW+6Pe5FXO7McGloT3iCBtLKhyiwR0U/R5AX+TnPaui6bErCng1Zs3cbLbED4qJ&#10;DCOfz/XIwerjVOmO4Ry1eAr13bquhI39blpdyPVPb3Y4P5uYur7+thfo3Mtq9wNALpeb5xxWOQ4a&#10;ArA0ePYEbVVaCLun2BTa/NK/eHwv4R2qSihW9b5Tj0ymHdZ6viriYV2SKxY9sHL9ifFhb7RvHn6L&#10;L8z1FCbLKkyUs5oYER8Ttq17myg6RTHi9aqnRnknHZZEB0dEU1GHk5nZph+bQoVZvl0qPRSvQoE2&#10;jDLUwbIZbAfYf8Vsth8Gaxn9rlNzAOVeoAhYbjI+hOQSYsJ2Xq0+HPPZQxGso1rPCgWvDhoALsEL&#10;9UUGmjtfd9vz1OqQ83lZEEuXEo55wAUnZQQzvtjB8cBWJjxtmkVwD6y8E3AdhETkA72XVWhLTJoE&#10;xjfrI4QJan7FMM67eY02DRkEb7waGs0bn0qR4doWT1qiB+lwSuwU5HtqVRHb1gfjIx5hUj5w0lm3&#10;8tp/8EoV5hnPr+V7QgG7gwMZ8dFhLL8iLxcrOPMuuo9ef/s/LEtz+bqn7Dhs9mAIcfOiXGYcEVFQ&#10;xczQpTGmYkK69qxsykjxwtyxKybavRnpQM0Lw0MyejDVx/hCqSWH2n4pe1T/BPJ7XddzLVyucr/P&#10;9WlCrBty/lhhAo5AusdXFHL9MUlG4LhBCRQZX2iXt/qmZ2iFeu6Kg8+ng4ZfaoeD8M9U4wi1HfBg&#10;hklrMth+sa3Uy77/sde458PSpYTHpJbTM9r4rkcY35jcDuLSFPp34bF1gLVMYcxg5sa/Rlc1zOmn&#10;mPyO1Gy+nnh4Ej2alhuS8f3RGbwSFPzvBGpeFM33eGg5yw4N03dmDMaHaPmLkeb+ZQVc/6ctY8IK&#10;z140LSOgvA8+/op7/K/+F7gJl1V+rDwzjNY4OABRhheoxrj2S0UPD/fMC+/hDZ/OQ5facdZGDuvr&#10;X6kmrr3axdgHSVSQrKE3G3loPK4DNnw2qkko/h2CGR9H/0Dw41gg/Dsy9dDHZPyoxJKAetjhSYET&#10;ctTFqg+MttnASpHl5Y8Qkplg/I1X8JlbBuYX6U0HBpQndNz0dQHXWGqVfwsHBxiiI9zMJOYLBaPP&#10;WHgHj+shHy/h0ZFhtG4+y7kzINgFxscypcVognuDrgW3WOEBjL9gUpoqJ9ru8cHUkJ4M7vExvDh5&#10;RBJ5fDG0Q03EPf5YmjgkkfNLmkM7x9ENWhZf7GIKPCP68sfIqI/xFc7GZldp9wV2maAOgy+msbNu&#10;CAiLTNSHcVQe2O10cCBhWK94uvvifPtlDp2sxRB++eUXGjJhtR0Osl6ybbsIjI+jg1qsQE8QLby7&#10;XDGu5Q/AWeNTf3z5hsAef+VsLSIMxv93VhE9dVUhj7/rG+qkNxvK6c3xPcgd5qMNavilbnOvvlsA&#10;Zr90fW3vvEkNb86ekEYRfjddZFmPF2CDLKdSS3+OnnE9LVj2AG3Z9gEP+06Y+0/7fhnNh0ubbNY5&#10;HRwwwMvHy5OXuf6OF+iIKWvYv23HxzTihLXsTy0dwNv+VjbGgK6xlJLgoavOyKYnV9X2mudPTaeH&#10;9Rh7qg5h+LPTPeiFJ2DZ1GR89O5VzSPpMzXMQY9/3dk51K5FJB9kr29yG5NWGXCdlH8QPwd2d887&#10;gZczA2wdrjgt69fVqp4H10S/ges7LsyzGX/MgHjYsrWB5xTGBwGY51yz4TnaoSb7El7YcaYwfrCB&#10;MQf7O4J7/PlLH6B3P/jCJmH8tKaD5SWLfURXWaH/8+xULy2bkUn3Lc0Xxh9xWPdY2nxNESXFeZih&#10;slLc5yLvNtXTzzw2xb7X7yGPT+vv+T2E5dVbz8/loc+lMzKoX8dorpPb7XoaPTzq8KJeZvXgIxje&#10;O54Zv03TcFNK9B4sz5p1GD7lGhbZ+PzLbwPCs1uNlTbZreCdg/0QzQr89JgaVpgvFIRDIsCSKzfa&#10;YWAelcXWQlCS590Bxp80NIk2LM6lsgLfxtVn1p5sspjizp7VkQ/AHywyPKh7CgvCQfQgq2IkjRqQ&#10;QtkVY6hn+2SqqiyktNKBIRk/2uUmb5SXuoVH1omLdYfxffHx4d6KmmKd36wTDrkvPiHdZvzWZeH2&#10;4fiLp2VQREzojSww/5PPvWNfQw2KM7k9cMHMkNN6fMBLBt372Gv0sxrryzU2op65mplfTMq/HB8T&#10;RnkZXjq0RveuCpEYpkT4eQXFlpTEOVfcB6efpLyOlbGUWzVF37/VP8jnD6eUon6UmlFI/TpncJ2C&#10;GT89LIzaTK2i1pPakCfcQ6VerchKCPp9MPHddJW9RCn4ClKelt/VqTKSMpM9vBmlLoXxfahLXtUJ&#10;dh3Ry3/0yX/ta6HCjqfq53G5vtNZHRxw6FAeETAE2bz1PT4meJ9ifBzyNl/4A5fm04CuvEbfHS8e&#10;a/hgNIsJ2H4rmMnarQ3AvUs186eXHcFlWXnYjYwMp3vUkKtLW9ULxxfw8Ck5La8O4yN9brc86jin&#10;E/uzPVo5FAh6c1CX1WeyeAJkeWzgIA2ONap6Xaoul+GeGPYYu85DfV73+xj7y7NWDbyQNm6qe3wR&#10;BOnSa8/m+zg4kIG/+NwmHewXC7z/0Zd09U3PBLxwEBglO423/+/CcibkXZT/MpQDqciaiiiqKouA&#10;LE/ApBHAxHHuP2rlgUq6zafY9Nas8eD8E9O5bOy8ajexDuN39fNuqfrn4A8rIG5oj1jq057/eUxN&#10;DwBsrD+vCHEwzgzMWjA5jZczlf+dvIywl3DPgvbTuF5A35H6cMpZl9wfcDZ42lFaDFvlMyfvDg5Q&#10;uNHjRkfVakYYZ6xbm6sZoEXHpzPjHdo5Vhh/Ipei8TDW1y1/MKaCafKrjg8oD4RD6hNUPl9kCjMW&#10;5h/1TW6rprWrE4Y8B7WNCnlf/DMpBx+AYLAwfn/1DAPVvxjqUN7nPD4y2WPEZcz88IMQl9/uRN5j&#10;eHIlr2Dt9tyBgwMMOACSmeK1mXHw+KtsfzCp5Mz46xfw2nmApmSM6a89q3azS2E7GBP08vrikOWF&#10;IpPxt6Tnky/GT4X9iig2J5a8kV4K84ZRmdfP8VvV0AWbUriHut8/9W1d5aMH8Efo05c2PsLxRDB+&#10;bNBh9a+/+YG++XYnDRi3yg6Ly6yScs1nctCQ8OqNpdSmeWIAM4Qib0QiH8YG40fFpqnxP6/d21Dj&#10;6SuumZtNxbk+njzOHqV7ctD0Y5J57T1UuSbV1+MLbc3Ip/MTUunUYbVlq1s9raho/kRWJ3i/omJF&#10;U2NzeaUnDmkSMir5XO6xh8TXYfxgSik+xGH6RgLfvUvz6eZzc+owAY4aij8qqZTmjNFHCLHFr/KB&#10;XuESApEFuRaciFL+9xUlFKR7rztnkv5YIOmJYRbG/1OHJ1NG2XD7HibjT4vRp7ZAg7rFUkq8Z5kq&#10;q1xRhCKgJibS/evYQdzD5ymaE5EU+WZmO95FXoQEChSZUEzhMRm8nInzvmHeKBZ/cHvCA+SBQNgd&#10;hnwR8unsDhoDfgKTdaqIpKJOcwIYIhQl5nUNYA5/vP8nXzRbSjnZF8vuQI5wuY5U9NOskSl8lE/5&#10;r1TEQ5Fxg/XENiGnhkq7nU3Y5c3xeOiL7OLvKor8O59cxcuUuYpik+LCWFzCkv3/BPlNlA5uwsOh&#10;/N6FVD29PdJQdEpZyLqblFzQi4o6n0Grz8iS3WrzCKSDRoKZpd3mM0P4otJUTxm4uXPzojwZ44dC&#10;x/LjWlJCaSKFJ4TzEqRQRGIEVny8Opnr2ucs/Zu36SOIZW2bRWxv0zSCw/BPcVBV9M9JcZ5vcW3J&#10;wYe6Z2FKeQozO9b41TWltOThjhuRYd4Iym09gaItaU4MddbNz6XUUi3zk5jbhfKq9Ro+zgknxXt+&#10;U5WJg4aLGkX/VWQzuxCGN7ltJ1Fum4n2P0JKySHBDNnGImBseHw4tT2xOuAj8EZ5+UB4cnzYq8qJ&#10;gt8A/h1sREe6n/Z5Q9qrGpXfM59aTW5D1afo3r35seUUmcwfiXxgJcHPEEzRyU0pp3Is+1X64Gdx&#10;0EjADADFTIn53Sgilnt2m5IKerIeHVBCXheEYRczRpHgf21PqmXyyvGtqaBXIWV2zApgfJNU33yb&#10;lTc03K6dcflavBjDKLeXNSEPUXSsIvLF+PBvwiINZUe1QBykSTEXqIPbVY+P8bswfUm3s3h4hZ7f&#10;H5MpzO+gscEbkUSZzY8kf1Qqa1RLyO5AGc2GUr41HADpoUi9Qx0gTtE/PLH+K/O65D1RdkyLr0xG&#10;R++cUZ1JxQNK7bC8g/Ipu2sOH1c0oYZL3yY2SaLojBjqcFoNdZhdw8MaFfWETuGi0iFNqMXIllQ6&#10;uJSya9Rk2s2HZoLPxr6W1nQI191k/GAK84TLUUUHjQ1YsgzFFELYGALjw4/eEjLxKluKzl0HP1Wd&#10;3M5m8N8iDInAxFZeV3bnHPKqXr56RntmfBVEyc2TKb11OuWqj0VdFyAMqzjxxWwrC/SRImC57MoK&#10;CeN7/DG8Tp/ebAgfrVRpQ/5DOHAAYBlxClZUwPgxKS1shsKyoIozd3LrQ1b7WR2p3fQO5InwMLOD&#10;oduf2rHOR1AyiFdXBrKogqI0xeztZnTgtKmVaQjDMCt4k0pg1w1+RfwPgcMz1lKlAwd/DBBVtoY6&#10;XVKKDzYZ7GtOUD+G5PfIp+QWrJf+4/S2GTaTZ9Ww8BdPat3h7nvaz+6I64fKR1VQRlXmJoQrXJVa&#10;kcZDpZZjKimnWx7F5cch3d06mgHp0B88vliKjC9g/ZfqWk3Ip8BtBvUiDuM72CM8uqJQGP8SrO5Y&#10;TP+TIiiXsj+EvLbHI3yBIkFfRZFh/rDHIWas/I9wqEJ4fPjXpYfxTmknHRKI/F7538RkxJjjdiiX&#10;Qi+O9XYojbKFzSLjCmDQ2VXS9Wy+9kel2Jof7l+mD79blw4c/H5cOiNjpzG5PVw2iKyd3DN1sGtX&#10;duUYKu58hup5eQPqRh28bwW91szLdhjfwZ5h/JDEr7AJZF06cODAgQMHDhz8SQQPK7BjiaVFIPj8&#10;5w5FEAADMPmDpmGo1YOIgGz6APBfo+gmRShfCNimCPkwYb0CARYgygARgy/4yuWaowh5ZvKVy/WO&#10;ol8Vwbw/8oc6rXSf5QItFSE/Nq6g9QD5MAEOhVMUBT/re4qqtZctk6OsJ/lK4yRFUEOOSTTimima&#10;ZfmlbvIMcAUvK8JEHc9wHgKCMM5yBZh040D+RkUQnOPJtQUs8bLckAXMcQ7XXgbvPisyxTQesNxG&#10;DzSMCZPxEQeG+ICvNJOL7AtUYJgiw1IOGn+y9jIk/DjLxYvFywfMe+Pl4mMw187N+JMVBVsmMeMR&#10;hw9uDF9pIB5qvQXhisw8AjAhPmp5zu2KoLfTTAu/fDjwmwxnIrj84DKCYYZB5/9XirL5yuV61KJQ&#10;gAE5SJWa+dMVVShCmOgdNeP/oQhyRqHq0eiAXtSjvQwcuhCYDYR1dFzXx/gA4qGCw0RwIwczfrCN&#10;KVNxk5k3mPHBeKg7YKZDmOjYRPgo7WXgo4Au/GC8YLn4VzHLCvYL46PXBYOaELV/Zh4guAzzgylT&#10;hI8dkGcBJA90dQaXh0MwaLOVfKUhacD4Zo+PMiUO+Q7WXldTRXJfBw4cOKgf6C0agqYv9JoY9/fg&#10;KwcNHhCrlR3PzorMv9/DFMlQI1g7MBD8tyvA+FzGpUCaouC0ofKC+cy/Y4GtXU3BjMPwwhzDv2m5&#10;MOGzRnsZKFMY+kRFt2pvAKAPx8wDrLLcuyzXBOohQ52zFJn1Wq7oXO11rbZcExBs6629Nsz8eCfY&#10;LRaYcTLENIHr4HMGwWkwgTYNa6y1XMAcMsq7kjMGDRYm4wuk0cD42ILHCkKoFwhgVcBsZFklMMOw&#10;ooIzqmZaM14AxpdjeDD0JmnusVxAwjDGr+8EU6iyJSwU48uEF3Zs+2gvAyLHyFfJV4FAePCqkNwD&#10;jA8bVmi3UP8gf4bxAbwLrIYBEhecxrxGHczr/oqGKsL7vV1RcF6sSAWHNTjgZWOpUYBeVA57oGGw&#10;RAcUWa6JHMsVpahYvTF7Hmk8MFYX7WVg2TJUw6KXEQNvAvRGoRgfwBKjeRZWxH2h+QDDFgEEz7C6&#10;AYDxZTKNVR1ggOUCKB9iz7KMio8RbRQMpMMBFYEpWw/Gv0F7+X7BQK9tW3exYD7X7hgfdZOzBGKO&#10;CMC/tJkuOA9WpnDSTWDGYxVrsfYysBxtLnA4cODAgQMHjRhYPzaHQSMs98/A/BsOxlbLFXS33L8L&#10;MhyqD99YbjBs1eB/M0IdjHfwNwOToBO0NwCY1AFi7h5zAHODSSZ851guIJtGXS0XKznY6scmjAAm&#10;eLAtL/ZuMdbFWBjjUYzvj1LUTpEA2pVxT4hK+BVhjBtKVDlAPaGCjOmlnhAxgPgBcLzl4uPE82PS&#10;LpBxvoy9cW9s4GGeIMBuMuqLeU6ioraKZD4hh2sw5gakvWRjUJ5bwuXjktUs6TAg6gGgXCwo4P54&#10;dvOgvoM/CciroMHl5BLkY/DiwaSYNIq1bzAxGKiJok8VIb1MjgGsUixVJD0oGN/szSC6IBNF7KgC&#10;uK9MaOdaLnY3sWoiE1Z8fGAy5MVK0WxFzypKUiTAyoZMkkVMAUAYxADAiGL3Cky3XnsDllkB6PLB&#10;pBXa3ADc2zxfCwbE8wmjYsKNVTN8jKwNWgEfNjoELB+/pghx6DggCyTne1FuliLpLFA/aX/TbBDa&#10;Byt2WFrFsrS5i+vAwV4B1BC2VhRgotSBAwcOHDhw4MCBAwcOHDhwcMDB5fo/MLVtNRWh34kAAAAA&#10;SUVORK5CYIJQSwMECgAAAAAAAAAhALXR8jA5FwAAORcAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAACnAAAAVQgGAAAALEz0/gAAAAlwSFlzAAAuIwAALiMBeKU/dgAA&#10;AAd0SU1FB9cFDhYGCkX07y4AABbYSURBVHja7Z17lFxFncc/t2emJ5nJo5NJQsIjSScENpjw9IGg&#10;IIhIhGUjC4JxFV11V0XEs4eWVSM+6EWwd3HXVVwfi4oCgspDDSQQAoRDTAQChEgkIekACUlIOrnJ&#10;zCTz6q79o77XuTbdt3tmumd6Zu/vnHuSM7f63ltV3/r+HvWrKghl2IiBN4etEEqtgvNHBurDlgil&#10;1oB5uIGDBub8f6lzJOz2YSOfBEYDC8KmCKWWWHO0gV0GjIHVBpywVUKpFXB+QsA0BnIG3hK2Sii1&#10;AEzHwNM+cBoD95qwaUIZQlDO1L9zDWTzwJk1cHrYSqEMBTCnGfiV/v/pPGB61xoDDaG3HspgAnMU&#10;Fpij9ad4kaJvBa4wIThDGSRgAvwHVmVH9eeugJ9cFwDeUEKpKDgvkjduDGw19m8XFFHr3vXjsOVC&#10;qTYwJxvYkRcymmcgamB9ADj3G2gOWzCUqqlzA7cUY0UDbzNwKACgZ4etGEq1wPlmA90FQNdl4DSV&#10;WRgA0H8JWzGUarHm7wJYcYuBaSr7bgOvFyjznbAlQ6kGOI8rEGTPv54xMEXlZxh4Iu/+L8OWDKUa&#10;4LypBDC960UDc/WbqIEbDfTo3sNhS4ZSaWBGDLxaJjiNgYzCTZ458AED7QaeD1szlEqDc74vrlnu&#10;lTXwXS98ZOAsAy+P9KnMUAYfnB/vIzD91wsGThODXmrgqLBFQ6kkOG8YADiNgU4D1ysZeXzYoqFU&#10;Epy3DBCc3rVWJsKIkjDxY2ilrkLPOQlYg02vi4TgDKUSsreCzxoN3Ixl46YQnKEMVF6qwjMvB5Ya&#10;mDjcGydcxVdlicVTjljtcKxHPRVoAWILDr4w97ZdP1lUpU54FjjLAXfYgzMWT00GjgTGYGNo3jUa&#10;m509BmjExtPG6Ldeqpb39yDpATqAdqAV2AdkgF3Aq8B2YK+bTuSGORjHAqdgEzZOAeYB09WGeWrL&#10;8Myr32R6z75qfc4K4H0OdOZ94xRgFtbDnwCMU5+O9v1bp/+jby+100i7rr3AbvXnZiAN7HfTiT5/&#10;vP+FTzC0u0l0AXti8dQG4BngD8ATbjqxaxgAcipwEXChQDm2wMD0Ouo1DczWHE5uQ3Tq/Ok9+95f&#10;pU87G/gS8NW8vz8OHDNIzXMQ2BSLpx4FlgCPuulEd1+Z80pVZjpwLOUnsGbFfBuBbWLDNl34Rl4z&#10;1g46TOpttkZupATbPgfci11Xs9FNJ0yNALIOeDdwBXAevcsqvO9eDSwFVkrFthX6dgMx4M9ql2rI&#10;IWCuAy/7vv3zwKnAJGCyWHRMGc9qBR4DNqifu0VwE9Snx+lqDHjGK8D3gJvddKKtzzZnLJ5qAj4I&#10;/FcJkN4KfMlNJ7b3o3MjMiNOwq6ZOQeYH6A+curw7wG/cdOJziECZQRYCHwFODHv9jbgB8Ctbjrx&#10;SrnPNPAh4OdV9AGud+DLAXUapTp9HztYCsl+YK6bTuwo0T4TgHOBj2vwFiOfrdgtdpYXU/lOiRd9&#10;TgAtJnPcdOKlCnW6oxF8CfCPJUyMTcD1wC/cdKJnEIF5MvCfwDvzbu0B/g34oZtOHOzrc7W9zK3A&#10;P1Tp09cD853S9buS4rmhz7rpxEl9aCuAMwT444oU6wb+yU0nftofcE7DqoNCzk4bcFh/OqOMitUD&#10;fwdcCxwfUPRJ4FNuOrG2yqBsEFNek6e+Ae4GrnDTiZ0DeYexduoqOVCVlizQnO8YFajndHzqP0/W&#10;uunEKf1ou3HAnTJ9ipluC9x0YvkbHcZgeZ3igeI2gpet9lvcdKLHTSd+I2/3CqmUQvIWYFUsnkrI&#10;BqwGMA+X1/uVAnZlArh4oMAUS7QC7xcLV1rqZBeWktcUUalkXx4ALgbWBTjlP4jFU6P7BE43ncgG&#10;AKNLI7JqIpDeLJA+WaRYI/At4OeFKjhAYM4Xm72jgDr6KPDvlXTQHBuUv7TSAOkl55KSk9NT6X5s&#10;Bz4T8A2zNDD7xJxeKKBgRQbLc3bTic2KJNwbUOyDwH1y5ioBzOOxGeYzCtz+rJtO3Naf2F0ZAF0B&#10;fEpAqZR0U/5UaXeVunEV8MeA+xf2B5w1EbpR2OFS4J6AYu8BbpONOBBgzgDuV5glX74P/LCadXXg&#10;Z8DXK/jIP5UJOlNFU80ADwQUmScnqk/grBlx04kuebRPBhRbCHwtv6J9AGYTNqZ6RJEowReqwZgF&#10;JCkPvhLycI3MU/85qOnJy9Iadokfig58KMAWBvgCcGY/gAnwDQpvzmoEzLbBqKdj1fqnsDN3A7U1&#10;76iR7msPuNeRb8oMy6wkN53YxBun5PI9wJtj8VS0j49+K3BVkXtPAb8dzHo6dnbnA9h56v7K48Da&#10;Gum6oP54Kd+HGc4pc/+DnTItJscBH+4DazpAiuIzVN8diqQUx4Z3PtzPyEgOuM6pEb8BO2VdTB7s&#10;j0NUq+zZCdxUotjVCuiXI2fyxpkfvzq6ewir+0gZdS0k91Aja9plMp1V5PZe7PTtyACn5DaC43J/&#10;EwC4fLmS4jNmjwyWrVmEPT1bON2Hn70OXFlDrHkMdq69kE18tZtO7B5R4BRgfl+i2MVljOopBJ/v&#10;89hQ19WxM3Llhpd6gMsd2FEjrBnFLiGJFgDmN9x04ieFfjcSlmksK3H/bGUSBcm59G5zXUierZG6&#10;/hKbzVPKO78Gm65XC8AcLw2Xz5oudknJ14K82uEuq0rcn4PNIw2asy61v+XmWqioY9ep345NIC4m&#10;NwLfdoYelE3AImAxfz3L1iP78lo3ndhGiZDLcJdXsDHPYpsK1Mne2RPgpQcdOpXFLjuoFXmgCDgN&#10;cAPwpSoB86hYPDXJTSf25LVfPTaZPAYcDZyATZU7B7v8w5MDwE8V9dhUzgtHAjg7gZ0E73hxZMC9&#10;RnTmTxHporLz3AOVdfqeSB4bXVNlxpwMbI7FU9vpdbKa6F13VGrlxG5snHhfLJ6inFm2YQ9ON50g&#10;Fk+VSmoIAm6M8pYo1IQ4cMDYZBzvm/fLdrtvEFT5uDw27IvMBpZrsG+KxVNLgJ+76cT6kcycnuoN&#10;kmg/gev9tmYcR9NrqoCdtVrk2Dn/wXj1rcBD2CiAP0GkSXb9ET7VfnwRNo0Cb9KViMVTy4AvYjPt&#10;RyQ4S4EnKBY6qsRv6wTgthqp62RLoFyPnf3pGKT3bgQ+Vm6apJZIn4HNg1hYJBriYDPkzwZujMVT&#10;1/lXZo6UHT9KqZpMP4HryeE1VNcY8A4HvjyIwARo70v+rptOtLrpxBI3nViEnQy5JcB2j2JXGtwV&#10;i6caRww4tTyj1BKErQH39pbh8Myplfo6sMmBp4eZX/AKdjXmBSWIYiHwMy8uPRLUehPazL+ItAFb&#10;StzfhU6sKCLzqzzAHKnrrC864Km3rJbLBP2+XkTToD5tALq0fqdmHFfggVg8dS42yaOlSNFLsTNy&#10;3x8J4Dya4K1w1mJTz4o1Wk8snlpfApxvr3Id3oqdTOgRKHP6P0A2Fk+Vcvg8cNbLRo5iE3vn11pn&#10;uenE2lg8dTk2rFRMc389Fk/dPhJszjeXuL+0jJjayhL3T9US12rJVuzU5GrsxgwGu1Q4ht2V47AS&#10;V4tMm2ZpgceAu2q4z5ZglwsHOX2LRgJzBmW89wC/LuMZv8cmVRQbrI3yKu+qEpvsklfrV9XjsJMH&#10;J2AX711A8D4D64HLq72Gv1IqPhZPfUsqvFibXzismVML2d4bUGQF5cUA11E6ueMjg9yBB9x04gU3&#10;nbgDu8HE/wYUzwIfGQ7A9MlzwAsB908Z7mr9PKm9QmKAVDnTZMpw/+8Sxd4Ti6fmDBHTGOBHAUW2&#10;qbOHkwdvCE7amTxswanM6itK2JrL+/DI2wleHRgFrunvqs4KyCaKh7y2D9N9TQO12nBmzlOxmS/F&#10;wkNX9XEkd2FP3w0KNH+Y4L2bqildFA+6tw7TPgzaNbdjIOCsKyOJt1qsWYfdgqbY/khXl5uWlc+2&#10;wE9KsOf3hqjeXgy0mAkzHCUo52HTQBq5kcodVdJXdf45iq8N+hH93JFDdtBVBC+lfQfw5SFU70Ml&#10;o6rwzBkB91YOJJTULOR3D3IjnQF8s8i9e7H7GAUySQuLo9iwTGeGZD5A22Lx1EXAoxTP87wWG7q5&#10;p5IVa2GxQ2+OZCO9oaOc2dnu5KY0QaSqiXFOAAhjVSCZtwdogtudMh7yAjpKuYDMdtOJLYPImidi&#10;U7YKeeh3O61dl0f2HJqGnTU6WiPzSGygehI2u2g0dibF0cDqxK5n2YndPnwTsD7XMrrdjIv+OACg&#10;7cBFbjrxYD+B2AK8DTgZuyfnbHoPjIjmqTwDdOM4DURwTF0E6hyoj2AaIlDnrInsPnQZ8EqGZG4A&#10;7RvBpsMVmg4+BEyp1CrUWDw1W6GkQqp9BfCecpgziM7fTvC8dSVH2TnYILhN8jAGpysHnVmczp5u&#10;p717NoadAt4eek/o2I1dA9SaZ7NFsbMwU7BZR7Ox23+PAohkDuVwO9pNcwOmqQEzqj4/BN4M3BuL&#10;pz4G3FkqZCVWPAYbeL4Am0ySxqaivYw9gW2vQO99Z53eMx6YiDFTyHKEk81OB+LAeMeWeZvq6Law&#10;+Bnsbm5/0JXJkDR9YM7GABwcTQUW+ymX4KtFgNkGXOmmE7lSOxs3aCQVm6R/CDi3mhtbaVnpF8iZ&#10;a53ObAMdPTgdWZzObA5jdmFP3ngWG0jfAGzNkDzQTzZrkpY4Fbta8Ky/qLP6CLmxUczYqGWtXskB&#10;3wa+4qYThwo8sx6bbfNJlV2GnS79U4Zkv/e1F9inCjDzFUU4CbvTyRifE7UeuynDQ8ATGZL7A9p6&#10;tMBRzBf5optO3FCBPv2E/AKngNO3yE0n7oLS225PFzPWBdgGH3TTiTsrDsrp33Kctq5zyZkbnK7s&#10;iU5H1pAzm9SxK8UKWzMkewI6byJ2nvYwes/baZRqz0pVtWHTuHYC2zMkXd8zxmCXDX8MG/CvJ+KQ&#10;GxfFjG/Mt//WAZ9304lHfO+/ELvH/SrgVxmSuwt853ixYFwMPknf6U9m6dZ37sNulrDD0wwZkofy&#10;njcGm2V+qpzG0wVij5VWYadr7wc2+21ubZa7LqBbtgIn9DfbSWbD5yi87c9B4ONuOvFLP40HqdKr&#10;9aAgOYjdDe0XA91M1qf6/l7XbI36pdg0q5fzbSox0ywxx1wBMqK6uQJeBrv6r0MdXacyY1V+GvaI&#10;m1kCR1qq8RHsdovd2ITZf8XOgddTHyE3aTRmdH0+iz7guJ3JyL6OBXrG0gzJrK9+07D7iB4rtdaJ&#10;neHZ7vvO9jzzoUnaa5KANl329HTVZYsY8hns0o2/tJPaZx52mvc87DlJUQ3O5+VE3g2sz8bHf03O&#10;XpAsAy5z0wm3D6B0FOX4BvCuAkXWCpjP5tsYhR42HptscBPBmw345VHsrg4rgEy5qj521I2j6l5t&#10;nY7dmeMSdcAS4D7gUT8zqHOniBVOksrtUuesA/6cIbl3gAMkIuCcqc6cj12Y9VPZhScA31Unk4s1&#10;YmKjvJbc77R23RXJHHoYw288Vm9h8TjgfAFrLzZraGt+pKCf3+vZgsdjj545RW30kjTMY8D6DMku&#10;lZ8ooC6UVvC88BdzscaZprmhkWjJCOFOtcHvZOse9IhJQBylQT9f7H0hhQ9ieEnkd0uhU1EcPfBi&#10;OTdHqqJ9OSQrXzoEls2qxH7+emajGYjRlY1EWrtmOO09cbI5I1XzK+APGZLdvsZvFhA8+2+XVNNT&#10;GZL7+tCJUTFQg64eAfug13FFfhfDns72z2LGG7FrxxPoEAPT3EBu8uiNkb0dKedA1/IMya0+j/wc&#10;sdTDQd/bwuLR6tDxUut+u69LDt0BwM1X5QWe1SgNdLoG2RwBYZk00PYMSc8EOBu7zeL5HlBNQwTT&#10;3IBpbqAMoLZKQ3lsP0bX+CLkt0+a8HbgQc3MFfXOiMVTT2nEUeYMRP+CbTmzy2nr7nBau+qdrizY&#10;hNM7gNUeIFtYjFTY32KTcDuwG6g+AuwtxDb6zSgNKs++ivi+tU6quUuXN7qjasQmehN166RmVwOv&#10;ee8To54NXCdVfKVsxDuBvUScT5MzKzMkD6nsuzQAVvntYn3rVDGdN1Dq9cwD9J5+Z3xecpNs5pgA&#10;PMbnzXeLCNYLgLn8NpJqfxN2P6hzpA3vl0p/IUPSCKjvlcZcoHdionW9QG3o05yNoXcVwgap7lXA&#10;0246UdbaJw+cx2GXdR4UGHr0/5wu/6EFdfrwsRrh433XOJ+N1Aw45EyLc7B7vtPaVe90ZKMauXcA&#10;j+QBcqoAeYJG1xLgjwVsTPTuuVJfOTXEIeDFDMkdA1STjpyTd2KPzOvCbiP4TIZkTsD7qED6Han8&#10;TmBDhmS2hcWHibXW+FSpNxsyU4Nmt1e+Amq9XtpunmxmL367UWbInvxQkhj9fGmEI8Vk9wDPqg7j&#10;sGl6izTIbDixIXLA1EeWmqaGJWZsNI3zhnPde/yOW1/s0qLgrLS0sHisQjEXaUZnDTbT+8EMyXZf&#10;uYmyR46XLfY7YF2BxmwSsx8uILpiitcqYbeVEV5aIBZ/Xl53ZwuLZ2D3/Hkd+GiGZFsLi6cDEZ9a&#10;d+RIjQO2ZUhuZxBEgJ2NXSUwUWDdJA3VXiBacJ5U+ywx6q+B5zQYp8o+vUzmVYMIYb1MsSXA0wMJ&#10;i1UVnGKG2TKwF2D3Hlothlzmj63JgH+fbNz9AuT6fBZpYfE0eXiNsmeeUgcPSZKDgHYy9sCEx+Xh&#10;jsLusDxVbHrQi7EKqDFgUykbcRC+vU7seqq0Wqts4B155SZIe31AkYC7BVRvV44jxaiXyJ71QhWv&#10;y/l6WP9uqEQ/Of2sbING2WlSf2dKjT8kL3sZ0Oqz1xrEoGeK+R7IV9nq/Jma7fCC/49XY0RWYCCe&#10;r4F4gxy0o+V9d8kZmS2nYz81Jj6z6ByFtTrk0W/xAKUykxVBuUzlPaBuFHNOFuMukLN6mPBkFBJb&#10;rVDa09hE6F3FYtL9AqfsqwkC4nGya06UXRjVix/WtTbPy66XKjxTZR8X2Lrz3nGUyjV603h9rcQQ&#10;dfIE7N6Sv86QfNynImOKMzIcRFGCd2lAdcrx3OxnPpkwlyj23CBH9j5P44mZ50nTnS7NOTMv0L5L&#10;psVGes+e30bv+fPt5CXiOALgezWKJktFHSFnYKZsFqOHekHeNfqwgwVibmdIfUQ0clZkSHbklZso&#10;xm1U8PnJoHBODXdsRBMVWzRAnYHGWYe4Ps1i1GMUOViaIflynnabJV9iofCyXJpypRcqU7tMEmDn&#10;K1JwjH47rcDsUKcY/KoMyZ/5wfkZ7Nxwu1TpNuyel1uE9BcVougo4KjUi1HPEJAPKhj/RL46lmNx&#10;mpyDfSrTxTAXqcBjxZYdjBCRFjhfUYa9cn62+0w1R6r8XJHbaWLHlQr9rQFezzPdIiKkw0WAhyni&#10;MkHgvMlf3lHoozWfBYuwxBSp9JP0giw27WmF32bJY9KTxb4dCrC3E8pwA+pkMeURIrD7gVf9Klhg&#10;PVaq/VRFVxqlcZ/DHnG4AZsTcKCc1D6ngFc3UYieIRqeJWcnJ6/sOan2Vwu9wBf2GafY4zN9mckJ&#10;pea1xFFygqYr2rLCi48WKDtOzuKbFFKbI1KLiqx2Cuy7sWmO92dIvuJnzjOAz+IltFpPa4cM1s1S&#10;6UWR7vOy58nObMMmSxwYLk5BKP0G6kRsPPsE7OTMZqn0jUETDDIHG2WzTpZ9Ohb4rd80cvrxUaPk&#10;2c2W55YVkJ8fSBZ2KCMCrDPl6B6tP7fKb1kve7VPNrkT8LKo1PtsjRDPwzokNn0pPywUSigFvH8v&#10;DDnNR2bdcp53S0vvEZBdfxjRaWFxXLEpP+t5W/DtkNeeCYEYSgVBW4dNPvH8Gy+ZZbl/4uL/AL4C&#10;31J1svSrAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQB7OHfy/mMAAP5jAAAVAAAAZHJzL21lZGlh&#10;L2ltYWdlMS5qcGVn/9j/4AAQSkZJRgABAQAAAQABAAD//gA7Q1JFQVRPUjogZ2QtanBlZyB2MS4w&#10;ICh1c2luZyBJSkcgSlBFRyB2ODApLCBxdWFsaXR5ID0gOTAK/9sAQwADAgIDAgIDAwMDBAMDBAUI&#10;BQUEBAUKBwcGCAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQF&#10;BAUJBQUJFA0LDRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQU/8AAEQgCcgJyAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//E&#10;ALUQAAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJ&#10;ChYXGBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeI&#10;iYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq&#10;8fLz9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQH&#10;BQQEAAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJico&#10;KSo1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZ&#10;mqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/a&#10;AAwDAQACEQMRAD8A+130pRn5RUD6WvZa6d7Yc4qB7Uema+1WIZ/Pkspp9jl5NKU9QKrvpCf3a6mS&#10;2HpVd7UZ6VssQzjnlNP+UwtPV9Ln3xjKH7yHoRXXW0UN7CJYjlT27g+lY72wPanWU8umz705U/eT&#10;swrOrL2mq3OnCUFhnySXu/kaz6cp7VA2mqe1bMEkd3CJIzkHqO49jQ8HFcSqtaM954ClJXSOffTF&#10;z0FV30xf7orong46VA0AHatY1mjjnltN9Dm5dNH92q8mmL6V0kkHtmoHgHpW8a77nnzyyn2OZk0x&#10;f7tVJNMX+7XUSW49KrSW47CuiNdnnzyun2OWl0wf3adY+GW1GToViX7zf0rqLLRWvpcYKxD7zf0r&#10;fWyjt4hHGu1V6AU54tx0W5NPI4VHzSWhzK6LDbRCOOPao6YqGXTF/u100lv7VWkgz2rFYh9zeeU0&#10;7aROYk0tew4qvJpgKH5a6WS2HTFQNb5U8d66FiGeZPKKf8pyz6UP7tV5NKXniupe1HpVeW29q3WI&#10;fc4ZZPTX2TlpNNUA8Cqsmm+grqZLQYPFVJLb0GK3WIZyyymHY5mTT+pxUMMLWsm5QSD1XPBropLX&#10;/OKqS22OorVV29DkeVxTvYSK0juYt6DjuD2qKXTBzx+VOgdrOXcoyO6noa2o/Lu4hJHyO47is3Vl&#10;FnXDL6dRWtqczJpgz3qpJYDPSuqlthz8tVZbYYzj9KtV2TLKoLocpLpoHbn61Tl0/g8ECuqlthzx&#10;VKW1AB4reNdnHLK4LoctLYD+7+lU5tPHXGD9K6mW2B7c1RmtcZrojXZzSy2K6HMS2X+cVSnsvaun&#10;mtj6VQntfUVtGsYPL0uhzc1sV7V0iWg8pOO1UZrf2roI4v3aj2FE6r0Lp4BO6aMs2YFW9Csg+qQj&#10;HPP8jU7xVd8PQg6xB/wL/wBBNZSrPlZrDLYupFW6mydNXn5fxrr/AIYaeF1W84/5Y/8AswrLeHn7&#10;tdX8N4Nup3Z/6Yj/ANCFeLiazdGR9Zl2V044ym7df0OvNivpR9hXpitPYMdKTYPSvm/as/RXgIdj&#10;D1Pw7aazYTWd5As9vMu1kYf5wfevmj4k/DS78CagGXfPpcxxDcEfd/2G9D/OvrPYO1VNV0W01zTp&#10;rK+gS4tZl2ujfz9j716ODzGeFnfeL3X9dT5zOOGqOZ0bL3ZrZ/o/L8j4qQAYAGalRcnn8hXYfEf4&#10;ZXngHU/MXdcaRM37i4xyp/uN6H+f5gcpCM4PQ19zCvCrBVKbumfilXLquGquhXjaS6EqWykDgA1Y&#10;jtlFJEvGe1WUXNZymztpYKNtiMQDPSpEtxu6fpU6qOKmVfasXUZ2xwEX0Koth1rW0+zDWw47mqwX&#10;2rc0qIG0H+8aylVdjaOXxfQp/YQO1a9h4jit9tlcMDOwxHI3b2b+lZ+pXi2a7Ew0x7f3frXMSxtI&#10;7M2WY8knvU/xF7wfVY0pe4jvJNNLuSRkk5JPeoW0oHqMfhVfwt4iEhSyvWw3SOZj19j/AI11zWeC&#10;ePyrmlVlTdmdcMsp1I3ijlH0wLnC4/CoW0zA6V1bWXsahezx2oWIfcp5TFdDlJNOz2qBtNC9s/hX&#10;VPZYPSoZLQHORWixDMpZVHsco+nD+7+lRPpwK/drqXsvaq8ln7Vqq7OeWWRXQ5d9Px7fhUD2GSTi&#10;uney9qryWeO1aquc7y5djmJLDHaoHsfaume09qrvaDHStVWMJYBdjmns/aoWsua6KS0z2qu9pg1o&#10;qpl9U5Tnns8Z4qB7T2rontRnpVeS0x2qvaGqwyOde09qksdCm1S5EUS+7P2UeprobDQptUuBDEv+&#10;856KPWu4stDh0u2EMQwO7Y5Y+prOeI5dFudVPBuWtjmbTQIdOtxFEo9WYjlj6mlksB6V08tnkVXk&#10;s+Olc6rtkyy5btHMvYAjgYryn4l/CwzCXVtKh/e8tPbIPverKPX1Fe6SWgA6c1iahIHJjj+73Yd6&#10;rn59DajSeDl7SH/DnypHNEkaKTyAAaK+jm8EaJOxkk0q2d3O5mMY5J6mivNlF3ep93DGQ5V7rPtF&#10;4R3FQtDzWiUBXI5zULxcdK+NUmfpEqKZnPDzVeSEelabR5FQvFxWymcsqBlvB7VXeDnpWq8VQSRV&#10;spnHOginaXMmnzbk5U/eX1rpIZY7uISRnIPUdxXPvFS2lxJYS705X+JT3qJx59VuaUJOi+WXwm+8&#10;WageOrMMyXcQkjOVPUdxSOnPeuZNo9R01JXRRePrUEie1X3TmoXj9RWqkckqRmyRDtS2mmNeSccR&#10;j7zVowae10/og6mtdYFhjCIu0DtTlVtohU8HzvmlsU1tkgjEaLtUdBUUkftV1wagcdawUnc6pUUl&#10;oii6cVXkj71fdc1XkTrXRGVzgnSM+SOofK4NXXXHFRhMg/WtlI4nRVyhJBkGqskHBrUkj4NVpI61&#10;UjlnQMuSHNVpIs/StSSP2qrLHW8ZnHPDoypIqqSRYB4rVkjqrNHxXRGRxyw5kSxAdqjgneym3pyD&#10;95exFaEkfHSqckYPatlK+jOV0eV3RrRSR3kQkjOR3HcH0qOS3zWRb3MljPvTp/EvY1vwzR3sQkjO&#10;R3HcGsZXi/I7IRjVVnuZctv1qlLBkdK25YapzQ1amZzw6MOa368VSmg45FbksXXiqU0WRXRGZxTw&#10;6MGa364qhPAeeK3po+aozxda6IzOOWHRgzQ89K1gv7tR7VXnjPOau4wg+laSlczhRSuQMgzV/wAO&#10;J/xOYOP73/oJqmRWj4b51u3H+9/6Caym/dZvTpfvI+qOxaP2rqPh2uNRuuP+WQ/9CrnymK6f4frj&#10;Ubr/AK5f1FeLXf7qVj63BUrYmDO4C0bT6U8A4pQpz1rwrn23KR7fajb7VIVOacVzTuHIZ+raNa65&#10;p89jfQLcWsy7XjYdff2PvXzF8Rvhpd+ANR3LuuNJmOILjHT/AGG9/wCdfVqjPWqmq6Raa3p81lfQ&#10;LcWsy7Xjfv8A4H3rvweNlhJ6axe6/rqfP5vklLNKd3pUWz/R+R8ZxncBzjFWoz0FdP8AEX4bXfgL&#10;UdybrjSpmPkXGPu/7DehH61ykTdK+yjWjWgpwd0z8olg6mFqOjWVpIuIKmUd81XQ1Mpx1rFs7IUk&#10;TqMe9altei3sNqYMpJ/Cufur7yRsTmQ/pV7RE32W4kk7jkmpa0uzRxsrLcJIyzEt8zHkk96rvD+d&#10;abx1A0eDT5jJUTNaLGT3rtPCHioPssL9gG6RTN39FJ/ka5Z4+eKgkjNTNKorM2pRdKXNE9ja2z2q&#10;B7fnpXN+DPF4k2afqD4b7sU7Hr6K39DXbvBx0ryp3pvlZ9BTpwrR5omM9t7VBJa47Zraki9jUDwi&#10;hVBPDLsYr2vHSq72tbrwVXe39q1VQ5pYbyMOS2x2qu9r3xW49tVd7cVsqhyywq7GFJbVWktfat6S&#10;256VBJb5FbKocc8KYDWvB4qtJa+1b729VpLato1Dklhl2MF7T0FPsNEl1W5EUQ/3nI4Uetbtjos2&#10;pXAiiHHVnPRR612dlpEWl2whiX3Zj1Y+pqZ4nl0W5pRwDqO72Max0WHS7UQwr7sx6sfU097brxWy&#10;8NV5IK4vaN6s9T6ukrJGNJb+1QSW49K2Hh/D3rA1S780mKI/KOrDvWsJOWxhUpKCuzI1K48wmKI/&#10;L3b1rJeDBPGa1ntxUDwc9K7Iy5VY8ydHmd2U1i+UcdqKthMDvRXG56s9uNF8qPqeGRQAyMHjYZBB&#10;yCPUVOwDDI5FePeAvHjaI6afqDlrBjhJDyYf/sf5V6/EylQ6MHRhkEHII9RXy1ejKjKzP0zB4mGK&#10;hzR+a7EbxmoWSr5UMKieLFYJnbKmUGjzULxZFX2j9qhdMVopWOWVIzniqu8VaTx8e9QPFmtlM5JU&#10;ira3MljLvXkH7y+tb8MyXUQdDkH9Kw3i68UW1w9lLuXlT95fWlOPNqtyqU3SfK9jaZfWlgs2uX7h&#10;B1aprJF1BRIh+TufT2rTEYjUKBgCuOU+XQ9anRVT3uhXWFY0CKMKOlMYelWGWomHNQmbyjbRFZxU&#10;Dd+KtOtQyDitU7nK42KrelQOKtMue1V3FaJnJOPYqSjk0xVyp+tTyLTIxkN9a3T0ORw1K7rx71Wk&#10;WrzrVeRfWrTMZQKEiVWlTNX5FxVaRcVsmcsoGdImKqyL61oypiqkqmtoyOOVMzpUzmqUqVqSpgc1&#10;TmXPSumLOOVMy5Y8ZqK3u5LGbzE5H8SnoRV2ZaozpwcVqnfRnM4OLujooLiO9hEkR4PUdwfeo5Y6&#10;5y2vZdPnEkfQ/eU9GFdJBdRX8AlibI7juD6GsnFw9DrhJVFZ7lGWLGaozRHBxWxKlUpozirjIznT&#10;MaePiqU0ea2Zos5xVCaLBreMjjlTMaeKlYHGKtTxjmqzcV0KVzmcLMiPHWtDwyM65bj/AHv/AEE1&#10;nk5rR8Mf8h62/wCBf+gmlN+4x0o/vI+qO8KnPtXTeAR/xMrn/rl/UVzhBrpPAfGo3J/6Zf1FeFWf&#10;7tn1uEjbEQO5oFIG9aNwrxWfXWHZ5pd1M3A0E0DsPzRTQaXIosOxV1XS7TW7CayvYFuLaZdrow/X&#10;2PvXzR8RfhzdeBNQDrun0qZv3Nxjlf8AYb3/AJ/y+o81T1TSrXWrCayvYVuLaZdro46+/sfeu7C4&#10;uWFl/de6PFzPK6WYQ10mtn+j8j49jYZ9qJrraCq8t/Kur+JHw6vPAt/uiDT6XM37m5I+7/st/tfz&#10;ri9uF4r6ynONWKnF6M/NqtCph5ulUVpIYRzk/nXT+H13aZn/AGzXM4JrrPDa50sf77f0qpvQUKep&#10;O8dQPFk1oNH3qB0rDmOj2ZQeOq8kea0HSq8iVSkHs0Z8ield74I8ab/L07UX+b7sM7Hr/st/Q1xM&#10;i81BIhzSnFVY2ZrScqMuaJ7u8HFRPBXG+BfHO4x6ZqcmG4WC4Y9fRWP8jXoLR+3NeNOMqUrM+ip8&#10;laPNEyWg5NQyQ1rND7VC8HtSUyZUTJeEHtVd7etd4MVBJBmtVUOaVExpLeoHg9q2XgwKgeDitlNH&#10;JKgYslsPSls9Il1G4EcYwP4mPQCtm00qS+nEaDjqzdgK6i002KwgEUS8dSx6saU6/IrLcKWBdV3e&#10;xmWelxadAIoh7lj1Y+ppZIjnnmtR4c1A8Rx61yqd9T0XQSVkjLeLJqB4hz6CtOSL0rn9V1AylooT&#10;8n8TDv7VvBt6I46lNQV2Zmq3nmExQn5P4mHf/wCtWM0XStNo81A8We1d0XynlTg5O7M54aheGtJo&#10;+ahaLmtOYy9kZxj5oqy0ZDH60VzN6nrRp+6ixNFg12Xw/wDH7aHImnai5bT2OI5GOTCf/if5VzE0&#10;XtVKaKiUI1o8shUalTDVFUp7n0rG6sgdGDowyCpyCKfjPOeK8a+H3xCbQnTTtSctp7HEcp5MJ/8A&#10;if5V7KjKUV0YOjDIIOQR7V83XoyoS5ZH32DxVPF0+aO/VdiMpmoXjzVxh6dKicc1imdUoFJ0qB09&#10;OlXnTI4qJ0q0zmlAz5EogsWuW7hB1ar0VoZ39FHU1dCLEu1RgDoKr2ltiY0OZ3ewy2b7FgRj5Rxj&#10;1rTWRZkDKeKzWAxTYpmt33LyO49awlHm1OyE/Z6dDSaoSKkSVJlDL0P6U1hzWaOl6kBHJz0qKQYq&#10;dumaifkVqjmlEquKhccVZkFQOtaI5ZIrSDimxD5W+tSOuDikjXg/WtL6HNy6kbrj6VXkXNWnHaoH&#10;UirizOUSjIvWq7jBq7ItVJR1reLOWUSpIuKqSrV5x1qtKg5rVHJKJQlXOcVSlXk1flGKqSrmt4s5&#10;JQM+VeDVKVe1aMi1SmFdMWckombOtR2t7Lp1x5kZ4P3lPRqszLzVGda1WujOdrld0dZb3UWoQCWI&#10;59R3B9KjlXIrkrTUJdMuPMj6fxKejCurtruLULcTQnIPVT1U+hrKUXB+R1Qmqi8ypKnWqE6cmtaa&#10;Mc1RmT2qkyJRMmeMc1msRzmtudOtYErcmuiLucM4iEjNaXhZs+ILb/gX/oJrJ3cVqeE+fENr/wAC&#10;/wDQTVTfuMimv3kfVHobV0PgTjULnt+6/qKwGGMV0Pggf6fcf9c/6ivCrP8Ads+twq/fROzzRnmk&#10;pPwryT6lD84NGc03k0DjpTGSZpRUWTT880DHhvWnKM801E3YJ6VJWbZaRU1XS7XW9Pmsr2FZ7aZd&#10;rxsOD/gfevmX4kfDm68C35ZN1xpczfuLjHI/2G9/519Sk1S1TS7XWrCayvYVntpl2ujDr/ga7MLi&#10;pYaXdPdHlZhl8MdDtJbP9PQ+NDxXXeF1zpQ/32/pUnxJ+HN34Fv96brjSpj+4uMdP9hvQ/z/ADwn&#10;hIbtIB7+Y39K+pdSNSmpwd0fnzoTo1HTqKzRfdeKgdKuyJg1A6+1ZKRqoFJ1qvIvpV2RKgZc54q0&#10;xcpQkX8KgkXirsqVWdMCrTIcSjInNejeAfH3mGPS9UkG77sFw56+isf5GvPpEzVWVMUVKcaseVl0&#10;qkqE+aJ9HGKomjrgPh78QvMMWlarJ8/CwXLnr6Kx/ka9KaLr/WvDqQlSlyyPpaU4V4c0TPaPioHi&#10;zWi8We1QtER2qUwlTM1oaLbTnvJQiD6k9AK0rewe7lCIPqSOBW9b2UdnEEjH1J6k0p1eXRbhTwvt&#10;Hd7FO2sYrKERxjHqe5NDx1dZOtQstYKV9TudNRVkUZE5qJ0xnNXnTBOeK53V9R80mGE4T+Jh3raF&#10;5Oxx1UoK7Ker6h5pMMR+Qfeb19qxWSrrLg1Eyda9GFkrI8aonJ3ZReMc1C0fpV946gaOtLnM4FB4&#10;6iaPn61fZCe1QvHz0q1Iz9mZjAbjx3oqd0+dvrRXO5HoxhojQmjGTVKWLGa15o89qpyxZHStU+pz&#10;SgYs8Wc8V2vw8+IbaC8em6k5bTmOI5TyYT/8T/KuYmi64FUJoKqcI1o8kyaNWphqiqU3qfTyMrxh&#10;kIZGGQynII9aQpkV4z8OviM2gummam5fTmOI5W5MB/8Aif5V7SpWRFdGDowyGU5BHrXzNejPDy5Z&#10;bdD7/B4qnjKfNHfquxXZMfSiO380+ijqatLCZD0wvrUxQKMAYArDmsdvs09WVzGEUADAHao3FWGy&#10;c1EVwaSY2iuwqJxirEgxUbDIrVM5pIhima2k3DkHqPWtFJVnQMpyDWY4zmmxTNbvkcjuPWiUbkwn&#10;yaPY0mFRMMHHanpIsyBlOR6U1x3qEby11IHGc1DIKsN0NQOMitEc0kVnGTmiIcN9acwxSwDKt9au&#10;+hhbUicCoHGatuuOtQOM1SZEolOQdc1VkXOauSLmq8grdM5JRKTrzVSVRV+RaqSrzWyZyziUZlBF&#10;U5Vq/LVWUDBrWLOSUTPlT0qjMlaMoqnKvBrpizllEzplyKoTJWnOuKpTLzW6ZyyiZU6Z5plnqE2l&#10;3AljOR/Eh6MKszJ3FUZl4J71undWZg007o7O1vYdSt1miYEHqvdT6Go5kxXGWWpS6XdCWLofvoej&#10;CuytbyHUrYTQnI7qeqn0NYSi4+h0Qmqis9ylPH+VctKw3tn1rsZo+vFcZOcSsPc1rTMKkSItj6Vr&#10;+ESD4htP+Bf+gmscnNa3g3nxFaDP97/0E1pN+4/QxpR/eR9UelkZNdB4K4v7j/rn/UVgkYrf8GcX&#10;05/6Z/1FeDV+Bn1mGjatE680dfak3UbjXmH0YvejNAOaMigoOPxqaJC5yeFpsMPmHJ+7VrGBxUSZ&#10;rGPUTaKQ048Cm1BY1hmmmn4pG9aCSnqulWut6fNZXsK3FrMu10fv7+x968Y1b4ez+B0ZEZrjT5JW&#10;MM+ORn+Fvf8AnXuJq0NPt9T0yS2uY1mgkyrI1dVHEyw/o90cOJwEMau0ls/66HzYy5qB0wa7Hxt4&#10;KuPCt2WXdNYSH93N3H+y3v8Azrk3UV9BCcakVKL0PiKtCdCbhUVmilIhwaruvOavOtVZVxWyZjYp&#10;yJz6VWkXFXpFyDVaRQRWiZDiUZV71VkU1flTtVWQYB71omZNGfIuDXqHw6+Iwk8rSdWl+bhbe5c9&#10;fRWP8jXmsqH0qrKvB9aKlONaPLIqlVnh5c0f+HPqJo6SCye7l2IPqewrzj4VePptRkj0bU2LMoxD&#10;dt0x2Vz6+hr2uG1W3Tag78n1r5yupUJcktz7HCqGKjzx2K0FmlpGEQfU9zSMmTVtlqJhXFe56bgk&#10;rIqMmKidcA5xVxx37Vz2ral5xaGE/u+jN6//AFq1gnJ2OWrJU1dlPVtS87dDCf3f8TD+KsVo8dqu&#10;umB0qJkzXoRtFaHh1Lzd2UnTioilXGjqNkrVSOZxuUnSo2j4q40eO1ROma0TMXApMlQunWrrR1E0&#10;fPtWiZHIZDqd7fWip3T52+tFc7ep6EYaI2ZYs1SmiwTWxJF14qpJFVxkc04GNLDVKaLNbUsOAc1T&#10;lhyMYroUjklAw54Rniu++FvjufTJ10u/LSab/BMf+WB9P90+nauWh0x72bYnAH3mxwK3IdOS1iEc&#10;Ywo7+p96ivyVIckjbCOrQqKrTdrfie/IVKKUIZCMgjkEU1l5rzbwX4vfSStjeuWsycJIeTF/9b+V&#10;elBg6BlIZSMgjkEV8tVpSoysz9Dw2Ihioc0d+qIGHWmFc1M6981GRUJmskV3FQsvWrLioWrVMwau&#10;V2WoHXmrLcE1C6nGa0OaUSGKdrZ8ryO49a0UmWZNynis2RetMjna3fcvI7j1oauTGfLo9jSPWopB&#10;yakWVZkDKeD+lMK0kaySexWcEnPalgHD05+OKWAY3fWqMEtSORSaruKuOKruPSmhSiVHTOarup71&#10;bdTVeRcmtos5pRKcg65qpItX5V3VVkUc1smckkZ8i4zxVWVcE+lX5RVSVa2TOWcTPmXPtVOVK0ZE&#10;qpKnWt4s5ZRMyVc1SmXFacqZqlMma6Ys5pRMyZKozJ1rTmX2qlMlapnK49zJnjpljqM2lXQliOQf&#10;voejCrc6cGqE8fWt1rozBprVHcWd9DqlsJoTkHhgeqn0NcVcH99J/vH+dQ2GozaTdebCcqfvoejD&#10;3qtaarBq6NPbvkbiGU9VPoalQ5W+xblz+pYJ461seDTnxHaf8C/9BNYrdK2fBZ/4qWzHu3/oJoqf&#10;A/QdKP7yPqj1IjBrd8H/APH9P/1z/qKxOorb8H8Xs3/XP+orwanwM+roK1WJ1tFNyaXPFeee6H41&#10;LBCZDk/d/nSwQeccnhRV3G3gAAVnKVtEawhfViKoUYHSkpxNNrI3sFJupaax/CnckKDSClzTuIaR&#10;3zWhYf8AHv8A8CNZ5HetLTxm3/E1E9jWiveE1DT4NUtJba6jWaGQYZWrwvxv4Jn8L3W9d0thIf3c&#10;2On+y3v/ADr3w8VX1Cwt9Ts5bW6jWaCRcMrVphsTLDy8jDHYGGLhbaS2Z8vOhFQSLmuz8b+CZ/Ct&#10;3uUGWwkP7qbHT/Zb3/nXJSJxX1NOpGpFSi9D4CtRnRm4VFZooSIcmqsi4NX3XrVd0rZM5WihKOKq&#10;ulaEqDmqsiZFapmTVzPlWiz0uXUbjyohgdWc9FFaFppsuoz+XEMf3m7KK6u1sItOtxHEMAdW7sfW&#10;iVTl06hClz77FO0sItNgWKIYxyW7sfU16V4E8eiTy9N1OTDfdhuHPX0Vj/I15/IO9VZOpriq041o&#10;2kehRrzws+aH3H0ayVEydewrz7wB8QAwj0zVJfn+7BcOevorH+RrrNV1AzboYThOjMO9eHKjOnPk&#10;Z9bDFUqtL2kfuKmrakZCYYT8g+8w/irGdauNHtqNo66o2irI8yo3Ud2UzH71GydauMmO1QsmTWiZ&#10;zOJTKc1G6AmrjJUTx9au5k4lR0qJk9qtmM9KjZKq5k4lNkqJk4xV1owaiePr7VakRymJKv7x/qaK&#10;kmUea/8AvGisrnfGOiOlljqpJF1rUkjzVSSPBPFCZhKBlzRDFQw6fJeS7EGB3YjgCtWGxe6k2rwO&#10;7dhWxDZpbRhFHA7+tW6nLoRGhzu72MuKwS1jEaLgDknuTQ0FajQ5zUbQ4HSsufudPs7aGY0Ge1dR&#10;4Q8VNpjLZ3jFrQn5HPJj/wDrfyrHMGegqNofapmo1FyyLpSnQnzw3PXeHUMCGBGQR0NQOD0rjPC3&#10;iVtNK2l0xa1J+VzyY/8A61dyyrKoZSCCMgjoa8epTdJ2Z9VRrRxEeaO/VFZhmomGOKlcYz2qNulJ&#10;MckQOMZqFhzU7ck1E64rVMwkiu4qu61YcZqJhVnPJEMczW7lh0PUHvWgsqzJlTkfyrOdcUyOZrd8&#10;ryO49aq1yIy5dHsaLDjNOtxlH+tRpKs0eVOanthhXHvUM2WrGsKgkUc1ZdcioH4zTCSKsgxVeQYz&#10;VqReDUDrmrRzNFN1xmqsi4PSrsoqtIK3TOWSKMq8ZqpKhq/IOtVZQcVsmcskUJV46VTmWtCVetU5&#10;lrZM5ZRM+ZKpyr1rRlHtVKROTW8WcskZ0yAiqMycGtSZOKozp144roRzyRmSJ1qjOmeK05lxms+c&#10;ZzW0WczRmXCAZrymw1yfQ9UkmhOV3kPGejjNetzp1rw29bF1N/10b+ddMNdCeU9f0vV7fWLNZ7ds&#10;joynqp9DXTeCWz4nsx/vf+gmvAdG1y40S8E8Byp4eM9GFe3fDHWLfWddsZ7dsg7gynqp2ng1lWja&#10;EvQ2pL95H1R7RjgVteEj/psx/wCmf9RWMfu1seEzi8m/65/1FfPT+Bn1NFfvEdWDmp7a3MzEnhR+&#10;tNtLYzHJyEHX3rSVQowBgeleZOVtEe/CnfViY2jAGBQfSlIpKxR0iY9qMcUtJTJG9aa3WnkevWmY&#10;DHpQhWEzSUtJimSKK09PH+jn/eNZnStPTebb8TUT2NqK98nIzikPFPIxTSOaxO1oq6hp8GqWktrd&#10;RLNBIMMjCvB/HPgi48K3e5d01hIf3UxHT/Zb3/nX0C3Wqeo6db6nZy211Es0EowyNXXhsTKhLyPK&#10;x2Bhi4W2ktn/AF0Pl2SPrVaRM12vjnwPceFLvcuZtPlP7qb0/wBlvf8AnXHSL7V9TCcakVKL0Pz+&#10;tRnRm4TVmijKtFrp8moTbIxgfxN2Aq9bafJfTeWg46sx6AV0VvZR2MAjjH1Pcn1NXKpyrTcxhS5t&#10;XsVrWyj0+ARRDA6k92PrTZOhq1J0qtIKxTu7s6GrKxVkqpL/AFq3IM/jXZeEvBwj2X1+nz/eihYd&#10;P9o+/tVTqRpq7FCjKtLliVvCPg3ywl9fph/vRQsPu/7RHr7V2JGKsbc0wr7V5Uqjm7s9+nQjSjyx&#10;KzLmo3Tg1ZZajccUkxOJVK+tRtHketWmT2qJkx2qrmbiVih71Ey8VbZcj0qMpkVaZk4lMpzUbJ3q&#10;2y9eKjdMirTM3EqNHxUJTFXClRMvUYqrkOJhTKBNJ/vH+dFSzJ++fj+I0VjdnZFKyOqkjz2pkdk1&#10;1JtXgD7x9K0ktGuX2qO/J9K0I7RIU2qMAfrWbqcpaoue+xQiskgjCRrgfzoeHPar5h5prRelZ850&#10;ezSM8w8dKYYc1oGI46VG0XtVKRDplAwmo3gJ5xWgYueKY0Rz0qlIzdMzzBx0rf8ADevvp5W2uWJt&#10;j91j/B/9as8w8dKjaEE0SSmrMqm5UZc0T0R1WVQwwQRkEd6qsuCQeDXP6DrbWRFvOSbc/dY9U/8A&#10;rV1UsayKCO/II715koOm7M9+nUjWjzLcz2FRMM5qy4PIxg1C3HHeqTJkiq6jrULDFWX78VE+MVqm&#10;YNFV+9QOMVZcVFIvFUmc8kQRzNA+V5B6itmxkWaNmXkZrFcVZ0yVofMI9RketOSugpvllZmq681C&#10;61MrrKu5TUbjrWaOpq5UdeT6VBItW3FV5ORVo5pRKko61VlWrriq7r14rWLOeSKMqZFVpFzxV2Qd&#10;arSDk1ujklEoSLx0qpKue1aEimqkyGtkzmkjOmXriqci9a0ZVxVWRevFapnNKJmSp1qlMmegrTmX&#10;rVKZcCuiLOaSMqZOtUZ161qzLyeKoTR5yK2TMHEyZ1614HfPi7n/AOujfzr6DnTrxXzxfki8uB1/&#10;eN/Ouuk73MXGxCXrq/hXrtxoXjWxmhOQS++MnhxtNcgzenWtrwO3/FVWX/Av/QDWsknFplRvF3R9&#10;laTq9vrVktxbtlTwyHqp9DXX+CrB7i7mdgVi2Yz6nPQV4b4CgvYtR+1IxSzHEqnpL/sj/HtX0X4S&#10;vLe9Tfb4CBMbO6nPQ18vi4+yTSPqcvkq8k5b/mdCqBFCgYA4pD0px6U09K8Q+qEJzSUUUyRCKQ07&#10;Oc00jimSxMU0n8Kd05ppI7UCEpMkUtIx96ZNgJyK1NN/49vxNZVaumc23/AjU1Njaj8ZZJzSdqcR&#10;SEVgdzQ0jNMPNSU0imTYpahp9vqlnLa3USzQSLhkbvXhvi/4eXWgaiFjzNp8p/dzn+H/AGW9/wCd&#10;e/BNx4ourCG+tJLaeMSQuMMp711UMTLDvTY83GZfDGx10ktmfPNvaR2cIjjGB3J6k02QV1Hi/wAJ&#10;TeHLnK5ks5D+7l9P9lvf+dcw/evehNVFzJnxlWjKjJ05KzRVkB5qvJVp/rXYeFPCHl7L6+TL/eih&#10;YdPcj19quVRU1dmVOjKtLliVvCnhDyyl9fJ8/wB6KE/w+59/auuZMcdasFSaaVFeVOpKcrs9+nRj&#10;SjyxKxHtUe3NWWXAPFMKHGaSZTRXK5qN14qwyUwrgVaZm0VSnWoyue1WitRsmKtMzcSs6ZFRFMdK&#10;tMmaYy+1XcycSqU61GyVbZOaiZSapMycSm0dRlOvFW2Qmo2jq0yHE5+df30n+8f50U+4GJ5P94/z&#10;oqDoUT0+O2WGPaox/Wgxe1XPLJ7U3ys15/Me1yWKRjphiz2q60NNMVVclwKRi9qaYuOlXTF7Uwx0&#10;XM3TKTRUwwj0q8YsU3y/yqlJkOBQMWDTWhz2q+Yfam+VmnzEOmUPJxWtourm0IgmJMJ6E/w//Wqq&#10;Yee9IYaJWkrMcOanK8TrJYhKuRj2IqjIhUnI5qnpWpNakQzEmI9GP8P/ANatmaESrlTz2NcbTg7H&#10;qRaqxutzLYZJqF1xVqVSpI71C6k1qmYtFVxxULjirTrj61E61oYyRUcVLZrlH+opGXIzU9knyyeu&#10;RTb0Mox94VHMLbh07j1q1vEq7lqu6ZqNHaFsjp3FTY1vyk7ioGUZNWQwlQEGoXTOaYNXKkq1Xdau&#10;Mv41A6496pM5pKxRdSc1WlWr0gwOlV5FrdM55RuZ7rmqsq1fkXPSq0icVtFnLKJnypmqcy9q0pUq&#10;nMlbJnNKJmSpwapTLmtKZPWqkycE1smYSiZM461RmX2rWlTPaqMyda6EzncTKnj4r5s1Btt7c/8A&#10;XVv519NTpXzHqH/H/c/9dW/ma66PUxkisWNd78HPC02veLbOeQGOyjLbn6FztPyr/jWN4O8GzeJL&#10;jzZQ0WnxnDydC5/ur/j2r3TwPaw2euWEEEYiijDKqKOANpqqtS0WkOKvJI9Fjto7WJYokCRoMKq9&#10;BXQ+CLySx1GZ0OR5fzKeh5FY7qK0vC4xezf9c/6ivCqawaZ7FG8akWj1a0uo7yESIeD1HcH3qRvb&#10;rXIWd7LYz+Yh4P3l9a6m0u472ESRnI7g9Qa8ScHH0Pq6NZVFZ7j6KUikrI6AxikGe9KeKaTVIVhp&#10;pCCKdjBpvemQNY4pCcinEA9qaRjrQIQVr6WP9F/4Eaya19L/AOPX/gRqJvQ3oL3yyRik61JjNNK1&#10;zne0MIoClvpS7C2KlVQop3Fy3GhQvSlpSAKSkWV76xh1G1kt7iMSwuMMrV4z4x8Iz+G7ncuZbJz+&#10;7l9P9k+9e2k0SWEV1EUnjWRTg7WGR7V00cQ6Dv0POxmCjjI22a2Z5D4W8JbNl7ep8/WOFh0/2j7+&#10;1dYy4rU1HTWsZOMtEejf0NUWXP1rrdV1HzM8uOGWHXIkVyoIqNkxVkp2pjLRcbiVitMZc9uKsMma&#10;aY+M0zNxKxSoypq0V4OKjKU07GbiVmWoytWitMdKrmMuUqsKjKVaZOaaVFWmS0VClRlPbFXGUGoy&#10;lWpGbiVGj4NQsuB0q6Y+KiePirTMnE5q4X/SJf8AeP8AOip7mP8A0iX/AHj/ADoqbm6TPV9mDTdt&#10;Wimabsryrnv8pVMeTSGEdas7RSFMiqUiOQqGLB6Unl/hVkx800rz7U+YhxKrRZphi4xVzYMdOab5&#10;dWpE8pTMWKb5VXPLyaQx80+YlwKXkg800w1dMfpSeUO9PmI5Cj5PFX9Ovzb4ilOY+x/u/wD1qYYv&#10;SmGLNN2asxxTg7o2Z4BMuRjPY1nSoVJGMEVJZXTQAI5ynY/3au3MCzJkYDdjWHwuzOuyqK63MhlJ&#10;FQsvarToU4IwRULDPWtkzmaKrpxU9iuFk+opjrirFgv7t/qKbehCXvCOuahkT8auOvNQSJ6UkynE&#10;qhjE2R07j1qfIkXI6VGwzmogxjbI/GrMr2HuuKgdatFg65FQuuKCZK5UkWqsic1ekHFV5F61pFnM&#10;0UZEqrMuKvSLyaqyit0zCUSjKuTVOZOtX5F5zVWVcZrZM5WjOlXtVKZa0pVzmqU6ZzWqZhKJnSqP&#10;wqlPGK0ZV7ZqnKmOtbJnPKJlzp1rwLw54Lm8TaxcyzBotOjmbfIOC5yflX+p7V9CTJnNc8tvHbII&#10;okWKNc4VRgCuuE7J2OeUSrb2kFlbxwW8axQxrtVFGABWx4QX/ipLT6t/6CazHGBxWp4Q58R2n/Av&#10;/QTUSfusIL3kejuuBWl4b4vJfXy/61RcetX/AA9xdyf9c/6ivMl8LPWpr30b7GpbO+ksZg8ZyP4l&#10;7EVXLZppOPeuO19D0k2ndHa2l5HfQiSM5HcdwalIri7HUJLCcSR8j+JT0IrrbO9ivoRJGeOhHcH0&#10;NcdSm4a9D1qNZVFZ7kpppp/Wm4rJHSJSEU6kziqIG0hx3o6UHBoJsNzWxpQzbf8AAjWPWxpP/Hr/&#10;AMCNZz2N6HxlsjFGN3FKRzTwMVgeikIqgD0opcZpCMUDGsKTFOJ9aljj5BNJuwJXEhhP3jUxGBRj&#10;FH1rPc0tYjliSaNkdQynqDXNahprWT9zGejf0NdP3pksKzoUddyntWkJuDMK1FVV5nGlaay8YrR1&#10;DTns5B/FGejf41SZa74yTV0eJKDi7MgK0xkqfbimmrTM2iuUx2pjLxVhlzTHXirTM3ErMnFNZQBV&#10;gqDTGWmQ4lYrTCnNWGWmkCnczcSsUphSrLLimMmapMzcSqUxUbLzVopUbLVpkNHNXK/6RL/vH+dF&#10;SXKH7RL/ALx/nRRc1SPWgvqKTaPSrUsBhcg/gfWoinpXk3PoGraMhMYPam+XU+00hTnpVXFyogKU&#10;wx1Z2c0hWmmTylXy6PL9qslBim7KdyeUqmPFGw4qy0fNJ5fFO5HKVdlJs9RVkxmm7M9qaZPIVjHi&#10;k8urLJ2ppjzTuLlKxjzVi2nMYCN9zt7UeX7UhjyOlF7iScXcnntxOvHDdjWZJEVYgjBFaMEhjO1v&#10;u9van3FsJl9H7GknbQuUedXW5iyJmrFiuEf6imSIUcqQQRU9ivyP9RWrehzpe8OZCTmoJBzVpuOK&#10;hdealMpoqOlQOnpVx1PpULritUzGSKoYxHI5p+Q65FEi+1RcociqMthHX3qvKtWywdcioZBmmRJF&#10;CRarSDI6VfkHPSqsgraLOaSKEi8VUkXt3rRlXiqcqY5rdM55RM+VcGqkq1oyrVSRK1TOdozJU61S&#10;lStSaPmqUsdapmEomZMlc1N99u3NdXNH3x+lctMPnb6mumDOaasVj6Vq+EAP+EktB/vf+gmstgRW&#10;r4PH/FSWnr83/oJqp/CyY/Ej0t1q5oXF1J/uf1FVWHNXNEGLp/8AcP8AMV5kvhZ6kF76NhqYWP4U&#10;49cUw8cVzI7xC2KnsL+TTpxJGcjoy9mFVycGkNO19GSm4u6O5sr2K/gEsR47qeqn0NTfWuFsNRk0&#10;+4EkZ46Mp6MK7OzvotQgEsZyO47g+hrhqU3DVbHsUayqKz3Jm7U0g089abnmsjpaG0hpaKZNhnSt&#10;jScm2/4EayQhY4A/GtvTF22oA/vGsp7HRh175aFLRikrE9EM0hGelL1qWKLPJHNJuwJXGxxYwSKl&#10;FOI4pOhrPc2SSEoxxRRQDQAUnQ0tIRQQMliSeNlcbgeoNc5f6e1nJ6xnoa6UGmzRJPGyuNwPatIT&#10;cGc9Wkqi8zkSmaY0fpWhfWDWT55aM9G/xqoRmu1Svqjx5QcXZldlxTCuetWGUc0wpx0q0zJogKVG&#10;Vqwy+lNKVaZDRWK+1MZMc1ZK57UxkwKpMnlKxTmmstWCv40xkyOlMzcSsU5qNo+tWWXmmFOaZm4n&#10;MXK/6TL0++f50VJdIPtM3++f50UF2PapYhIuGqi8PlsQ3Tsa1CN/XionjDrgivHTPqpR5jN200qc&#10;1ZeIqcH86aUFaXOZxK5Wk2c1OU9KTbxTuTykBWkKZqwVzTSuDTuLlINmKQqanKZpCnHSi4uUhIJp&#10;u3jpU5Shl9qdxWICg7U0r7VPs9aCmKdyXFFcpmk8s5qfZ7UBD2p3E4lcxZp8Z2jBz7VKUzTdmKLh&#10;y2Ibq2WdSejDoarWiFPMUjBzWgOlIUzk4pqXQlwTdyq4yKhdMVaZcVE6elUmZuJWdcioHXHarTDi&#10;omXNaJmLRUdOaryLmrsiYqu6c1qmYyRTyVY4pSQ4zmnyLUJBXkVRjaxHIvvVaVeKuNhhxUEqVaZl&#10;JFCRSaqyrjNaEi8VVkSt0zBozpVqrKnWtGWPrVSVK1TOaUTOkSqcsfJrTlTjmqkqVqmYNWMueOuP&#10;mX52+pruZo+K4mdf3jn3NdFNnNURTcEdq1fB/PiS0/4F/wCgms5xWr4PGPEdmP8Ae/8AQTW0n7rM&#10;4r3kemEVa0gAXL/7n9RVdhVnTP8Aj4fP93+orypfCenFWkjVbGKjbrS/jSEVijrGHOaTNKeDSGqJ&#10;ZG2D14qewv5NOnEiHIP3lPRhURUZphGOtPR6MSbi7o76xvor+3EsTZHdT1U+hqbGa4LTtRl02cSR&#10;nIPDKejCu2sL6HUbcSxHI7qeqn0NefUpuDv0PZoV1VVnuSkUKhY08R7j7VKqhRgVjc60rjQoXgVq&#10;ab/x7/8AAjWYRzWppv8Ax7f8CNZz2Omj8RaNN704ipY4sfMawvY7rX0EiiwMt17CpQMUUVBqlYKQ&#10;ilopAMopxGaQjFMYlBHeig0EWGiinYBpCfagQyWFJo2VwGB7GufvtPa0fpujPRq6IGmyxrMpVxkH&#10;qKuEnE56tJVF5nKFKaVxWheWTWz/AN6M9DVUoBXYnfVHlSg4uzK5QUxkqwUpmzA4q7mTiQbfamFM&#10;CrJTcKYVz0FVcjlK7JmmmOrDJTTH61SZLRVZcdqiKZ7VbZOfao2jqkyHE5S6T/SZv98/zop92g+1&#10;zf77fzoqri5T2ejGaUikzXin1TRHIgYYPNV3jKnFXfvcVG6joatMhq5U20mzmpimKQqBVGViIpSF&#10;fapcCkxTuHKiLafSkwam25pNpouJxItlJsqUrmjaKLk8pCVzTdlThBRtp3E4kOzim7Kn2+1IUouL&#10;lISntTdue1T7aQrzimS4lcpzSlMCpilNKYouLlKzJmoWSrrJkVA6e1WmZyiVGTAqF1FW2XGagZc5&#10;rRMwkis65FV3SrbrzULDNaJmDiU3Sq7pxV2RRUEi85FbJmLRSYbOhppG4VO8dQMMHjiqMWiCRPaq&#10;0icdKutyKryLVpmMkUHj9qqyxda0JlqrIvWt0zBozpI8E1VljyDWk6YqpInPStUzCUTNkjwTXCzp&#10;++f6mvQpV4PFcBOv71+O5rops5KiKbKSTWr4OT/ipLT6t/6CazXXHPU1reDx/wAVJZn3b/0E1tJ+&#10;6zKK95HpbpzmptOGLhv93+oprLzUlkMTse23/CvNex6SWqL/AEFIPpQTSd/WszcVhk0wjFKT2pDQ&#10;A31pOGFO96a9UmSxhXFWdMvZrG5V4ec/eU9CKgVS7bQOatxRCJcAZ9TUytazHG6d0dtZXcV5AJIj&#10;x3B6g1Y7VxljeyWM29Ondc8EV1lpdx3kIkjOR3HcH0NedOHI9D3aNZVFZ7kpGK1dMGbX/gRrKxmt&#10;zTIDHbgOMEknFc1R2R6NFXkWI4gDkipMYp1IRXIejaw38KKU0lUIKDRRTAKQjNLRQAzGaKWipuMS&#10;kIJp1JVEtCbaTpTqRhQSMkjWVCrAFSOlYl5ZNbNnkoehrdpskayqVYZB7VcZcphUpqa8zm9uaYUz&#10;7Veu7Q27eqdjVdlxXUnc86UGnZkBSmbKnKU3b7VVzJxK5XFIVyOanK496ayZqrkuJAU4qMpjtVgr&#10;UbCmmZ8pyV5H/pc/++386KlvB/pc/H8bfzoqrhynrhGaMU6k7V5Z9INpSuRRijkUEsjdBUZUg1Oc&#10;Ee9MIxwatMmxEV56UYz2p/Q0VQrDCuKOmafSbRQTYYFo20/ApAtAWGbRSbc9KkIz0o20BYjxikIq&#10;TAowOlBNiEgGjbUuKQrmgVkRbaQr2qQrRjii4uUhKYqOSPPSrJGetIVzTTJcbmfInbvVV05IrUlg&#10;yMjrVSWL25rWLuc8oWKDpzULLg8Crjrtzxg1Aw61qmczRUdepqB15xVtxjtULqDWiZg0UpF5qB4+&#10;tXXSoHQ49q1TMnEouu00xlB/wqyyA1A6EHIqjFoqypVWRKvsuc4/Kq8i4rWLMJIz3jyDVSROTWjJ&#10;GaryR4zWyZi0Zkie1ee3C4mk6fePevS5I8HpmvObpT5z/wC8a6abOOqtig68npj61reDR/xUtnx/&#10;e/8AQTWe6mtXwcn/ABUlmR/tf+gmtpP3WYxXvI9MZaW0G2U49DTmHNLAP3nH9015/Q9G2pYJpM0Z&#10;oqCwzikJ+lBPNJmgBeg96REZ2CgAn+VOVC7bR1q7FGI1wPxPrScrDUbjYoBEuOp7mnbSO1PNA5rK&#10;5rYZtI9KsWN3JYzB05B4KnvUWDnpXV+H/Dvkhbm5XMnVEP8AD7n3qJzjFam9ClKpO0TX0u13xrPI&#10;pViMhG/h+ta8I4qqoK1ahOV4ryJtvU+qpJRViTtRR2orI6RppMU/FIRQKw2jFKeKQ07kh70EHFFI&#10;c9qYCEYop3Uc80hFKwCUmKWkoTGGO9GM0vSiqJsIRgU2n4ppHFAhkiCVCrDINZF1am3fjlD0NbNN&#10;kjEqlWGQauMuUxnTUzBKZ9KaUzVq5tWgfqSh6GoeldKaZ57jZ2ZAUpCmam20hpkOJXZMe9MK+1WC&#10;maY6VVyGjjr1f9Mn/wCujfzoqW9QfbZ/+ujfzoouLlPVe9LSUdK4D3kxTTTS0YoFYbSMAaUjmigm&#10;wzoaCM0/GaaQRVJiGbaXZTxg0owKLgRbaMYqbC4pABRcCLB9KOlP288UFc07ishlIQKcV9qTbTuF&#10;hMcU2n44owaYrDMZo207GRRigLDMc0hWpMUhGaBWIymKhmg3qSOtWsUmKNiXG+5jyR54I6VVdCCQ&#10;RW1cW5cEjANUJItw9GFbKRxzhYznWoWSrroc9MVAyDNapnLKJSZOahdKusvWomTI960TMXEoSRnt&#10;UEiEjmr7rjioXjzWqZlJGc6Ec1Cyg/Wr7xZqu8WM1VzGUShJGRmq0qZrRePI5qB4q0jIwcTNkSvN&#10;rtR50nX7x/nXqUkXBrzS6i/fSf7x/nXXSd7nFWWxnsuQeK1PBqf8VHaZz/F/6CaptEfT9a1PB8X/&#10;ABUlr/wL/wBBNbSfus54r3kejsmDSQrtl/4CasFQKYExID7GuC56NhSnvTcYqTFIQMGkFhm3IyKV&#10;Yy5AAyaWNGdtoFXY4fLHH4mhysVGLY2KIRrjvUm04604p70u3A61kbpCIPWgxk4x1qQJnt17V1Og&#10;6D5AW4uV/edUQ/w+596znNQV2dFKjKrKyI/D/h7yNtzdDMnVIz/D7n3roulHeg150pOTuz36dKNK&#10;PLEO/Wp4OFz71BU8P3KiWx0Q3Jgc0tMBxTgaxNxTRRRQAhpKdSYFArDaKUCkppiCiiimITFJg06i&#10;lYBuDQRinfjSEUwEpKWigGIRTcU7FGKZNiN0DqVPINZlxbGJuOV7GtcimOgdSCMg9qqMrGU4Ka8z&#10;EKYpCoFWri2MJ9VPSodlb3ucLi1oQbOaaycVPtyelNZetUmS0cZfA/bbjn/lo386Kkvl/wBNuOP+&#10;Wjfzop3FY9OoNGaQmuM9YAfWndaZ1pRQFxcZpCMfSl60tA7DAaDzSkUlBFhMEZpRzS5OKaeDxT3E&#10;OC0EUoORRjNIuw2inYFJjmgVhKCM9aXFGKBWG7RRtFLRQFhu3n2oKU7NGadwsR7aQrxUtJjNO4iL&#10;GO1LUhFN2mncVkMIzVe4tt+WUAN6etW8U0rzTuJxTMaaDd7GqjR9Rjmty4t9+WX73p61Qki3L6NW&#10;0ZHFOnYzGQcjvUTp2q7JGQcHrUDKCea1TOaUSm6CoWjq9JHk8VAy/lWiZi4lJ481A8XWrzLUTIfS&#10;tEzJozpIutVnjxmtR4zg5FV3jyPeruZOJmvH1rzO7iHnSf7x/nXqjxsM5Fea3QJmkAAzuNddF6s8&#10;+vHYzWiwO1ang+L/AIqO0Ix/Fn/vk1UeM9xj8a0/CCn/AISG04GMt/6Ca6JP3WcsI+8j0RowaiMe&#10;HH0NWivzHjFRup3Dp0rzkz03EiK0LEXO0dalVGdsAZq0kewDHWi9hKNyOOARrxj3NS7aeASOlKFI&#10;qbm6joMCZp2zJAABpwQk8da6jQtBEQW4uFBk6qh/h9/rWc6igrs3pUZVZWQ3QdAEOLm4UeZ1VD/D&#10;7n3reIxUgApCM15kpuTuz3qdONNcsRlJ/npT2HSkwfQ1NzQYasQAbPxqLFTQ/d/Gk3oXHcftFJ0N&#10;Oo6VBqH40Uhzn2paADpR3oooAKaVp1FArDM0Z/KnY5pMU7iE6UUfzopgHWg88UUZoENxRinUGiwx&#10;uKTrTzg00ijYQhGaAMUvSimKxG6BgQeQe1UJ4DEf9nsa0uKa6BlIPSqTsZThcySnNNKYq1NA0Tf7&#10;J6GotpHWtU77HI42OMvh/ptx/wBdG/nRT7//AI/rj/ro386KYuU9EJzSUUVzneLimlu1O3YqNjTS&#10;uSOV8dakqDNLG+OtNopPuS44pCAKXrQRmpKsNPtRS4ooJG4x0p4ORTaOhzQwTsPooX5valxS1LEp&#10;MUoFGOaAG7eKNop1JigLCYFBXg0tFMVhuDRg+lPooFYZ9aKcRmk20CsJigKM80EYOKKBWGlOeKr3&#10;FrvBZR83p61aoppsTjfRmJLDuJ7MKpyR4zxzW9c2ok+Zfv8A86zpYd/bDCuiMjiqU7MzHUY/pUTo&#10;MVbkQgnPFRFCa1ucziVGTg1E8QwauNGSOtQtH71omYuJTZeMGoJY/Y1eePNROmKtMyaM6SIkfSvM&#10;LqPFzICOrH+detNHmvM7qHdNJzzuOPzrsovc8/ER2MiRD0rU8IR/8VFa5H97/wBBNVWiwSM4PtWp&#10;4TjP9v2mTk/N/wCgmuiT91nJFe8jv2QZqFoizgAc81dERdgBUjQCMDnJ5ya8+6PUcblaOEIMD9af&#10;t4qXGBRsJPWlcpKxGo9qcF596kCEj+ldJoeheSFuLhcydUQ/w+596znUUFdm9KlKq7IbomgiHbcX&#10;CfvOqKf4fc+9b1LyopO9ebKTm7s92nTVOPKg7UUZoqTQXOaM0nakoFYd160+IAAgdKjqSLoaTKju&#10;SdKKKKk1CijpRmgAooozQAUUZooAKKPxozQAmBSYp1FAmhmKPwp55pp4NNCEoP0oyKKoQUjdaWgj&#10;NJgNopcUYpagJSU7FJimA11DjBGRVGaAxt6g9K0Ka6BgQelUnYzlBM88vwft1x/10b+dFa15oRe7&#10;nYTKAXY4x70VfMjDkOspwGO9NpSc1mbsY/WkpxGabVIQ09aTGacQce1NzVAOSTbwenrU/aqx6c06&#10;OTbgHpUtFJ20J6QiilqCxlFO2j0oIH0pktCA4p4ORUZoBIoBaEtHOKQHIpaRYEZFFFFABmkbnmlo&#10;pCG0UpGTRtNGwCUUu2kIxRcBMUYFLRRcBMD0pCDmnd6MU7hYZg1BPbeZ8yjB7+9WqKd7EuKZiTW+&#10;/pwRVNoyCcjFb9xbh/mUfN/Os6WEOD2IreMrnFOm0ZpjqFo6uum3IIwai8sVsmczRTMeT0qN4s9R&#10;VxlyaY0Y9aq5k4lCSPjpXm9zF++kwM/Mf516k8OB3rzq4tx58hx/Ef5110Zbnn4mOiMiS2LDlRmr&#10;3hO3Y+IbZQuCN3/oJqe3sHvJhGi/U9gPWut0DRreK+tkUfMpJ3nrnaa2qTSizmpU3KSNhYAi9Kjm&#10;TleK0ZYDGxUjBqtPGCFrz1I9eULIphMdqXZnoMk1OI8n1re0fRhCRPOPn/hU9v8A69EqiirsKdF1&#10;HZDNF0QRBZ50HmdVQ9vr71t9KWjmuCU3J3Z7dOnGnHlQlIRS4oxU3RpYbilxS4paAsM2ml2mnUlM&#10;VhuDUsXQ0ypE+7SY0h2aKKKksM0Z96KKACjNFFABmiiigAzRn3oooAKM0UUAGaSl5ooAbtpMGn0U&#10;CsMxRTiMim4NO4gooopgJn2oNLSYzQISilIxSUrgZM6/vpP94/zopZv9dJ/vGincDSop9BFFyWiM&#10;4pCakxRx6VVxcpCaSp8ZpCtO4WIKOtTD6UcUcxLVyOKTZweR61Y3ZqLApytg4PSpZcX0Y6ilGKXi&#10;kUN/GkPJp9HFFx2I14PFTK2RTeKTdjpSDYeRSbacDkUUhjdvNG3inUU7hYZS7eKdRRcLDKKfijFF&#10;wsMxSAYqTFGPai4WGUYp+KMUXCwyin4oxRcLEZHeoJ4A/wAwGG71boxRewnG5iywbx6GqjxsCQRX&#10;ROgPOKiZA3bmtVM5pUbnPGPAyRTfLNdB5a56UeUvoKv2hi6Hmc20ZI7Vwv8AZ0l1duqAD5jkntzX&#10;r3lL6D8qrLCiEgKPyrWFbl6GFTCe0tqcNbWKWsIRB9TjkmtDRosanD+P8jXWbEP8I/KnwogkX5QP&#10;wpyrXTQQwijJWexVntxKMHjHQ1lXMLIVDCupwPSkMCuVLKCQcjPauaNSx2Soc3UytL0ny8TTD5uq&#10;qe3vWuBgU4KPSjA9Khycndm8KagrIbRTsD0owPSpuaWGY+lJUhXNJsFIVhlFPKgUmKBDaKftpMe1&#10;MBuKen3aTHtTl6UMpC0UUUhhR+FFFABRSUtABRRRQAUUUUAFFFBoAKKKKACiiigAoFFFABSEZpaK&#10;BWGkYpKfRTuFhmBikxipMUh6UXCxjTf66T/eP86K0GA3HjvRRcLEwWjFLQaYhuMUU7FBANIBtFKR&#10;gUlMQhHFGOaWii4WGkYFJT6KYrCI2OO1PphFKpwOaTGnYdRRRxUlB+lH+elHFHFMQAkU4HNJRnFA&#10;0O7UGkBzRSGLRRRQAUUUUAFFFFABRRRQAUUUUABooooAO1NZc06igCEjNIBk4qZh6YpuKdzNxGKM&#10;Cq5ANWcEVWJweKqJMhp9hT4eZFoABqaGLB3Gqb01EldkoHSnUUZrI3CiiigAooooAKKKM0AFGKM0&#10;UAFJtpaKAE2iloozQAUUUZoAKKKKACiiigAoozRQAUUUCgAoozRQAUUZooAKKKKACiiigAooooAK&#10;KKKACkNLQelAFVj8x+tFI/32+tFAForSbPenUUCsMpKk2j0owKdwsMop+0UmKdxWGjkUEU7FIaQD&#10;MUYp2KKQ7DdtBGKdjNBGe2aYrDQfenUm005Qe9IaEzQDT8CjAoGMop+BSYHpTuJob0pwNGB6UYwa&#10;AFooopDCjNFFABmiiigAoo60UAFFGKKACiiigAzRRRQAU0j0p1FADCOKrFcGre2mCLnJHNUnYiSu&#10;Mihx8zDPpU/Sj8KKTdykrBmiiikMKKKKACiiigAozRRigAoo/Cj8KACiiigAooooAKKKKADNFFFA&#10;BRmiigA60UUUAGaM0UUAFFFFABRRRQAUUdqSgBaKKSgBaKSloAKKPwooAKQ0tIelAFV/vt9aKH++&#10;31ooAt0UUUAFFFFABRRRQAUUUUAFFFFABRQKKACiiigAooooAO1FFFABRR2ooAKO1FFABR+FFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAHWiiigAooooAKKKKAA&#10;UdKKKACiiigAooooAKKKKACiiigAooooAKKKDQAUUUUAFFFFABRRRQAUUUUAFFFFABQelFIaAKjk&#10;b2+tFMkJ8xvqaKANCkoooAKKKKACig0UAFFFFABRRRQAUUdqKACiiigAooooADRRRQAUUUUAGaKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo60UUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUdqM0UAFFFFABRmig0AFFFFABRRRQAUUUUAFJS0UAFFFFABSUtFABSUtFABSUtF&#10;ABSGlpD0oAoSf6xvqaKJD+8b6migDQopaSgAoopaAEooooAKKKKACjvRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUd6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;ozRQAUUUUAFFFFABRRRQAUUUUABooooAKKKOlABRRRQAUUUUAGaKKKACiiigAooooAKOlGaSgBaK&#10;KM0AFFFGaACiijNABSGlzSGgDOl/1r/7xool/wBa/wDvGigDSooooAKKKKACilooASiiigBaSiig&#10;ApaSigAooooAKKKKACiiigAooooAKMUUGgAooooAKKKKACiiigAo9aKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAo70UUAFFFFABRRRQAUUUUAHSiiigAooooAKKKKACi&#10;iigAooooAKKKKACiijNAAaKM0UAFFGaKACiikNAGXN/rX/3jRSzf65/940UAalFFLQAlFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUGiigAooooAKKKKACiiigAooooADRRRQAUUUUAFFFF&#10;ABR+NFFABRRRQAdKKKMUAFFFFABRRRQAUUUUAFFFFABiiiigAooo70AFFFFABRRRzQAdKKKKAD8a&#10;KKKACiijtQAUYoooAKKKKACjNHNFABRRRQAdqDRRQAUUUUAFGaOtFABSGlpD0oAypm/fP/vGio52&#10;/fyf7x/nRQBt0UlFABRRRQAUUYooAKKMUUAFFFFABRRRQAUUUUAFFFFABRQaKAA0d6KDQAUUUYoA&#10;KKKKACiiigAooooAKKKKACig0d6ACiiigAooxRQAUCjFFABRRiigAooxRigAooooAMUUUUAGKMUU&#10;YoAKKKKACig0YoAKKKBQAUUUUAFFFGKADFFFGKACijFFABRRRQAUUUUAHWijHNFABiiiigAooooA&#10;KKKKACjFFFABikNLSGgDHniYzyH/AGj/ADoqaUjzX/3jRQBp0UUUAHaiiigAooooAKKKKACiiigA&#10;oo6UUAFFFFABRRRQAUUUUAFFFFABRR0oxQAUUUUAFGKKKACiiigAo60UUAFFFFABRRRQAUUdaKAC&#10;iiigAooooAKKKKACjvRRQAGiiigA60UUfjQAUUUUAFHeij8aACiiigAxR0oooAKKKMUAFFFFABQa&#10;KKACig0fjQAUUUUAFFFGKACiijFABRRRQAZozRiigAooxRQAUetFBoAypv8AWv8A7xopZv8AXP8A&#10;7xooA1KKKKACig0UAFFFFABRRRQAUUUUAFLSUUAFFFFABRRRQAUUUUAFHWiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKMUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUYoxQAUYoooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKSgBaKM0UAFFFGaACiikoAWkNL2pD0oAy&#10;Zm/fSc/xGimzg+dJx/Ef50UAbNLSUUAFFFFABRRRQAUUUUAFFFFABRQKKACiijrQAUUUUAFFFFAB&#10;RRRQAYooooAKKKKACjFFFABRRRQAUUUlAC0UUUAFFGc0UAFFFFABRRQeKACikpaACgCiigAooooA&#10;MUUUUAFFFFABRRRQAYooooAKKKKACjFFFAB+FFFFABRiiigAooooAKKKKACjFFFABRRRQAGiiigA&#10;xmiiigAoFFFABRRRQAdqQ0tIaAM6X/Wv/vGiiX/Wv/vGigDSooooAKKKKAFpKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiijFABRRRQAVy2q6nq83iv+ytOns7aNbIXTSXNu&#10;0pJLlcDDrgcV1NcPqujy6r8RyEvrzT1XSxl7Qqu7963BLKa1ppNu5yYlyUUo9WttC9o/jAQ22ppr&#10;j21lcabci1lmR8RSlkV0Kg8glXHy8kEHk07XfGMA8I6tqek3MN1JaRMw53BWAzhh1H0rG1PRLHwf&#10;q2g3ZjkOmwzzyXVzKzSMJ5EAWaRjz2Zdx4G4dBWX4ouItcTxfqGmDz7FtIS3aeIHZPMGc/Kf4tqs&#10;ASP7wGeDjoUISkpLbT03tY4Z16sIShJ6q/rte9/Lbbp8j0mz1CC7EywypK0D+XKqnJRsA4PocEH8&#10;ao3PjLRrOKGSbUbdUm3GM787gpwxGOwPU9K5Pxc97oGt7tNRhJ4hjWyDIM+TdAfLKR6CPeT/ANcl&#10;FVdVk/4RHxTa2ukptij0mO2YG0muhGqO3l8RAsp5Yndw2BjoazjSTSfc1nipQurWs7P57dum527+&#10;MNGSwjvjqVq1pI+yOZJQyu3ouOp9hUkfijS5tOF8l/bmzL+X53mAKGzjaT2OeMGuE0mbTdFvvDt4&#10;boT6Pb2VxZi9kQokNwZELB1P+rJCsBnGNu3uMw6isesXOo3ttD5ulXWraWFbZlJ3SZPMkA7rjYN3&#10;Q7D6VXsY36/07W9SPrc+W+l+3yvf0vp+p6FpXiXTdbklSxvIrl4gC6o3IB6HHofXpVfxtrE+geFd&#10;R1K1WNri2iLosoJUn3AIOPxqjdxFfiNpUiqQG0y5VmA4OJIcAn8Wx9TSfFNd/wAPdcXBINs2dvXG&#10;R6VnGMeePZ2/M6Z1J+xqPrG/5XIrrVdb0HUNKW+msb+0vrgWpW2geGSNmUkMMu4YfLyOMDntWxce&#10;LdItNRWwm1C3S7LKnlGQZDHoD6E9getcJcf2E2paRP4avJr/AFdLmJMJcyXSrAWAm372YINm454O&#10;QAM5wa/jHXpdS0jX7VZba0lSd4hpqWrSXUuxhiUkEYDABg20gDHPpv7JTaurfh+BxfWnSjJp37a3&#10;W219Nfy8z0PUvF2kaPcLBe38FvMV37HflV9T6D3NVLHxFv1XxALqSGKy09oispO0BWiVyWY8dTWL&#10;pWtWHhrWfEceryLbXNzd/aI2kUk3EJjRUEfHzEYK7Rk57cjOPqdjcSeLtY1Qwy32kW1xbyz6asZD&#10;OPITEoHVyh52Hr2+YAVEaSd0+3+WxrPEz0ku+3ZWe/57fed5f+L9J0vyftd9Db+cnmIHbBKf3vYe&#10;54ps3jTRLe1iuX1O1FvKpeOQSghwCASuOvJA49a4nV9daDxjeT6bIJYLzTbfzJhZTXarzIVwIgSv&#10;ytnDYzkY71b8P2ent4j8KCyk+3Wdno11FDcMvIZZLdDnj5W4YY6jkUeyio3d/wCkH1qcpOMbb2/F&#10;K++vfp28zrLzxlo9hHbvPqEEa3CebFl+XT+8B1x71ch1qyuGtljuYpDdIZYNjg+Ygxllx1HzDn3F&#10;coup2fhrxjrk2rSJZi7SBrW5nO1HjVMGMMeMhtx29fmBrB0WVdCv9F1S9RrDSpLjU/KadSiwpNKr&#10;xbs/cDBGIBxjIHB4qVSTV1/Wly3ipRlZ2318tUrv1Tv/AJnpE+u2FsLgy3UMYt3RJS7gbGbG0H0z&#10;kY+tQ6X4o0vWpZYrK9huZIgGdEfJCnofp79K8+1KaLW08STRRNNaz6tpe0vEdsqiW3BIyOV4PPTj&#10;0rW+Idhd3WqLHp6MLyXQ9QiiZODvPlbRntz0qlSjdJvf/JMTxU7OcVdL8bya0+5Mv6r4/sXutLtt&#10;Mvra4muL5Ld1Dbsoc7ip6HBA5GcV2PavNL7XtI1a38KWulDzPIv7djBHEd1qoVhhxj92R0wcGvSh&#10;0rOpFRS0sbYao6jk3JPbbbYWijNFYHcFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR0oAK&#10;KKKACiiigAozRRQAUCiigApD0paQ0AZsrfvX/wB40Uk3+uf/AHjRQBqUUUUAFFLRQAlFFFABRS0l&#10;ABRRRQAUUUUAHaiiigAooooAKKKKACiiigAooooAKKKKACjNFFABRWV4q1GXSPDeqXsBUTW1tLMh&#10;cZAKqSM/lWb4a1qe+1W6tvtkWp2kUSuLqGPaFckgoSCQTgA8dM89qtQbjzGLqxjNU3u/6/Q6ekA7&#10;8Z9ayvD+ozanFdvMFBjvJ4F2j+FHKj8cCsrxR4pm0bVLeKExG3hAnvi/VISwQEc8EZZu/EZHehQb&#10;lyrcUq0Iw9o9jqiAeoFG0dMCsbX9TubKG0itBH9qvZxbxtMCUQ7WYsQCCcKjcZGTjmrGmWuoWwlF&#10;5epeKcbCsPlsPXPJB7Y4H40raXL57y5UhbvRILzVrPUJCxltFdYkz8gLYBbHrgYz6E+tUb/wqbrU&#10;5b+01C5025mRY5jb7GWQLnGQ6sMjJ5GD+lUdE1q41HV7iN9R2+XdzRC1FqcFUYgfP64Ga6xuhqnz&#10;QdjGKp1k2l1/H5MoaLokGh2P2aHdIpdpHklbc8jscszHuSav7R6CuRi8Qai+qjRdi/2ik3mSTbT5&#10;f2TORIP9o/cxn7249BV6/u9Qvtak06ynSzjt4EmmnZN7EuzBVUZwPuEknPahxlfUI1YKNoLyt+ny&#10;Og2j0FBAI9aw9B1O6uU1C3vPLa7sZ/IeSIEI+UV1YAk4+V1yMnkGqcHiC6l8K6NqLbPPvGtRIMEL&#10;+8dQ2B9GNLkZfto2v6/hozqNoHYUbFyTgVyvi/xC+iXemxm/i063nWVpJ5Y9+NoUgdfc1r+HLy6v&#10;tItZ72Pyrh0yy7SueeG2nlcjBweRnHahxaipBGrGVR01uv8Agf5mntHoOKNo9BWB4zuNQ07Rrm+s&#10;bpbdreMsUeIOHPGO/FP1W5vNE8LaldvcLc3VvbyzLIY9oJVSRkA+1Ci2k+43VUXJNbK/9fcMvvCZ&#10;m1K4vbPUrrTJLkL562+wrIQoUNh1bDYAGRjgD0rS0bR7fQ9Pjs7dSI0LNl23MzMSzMSepJJJPqao&#10;eH7qW8SZ21A3qjAANsYtp/HrWaniO+bxF/wj5EX9oBvtBn/g+ybuuM/fz8mP+BdOKu0pe72MVKlC&#10;1S2/z3/DX/hzrigbqoP1FBUHqAa57xTLqVkLaWzvlt1kuILdkaEP9+QKTnI7N+lblpFLDAiTS+fK&#10;B80m3bu/DtWbVkmdCneTjbYl2j0FGAewrC1jxCuk+ILC1mbZbz2s8pIRmO5HiC9AeMO36U/wxrh1&#10;wam+QYoLtoYyEKnaEQ8g98safJK3N0J9tBz9nfX/AIFza2D0FLXJeD9ZudaihuJtRErPFve2W1KB&#10;SfRj1xVDxL4svdO129tLa7ijlitYZbWzaEu11K5l+TIII/1Y+nJPAqvZvmcTJ4mCpqp0fp69zvKK&#10;wPFmqz6XptpJFKLZ5biOF5DGZNgbOcAdavaHLJPZrI90bzcTiQxeXxnGMVHK7cxsqic+Tr/XzNHF&#10;FFH4VJqFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAHWiiigAxRRRQAUUUUAFFFFABRxRRQAUh6UtIa&#10;AMqZGMz8H7xoq2/32+tFAFuiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAWkoooAKKKKA&#10;CigUUAFFFHegAooooAp6zpqazpV3YyMyR3MTxMydQGBBx+dWljCgcUtLTvpYnlV+bqYeneHrjTL6&#10;aSHUpmtZZ5J2tWjTblySfmxu6n1ol8IabeXV9Pe2kV9JdEbmuI1cqoUKEXI4HU/UmtyjpVc8r3M/&#10;YwtytaGNP4bS40a1sXuJ/MtQhiugw81XUYD5xjPXPGDk8c1PpmnXdmZDc6hNfM+APMVFVQPQKB1z&#10;3zWl0opczasUqcU+ZGFYeHrnT76SSLU5vssk7ztbGOMjLEsRu27sZPrW6eRRRSbb3HGCgrIoDSI1&#10;1d9QDN5rQLAV7YDFs/X5qranoLXd6t7a3ctheCPymkiCsJEzkBlYEHBJIPXk+tbHeimpNaidOLVj&#10;O0bRo9HglQSSTyTOZZZpiC8jnqTgAdAAABgAAVl2vgwW0ltGb64l0+1k82CybbsRhnbyBuIXPAJ4&#10;wOuBXS0dKalJdROlB2VtjMvtDh1G8tp5xvEKSR+W2CrhwAQR36VLpOm/2VZR2qyySxxZCGVtzKue&#10;Fz3wMDJ545yeavUVN3axShFS5ktf6/yKWs6Yms6XcWUjMkcy7WZOopdV01NW0m7sZGZEuYmhZl6g&#10;MCCR+dXKKLtA4Rd7rfQy9N028s9/2nUZL4EAKHjRNv02gZ/Gqo8JQALIJZReLdfa/teR5hfoR0xt&#10;2fJj09+a3qKfM9yfZRas9SjqOmLqcUKSMyiOeOcFT3RwwH0yKvUUVN+hpZXuUp9LSbVre/LMJYYJ&#10;IFUdCHZCT/5DH5mk0zSk01710ZmN1OZ23djtVcD2+UVeop3exPJG97f1sYWheHrrRVih/tOa4tIk&#10;2JBJHGAB25AB4pb/AMK22o3F9NMZN11FFHlWAMZjZ2R1PZgXzn2FblFPmd7kKlBR5baf0jK1fRZN&#10;VsbaH7ZJBPBIkqzoqk7l7kEY557VZ0y0uLSEpc3b3r5J8x0VTj0woAq5RSu7WLUIqXMtwooopFhR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFAAaKKKACkpaKAEpaKKACiiigAzRRRQAUh6UtI1AFGRj5jc9&#10;zRUroCx470UAWqKKKAFpKKKACiiigAooooAKKKKACiiigAooooAKKMUUAFFGKKACiiigAoooFABR&#10;RRQAUUUUAFFFFABRRQaADNFFFABRmiigAo60UUAFFFHagAooooAKKM0UAGaM0UUAGaM0UUAFFFFA&#10;BmiiigAooooAM0ZoooAKKM0UAFGcUUUAFGaPxooAM0UUUAFFFFABmiiigAooooAKKDRQAUUUUAFF&#10;FFABRRRQAUhpaQ0AV2+8frRTXJ3t9aKALdFFFABRRRQAUUUUAFFGKKACijFFABRRRQAUUfhRigAo&#10;oooAKKKMUAFGaKKACjNFFABRRQaACiiigAooooAKKKKADNFGKKADNFFFABRRR2oAKKKKACijNFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAZooooAKKKKACiiigAo70UUAGaKM0UAFGaKKADNG&#10;aKM0AFFFFABRRRQAUUUUAFFFFABmkPSlpD0oAqOfnb60UyQ/vG+pooAv0UUUAHaiijNABRRRQAUU&#10;UUAFGKKKADFFFFABiiiigAo70UUAFFFFABRRSUALRRRQAUlLiigAoooxQAUUdaKACg0UUAFFFFAB&#10;RQaKADtRRiigAooxR2oAKKKMUAFFFFABRRijFABRRRigAooxRQAUUUYoAKKKMUAFFFFABRRRQAUU&#10;YooAKKKKACijFFABRRRxQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUhpaQ9KAKEn+sb6miiT/WN&#10;9TRQBo0lLSUAFFFFAAaKKKACiiigAooooAKKKKACiiigAooooAO1FFFABSUtFABRRiigBKWiigAp&#10;KWigAooooASlo7UUAFFFFABR0oooAKPwoooAPwooo7UAFH4UUUAFFFFABRiijFABR+FFFABR+FGK&#10;KAD8KKMUUAFH4UYooAKKKKACiijrQAUfhRRQAYoo60UAFFFFAB+FFFFABRRRQAUUUUAFFFFABRRR&#10;QAUdaKKACiiigAoNFIelAGbK371/940UyZGMz8fxGigDWFFLSUAFFFFABRRRQAUUUUABPFFFFAAK&#10;KKKACiijNAAaDRRQAUUUUAFGKKKADrRRRQAUUUUAGKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigApD0paQ9KAKEh/eN9TRUM0zCZxjoxooA1qKN1GRQAdqKM0maA&#10;FooozzQAUUZFFABRRRQAdaKTNGaAFopM0ZoAWjvSZozQAoFFJmjNAC0d6TNGaAFopM0bqAFxRSZo&#10;3UALRikzRmgBaKTNG6gBaKTdRuoAWik3UZoAWikzRmgBaKTNGaAFopM0ZoAWikzRmgBe9FJnijNA&#10;C0UmaM0ALRSZozQAtFJmjNAC0UmaM0ALRSZozQAtFGaTNAC0UmaM0ALRSZozQAtFFGaACikyKM0A&#10;LRRmgmgAozSZpc0AFFJmigBaM0mRQDkUALRSA470ZHrQAZpaQMPWjNAC5ozSZFGR60ALmkJ4oyPW&#10;gnIoAwrhv9Il5/iP86KZcn/SZf8AfP8AOigC/wCdJ/fb86tQsTGpJJOKKKAJM0ZoooAaSc9aUE4o&#10;ooAGJweaj3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0U&#10;UAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUA&#10;G4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+ppu9v7x/OiigBwY46n86QscdT+dFFACb2/vH&#10;86ZLIwAwxH40UUAR+a/99vzpRK5/jb86KKAF8x/7zfnR5j/3m/OiigBRI2PvH86k3t/eP50UUAG9&#10;v7x/Oje394/nRRQA+FiV5JNSZoooAM1Xndg/DEcetFFADVduPmP50/e394/nRRQBnalcSxyqFkdR&#10;jsxFcZqWr30eoTKt7cKobgCVgB+tFFAEQ1nUD/y/XP8A3+b/ABpy6xf/APP9c/8Af1v8aKKAF/ti&#10;/wD+f25/7+t/jTv7Xv8A/n9uP+/rf40UUAK2r323/j9uP+/rf405dWvs/wDH7cf9/W/xoooAmXVL&#10;0gf6ZP8A9/W/xp66nef8/c//AH8b/GiigCRdSu+P9Kn/AO/h/wAamTUbrH/HzN/38NFFAEgv7rP/&#10;AB8zf99mni+ucf8AHxL/AN9miigCVb24x/r5f++zUiXk5B/fyf8AfZoooAet3P8A89pP++jUq3M3&#10;/PV/++jRRQAv2mb/AJ6v/wB9GoLi7nVxiaQcdnNFFACC7nwP30n/AH2aeLqbj99J/wB9GiigDn7q&#10;6m+1TfvpPvn+I+tFFFAH/9lQSwMEFAAGAAgAAAAhAJQFrlbhAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FqwzAMhu+DvYNRYbfWdkrWksYppWw7lcHawdjNjdUkNLZD7Cbp2087bTcJffz6/nw7&#10;2ZYN2IfGOwVyIYChK71pXKXg8/Q6XwMLUTujW+9QwR0DbIvHh1xnxo/uA4djrBiFuJBpBXWMXcZ5&#10;KGu0Oix8h45uF99bHWntK256PVK4bXkixDO3unH0odYd7mssr8ebVfA26nG3lC/D4XrZ379P6fvX&#10;QaJST7NptwEWcYp/MPzqkzoU5HT2N2cCaxXMk3VKKA1SJNSKkJVIJbAzscsV8CLn/zsUPwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAPfyuaBQBAABHAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3QqHqMgUAAC0RAAAOAAAAAAAAAAAAAAAAAEQCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCgxtKV0AAAACoCAAAZAAAAAAAAAAAAAAAAAKIH&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0ACgAAAAAAAAAhANAXt8ujOAAAozgAABQA&#10;AAAAAAAAAAAAAAAAqQgAAGRycy9tZWRpYS9pbWFnZTMucG5nUEsBAi0ACgAAAAAAAAAhALXR8jA5&#10;FwAAORcAABQAAAAAAAAAAAAAAAAAfkEAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAAAAAA&#10;AAAhAHs4d/L+YwAA/mMAABUAAAAAAAAAAAAAAAAA6VgAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BL&#10;AQItABQABgAIAAAAIQCUBa5W4QAAAAsBAAAPAAAAAAAAAAAAAAAAABq9AABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAgACAABAgAAKL4AAAAA&#10;">
-                <v:shape id="Imagen 50" o:spid="_x0000_s1032" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:39281;height:6184;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDe8worwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjtNFRSnmpaZAUGG2fhg0N2lubZ1mpvaRK1+vVkILg/nvUhbU4krNa60rGA0jEAQZ1aX&#10;nCvYbZeDGQjnkTVWlknBnRykSbezwFjbG6/puvG5CCHsYlRQeF/HUrqsIINuaGviwB1tY9AH2ORS&#10;N3gL4aaS4yiaSoMlh4YCa/ouKPvfXIyCKZ3+yo+jefjD5Wd//pplu1H+q1S/137OQXhq/Vv8cq+0&#10;gklYH76EHyCTJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDe8worwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+              <v:group w14:anchorId="2E5E0E5B" id="Grupo 49" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:-14.25pt;margin-top:-51pt;width:366.8pt;height:57.85pt;z-index:251734016;mso-width-relative:margin;mso-height-relative:margin" coordsize="39281,6184" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEA0Idag3kEAABCDgAADgAAAGRycy9lMm9Eb2MueG1s1Fdb&#10;T+M4FH5faf+DlfehTZpeRRmxsKCR2Bk0zIpn13GaiMT22i4t8+v3O07S0oI0wCxazQPl+HLscz5/&#10;55Ljj5u6YvfSulKreRQf9SMmldBZqZbz6O9vFx8mEXOeq4xXWsl59CBd9PHk99+O12YmE13oKpOW&#10;4RDlZmszjwrvzazXc6KQNXdH2kiFxVzbmnsM7bKXWb7G6XXVS/r9UW+tbWasFtI5zJ43i9FJOD/P&#10;pfBf8txJz6p5BNt8+LXhd0G/vZNjPltabopStGbwN1hR81Lh0u1R59xztrLlk6PqUljtdO6PhK57&#10;Os9LIYMP8CbuH3hzafXKBF+Ws/XSbGECtAc4vflY8fn+0pobc22BxNosgUUYkS+b3Nb0H1ayTYDs&#10;YQuZ3HgmMJmOhpO0D2QF1saDlOSAqSgA/BM1UfzZKg6mySSOW8VRPEmnQbHXXdvbM8aUYoa/FgFI&#10;TxD4MVOg5VdWRu0h9YvOqLm9W5kPeCzDfbkoq9I/BOLhWcgodX9dimvbDADmtWVlNo+GcEzxGoT/&#10;VPOlVIwmMukEqNfOWFlxgajhGSfE6DDSb07j5O2VFneOKX1WcLWUp86AzYgx2t3b3x6Ge6YsqtJc&#10;lFXFrPa3pS9uCm5gTRxISostCrDngErPANnQ9FyLVS2Vb+KOzPcw3xWlcRGzM1kvJDy3n7JgIZ85&#10;K77CYoY4GybTybjhhfNWelF0PnR2NgA48JAt1n/pDLbyldfB3Jfw8Ed0AqDW+Uupa0YC7IRp4XR+&#10;f+U8mbPbQqRXmuDDPJ9Vam8CG2kmYE4GtyJepHECwq/D0/iQp5j4P3hKCL8zLZOWgA0tw8u2ZKTL&#10;c7w20bVhwnYhvPIbSDqI00FCQY+0GA8GA4jhxi5vjoZpn5YpbQ7SySgehrDust+Oi+9K17VB1XVd&#10;LsDoSTZ4VWEJSQZBRcc+yoVJx7GzFc+sBr+YBw6aDcOTtLupBjG/+UOjqoQMQvNNfO1QaUvROE2m&#10;Hbj9dDwO4PFZB26S9pOkP2zRReqZ7NeWn0OXrefRiB70uawAI0LX0eaUnQ9B8g+VJK1KfZU5CkWo&#10;qjQR+h15Vll2z9GpcCGQaJtM3+7ecfTlig2nc1JtrHrNrVuNcLNWfqtcl0rb4P2B2dldZ3Le7Edq&#10;fOQ3iX6z2IQKuX3ihc4e8PKoU6HFcEZclMjQV9z5a27RjCFK0GD6L/jJKw3wdStFrND2+3PztB9U&#10;xmrE1mju5pH7Z8Wp9lefFEg+jdGooBsMg3Q4TjCwj1cWj1fUqj7TeBWkRlgXRNrvq07Mra5v0Yee&#10;0q1Y4krg7nnkO/HMY4QF9LFCnp4GuWkprtSNQSPS1GWqTN82t9yaNuopTD7rLqz47KBWNXvpfZQ+&#10;RbXMy5C+COcG1RZ/hPgvWJoGXdroWqgBpcj9xgeR/N/0SQTiO9cf+CPwKeTR2hhbKt+Wo6YfCkH2&#10;qhJEGged0XAct1kxHY+Sg6Q4Go3GXcUZxul08lMV59nuJ/Ts+FAB7fa+hB6PAyV3n34n/wIAAP//&#10;AwBQSwMECgAAAAAAAAAhAHs4d/L+YwAA/mMAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/g&#10;ABBKRklGAAEBAAABAAEAAP/+ADtDUkVBVE9SOiBnZC1qcGVnIHYxLjAgKHVzaW5nIElKRyBKUEVH&#10;IHY4MCksIHF1YWxpdHkgPSA5MAr/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsK&#10;CwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAJyAnIDASIA&#10;AhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQA&#10;AAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3&#10;ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWm&#10;p6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEA&#10;AwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSEx&#10;BhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElK&#10;U1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3&#10;uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD7XfSl&#10;GflFQPpa9lrp3thzioHtR6Zr7VYhn8+Symn2OXk0pT1Aqu+kJ/drqZLYelV3tRnpWyxDOOeU0/5T&#10;C09X0uffGMofvIehFddbRQ3sIliOVPbuD6VjvbA9qdZTy6bPvTlT95OzCs6svaarc6cJQWGfJJe7&#10;+RrPpyntUDaap7VswSR3cIkjOQeo7j2NDwcVxKq1oz3ngKUldI599MXPQVXfTF/uiuieDjpUDQAd&#10;q1jWaOOeW030Obl00f3aryaYvpXSSQe2ageAelbxrvuefPLKfY5mTTF/u1Uk0xf7tdRJbj0qtJbj&#10;sK6I12efPK6fY5aXTB/dp1j4ZbUZOhWJfvN/SuostFa+lxgrEPvN/St9bKO3iEca7VXoBTni3HRb&#10;k08jhUfNJaHMrosNtEI449qjpioZdMX+7XTSW/tVaSDPasViH3N55TTtpE5iTS17Diq8mmAoflrp&#10;ZLYdMVA1vlTx3roWIZ5k8op/ynLPpQ/u1Xk0peeK6l7UelV5bb2rdYh9zhlk9NfZOWk01QDwKqya&#10;b6CupktBg8VUktvQYrdYhnLLKYdjmZNP6nFQwwtayblBIPVc8Guiktf84qpLbY6itVXb0OR5XFO9&#10;hIrSO5i3oOO4PaopdMHPH5U6B2s5dyjI7qehraj8u7iEkfI7juKzdWUWdcMvp1Fa2pzMmmDPeqkl&#10;gM9K6qW2HPy1VlthjOP0q1XZMsqguhykumgdufrVOXT+DwQK6qW2HPFUpbUAHit412ccsrguhy0t&#10;gP7v6VTm08dcYP0rqZbYHtzVGa1xmuiNdnNLLYrocxLZf5xVKey9q6ea2PpVCe19RW0axg8vS6HN&#10;zWxXtXSJaDyk47VRmt/augji/dqPYUTqvQungE7poyzZgVb0KyD6pCMc8/yNTvFV3w9CDrEH/Av/&#10;AEE1lKs+VmsMti6kVbqbJ01efl/Guv8Ahhp4XVbzj/lj/wCzCst4efu11fw3g26ndn/piP8A0IV4&#10;uJrN0ZH1mXZXTjjKbt1/Q682K+lH2FemK09gx0pNg9K+b9qz9FeAh2MPU/DtprNhNZ3kCz28y7WR&#10;h/nB96+aPiT8NLvwJqAZd8+lzHENwR93/Yb0P86+s9g7VU1XRbTXNOmsr6BLi1mXa6N/P2PvXo4P&#10;MZ4Wd94vdf11PnM44ao5nRsvdmtn+j8vyPipABgAZqVFyefyFdh8R/hleeAdT8xd1xpEzfuLjHKn&#10;+43of5/mBykIzg9DX3MK8KsFUpu6Z+KVcuq4aq6FeNpLoSpbKQOADViO2UUkS8Z7VZRc1nKbO2lg&#10;o22IxAM9KkS3G7p+lTqo4qZV9qxdRnbHARfQqi2HWtbT7MNbDjuarBfatzSogbQf7xrKVV2No5fF&#10;9Cn9hA7Vr2HiOK322VwwM7DEcjdvZv6Vn6leLZrsTDTHt/d+tcxLG0jszZZjySe9T/EXvB9VjSl7&#10;iO8k00u5JGSTkk96hbSgeox+FV/C3iISFLK9bDdI5mPX2P8AjXXNZ4J4/KuaVWVN2Z1wyynUjeKO&#10;UfTAucLj8KhbTMDpXVtZexqF7PHahYh9ynlMV0OUk07PaoG00L2z+FdU9lg9KhktAc5FaLEMyllU&#10;exyj6cP7v6VE+nAr92upey9qryWftWqrs55ZZFdDl30/Ht+FQPYZJOK6d7L2qvJZ47Vqq5zvLl2O&#10;YksMdqgex9q6Z7T2qu9oMdK1VYwlgF2Oaez9qhay5ropLTPaq72mDWiqmX1TlOeezxnioHtPauie&#10;1GelV5LTHaq9oarDI517T2qSx0KbVLkRRL7s/ZR6muhsNCm1S4EMS/7znoo9a7iy0OHS7YQxDA7t&#10;jlj6ms54jl0W51U8G5a2OZtNAh063EUSj1ZiOWPqaWSwHpXTy2eRVeSz46Vzqu2TLLlu0cy9gCOB&#10;ivKfiX8LDMJdW0qH97y09sg+96so9fUV7pJaADpzWJqEgcmOP7vdh3qufn0NqNJ4OXtIf8OfKkc0&#10;SRopPIABor6ObwRok7GSTSrZ3c7mYxjknqaK82UXd6n3cMZDlXus+0XhHcVC0PNaJQFcjnNQvFx0&#10;r41SZ+kSopmc8PNV5IR6VptHkVC8XFbKZyyoGW8HtVd4OelarxVBJFWymcc6CKdpcyafNuTlT95f&#10;Wukhlju4hJGcg9R3Fc+8VLaXElhLvTlf4lPeonHn1W5pQk6L5ZfCb7xZqB46swzJdxCSM5U9R3FI&#10;6c965k2j1HTUldFF4+tQSJ7VfdOaheP1FaqRySpGbJEO1LaaY15JxxGPvNWjBp7XT+iDqa11gWGM&#10;Ii7QO1OVW2iFTwfO+aWxTW2SCMRou1R0FRSR+1XXBqBx1rBSdzqlRSWiKLpxVeSPvV91zVeROtdE&#10;ZXOCdIz5I6h8rg1ddccVGEyD9a2UjidFXKEkGQaqyQcGtSSPg1WkjrVSOWdAy5Ic1Wkiz9K1JI/a&#10;qssdbxmcc8OjKkiqpJFgHitWSOqs0fFdEZHHLDmRLEB2qOCd7KbenIP3l7EVoSR8dKpyRg9q2Ur6&#10;M5XR5XdGtFJHeRCSM5HcdwfSo5LfNZFvcyWM+9On8S9jW/DNHexCSM5HcdwaxleL8jshGNVWe5ly&#10;2/WqUsGR0rblhqnNDVqZnPDow5rfrxVKaDjkVuSxdeKpTRZFdEZnFPDowZrfriqE8B54remj5qjP&#10;F1rojM45YdGDNDz0rWC/u1HtVeeM85q7jCD6VpKVzOFFK5AyDNX/AA4n/E5g4/vf+gmqZFaPhvnW&#10;7cf73/oJrKb91m9Ol+8j6o7Fo/auo+Ha41G64/5ZD/0KufKYrp/h+uNRuv8Arl/UV4td/upWPrcF&#10;StiYM7gLRtPpTwDilCnPWvCufbcpHt9qNvtUhU5pxXNO4chn6to1rrmnz2N9AtxazLteNh19/Y+9&#10;fMXxG+Gl34A1Hcu640mY4guMdP8AYb3/AJ19WqM9aqarpFprenzWV9AtxazLteN+/wDgfeu/B42W&#10;EnprF7r+up8/m+SUs0p3elRbP9H5HxnGdwHOMVajPQV0/wARfhtd+AtR3JuuNKmY+RcY+7/sN6Ef&#10;rXKRN0r7KNaNaCnB3TPyiWDqYWo6NZWki4gqZR3zVdDUynHWsWzshSROox71qW16Lew2pgykn8K5&#10;+6vvJGxOZD+lXtETfZbiSTuOSalrS7NHGystwkjLMS3zMeST3qu8P51pvHUDR4NPmMlRM1osZPeu&#10;08IeKg+ywv2AbpFM3f0Un+Rrlnj54qCSM1M0qiszalF0pc0T2NrbPaoHt+elc34M8XiTZp+oPhvu&#10;xTsevorf0Ndu8HHSvKnem+Vn0FOnCtHmiYz23tUElrjtmtqSL2NQPCKFUE8Muxiva8dKrva1uvBV&#10;d7f2rVVDmlhvIw5LbHaq72vfFbj21V3txWyqHLLCrsYUltVaS19q3pLbnpUElvkVsqhxzwpgNa8H&#10;iq0lr7Vvvb1Wktq2jUOSWGXYwXtPQU+w0SXVbkRRD/ecjhR61u2OizalcCKIcdWc9FHrXZ2WkRaX&#10;bCGJfdmPVj6mpnieXRbmlHAOo7vYxrHRYdLtRDCvuzHqx9TT3tuvFbLw1Xkgri9o3qz1Pq6SskY0&#10;lv7VBJbj0rYeH8PesDVLvzSYoj8o6sO9awk5bGFSkoK7MjUrjzCYoj8vdvWsl4ME8ZrWe3FQPBz0&#10;rsjLlVjzJ0eZ3ZTWL5Rx2oq2EwO9Fcbnqz240Xyo+p4ZFADIweNhkEHII9RU7AMMjkV494C8eNoj&#10;pp+oOWsGOEkPJh/+x/lXr8TKVDowdGGQQcgj1FfLV6MqMrM/TMHiYYqHNH5rsRvGahZKvlQwqJ4s&#10;VgmdsqZQaPNQvFkVfaP2qF0xWilY5ZUjOeKq7xVpPHx71A8Wa2UzklSKtrcyWMu9eQfvL61vwzJd&#10;RB0OQf0rDeLrxRbXD2Uu5eVP3l9aU482q3KpTdJ8r2Npl9aWCza5fuEHVqmskXUFEiH5O59PatMR&#10;iNQoGAK45T5dD1qdFVPe6FdYVjQIowo6Uxh6VYZaiYc1CZvKNtEVnFQN34q061DIOK1TucrjYqt6&#10;VA4q0y57VXcVomck49ipKOTTFXKn61PItMjGQ31rdPQ5HDUruvHvVaRavOtV5F9atMxlAoSJVaVM&#10;1fkXFVpFxWyZyygZ0iYqrIvrWjKmKqSqa2jI45UzOlTOapSpWpKmBzVOZc9K6Ys45UzLljxmore7&#10;ksZvMTkfxKehFXZlqjOnBxWqd9Gczg4u6OiguI72ESRHg9R3B96jljrnLa9l0+cSR9D95T0YV0kF&#10;1FfwCWJsjuO4PoaycXD0OuElUVnuUZYsZqjNEcHFbEqVSmjOKuMjOdMxp4+KpTR5rZmiznFUJosG&#10;t4yOOVMxp4qVgcYq1PGOarNxXQpXOZwsyI8da0PDIzrluP8Ae/8AQTWeTmtHwx/yHrb/AIF/6CaU&#10;37jHSj+8j6o7wqc+1dN4BH/Eyuf+uX9RXOEGuk8B8ajcn/pl/UV4VZ/u2fW4SNsRA7mgUgb1o3Cv&#10;FZ9dYdnml3UzcDQTQOw/NFNBpciiw7FXVdLtNbsJrK9gW4tpl2ujD9fY+9fNHxF+HN14E1AOu6fS&#10;pm/c3GOV/wBhvf8An/L6jzVPVNKtdasJrK9hW4tpl2ujjr7+x967sLi5YWX917o8XM8rpZhDXSa2&#10;f6PyPj2Nhn2omutoKry38q6v4kfDq88C3+6INPpczfubkj7v+y3+1/OuL24XivrKc41YqcXoz82q&#10;0KmHm6VRWkhhHOT+ddP4fXdpmf8AbNczgmus8NrnSx/vt/Sqm9BQp6k7x1A8WTWg0feoHSsOY6PZ&#10;lB46ryR5rQdKryJVKQezRnyJ6V3vgjxpv8vTtRf5vuwzsev+y39DXEyLzUEiHNKcVVjZmtJyoy5o&#10;nu7wcVE8Fcb4F8c7jHpmpyYbhYLhj19FY/yNegtH7c1404ypSsz6KnyVo80TJaDk1DJDWs0PtULw&#10;e1JTJlRMl4Qe1V3t613gxUEkGa1VQ5pUTGkt6geD2rZeDAqB4OK2U0ckqBiyWw9KWz0iXUbgRxjA&#10;/iY9AK2bTSpL6cRoOOrN2ArqLTTYrCARRLx1LHqxpTr8istwpYF1Xd7GZZ6XFp0AiiHuWPVj6mlk&#10;iOeea1HhzUDxHHrXKp31PRdBJWSMt4smoHiHPoK05IvSuf1XUDKWihPyfxMO/tW8G3ojjqU1BXZm&#10;areeYTFCfk/iYd//AK1YzRdK02jzUDxZ7V3RfKeVODk7sznhqF4a0mj5qFoua05jL2RnGPmirLRk&#10;MfrRXM3qetGn7qLE0WDXZfD/AMftociadqLltPY4jkY5MJ/+J/lXMTRe1UpoqJQjWjyyFRqVMNUV&#10;SnufSsbqyB0YOjDIKnIIp+M854rxr4ffEJtCdNO1Jy2nscRynkwn/wCJ/lXsqMpRXRg6MMgg5BHt&#10;XzdejKhLlkffYPFU8XT5o79V2IymahePNXGHp0qJxzWKZ1SgUnSoHT06VedMjionSrTOaUDPkSiC&#10;xa5buEHVqvRWhnf0UdTV0IsS7VGAOgqvaW2JjQ5nd7DLZvsWBGPlHGPWtNZFmQMp4rNYDFNima3f&#10;cvI7j1rCUebU7IT9np0NJqhIqRJUmUMvQ/pTWHNZo6XqQEcnPSopBip26ZqJ+RWqOaUSq4qFxxVm&#10;QVA61ojlkitIOKbEPlb61I64OKSNeD9a0voc3LqRuuPpVeRc1acdqgdSKuLM5RKMi9aruMGrsi1U&#10;lHWt4s5ZRKki4qpKtXnHWq0qDmtUckolCVc5xVKVeTV+UYqpKua3izklAz5V4NUpV7VoyLVKYV0x&#10;ZySiZs61Ha3sunXHmRng/eU9GqzMvNUZ1rVa6M52uV3R1lvdRahAJYjn1HcH0qOVciuStNQl0y48&#10;yPp/Ep6MK6u2u4tQtxNCcg9VPVT6GspRcH5HVCaqLzKkqdaoTpya1poxzVGZPaqTIlEyZ4xzWaxH&#10;Oa25061gStya6Iu5wziISM1peFmz4gtv+Bf+gmsndxWp4T58Q2v/AAL/ANBNVN+4yKa/eR9UehtX&#10;Q+BONQue37r+orAYYxXQ+CB/p9x/1z/qK8Ks/wB2z63Cr99E7PNGeaSk/CvJPqUPzg0ZzTeTQOOl&#10;MZJmlFRZNPzzQMeG9acozzTUTdgnpUlZtlpFTVdLtdb0+ayvYVntpl2vGw4P+B96+ZfiR8ObrwLf&#10;lk3XGlzN+4uMcj/Yb3/nX1KTVLVNLtdasJrK9hWe2mXa6MOv+BrswuKlhpd090eVmGXwx0O0ls/0&#10;9D40PFdd4XXOlD/fb+lSfEn4c3fgW/3puuNKmP7i4x0/2G9D/P8APCeEhu0gHv5jf0r6l1I1KanB&#10;3R+fOhOjUdOorNF914qB0q7ImDUDr7VkpGqgUnWq8i+lXZEqBlznirTFylCRfwqCReKuypVZ0wKt&#10;MhxKMic16N4B8feYY9L1SQbvuwXDnr6Kx/ka8+kTNVZUxRUpxqx5WXSqSoT5on0cYqiaOuA+HvxC&#10;8wxaVqsnz8LBcuevorH+Rr0pouv9a8OpCVKXLI+lpThXhzRM9o+KgeLNaLxZ7VC0RHapTCVMzWho&#10;ttOe8lCIPqT0ArSt7B7uUIg+pI4Fb1vZR2cQSMfUnqTSnV5dFuFPC+0d3sU7axisoRHGMep7k0PH&#10;V1k61Cy1gpX1O501FWRRkTmonTGc1edME54rndX1HzSYYThP4mHetoXk7HHVSgrsp6vqHmkwxH5B&#10;95vX2rFZKusuDUTJ1r0YWSsjxqicndlF4xzULR+lX3jqBo60uczgUHjqJo+frV9kJ7VC8fPSrUjP&#10;2ZmMBuPHeip3T52+tFc7kejGGiNCaMZNUpYsZrXmjz2qnLFkdK1T6nNKBizxZzxXa/Dz4htoLx6b&#10;qTltOY4jlPJhP/xP8q5iaLrgVQmgqpwjWjyTJo1amGqKpTep9PIyvGGQhkYZDKcgj1pCmRXjPw6+&#10;IzaC6aZqbl9OY4jlbkwH/wCJ/lXtKlZEV0YOjDIZTkEetfM16M8PLllt0Pv8HiqeMp80d+q7Fdkx&#10;9KI7fzT6KOpq0sJkPTC+tTFAowBgCsOax2+zT1ZXMYRQAMAdqjcVYbJzURXBpJjaK7ConGKsSDFR&#10;sMitUzmkiGKZraTcOQeo9a0UlWdAynINZjjOabFM1u+RyO49aJRuTCfJo9jSYVEwwcdqekizIGU5&#10;HpTXHeoRvLXUgcZzUMgqw3Q1A4yK0RzSRWcZOaIhw31pzDFLAMq31q76GFtSJwKgcZq26461A4zV&#10;JkSiU5B1zVWRc5q5IuaryCt0zklEpOvNVJVFX5FqpKvNbJnLOJRmUEVTlWr8tVZQMGtYs5JRM+VP&#10;SqMyVoyiqcq8GumLOWUTOmXIqhMlac64qlMvNbpnLKJlTpnmmWeoTaXcCWM5H8SHowqzMncVRmXg&#10;nvW6d1ZmDTTujs7W9h1K3WaJgQeq91PoajmTFcZZalLpd0JYuh++h6MK7K1vIdSthNCcjup6qfQ1&#10;hKLj6HRCaqKz3KU8f5Vy0rDe2fWuxmj68Vxk5xKw9zWtMwqRIi2PpWv4RIPiG0/4F/6Caxyc1reD&#10;efEVoM/3v/QTWk37j9DGlH95H1R6WRk10Hgri/uP+uf9RWCRit/wZxfTn/pn/UV4NX4GfWYaNq0T&#10;rzR19qTdRuNeYfRi96M0A5oyKCg4/GpokLnJ4Wmww+Ycn7tWsYHFRJmsY9RNopDTjwKbUFjWGaaa&#10;fikb1oJKeq6Va63p81lewrcWsy7XR+/v7H3rxjVvh7P4HRkRmuNPklYwz45Gf4W9/wCde4mrQ0+3&#10;1PTJLa5jWaCTKsjV1UcTLD+j3Rw4nAQxq7SWz/rofNjLmoHTBrsfG3gq48K3ZZd01hIf3c3cf7Le&#10;/wDOuTdRX0EJxqRUovQ+Iq0J0JuFRWaKUiHBqu685q861VlXFbJmNinInPpVaRcVekXINVpFBFaJ&#10;kOJRlXvVWRTV+VO1VZBgHvWiZk0Z8i4NeofDr4jCTytJ1aX5uFt7lz19FY/yNeayofSqsq8H1oqU&#10;41o8siqVWeHlzR/4c+omjpILJ7uXYg+p7CvOPhV4+m1GSPRtTYsyjEN23THZXPr6Gva4bVbdNqDv&#10;yfWvnK6lQlyS3PscKoYqPPHYrQWaWkYRB9T3NIyZNW2WomFcV7npuCSsioyYqJ1wDnFXHHftXPat&#10;qXnFoYT+76M3r/8AWrWCcnY5aslTV2U9W1Lzt0MJ/d/xMP4qxWjx2q66YHSomTNehG0VoeHUvN3Z&#10;SdOKiKVcaOo2StVI5nG5SdKjaPirjR47VE6ZrRMxcCkyVC6dautHUTR8+1aJkchkOp3t9aKndPnb&#10;60Vzt6noRhojZlizVKaLBNbEkXXiqkkVXGRzTgY0sNUpos1tSw4BzVOWHIxiuhSOSUDDnhGeK774&#10;W+O59MnXS78tJpv8Ex/5YH0/3T6dq5aHTHvZticAfebHArch05LWIRxjCjv6n3qK/JUhySNsI6tC&#10;oqtN2t+J78hUopQhkIyCOQRTWXmvNvBfi99JK2N65azJwkh5MX/1v5V6UGDoGUhlIyCOQRXy1WlK&#10;jKzP0PDYiGKhzR36ogYdaYVzUzr3zUZFQmayRXcVCy9asuKhatUzBq5XZagdeastwTULqcZrQ5pR&#10;IYp2tnyvI7j1rRSZZk3KeKzZF60yOdrd9y8juPWhq5MZ8uj2NI9aikHJqRZVmQMp4P6UwrSRrJJ7&#10;FZwSc9qWAcPTn44pYBjd9aowS1I5FJqu4q44qu49KaFKJUdM5qu6nvVt1NV5Fya2izmlEpyDrmqk&#10;i1flXdVWRRzWyZySRnyLjPFVZVwT6VflFVJVrZM5ZxM+Zc+1U5UrRkSqkqda3izllEzJVzVKZcVp&#10;ypmqUyZrpizmlEzJkqjMnWtOZfaqUyVqmcrj3MmeOmWOozaVdCWI5B++h6MKtzpwaoTx9a3WujMG&#10;mtUdxZ30OqWwmhOQeGB6qfQ1xVwf30n+8f51DYajNpN15sJyp++h6MPeq1pqsGro09u+RuIZT1U+&#10;hqVDlb7FuXP6lgnjrWx4NOfEdp/wL/0E1it0rZ8Fn/ipbMe7f+gmip8D9B0o/vI+qPUiMGt3wf8A&#10;8f0//XP+orE6itvwfxezf9c/6ivBqfAz6ugrVYnW0U3Jpc8V557ofjUsEJkOT93+dLBB5xyeFFXc&#10;beAABWcpW0RrCF9WIqhRgdKSnE02sjewUm6lprH8KdyQoNIKXNO4hpHfNaFh/wAe/wDwI1nkd60t&#10;PGbf8TUT2NaK94TUNPg1S0ltrqNZoZBhlavC/G/gmfwvdb13S2Eh/dzY6f7Le/8AOvfDxVfULC31&#10;OzltbqNZoJFwytWmGxMsPLyMMdgYYuFtpLZny86EVBIua7Pxv4Jn8K3e5QZbCQ/upsdP9lvf+dcl&#10;InFfU06kakVKL0PgK1GdGbhUVmihIhyaqyLg1fdetV3StkzlaKEo4qq6VoSoOaqyJkVqmZNXM+Va&#10;LPS5dRuPKiGB1Zz0UVoWmmy6jP5cQx/ebsorq7Wwi063EcQwB1bux9aJVOXTqEKXPvsU7Swi02BY&#10;ohjHJbux9TXpXgTx6JPL03U5MN92G4c9fRWP8jXn8g71Vk6muKrTjWjaR6FGvPCz5ofcfRrJUTJ1&#10;7CvPvAHxADCPTNUl+f7sFw56+isf5Gus1XUDNuhhOE6Mw714cqM6c+Rn1sMVSq0vaR+4qatqRkJh&#10;hPyD7zD+KsZ1q40e2o2jrqjaKsjzKjdR3ZTMfvUbJ1q4yY7VCyZNaJnM4lMpzUboCauMlRPH1q7m&#10;TiVHSomT2q2Yz0qNkqrmTiU2SomTjFXWjBqJ4+vtVqRHKYkq/vH+poqSZR5r/wC8aKyud8Y6I6WW&#10;OqkkXWtSSPNVJI8E8UJmEoGXNEMVDDp8l5LsQYHdiOAK1YbF7qTavA7t2FbENmltGEUcDv61bqcu&#10;hEaHO7vYy4rBLWMRouAOSe5NDQVqNDnNRtDgdKy5+50+ztoZjQZ7V1HhDxU2mMtneMWtCfkc8mP/&#10;AOt/KscwZ6Co2h9qmajUXLIulKdCfPDc9d4dQwIYEZBHQ1A4PSuM8LeJW00raXTFrUn5XPJj/wDr&#10;V3LKsqhlIIIyCOhrx6lN0nZn1VGtHER5o79UVmGaiYY4qVxjPao26UkxyRA4xmoWHNTtyTUTritU&#10;zCSK7iq7rVhxmomFWc8kQxzNbuWHQ9Qe9aCyrMmVOR/Ks51xTI5mt3yvI7j1qrXIjLl0exosOM06&#10;3GUf61GkqzR5U5qe2GFce9QzZasawqCRRzVl1yKgfjNMJIqyDFV5BjNWpF4NQOuatHM0U3XGaqyL&#10;g9Kuyiq0grdM5ZIoyrxmqkqGr8g61VlBxWyZyyRQlXjpVOZa0JV61TmWtkzllEz5kqnKvWtGUe1U&#10;pE5NbxZyyRnTICKozJwa1Jk4qjOnXjiuhHPJGZInWqM6Z4rTmXGaz5xnNbRZzNGZcIBmvKbDXJ9D&#10;1SSaE5XeQ8Z6OM163OnWvDb1sXU3/XRv510w10J5T1/S9Xt9Ys1nt2yOjKeqn0NdN4JbPiezH+9/&#10;6Ca8B0bXLjRLwTwHKnh4z0YV7d8MdYt9Z12xnt2yDuDKeqnaeDWVaNoS9Dakv3kfVHtGOBW14SP+&#10;mzH/AKZ/1FYx+7Wx4TOLyb/rn/UV89P4GfU0V+8R1YOantrczMSeFH6020tjMcnIQdfetJVCjAGB&#10;6V5k5W0R78Kd9WJjaMAYFB9KUikrFHSJj2oxxS0lMkb1prdaeR69aZgMelCFYTNJS0mKZIorT08f&#10;6Of941mdK09N5tvxNRPY2or3ycjOKQ8U8jFNI5rE7WirqGnwapaS2t1Es0EgwyMK8H8c+CLjwrd7&#10;l3TWEh/dTEdP9lvf+dfQLdap6jp1vqdnLbXUSzQSjDI1deGxMqEvI8rHYGGLhbaS2f8AXQ+XZI+t&#10;VpEzXa+OfA9x4Uu9y5m0+U/upvT/AGW9/wCdcdIvtX1MJxqRUovQ/P61GdGbhNWaKMq0WunyahNs&#10;jGB/E3YCr1tp8l9N5aDjqzHoBXRW9lHYwCOMfU9yfU1cqnKtNzGFLm1exWtbKPT4BFEMDqT3Y+tN&#10;k6GrUnSq0grFO7uzoasrFWSqkv8AWrcgz+Ndl4S8HCPZfX6fP96KFh0/2j7+1VOpGmrsUKMq0uWJ&#10;W8I+DfLCX1+mH+9FCw+7/tEevtXYkYqxtzTCvtXlSqObuz36dCNKPLErMuajdODVllqNxxSTE4lU&#10;r61G0eR61aZPaomTHaquZuJWKHvUTLxVtlyPSoymRVpmTiUynNRsnerbL14qN0yKtMzcSo0fFQlM&#10;VcKVEy9RiquQ4mFMoE0n+8f50VLMn75+P4jRWN2dkUrI6qSPPamR2TXUm1eAPvH0rSS0a5fao78n&#10;0rQjtEhTaowB+tZupylqi577FCKySCMJGuB/Oh4c9qvmHmmtF6VnznR7NIzzDx0phhzWgYjjpUbR&#10;e1UpEOmUDCajeAnnFaBi54pjRHPSqUjN0zPMHHSt/wAN6++nlba5Ym2P3WP8H/1qzzDx0qNoQTRJ&#10;KasyqblRlzRPRHVZVDDBBGQR3qqy4JB4Nc/oOttZEW85Jtz91j1T/wCtXVSxrIoI78gjvXmSg6bs&#10;z36dSNaPMtzPYVEwzmrLg8jGDULccd6pMmSKrqOtQsMVZfvxUT4xWqZg0VX71A4xVlxUUi8VSZzy&#10;RBHM0D5XkHqK2bGRZo2ZeRmsVxVnTJWh8wj1GR605K6Cm+WVmarrzULrUyusq7lNRuOtZo6mrlR1&#10;5PpUEi1bcVXk5FWjmlEqSjrVWVauuKruvXitYs55IoypkVWkXPFXZB1qtIOTW6OSUShIvHSqkq57&#10;VoSKaqTIa2TOaSM6ZeuKpyL1rRlXFVZF68Vqmc0omZKnWqUyZ6CtOZetUplwK6Is5pIypk61RnXr&#10;WrMvJ4qhNHnIrZMwcTJnXrXgd8+Luf8A66N/OvoOdOvFfPF+SLy4HX9438666TvcxcbEJeur+Feu&#10;3GheNbGaE5BL74yeHG01yDN6da2vA7f8VVZf8C/9ANayScWmVG8XdH2VpOr2+tWS3Fu2VPDIeqn0&#10;Ndf4KsHuLuZ2BWLZjPqc9BXhvgKC9i1H7UjFLMcSqekv+yP8e1fRfhK8t71N9vgIExs7qc9DXy+L&#10;j7JNI+py+SryTlv+Z0KoEUKBgDikPSnHpTT0rxD6oQnNJRRTJEIpDTs5zTSOKZLExTSfwp3Tmmkj&#10;tQISkyRS0jH3pk2AnIrU03/j2/E1lVq6Zzbf8CNTU2NqPxlknNJ2pxFIRWB3NDSM0w81JTSKZNil&#10;qGn2+qWctrdRLNBIuGRu9eG+L/h5daBqIWPM2nyn93Of4f8AZb3/AJ178E3Hii6sIb60ktp4xJC4&#10;wynvXVQxMsO9NjzcZl8MbHXSS2Z8829pHZwiOMYHcnqTTZBXUeL/AAlN4cucrmSzkP7uX0/2W9/5&#10;1zD9696E1UXMmfGVaMqMnTkrNFWQHmq8lWn+tdh4U8IeXsvr5Mv96KFh09yPX2q5VFTV2ZU6Mq0u&#10;WJW8KeEPLKX18nz/AHooT/D7n39q65kxx1qwVJppUV5U6kpyuz36dGNKPLErEe1R7c1ZZcA8Uwoc&#10;ZpJlNFcrmo3XirDJTCuBVpmbRVKdajK57VaK1GyYq0zNxKzpkVEUx0q0yZpjL7VdzJxKpTrUbJVt&#10;k5qJlJqkzJxKbR1GU68VbZCajaOrTIcTn51/fSf7x/nRT7gYnk/3j/OioOhRPT47ZYY9qjH9aDF7&#10;Vc8sntTfKzXn8x7XJYpGOmGLParrQ00xVVyXApGL2ppi46VdMXtTDHRczdMpNFTDCPSrxixTfL/K&#10;qUmQ4FAxYNNaHPar5h9qb5WafMQ6ZQ8nFa2i6ubQiCYkwnoT/D/9aqph570hholaSsxw5qcrxOsl&#10;iEq5GPYiqMiFScjmqelak1qRDMSYj0Y/w/8A1q2ZoRKuVPPY1xtODsepFqrG63MthkmoXXFWpVKk&#10;jvULqTWqZi0VXHFQuOKtOuPrUTrWhjJFRxUtmuUf6ikZcjNT2SfLJ65FNvQyjH3hUcwtuHTuPWrW&#10;8SruWq7pmo0doWyOncVNjW/KTuKgZRk1ZDCVAQahdM5pg1cqSrVd1q4y/jUDrj3qkzmkrFF1JzVa&#10;VavSDA6VXkWt0znlG5nuuaqyrV+Rc9KrSJxW0WcsomfKmapzL2rSlSqcyVsmc0omZKnBqlMua0pk&#10;9aqTJwTWyZhKJkzjrVGZfataVM9qozJ1roTOdxMqePivmzUG23tz/wBdW/nX01OlfMeof8f9z/11&#10;b+Zrro9TGSKxY13vwc8LTa94ts55AY7KMtufoXO0/Kv+NY3g7wbN4kuPNlDRafGcPJ0Ln+6v+Pav&#10;dPA9rDZ65YQQRiKKMMqoo4A2mqq1LRaQ4q8kj0WO2jtYliiQJGgwqr0FdD4IvJLHUZnQ5Hl/Mp6H&#10;kVjuorS8LjF7N/1z/qK8KprBpnsUbxqRaPVrS6jvIRIh4PUdwfepG9utchZ3stjP5iHg/eX1rqbS&#10;7jvYRJGcjuD1BrxJwcfQ+ro1lUVnuPopSKSsjoDGKQZ70p4ppNUhWGmkIIp2MGm96ZA1jikJyKcQ&#10;D2ppGOtAhBWvpY/0X/gRrJrX0v8A49f+BGom9DegvfLJGKTrUmM00rXOd7QwigKW+lLsLYqVVCin&#10;cXLcaFC9KWlIApKRZXvrGHUbWS3uIxLC4wytXjPjHwjP4budy5lsnP7uX0/2T717aTRJYRXURSeN&#10;ZFODtYZHtXTRxDoO/Q87GYKOMjbZrZnkPhbwls2Xt6nz9Y4WHT/aPv7V1jLitTUdNaxk4y0R6N/Q&#10;1RZc/Wut1XUfMzy44ZYdciRXKgio2TFWSnamMtFxuJWK0xlz24qwyZppj4zTM3ErFKjKmrRXg4qM&#10;pTTsZuJWZajK1aK0x0quYy5SqwqMpVpk5ppUVaZLRUKVGU9sVcZQajKVakZuJUaPg1Cy4HSrpj4q&#10;J4+KtMycTmrhf9Il/wB4/wA6KnuY/wDSJf8AeP8AOipubpM9X2YNN21aKZpuyvKue/ylUx5NIYR1&#10;qztFIUyKpSI5CoYsHpSeX+FWTHzTSvPtT5iHEqtFmmGLjFXNgx05pvl1akTylMxYpvlVc8vJpDHz&#10;T5iXApeSDzTTDV0x+lJ5Q70+YjkKPk8Vf06/NviKU5j7H+7/APWphi9KYYs03ZqzHFODujZngEy5&#10;GM9jWdKhUkYwRUlldNAAjnKdj/dq7cwLMmRgN2NYfC7M67KorrcyGUkVCy9qtOhTgjBFQsM9a2TO&#10;ZoqunFT2K4WT6imOuKsWC/u3+opt6EJe8I65qGRPxq4681BInpSTKcSqGMTZHTuPWp8iRcjpUbDO&#10;aiDGNsj8asyvYe64qB1q0WDrkVC64oJkrlSRaqyJzV6QcVXkXrWkWczRRkSqsy4q9IvJqrKK3TMJ&#10;RKMq5NU5k61fkXnNVZVxmtkzlaM6Ve1UplrSlXOapTpnNapmEomdKo/CqU8YrRlXtmqcqY61smc8&#10;omXOnWvAvDngubxNrFzLMGi06OZt8g4LnJ+Vf6ntX0JMmc1zy28dsgiiRYo1zhVGAK64TsnY55RK&#10;tvaQWVvHBbxrFDGu1UUYAFbHhBf+KktPq3/oJrMcYHFanhDnxHaf8C/9BNRJ+6wgveR6O64FaXhv&#10;i8l9fL/rVFx61f8AD3F3J/1z/qK8yXws9amvfRvsals76SxmDxnI/iXsRVctmmk49647X0PSTad0&#10;draXkd9CJIzkdx3BqUiuLsdQksJxJHyP4lPQiuts72K+hEkZ46EdwfQ1x1Kbhr0PWo1lUVnuSmmm&#10;n9abiskdIlIRTqTOKogbSHHejpQcGgmw3NbGlDNt/wACNY9bGk/8ev8AwI1nPY3ofGWyMUY3cUpH&#10;NPAxWB6KQiqAPSilxmkIxQMawpMU4n1qWOPkE0m7AlcSGE/eNTEYFGMUfWs9zS1iOWJJo2R1DKeo&#10;Nc1qGmtZP3MZ6N/Q10/emSwrOhR13Ke1aQm4MwrUVVXmcaVprLxitHUNOezkH8UZ6N/jVJlrvjJN&#10;XR4koOLsyArTGSp9uKaatMzaK5THamMvFWGXNMdeKtMzcSsycU1lAFWCoNMZaZDiVitMKc1YZaaQ&#10;KdzNxKxSmFKssuKYyZqkzNxKpTFRsvNWilRstWmQ0c1cr/pEv+8f50VJcoftEv8AvH+dFFzVI9aC&#10;+opNo9KtSwGFyD+B9aiKeleTc+gatoyExg9qb5dT7TSFOelVcXKiApTDHVnZzSFaaZPKVfLo8v2q&#10;yUGKbsp3J5SqY8UbDirLR80nl8U7kcpV2Umz1FWTGabsz2ppk8hWMeKTy6ssnammPNO4uUrGPNWL&#10;acxgI33O3tR5ftSGPI6UXuJJxdyee3E68cN2NZkkRViCMEVowSGM7W+729qfcWwmX0fsaSdtC5R5&#10;1dbmLImasWK4R/qKZIhRypBBFT2K/I/1Fat6HOl7w5kJOagkHNWm44qF15qUymio6VA6elXHU+lQ&#10;uuK1TMZIqhjEcjmn5DrkUSL7VFyhyKoy2Edfeq8q1bLB1yKhkGaZEkUJFqtIMjpV+Qc9KqyCtos5&#10;pIoSLxVSRe3etGVeKpypjmt0znlEz5VwaqSrWjKtVJErVM52jMlTrVKVK1Jo+apSx1qmYSiZkyVz&#10;U3327c11c0ffH6Vy0w+dvqa6YM5pqxWPpWr4QA/4SS0H+9/6Cay2BFavg8f8VJaevzf+gmqn8LJj&#10;8SPS3WrmhcXUn+5/UVVYc1c0QYun/wBw/wAxXmS+FnqQXvo2GphY/hTj1xTDxxXMjvELYqewv5NO&#10;nEkZyOjL2YVXJwaQ07X0ZKbi7o7myvYr+ASxHjup6qfQ1N9a4Ww1GTT7gSRnjoynowrs7O+i1CAS&#10;xnI7juD6GuGpTcNVsexRrKorPcmbtTSDTz1pueayOlobSGlopk2GdK2NJybb/gRrJCFjgD8a29MX&#10;bagD+8aynsdGHXvloUtGKSsT0QzSEZ6UvWpYos8kc0m7AlcbHFjBIqUU4jik6Gs9zZJISjHFFFAN&#10;ABSdDS0hFBAyWJJ42VxuB6g1zl/p7WcnrGehrpQabNEk8bK43A9q0hNwZz1aSqLzORKZpjR+laF9&#10;YNZPnloz0b/GqhGa7VK+qPHlBxdmV2XFMK561YZRzTCnHSrTMmiApUZWrDL6U0pVpkNFYr7Uxkxz&#10;VkrntTGTAqkyeUrFOaay1YK/jTGTI6UzNxKxTmo2j61ZZeaYU5pmbicxcr/pMvT75/nRUl0g+0zf&#10;75/nRQXY9qliEi4aqLw+WxDdOxrUI39eKieMOuCK8dM+qlHmM3bTSpzVl4ipwfzppQVpc5nErlaT&#10;ZzU5T0pNvFO5PKQFaQpmrBXNNK4NO4uUg2YpCpqcpmkKcdKLi5SEgmm7eOlTlKGX2p3FYgKDtTSv&#10;tU+z1oKYp3JcUVymaTyzmp9ntQEPancTiVzFmnxnaMHPtUpTNN2YouHLYhurZZ1J6MOhqtaIU8xS&#10;MHNaA6UhTOTimpdCXBN3KrjIqF0xVplxUTp6VSZm4lZ1yKgdcdqtMOKiZc1omYtFR05qvIuauyJi&#10;q7pzWqZjJFPJVjilJDjOafItQkFeRVGNrEci+9VpV4q42GHFQSpVpmUkUJFJqrKuM1oSLxVWRK3T&#10;MGjOlWqsqda0ZY+tVJUrVM5pRM6RKpyx8mtOVOOaqSpWqZg1Yy5464+Zfnb6mu5mj4riZ1/eOfc1&#10;0U2c1RFNwR2rV8H8+JLT/gX/AKCaznFavg8Y8R2Y/wB7/wBBNbSfusziveR6YRVrSABcv/uf1FV2&#10;FWdM/wCPh8/3f6ivKl8J6cVaSNVsYqNutL+NIRWKOsYc5pM0p4NIaolkbYPXip7C/k06cSIcg/eU&#10;9GFRFRmmEY609HoxJuLujvrG+iv7cSxNkd1PVT6GpsZrgtO1GXTZxJGcg8Mp6MK7awvodRtxLEcj&#10;up6qfQ159Sm4O/Q9mhXVVWe5KRQqFjTxHuPtUqqFGBWNzrSuNCheBWppv/Hv/wACNZhHNamm/wDH&#10;t/wI1nPY6aPxFo03vTiKljix8xrC9jutfQSKLAy3XsKlAxRRUGqVgpCKWikAyinEZpCMUxiUEd6K&#10;DQRYaKKdgGkJ9qBDJYUmjZXAYHsa5++09rR+m6M9GrogabLGsylXGQeoq4ScTnq0lUXmcoUppXFa&#10;F5ZNbP8A3oz0NVSgFdid9UeVKDi7MrlBTGSrBSmbMDiruZOJBt9qYUwKslNwphXPQVVyOUrsmaaY&#10;6sMlNMfrVJktFVlx2qIpntVtk59qjaOqTIcTlLpP9Jm/3z/Oin3aD7XN/vt/OiquLlPZ6MZpSKTN&#10;eKfVNEciBhg81XeMqcVd+9xUbqOhq0yGrlTbSbOamKYpCoFUZWIilIV9qlwKTFO4cqItp9KTBqbb&#10;mk2mi4nEi2UmypSuaNoouTykJXNN2VOEFG2ncTiQ7OKbsqfb7UhSi4uUhKe1N257VPtpCvOKZLiV&#10;ynNKUwKmKU0pii4uUrMmahZKusmRUDp7VaZnKJUZMCoXUVbZcZqBlzmtEzCSKzrkVXdKtuvNQsM1&#10;omYOJTdKrunFXZFFQSLzkVsmYtFJhs6GmkbhU7x1AwweOKoxaIJE9qrSJx0q63IqvItWmYyRQeP2&#10;qrLF1rQmWqsi9a3TMGjOkjwTVWWPINaTpiqkic9K1TMJRM2SPBNcLOn75/qa9ClXg8VwE6/vX47m&#10;uimzkqIpspJNavg5P+KktPq3/oJrNdcc9TWt4PH/ABUlmfdv/QTW0n7rMor3kelunOam04YuG/3f&#10;6imsvNSWQxOx7bf8K817HpJaov8AQUg+lBNJ39azNxWGTTCMUpPakNADfWk4YU73pr1SZLGFcVZ0&#10;y9msblXh5z95T0IqBVLttA5q3FEIlwBn1NTK1rMcbp3R21ldxXkAkiPHcHqDVjtXGWN7JYzb06d1&#10;zwRXWWl3HeQiSM5HcdwfQ1504cj0Pdo1lUVnuSkYrV0wZtf+BGsrGa3NMgMduA4wSScVzVHZHo0V&#10;eRYjiAOSKkxinUhFch6NrDfwopTSVQgoNFFMApCM0tFADMZopaKm4xKQgmnUlUS0JtpOlOpGFBIy&#10;SNZUKsAVI6ViXlk1s2eSh6Gt2myRrKpVhkHtVxlymFSmprzOb25phTPtV67tDbt6p2NV2XFdSdzz&#10;pQadmQFKZsqcpTdvtVXMnErlcUhXI5qcrj3prJmquS4kBTioymO1WCtRsKaZnynJXkf+lz/77fzo&#10;qW8H+lz8fxt/OiquHKeuEZoxTqTtXln0g2lK5FGKORQSyN0FRlSDU5wR70wjHBq0ybERXnpRjPan&#10;9DRVCsMK4o6Zp9JtFBNhgWjbT8CkC0BYZtFJtz0qQjPSjbQFiPGKQipMCjA6UE2ISAaNtS4pCuaB&#10;WRFtpCvapCtGOKLi5SEpio5I89KskZ60hXNNMlxuZ8idu9VXTkitSWDIyOtVJYvbmtYu5zyhYoOn&#10;NQsuDwKuOu3PGDUDDrWqZzNFR16moHXnFW3GO1QuoNaJmDRSkXmoHj61ddKgdDj2rVMycSi67TTG&#10;UH/CrLIDUDoQciqMWirKlVZEq+y5zj8qryLitYswkjPePINVJE5NaMkZqvJHjNbJmLRmSJ7V57cL&#10;iaTp94969Lkjwema85ulPnP/ALxrpps46q2KDryemPrWt4NH/FS2fH97/wBBNZ7qa1fByf8AFSWZ&#10;H+1/6Ca2k/dZjFe8j0xlpbQbZTj0NOYc0sA/ecf3TXn9D0balgmkzRmioLDOKQn6UE80maAF6D3p&#10;ERnYKACf5U5ULttHWrsUYjXA/E+tJysNRuNigES46nuadtI7U80Dmsrmthm0j0qxY3cljMHTkHgq&#10;e9RYOeldX4f8O+SFublcydUQ/wAPufeonOMVqb0KUqk7RNfS7XfGs8ilWIyEb+H61rwjiqqgrVqE&#10;5XivIm29T6qklFWJO1FHaisjpGmkxT8UhFArDaMUp4pDTuSHvQQcUUhz2pgIRiindRzzSEUrAJSY&#10;paShMYY70YzS9KKomwhGBTafimkcUCGSIJUKsMg1kXVqbd+OUPQ1s02SMSqVYZBq4y5TGdNTMEpn&#10;0ppTNWrm1aB+pKHoah6V0ppnnuNnZkBSkKZqbbSGmQ4ldkx70wr7VYKZpjpVXIaOOvV/0yf/AK6N&#10;/Oipb1B9tn/66N/Oii4uU9V70tJR0rgPeTFNNNLRigVhtIwBpSOaKCbDOhoIzT8ZppBFUmIZtpdl&#10;PGDSjAouBFtoxipsLikAFFwIsH0o6U/bzxQVzTuKyGUhApxX2pNtO4WExxTafjijBpisMxmjbTsZ&#10;FGKAsMxzSFakxSEZoFYjKYqGaDepI61axSYo2Jcb7mPJHngjpVV0IJBFbVxblwSMA1Qki3D0YVsp&#10;HHOFjOdahZKuuhz0xUDIM1qmcsolJk5qF0q6y9aiZMj3rRMxcShJGe1QSISOavuuOKhePNapmUkZ&#10;zoRzULKD9avvFmq7xYzVXMZRKEkZGarSpmtF48jmoHirSMjBxM2RK82u1HnSdfvH+depSRcGvNLq&#10;L99J/vH+dddJ3ucVZbGey5B4rU8Gp/xUdpnP8X/oJqm0R9P1rU8Hxf8AFSWv/Av/AEE1tJ+6zniv&#10;eR6OyYNJCu2X/gJqwVApgTEgPsa4Lno2FKe9NxipMUhAwaQWGbcjIpVjLkADJpY0Z22gVdjh8scf&#10;iaHKxUYtjYohGuO9SbTjrTinvS7cDrWRukIg9aDGTjHWpAme3XtXU6DoPkBbi5X951RD/D7n3rOc&#10;1BXZ0UqMqsrIj8P+HvI23N0MydUjP8Pufeui6Ud6DXnSk5O7Pfp0o0o8sQ79ang4XPvUFTw/cqJb&#10;HRDcmBzS0wHFOBrE3FNFFFACGkp1JgUCsNopQKSmmIKKKKYhMUmDTqKVgG4NBGKd+NIRTASkpaKA&#10;YhFNxTsUYpk2I3QOpU8g1mXFsYm45Xsa1yKY6B1IIyD2qoysZTgprzMQpikKgVauLYwn1U9Kh2Vv&#10;e5wuLWhBs5prJxU+3J6U1l61SZLRxl8D9tuOf+WjfzoqS+X/AE244/5aN/OincVj06g0ZpCa4z1g&#10;B9ad1pnWlFAXFxmkIx9KXrS0DsMBoPNKRSUEWEwRmlHNLk4pp4PFPcQ4LQRSg5FGM0i7DaKdgUmO&#10;aBWEoIz1pcUYoFYbtFG0UtFAWG7efagpTs0Zp3CxHtpCvFS0mM07iIsY7UtSEU3aadxWQwjNV7i2&#10;35ZQA3p61bxTSvNO4nFMxpoN3saqNH1GOa3Li335ZfvenrVCSLcvo1bRkcU6djMZByO9ROnarskZ&#10;BwetQMoJ5rVM5pRKboKhaOr0keTxUDL+VaJmLiUnjzUDxdavMtRMh9K0TMmjOki61WePGa1HjODk&#10;VXePI96u5k4ma8fWvM7uIedJ/vH+deqPGwzkV5rdAmaQADO4110Xqzz68djNaLA7VqeD4v8Aio7Q&#10;jH8Wf++TVR4z3GPxrT8IKf8AhIbTgYy3/oJrok/dZywj7yPRGjBqIx4cfQ1aK/MeMVG6ncOnSvOT&#10;PTcSIrQsRc7R1qVUZ2wBmrSR7AMdaL2Eo3I44BGvGPc1Ltp4BI6UoUipubqOgwJmnbMkAAGnBCTx&#10;1rqNC0ERBbi4UGTqqH+H3+tZzqKCuzelRlVlZDdB0AQ4ubhR5nVUP8Pufet4jFSACkIzXmSm5O7P&#10;ep0401yxGUn+elPYdKTB9DU3NBhqxABs/GosVND938aTehcdx+0UnQ06jpUGofjRSHOfaloAOlHe&#10;iigAppWnUUCsMzRn8qdjmkxTuITpRR/OimAdaDzxRRmgQ3FGKdQaLDG4pOtPODTSKNhCEZoAxS9K&#10;KYrEboGBB5B7VQngMR/2exrS4proGUg9KpOxlOFzJKc00pirU0DRN/snoai2kda1TvscjjY4y+H+&#10;m3H/AF0b+dFPv/8Aj+uP+ujfzopi5T0QnNJRRXOd4uKaW7U7dio2NNK5I5Xx1qSoM0sb4602ik+5&#10;LjikIApetBGakqw0+1FLiigkbjHSng5FNo6HNDBOw+ihfm9qXFLUsSkxSgUY5oAbt4o2inUmKAsJ&#10;gUFeDS0UxWG4NGD6U+igVhn1opxGaTbQKwmKAozzQRg4ooFYaU54qvcWu8FlHzenrVqimmxON9GY&#10;ksO4nswqnJHjPHNb1zaiT5l+/wDzrOlh39sMK6IyOKpTszMdRj+lROgxVuRCCc8VEUJrW5zOJUZO&#10;DUTxDBq40ZI61C0fvWiZi4lNl4waglj9jV5481E6Yq0zJozpIiR9K8wuo8XMgI6sf51600ea8zuo&#10;d00nPO44/Ouyi9zz8RHYyJEPStTwhH/xUVrkf3v/AEE1VaLBIzg+1anhOM/2/aZOT83/AKCa6JP3&#10;WckV7yO/ZBmoWiLOABzzV0RF2AFSNAIwOcnnJrz7o9RxuVo4QgwP1p+3ipcYFGwk9aVykrEaj2pw&#10;Xn3qQISP6V0mh6F5IW4uFzJ1RD/D7n3rOdRQV2b0qUqrshuiaCIdtxcJ+86op/h9z71vUvKik715&#10;spObuz3adNU48qDtRRmipNBc5ozSdqSgVh3XrT4gACB0qOpIuhpMqO5J0oooqTUKKOlGaACiijNA&#10;BRRmigAoo/GjNACYFJinUUCaGYo/Cnnmmng00ISg/SjIoqhBSN1paCM0mA2ilxRilqAlJTsUmKYD&#10;XUOMEZFUZoDG3qD0rQproGBB6VSdjOUEzzy/B+3XH/XRv50VrXmhF7udhMoBdjjHvRV8yMOQ6ynA&#10;Y702lJzWZuxj9aSnEZptUhDT1pMZpxBx7U3NUA5JNvB6etT9qrHpzTo5NuAelS0UnbQnpCKKWoLG&#10;UU7aPSggfSmS0IDing5FRmgEigFoS0c4pAcilpFgRkUUUUAGaRueaWikIbRSkZNG00bAJRS7aQjF&#10;FwExRgUtFFwEwPSkIOad3oxTuFhmDUE9t5nzKMHv71aop3sS4pmJNb7+nBFU2jIJyMVv3FuH+ZR8&#10;386zpYQ4PYit4yucU6bRmmOoWjq66bcgjBqLyxWyZzNFMx5PSo3iz1FXGXJpjRj1qrmTiUJI+Ole&#10;b3MX76TAz8x/nXqTw4HevOri3HnyHH8R/nXXRluefiY6IyJLYsOVGaveE7dj4htlC4I3f+gmp7ew&#10;e8mEaL9T2A9a63QNGt4r62RR8ykneeudprapNKLOalTcpI2FgCL0qOZOV4rRlgMbFSMGq08YIWvP&#10;Uj15QsimEx2pdmegyTU4jyfWt7R9GEJE84+f+FT2/wDr0SqKKuwp0XUdkM0XRBEFnnQeZ1VD2+vv&#10;W30paOa4JTcndnt06caceVCUhFLijFTdGlhuKXFLiloCwzaaXaadSUxWG4NSxdDTKkT7tJjSHZoo&#10;oqSwzRn3oooAKM0UUAGaKKKADNGfeiigAozRRQAZpKXmigBu2kwafRQKwzFFOIyKbg07iCiiimAm&#10;fag0tJjNAhKKUjFJSuBkzr++k/3j/Oilm/10n+8aKdwNKin0EUXJaIzikJqTFHHpVXFykJpKnxmk&#10;K07hYgo61MPpRxRzEtXI4pNnB5HrVjdmosCnK2Dg9KllxfRjqKUYpeKRQ38aQ8mn0cUXHYjXg8VM&#10;rZFN4pN2OlINh5FJtpwORRSGN280beKdRTuFhlLt4p1FFwsMop+KMUXCwzFIBipMUY9qLhYZRin4&#10;oxRcLDKKfijFFwsRkd6gngD/ADAYbvVujFF7CcbmLLBvHoaqPGwJBFdE6A84qJkDdua1UzmlRuc8&#10;Y8DJFN8s10HlrnpR5S+gq/aGLoeZzbRkjtXC/wBnSXV26oAPmOSe3NeveUvoPyqssKISAo/KtYVu&#10;XoYVMJ7S2pw1tYpawhEH1OOSa0NGixqcP4/yNdZsQ/wj8qfCiCRflA/CnKtdNBDCKMlZ7FWe3Eow&#10;eMdDWVcwshUMK6nA9KQwK5UsoJByM9q5o1LHZKhzdTK0vSfLxNMPm6qp7e9a4GBTgo9KMD0qHJyd&#10;2bwpqCshtFOwPSjA9Km5pYZj6UlSFc0mwUhWGUU8qBSYoENop+2kx7UwG4p6fdpMe1OXpQykLRRR&#10;SGFH4UUUAFFJS0AFFFFABRRRQAUUUGgAooooAKKKKACgUUUAFIRmlooFYaRikp9FO4WGYGKTGKkx&#10;SHpRcLGNN/rpP94/zorQYDceO9FFwsTBaMUtBpiG4xRTsUEA0gG0UpGBSUxCEcUY5paKLhYaRgUl&#10;PopisIjY47U+mEUqnA5pMadh1FFHFSUH6Uf56UcUcUxACRTgc0lGcUDQ7tQaQHNFIYtFFFABRRRQ&#10;AUUUUAFFFFABRRRQAGiiigA7U1lzTqKAISM0gGTipmHpim4p3M3EYowKrkA1ZwRVYnB4qokyGn2F&#10;Ph5kWgAGpoYsHcapvTUSV2SgdKdRRmsjcKKKKACiiigAooozQAUYozRQAUm2looATaKWijNABRRR&#10;mgAooooAKKKKACijNFABRRQKACijNFABRRmigAooooAKKKKACiiigAooooAKQ0tB6UAVWPzH60Uj&#10;/fb60UAWitJs96dRQKwykqTaPSjAp3Cwyin7RSYp3FYaORQRTsUhpAMxRinYopDsN20EYp2M0EZ7&#10;ZpisNB96dSbTTlB70hoTNANPwKMCgYyin4FJgelO4mhvSnA0YHpRjBoAWiiikMKM0UUAGaKKKACi&#10;jrRQAUUYooAKKKKADNFFFABTSPSnUUAMI4qsVwat7aYIuckc1SdiJK4yKHHzMM+lT9KPwopN3KSs&#10;GaKKKQwooooAKKKKACjNFGKACij8KPwoAKKKKACiiigAooooAM0UUUAFGaKKADrRRRQAZozRRQAU&#10;UUUAFFFFABRR2pKAFoopKAFopKWgAoo/CigApDS0h6UAVX++31oof77fWigC3RRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFAooAKKKKACiiigA7UUUUAFFHaigAo7UUUAFH4UUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAdaKKKACiiigAooooABR0oooAKKKKACiiigAoooo&#10;AKKKKACiiigAoooNABRRRQAUUUUAFFFFABRRRQAUUUUAFB6UUhoAqORvb60UyQnzG+pooA0KSiig&#10;AooooAKKDRQAUUUUAFFFFABRR2ooAKKKKACiiigANFFFABRRRQAZooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACjrRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR2ozRQAU&#10;UUUAFGaKDQAUUUUAFFFFABRRRQAUlLRQAUUUUAFJS0UAFJS0UAFJS0UAFIaWkPSgChJ/rG+pookP&#10;7xvqaKANCilpKACiiloASiiigAooooAKO9FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR3oA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACijNFABRRRQAUUUUAFFFFAB&#10;RRRQAGiiigAooo6UAFFFFABRRRQAZooooAKKKKACiiigAo6UZpKAFooozQAUUUZoAKKKM0AFIaXN&#10;IaAM6X/Wv/vGiiX/AFr/AO8aKANKiiigAooooAKKWigBKKKKAFpKKKAClpKKACiiigAooooAKKKK&#10;ACiiigAoxRQaACiiigAooooAKKKKACj1oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACjvRRQAUUUUAFFFFABRRRQAdKKKKACiiigAooooAKKKKACiiigAooooAKKKM0AB&#10;oozRQAUUZooAKKKQ0AZc3+tf/eNFLN/rn/3jRQBqUUUtACUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABQaKKACiiigAooooAKKKKACiiigANFFFABRRRQAUUUUAFH40UUAFFFFAB0oooxQA&#10;UUUUAFFFFABRRRQAUUUUAGKKKKACiijvQAUUUUAFFFHNAB0ooooAPxooooAKKKO1ABRiiigAoooo&#10;AKM0c0UAFFFFAB2oNFFABRRRQAUZo60UAFIaWkPSgDKmb98/+8aKjnb9/J/vH+dFAG3RSUUAFFFF&#10;ABRRiigAooxRQAUUUUAFFFFABRRRQAUUUUAFFBooADR3ooNABRRRigAooooAKKKKACiiigAooooA&#10;KKDR3oAKKKKACijFFABQKMUUAFFGKKACijFGKACiiigAxRRRQAYoxRRigAooooAKKDRigAoooFAB&#10;RRRQAUUUYoAMUUUYoAKKMUUAFFFFABRRRQAdaKMc0UAGKKKKACiiigAooooAKMUUUAGKQ0tIaAMe&#10;eJjPIf8AaP8AOippSPNf/eNFAGnRRRQAdqKKKACiiigAooooAKKKKACijpRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFHSjFABRRRQAUYoooAKKKKACjrRRQAUUUUAFFFFABRR1ooAKKKKACiiigAooooAKO9FFA&#10;AaKKKADrRRR+NABRRRQAUd6KPxoAKKKKADFHSiigAoooxQAUUUUAFBoooAKKDR+NABRRRQAUUUYo&#10;AKKKMUAFFFFABmjNGKKACijFFABR60UGgDKm/wBa/wDvGilm/wBc/wDvGigDUooooAKKDRQAUUUU&#10;AFFFFABRRRQAUtJRQAUUUUAFFFFABRRRQAUdaKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooxRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRijFABRiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAoopKAFoozRQAUUUZoAKKKSgBaQ0vakPSgDJmb99Jz/EaKbOD50nH8R/n&#10;RQBs0tJRQAUUUUAFFFFABRRRQAUUUUAFFAooAKKKOtABRRRQAUUUUAFFFFABiiiigAooooAKMUUU&#10;AFFFFABRRSUALRRRQAUUZzRQAUUUUAFFFB4oAKKSloAKAKKKACiiigAxRRRQAUUUUAFFFFABiiii&#10;gAooooAKMUUUAH4UUUUAFGKKKACiiigAooooAKMUUUAFFFFAAaKKKADGaKKKACgUUUAFFFFAB2pD&#10;S0hoAzpf9a/+8aKJf9a/+8aKANKiiigAooooAWkoooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKMUAFFFFABXLarqerzeK/7K06ezto1shdNJc27SkkuVwMOuBxXU1w+q6PLq&#10;vxHIS+vNPVdLGXtCq7v3rcEsprWmk27nJiXJRSj1a20L2j+MBDbammuPbWVxptyLWWZHxFKWRXQq&#10;DyCVcfLyQQeTTtd8YwDwjq2p6Tcw3UlpEzDncFYDOGHUfSsbU9EsfB+raDdmOQ6bDPPJdXMrNIwn&#10;kQBZpGPPZl3Hgbh0FZfii4i1xPF+oaYPPsW0hLdp4gdk8wZz8p/i2qwBI/vAZ4OOhQhKSkttPTe1&#10;jhnXqwhKEnqr+u1738ttunyPSbPUILsTLDKkrQP5cqqclGwDg+hwQfxqjc+MtGs4oZJtRt1SbcYz&#10;vzuCnDEY7A9T0rk/Fz3uga3u01GEniGNbIMgz5N0B8spHoI95P8A1yUVV1WT/hEfFNra6Sm2KPSY&#10;7ZgbSa6Eao7eXxECynlid3DYGOhrONJNJ9zWeKlC6tazs/nt26bnbv4w0ZLCO+OpWrWkj7I5klDK&#10;7ei46n2FSR+KNLm04XyX9ubMv5fneYAobONpPY54wa4TSZtN0W+8O3huhPo9vZXFmL2RCiQ3BkQs&#10;HU/6skKwGcY27e4zDqKx6xc6je20Pm6VdatpYVtmUndJk8yQDuuNg3dDsPpVexjfr/Ttb1I+tz5b&#10;6X7fK9/S+n6noWleJdN1uSVLG8iuXiALqjcgHoceh9elV/G2sT6B4V1HUrVY2uLaIuiyglSfcAg4&#10;/GqN3EV+I2lSKpAbTLlWYDg4khwCfxbH1NJ8U13/AA91xcEg2zZ29cZHpWcYx549nb8zpnUn7Go+&#10;sb/lciutV1vQdQ0pb6axv7S+uBalbaB4ZI2ZSQwy7hh8vI4wOe1bFx4t0i01FbCbULdLssqeUZBk&#10;MegPoT2B61wlx/YTalpE/hq8mv8AV0uYkwlzJdKsBYCbfvZgg2bjng5AAznBr+Mdel1LSNftVltr&#10;SVJ3iGmpatJdS7GGJSQRgMAGDbSAMc+m/slNq6t+H4HF9adKMmnftrdbbX01/LzPQ9S8XaRo9wsF&#10;7fwW8xXfsd+VX1PoPc1UsfEW/VfEAupIYrLT2iKyk7QFaJXJZjx1NYula1YeGtZ8Rx6vIttc3N39&#10;ojaRSTcQmNFQR8fMRgrtGTntyM4+p2NxJ4u1jVDDLfaRbXFvLPpqxkM48hMSgdXKHnYevb5gBURp&#10;J3T7f5bGs8TPSS77dlZ7/nt953l/4v0nS/J+130Nv5yeYgdsEp/e9h7nimzeNNEt7WK5fU7UW8ql&#10;45BKCHAIBK468kDj1ridX11oPGN5PpsglgvNNt/MmFlNdqvMhXAiBK/K2cNjORjvVvw/Z6e3iPwo&#10;LKT7dZ2ejXUUNwy8hlkt0OePlbhhjqORR7KKjd3/AKQfWpyk4xtvb8Ur769+nbzOsvPGWj2Edu8+&#10;oQRrcJ5sWX5dP7wHXHvVyHWrK4a2WO5ikN0hlg2OD5iDGWXHUfMOfcVyi6nZ+GvGOuTatIlmLtIG&#10;tbmc7UeNUwYwx4yG3Hb1+YGsHRZV0K/0XVL1GsNKkuNT8pp1KLCk0qvFuz9wMEYgHGMgcHipVJNX&#10;X9aXLeKlGVnbfXy1Su/VO/8AmekT67YWwuDLdQxi3dElLuBsZsbQfTORj61DpfijS9allisr2G5k&#10;iAZ0R8kKeh+nv0rz7UpotbTxJNFE01rPq2l7S8R2yqJbcEjI5Xg89OPStb4h2F3daosenowvJdD1&#10;CKJk4O8+VtGe3PSqVKN0m9/8kxPFTs5xV0vxvJrT7ky/qvj+xe60u20y+tria4vkt3UNuyhzuKno&#10;cEDkZxXY9q80vte0jVrfwpa6UPM8i/t2MEcR3WqhWGHGP3ZHTBwa9KHSs6kVFLSxthqjqOTck9tt&#10;thaKM0VgdwUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFHSgAooooAKKKKACjNFFABQKKKA&#10;CkPSlpDQBmyt+9f/AHjRSTf65/8AeNFAGpRRRQAUUtFACUUUUAFFLSUAFFFFABRRRQAdqKKKACii&#10;igAooooAKKKKACiiigAooooAKM0UUAFFZXirUZdI8N6pewFRNbW0syFxkAqpIz+VZvhrWp77Vbq2&#10;+2RanaRRK4uoY9oVySChIJBOADx0zz2q1BuPMYurGM1Te7/r9Dp6QDvxn1rK8P6jNqcV28wUGO8n&#10;gXaP4UcqPxwKyvFHimbRtUt4oTEbeECe+L9UhLBARzwRlm78Rkd6FBuXKtxSrQjD2j2OqIB6gUbR&#10;0wKxtf1O5sobSK0Ef2q9nFvG0wJRDtZixAIJwqNxkZOOasaZa6hbCUXl6l4pxsKw+Ww9c8kHtjgf&#10;jStpcvnvLlSFu9EgvNWs9QkLGW0V1iTPyAtgFseuBjPoT61Rv/CputTlv7TULnTbmZFjmNvsZZAu&#10;cZDqwyMnkYP6VR0TWrjUdXuI31Hb5d3NELUWpwVRiB8/rgZrrG6GqfNB2MYqnWTaXX8fkyhouiQa&#10;HY/Zod0il2keSVtzyOxyzMe5Jq/tHoK5GLxBqL6qNF2L/aKTeZJNtPl/ZM5Eg/2j9zGfvbj0FXr+&#10;71C+1qTTrKdLOO3gSaadk3sS7MFVRnA+4SSc9qHGV9QjVgo2gvK36fI6DaPQUEAj1rD0HU7q5TUL&#10;e88truxn8h5IgQj5RXVgCTj5XXIyeQapweILqXwro2ots8+8a1EgwQv7x1DYH0Y0uRl+2ja/r+Gj&#10;Oo2gdhRsXJOBXK+L/EL6Jd6bGb+LTredZWknlj342hSB19zWv4cvLq+0i1nvY/KuHTLLtK554bae&#10;VyMHB5GcdqHFqKkEasZVHTW6/wCB/mae0eg4o2j0FYHjO41DTtGub6xult2t4yxR4g4c8Y78U/Vb&#10;m80TwtqV29wtzdW9vLMshj2glVJGQD7UKLaT7jdVRck1sr/19wy+8JmbUri9s9SutMkuQvnrb7Cs&#10;hChQ2HVsNgAZGOAPStLRtHt9D0+Ozt1IjQs2XbczMxLMxJ6kkkk+pqh4fupbxJnbUDeqMAA2xi2n&#10;8etZqeI75vEX/CPkRf2gG+0Gf+D7Ju64z9/PyY/4F04q7Sl7vYxUqULVLb/Pf8Nf+HOuKBuqg/UU&#10;FQeoBrnvFMupWQtpbO+W3WS4gt2RoQ/35ApOcjs36VuWkUsMCJNL58oHzSbdu78O1ZtWSZ0Kd5ON&#10;tiXaPQUYB7CsLWPEK6T4gsLWZtlvPazykhGY7keIL0B4w7fpT/DGuHXBqb5Bigu2hjIQqdoRDyD3&#10;yxp8krc3Qn20HP2d9f8AgXNrYPQUtcl4P1m51qKG4m1ESs8W97ZbUoFJ9GPXFUPEviy907Xb20tr&#10;uKOWK1hltbNoS7XUrmX5Mggj/Vj6ck8Cq9m+ZxMniYKmqnR+nr3O8orA8WarPpem2kkUotnluI4X&#10;kMZk2Bs5wB1q9ocsk9msj3RvNxOJDF5fGcYxUcrtzGyqJz5Ov9fM0cUUUfhUmoUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAdaKKKADFFFFABRRRQAUUUUAFHFFFABSHpS0hoAypkYzPwfvGirb/fb60UA&#10;W6KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigBaSiigAooooAKKBRQAUUUd6ACiiigCnrO&#10;mprOlXdjIzJHcxPEzJ1AYEHH51aWMKBxS0tO+lieVX5uph6d4euNMvppIdSma1lnkna1aNNuXJJ+&#10;bG7qfWiXwhpt5dX097aRX0l0Rua4jVyqhQoRcjgdT9Sa3KOlVzyvcz9jC3K1oY0/htLjRrWxe4n8&#10;y1CGK6DDzVdRgPnGM9c8YOTxzU+madd2ZkNzqE18z4A8xUVVA9AoHXPfNaXSilzNqxSpxT5kYVh4&#10;eudPvpJItTm+yyTvO1sY4yMsSxG7buxk+tbp5FFFJtvccYKCsigNIjXV31AM3mtAsBXtgMWz9fmq&#10;tqegtd3q3trdy2F4I/KaSIKwkTOQGVgQcEkg9eT61sd6Kak1qJ04tWM7RtGj0eCVBJJPJM5llmmI&#10;LyOepOAB0AAAGAABWXa+DBbSW0ZvriXT7WTzYLJtuxGGdvIG4hc8AnjA64FdLR0pqUl1E6UHZW2M&#10;y+0OHUby2nnG8QpJH5bYKuHABBHfpUuk6b/ZVlHarLJLHFkIZW3Mq54XPfAwMnnjnJ5q9RU3drFK&#10;EVLmS1/r/IpazpiazpdxZSMyRzLtZk6il1XTU1bSbuxkZkS5iaFmXqAwIJH51coou0DhF3ut9DL0&#10;3Tbyz3/adRkvgQAoeNE2/TaBn8aqjwlAAsgllF4t19r+15HmF+hHTG3Z8mPT35reop8z3J9lFqz1&#10;KOo6YupxQpIzKI545wVPdHDAfTIq9RRU36Glle5Sn0tJtWt78swlhgkgVR0IdkJP/kMfmaTTNKTT&#10;XvXRmY3U5nbd2O1VwPb5RV6ind7E8kb3t/WxhaF4eutFWKH+05ri0iTYkEkcYAHbkAHilv8Awrba&#10;jcX00xk3XUUUeVYAxmNnZHU9mBfOfYVuUU+Z3uQqUFHltp/SMrV9Fk1WxtoftkkE8EiSrOiqTuXu&#10;QRjnntVnTLS4tISlzdvevknzHRVOPTCgCrlFK7tYtQipcy3CiiikWFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUABooooAKSlooASloooAKKKKADNFFFABSHpS0jUAUZGPmNz3NFSugLHjvRQBaooooAWko&#10;ooAKKKKACiiigAooooAKKKKACiiigAooxRQAUUYooAKKKKACiigUAFFFFABRRRQAUUUUAFFFBoAM&#10;0UUUAFGaKKACjrRRQAUUUdqACiiigAoozRQAZozRRQAZozRRQAUUUUAGaKKKACiiigAzRmiigAoo&#10;zRQAUZxRRQAUZo/GigAzRRRQAUUUUAGaKKKACiiigAooNFABRRRQAUUUUAFFFFABSGlpDQBXb7x+&#10;tFNcne31ooAt0UUUAFFFFABRRRQAUUYooAKKMUUAFFFFABRR+FGKACiiigAoooxQAUZoooAKM0UU&#10;AFFFBoAKKKKACiiigAooooAM0UYooAM0UUUAFFFHagAooooAKKM0UAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABmiiigAooooAKKKKACjvRRQAZoozRQAUZoooAM0ZoozQAUUUUAFFFFABRRRQA&#10;UUUUAGaQ9KWkPSgCo5+dvrRTJD+8b6migC/RRRQAdqKKM0AFFFFABRRRQAUYoooAMUUUUAGKKKKA&#10;CjvRRQAUUUUAFFFJQAtFFFABSUuKKACiijFABRR1ooAKDRRQAUUUUAFFBooAO1FGKKACijFHagAo&#10;ooxQAUUUUAFFGKMUAFFFGKACijFFABRRRigAoooxQAUUUUAFFFFABRRiigAooooAKKMUUAFFFHFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABSGlpD0oAoSf6xvqaKJP9Y31NFAGjSUtJQAUUUUABooo&#10;oAKKKKACiiigAooooAKKKKACiiigA7UUUUAFJS0UAFFGKKAEpaKKACkpaKACiiigBKWjtRQAUUUU&#10;AFHSiigAo/CiigA/CiijtQAUfhRRQAUUUUAFGKKMUAFH4UUUAFH4UYooAPwooxRQAUfhRiigAooo&#10;oAKKKOtABR+FFFABiijrRQAUUUUAH4UUUUAFFFFABRRRQAUUUUAFFFFABR1oooAKKKKACg0Uh6UA&#10;ZsrfvX/3jRTJkYzPx/EaKANYUUtJQAUUUUAFFFFABRRRQAE8UUUUAAooooAKKKM0ABoNFFABRRRQ&#10;AUYoooAOtFFFABRRRQAYooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACkPSlpD0oAoSH9431NFQzTMJnGOjGigDWoo3UZFAB2oozSZoAWiijPNABRRkUUAFFFFAB1&#10;opM0ZoAWikzRmgBaO9JmjNACgUUmaM0ALR3pM0ZoAWikzRuoAXFFJmjdQAtGKTNGaAFopM0bqAFo&#10;pN1G6gBaKTdRmgBaKTNGaAFopM0ZoAWikzRmgBaKTNGaAF70UmeKM0ALRSZozQAtFJmjNAC0UmaM&#10;0ALRSZozQAtFJmjNAC0UZpM0ALRSZozQAtFJmjNAC0UUZoAKKTIozQAtFGaCaACjNJmlzQAUUmaK&#10;AFozSZFAORQAtFIDjvRketABmlpAw9aM0ALmjNJkUZHrQAuaQnijI9aCcigDCuG/0iXn+I/zoply&#10;f9Jl/wB8/wA6KAL/AJ0n99vzq1CxMakkk4oooAkzRmiigBpJz1pQTiiigAYnB5qPcfU0UUAG4+po&#10;3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H&#10;1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1N&#10;FFABuPqaNx9TRRQAbj6mm72/vH86KKAHBjjqfzpCxx1P50UUAJvb+8fzpksjADDEfjRRQBH5r/32&#10;/OlErn+NvzoooAXzH/vN+dHmP/eb86KKAFEjY+8fzqTe394/nRRQAb2/vH86N7f3j+dFFAD4WJXk&#10;k1JmiigAzVed2D8MRx60UUANV24+Y/nT97f3j+dFFAGdqVxLHKoWR1GOzEVxmpavfR6hMq3twqhu&#10;AJWAH60UUARDWdQP/L9c/wDf5v8AGnLrF/8A8/1z/wB/W/xoooAX+2L/AP5/bn/v63+NO/te/wD+&#10;f24/7+t/jRRQAravfbf+P24/7+t/jTl1a+z/AMftx/39b/GiigCZdUvSB/pk/wD39b/Gnrqd5/z9&#10;z/8Afxv8aKKAJF1K74/0qf8A7+H/ABqZNRusf8fM3/fw0UUASC/us/8AHzN/32aeL65x/wAfEv8A&#10;32aKKAJVvbjH+vl/77NSJeTkH9/J/wB9miigB63c/wDz2k/76NSrczf89X/76NFFAC/aZv8Anq//&#10;AH0aguLudXGJpBx2c0UUAILufA/fSf8AfZp4upuP30n/AH0aKKAOfurqb7VN++k++f4j60UUUAf/&#10;2VBLAwQKAAAAAAAAACEAtdHyMDkXAAA5FwAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0K&#10;GgoAAAANSUhEUgAAAKcAAABVCAYAAAAsTPT+AAAACXBIWXMAAC4jAAAuIwF4pT92AAAAB3RJTUUH&#10;1wUOFgYKRfTvLgAAFthJREFUeNrtnXuUXEWdxz+3Z6Ynmcmjk0lCwiNJJwQ2mPD0gaAgiEiEZSML&#10;gnEVXXVXRcSzh5ZVIz7oRbB3cddVXB+LigKCykMNJBAChENMBAKESCQh6QAJSUg6ucnMJPPqrv2j&#10;vte5Nt23e2a6Z3pm7++ce5Izt/reW1Xf+v4e9asqCGXYiIE3h60QSq2C80cG6sOWCKXWgHm4gYMG&#10;5vx/qXMk7PZhI58ERgMLwqYIpZZYc7SBXQaMgdUGnLBVQqkVcH5CwDQGcgbeErZKKLUATMfA0z5w&#10;GgP3mrBpQhlCUM7Uv3MNZPPAmTVwethKoQwFMKcZ+JX+/+k8YHrXGgMNobceymACcxQWmKP1p3iR&#10;om8FrjAhOEMZJGAC/AdWZUf1566An1wXAN5QQqkoOC+SN24MbDX2bxcUUeve9eOw5UKpNjAnG9iR&#10;FzKaZyBqYH0AOPcbaA5bMJSqqXMDtxRjRQNvM3AoAKBnh60YSrXA+WYD3QVA12XgNJVZGADQfwlb&#10;MZRqsebvAlhxi4FpKvtuA68XKPOdsCVDqQY4jysQZM+/njEwReVnGHgi7/4vw5YMpRrgvKkEML3r&#10;RQNz9ZuogRsN9Ojew2FLhlJpYEYMvFomOI2BjMJNnjnwAQPtBp4PWzOUSoNzvi+uWe6VNfBdL3xk&#10;4CwDL4/0qcxQBh+cH+8jMP3XCwZOE4NeauCosEVDqSQ4bxgAOI2BTgPXKxl5fNiioVQSnLcMEJze&#10;tVYmwoiSMPFjaKWuQs85CViDTa+LhOAMpRKyt4LPGg3cjGXjphCcoQxUXqrCMy8HlhqYONwbJ1zF&#10;V2WJxVOOWO1wrEc9FWgBYgsOvjD3tl0/WVSlTngWOMsBd9iDMxZPTQaOBMZgY2jeNRqbnT0GaMTG&#10;08bot16qlvf3IOkBOoB2oBXYB2SAXcCrwHZgr5tO5IY5GMcCp2ATNk4B5gHT1YZ5asvwzKvfZHrP&#10;vmp9zgrgfQ505n3jFGAW1sOfAIxTn472/Vun/6NvL7XTSLuuvcBu9edmIA3sd9OJPn+8/4VPMLS7&#10;SXQBe2Lx1AbgGeAPwBNuOrFrGAByKnARcKFAObbAwPQ66jUNzNYcTm5DdOr86T373l+lTzsb+BLw&#10;1by/Pw4cM0jNcxDYFIunHgWWAI+66UR3X5nzSlVmOnAs5SewZsV8G4FtYsM2XfhGXjPWDjpM6m22&#10;Rm6kBNs+B9yLXVez0U0nTI0Asg54N3AFcB69yyq8714NLAVWSsW2Ffp2AzHgz2qXasghYK4DL/u+&#10;/fPAqcAkYLJYdEwZz2oFHgM2qJ+7RXAT1KfH6WoMeMYrwPeAm910oq3PNmcsnmoCPgj8VwmQ3gp8&#10;yU0ntvejcyMyI07Crpk5B5gfoD5y6vDvAb9x04nOIQJlBFgIfAU4Me/2NuAHwK1uOvFKuc808CHg&#10;51X0Aa534MsBdRqlOn0fO1gKyX5grptO7CjRPhOAc4GPa/AWI5+t2C12lhdT+U6JF31OAC0mc9x0&#10;4qUKdbqjEXwJ8I8lTIxNwPXAL9x0omcQgXky8J/AO/Nu7QH+Dfihm04c7Otztb3MrcA/VOnT1wPz&#10;ndL1u5LiuaHPuunESX1oK4AzBPjjihTrBv7JTSd+2h9wTsOqg0LOThtwWH86o4yK1QN/B1wLHB9Q&#10;9EngU246sbbKoGwQU16Tp74B7gaucNOJnQN5h7F26io5UJWWLNCc7xgVqOd0fOo/T9a66cQp/Wi7&#10;ccCdMn2KmW4L3HRi+RsdxmB5neKB4jaCl632W9x0osdNJ34jb/cKqZRC8hZgVSyeSsgGrAYwD5fX&#10;+5UCdmUCuHigwBRLtALvFwtXWupkF5aS1xRRqWRfHgAuBtYFOOU/iMVTo/sETjedyAYAo0sjsmoi&#10;kN4skD5ZpFgj8C3g54UqOEBgzhebvaOAOvoo8O+VdNAcG5S/tNIA6SXnkpKT01PpfmwHPhPwDbM0&#10;MPvEnF4ooGBFBstzdtOJzYok3BtQ7IPAfXLmKgHM47EZ5jMK3P6sm07c1p/YXRkAXQF8SkCplHRT&#10;/lRpd5W6cRXwx4D7F/YHnDURulHY4VLgnoBi7wFuk404EGDOAO5XmCVfvg/8sJp1deBnwNcr+Mg/&#10;lQk6U0VTzQAPBBSZJyeqT+CsGXHTiS55tE8GFFsIfC2/on0AZhM2pnpEkSjBF6rBmAUkKQ++EvJw&#10;jcxT/zmo6cnL0hp2iR+KDnwowBYG+AJwZj+ACfANCm/OagTMtsGop2PV+qewM3cDtTXvqJHuaw+4&#10;15FvygzLrCQ3ndjEG6fk8j3Am2PxVLSPj34rcFWRe08Bvx3Mejp2ducD2Hnq/srjwNoa6bqg/ngp&#10;34cZzilz/4OdMi0mxwEf7gNrOkCK4jNU3x2KpBTHhnc+3M/ISA64zqkRvwE7ZV1MHuyPQ1Sr7NkJ&#10;3FSi2NUK6JcjZ/LGmR+/Orp7CKv7SBl1LST3UCNr2mUynVXk9l7s9O3IAKfkNoLjcn8TALh8uZLi&#10;M2aPDJatWYQ9PVs43YefvQ5cWUOseQx2rr2QTXy1m07sHlHgFGB+X6LYxWWM6ikEn+/z2FDX1bEz&#10;cuWGl3qAyx3YUSOsGcUuIYkWAOY33HTiJ4V+NxKWaSwrcf9sZRIFybn0bnNdSJ6tkbr+EpvNU8o7&#10;vwabrlcLwBwvDZfPmi52ScnXgrza4S6rStyfg80jDZqzLrW/5eZaqKhj16nfjk0gLiY3At92hh6U&#10;TcAiYDF/PcvWI/vyWjed2EaJkMtwl1ewMc9imwrUyd7ZE+ClBx06lcUuO6gVeaAIOA1wA/ClKgHz&#10;qFg8NclNJ/bktV89Npk8BhwNnIBNlTsHu/zDkwPATxX12FTOC0cCODuBnQTveHFkwL1GdOZPEemi&#10;svPcA5V1+p5IHhtdU2XGnAxsjsVT2+l1sproXXdUauXEbmyceF8snqKcWbZhD043nSAWT5VKaggC&#10;bozylijUhDhwwNhkHO+b98t2u28QVPm4PDbsi8wGlmuwb4rFU0uAn7vpxPqRzJye6g2SaD+B6/22&#10;ZhxH02uqgJ21WuTYOf/BePWtwEPYKIA/QaRJdv0RPtV+fBE2jQJv0pWIxVPLgC9iM+1HJDhLgSco&#10;FjqqxG/rBOC2GqnrZEugXI+d/ekYpPduBD5Wbpqklkifgc2DWFgkGuJgM+TPBm6MxVPX+VdmjpQd&#10;P0qpmkw/gevJ4TVU1xjwDge+PIjABGjvS/6um060uunEEjedWISdDLklwHaPYlca3BWLpxpHDDi1&#10;PKPUEoStAff2luHwzKmV+jqwyYGnh5lf8Ap2NeYFJYhiIfAzLy49EtR6E9rMv4i0AVtK3N+FTqwo&#10;IvOrPMAcqeusLzrgqbeslssE/b5eRNOgPm0AurR+p2YcV+CBWDx1LjbJo6VI0UuxM3LfHwngPJrg&#10;rXDWYlPPijVaTyyeWl8CnG+vch3eip1M6BEoc/o/QDYWT5Vy+Dxw1stGjmITe+fXWme56cTaWDx1&#10;OTasVExzfz0WT90+EmzON5e4v7SMmNrKEvdP1RLXaslW7NTkauzGDAa7VDiG3ZXjsBJXi0ybZmmB&#10;x4C7arjPlmCXCwc5fYtGAnMGZbz3AL8u4xm/xyZVFBusjfIq76oSm+ySV+tX1eOwkwcnYBfvXUDw&#10;PgPrgcurvYa/Uio+Fk99Syq8WJtfOKyZUwvZ3htQZAXlxQDXUTq54yOD3IEH3HTiBTeduAO7wcT/&#10;BhTPAh8ZDsD0yXPACwH3Txnuav08qb1CYoBUOdNkynD/7xLF3hOLp+YMEdMY4EcBRbaps4eTB28I&#10;TtqZPGzBqczqK0rYmsv78MjbCV4dGAWu6e+qzgrIJoqHvLYP031NA7XacGbOU7GZL8XCQ1f1cSR3&#10;YU/fDQo0f5jgvZuqKV0UD7q3DtM+DNo1t2Mg4KwrI4m3WqxZh92Cptj+SFeXm5aVz7bAT0qw5/eG&#10;qN5eDLSYCTMcJSjnYdNAGrmRyh1V0ld1/jmKrw36Ef3ckUN20FUEL6V9B/DlIVTvQyWjqvDMGQH3&#10;Vg4klNQs5HcPciOdAXyzyL17sfsYBTJJC4uj2LBMZ4ZkPkDbYvHURcCjFM/zvBYburmnkhVrYbFD&#10;b45kI72ho5zZ2e7kpjRBpKqJcU4ACGNVIJm3B2iC250yHvICOkq5gMx204ktg8iaJ2JTtgp56Hc7&#10;rV2XR/YcmoadNTpaI/NIbKB6Eja7aDR2JsXRwOrErmfZid0+fBOwPtcyut2Mi/44AKDtwEVuOvFg&#10;P4HYArwNOBm7J+dseg+MiOapPAN04zgNRHBMXQTqHKiPYBoiUOesiew+dBnwSoZkbgDtG8GmwxWa&#10;Dj4ETKnUKtRYPDVboaRCqn0F8J5ymDOIzt9O8Lx1JUfZOdgguE3yMAanKwedWZzOnm6nvXs2hp0C&#10;3h56T+jYjV0D1Jpns0WxszBTsFlHs7Hbf48CiGQO5XA72k1zA6apATOqPj8E3gzcG4unPgbcWSpk&#10;JVY8Bht4vgCbTJLGpqK9jD2Bba9A731nnd4zHpiIMVPIcoSTzU4H4sB4x5Z5m+rotrD4Gexubn/Q&#10;lcmQNH1gzsYAHBxNBRb7KZfgq0WA2QZc6aYTuVI7GzdoJBWbpH8IOLeaG1tpWekXyJlrnc5sAx09&#10;OB1ZnM5sDmN2YU/eeBYbSN8AbM2QPNBPNmuSljgVu1rwrL+os/oIubFRzNioZa1eyQHfBr7iphOH&#10;CjyzHptt80mVXYadLv1ThmS/97UX2KcKMPMVRTgJu9PJGJ8TtR67KcNDwBMZkvsD2nq0wFHMF/mi&#10;m07cUIE+/YT8AqeA07fITSfugtLbbk8XM9YF2AYfdNOJOysOyunfcpy2rnPJmRucruyJTkfWkDOb&#10;1LErxQpbMyR7AjpvInae9jB6z9tplGrPSlW1YdO4dgLbMyRd3zPGYJcNfwwb8K8n4pAbF8WMb8y3&#10;/9YBn3fTiUd8778Qu8f9KuBXGZK7C3zneLFgXAw+Sd/pT2bp1nfuw26WsMPTDBmSh/KeNwabZX6q&#10;nMbTBWKPlVZhp2vvBzb7bW5tlrsuoFu2Aif0N9tJZsPnKLztz0Hg42468Us/jQep0qv1oCA5iN0N&#10;7RcD3UzWp/r+Xtdsjfql2DSrl/NtKjHTLDHHXAEyorq5Al4Gu/qvQx1dpzJjVX4a9oibWQJHWqrx&#10;Eex2i93YhNl/xc6B11MfITdpNGZ0fT6LPuC4ncnIvo4FesbSDMmsr37TsPuIHiu11omd4dnu+872&#10;PPOhSdprkoA2Xfb0dNVlixjyGezSjb+0k9pnHnaa9zzsOUlRDc7n5UTeDazPxsd/Tc5ekCwDLnPT&#10;CbcPoHQU5fgG8K4CRdYKmM/m2xiFHjYem2xwE8GbDfjlUeyuDiuATLmqPnbUjaPqXm2djt2Z4xJ1&#10;wBLgPuBRPzOoc6eIFU6Syu1S56wD/pwhuXeAAyQi4JypzpyPXZj1U9mFJwDfVSeTizViYqO8ltzv&#10;tHbdFckcehjDbzxWb2HxOOB8AWsvNmtoa36koJ/f69mCx2OPnjlFbfSSNMxjwPoMyS6VnyigLpRW&#10;8LzwF3OxxpmmuaGRaMkI4U61we9k6x70iElAHKVBP1/sfSGFD2J4SeR3S6FTURw98GI5N0eqon05&#10;JCtfOgSWzarEfv56ZqMZiNGVjURau2Y47T1xsjkjVfMr4A8Zkt2+xm8WEDz7b5dU01MZkvv60IlR&#10;MVCDrh4B+6DXcUV+F8OezvbPYsYbsWvHE+gQA9PcQG7y6I2RvR0p50DX8gzJrT6P/Byx1MNB39vC&#10;4tHq0PFS6367r0sO3QHAzVflBZ7VKA10ugbZHAFhmTTQ9gxJzwQ4G7vN4vkeUE1DBNPcgGluoAyg&#10;tkpDeWw/Rtf4IuS3T5rwduBBzcwV9c6IxVNPacRR5gxE/4JtObPLaevucFq76p2uLNiE0zuA1R4g&#10;W1iMVNjfYpNwO7AbqD4C7C3ENvrNKA0qz76K+L61Tqq5S5c3uqNqxCZ6E3XrpGZXA6957xOjng1c&#10;J1V8pWzEO4G9RJxPkzMrMyQPqey7NABW+e1ifetUMZ03UOr1zAP0nn5nfF5yk2zmmAA8xufNd4sI&#10;1guAufw2kmp/E3Y/qHOkDe+XSn8hQ9IIqO+Vxlygd2Kidb1AbejTnI2hdxXCBqnuVcDTbjpR1ton&#10;D5zHYZd1HhQYevT/nC7/oQV1+vCxGuHjfdc4n43UDDjkTItzsHu+09pV73Rkoxq5dwCP5AFyqgB5&#10;gkbXEuCPBWxM9O65Ul85NcQh4MUMyR0DVJOOnJN3Yo/M68JuI/hMhmROwPuoQPodqfxOYEOGZLaF&#10;xYeJtdb4VKk3GzJTg2a3V74Car1e2m6ebGYvfrtRZsie/FCSGP18aYQjxWT3AM+qDuOwaXqLNMhs&#10;OLEhcsDUR5aapoYlZmw0jfOGc917/I5bX+zSouCstLSweKxCMRdpRmcNNtP7wQzJdl+5ibJHjpct&#10;9jtgXYHGbBKzHy4gumKK1ypht5URXlogFn9eXndnC4tnYPf8eR34aIZkWwuLpwMRn1p35EiNA7Zl&#10;SG5nEESAnY1dJTBRYN0kDdVeIFpwnlT7LDHqr4HnNBinyj69TOZVgwhhvUyxJcDTAwmLVRWcYobZ&#10;MrAXYPceWi2GXOaPrcmAf59s3P0C5Pp8Fmlh8TR5eI2yZ55SBw9JkoOAdjL2wITH5eGOwu6wPFVs&#10;etCLsQqoMWBTKRtxEL69Tux6qrRaq2zgHXnlJkh7fUCRgLsFVG9XjiPFqJfInvVCFa/L+XpY/26o&#10;RD85/axsg0bZaVJ/Z0qNPyQvexnQ6rPXGsSgZ4r5HshX2er8mZrt8IL/j1djRFZgIJ6vgXiDHLSj&#10;5X13yRmZLadjPzUmPrPoHIW1OuTRb/EApTKTFUG5TOU9oG4Uc04W4y6Qs3qY8GQUElutUNrT2ETo&#10;XcVi0v0Cp+yrCQLicbJrTpRdGNWLH9a1Ns/LrpcqPFNlHxfYuvPecZTKNXrTeH2txBB18gTs3pK/&#10;zpB83KciY4ozMhxEUYJ3aUB1yvHc7Gc+mTCXKPbcIEf2Pk/jiZnnSdOdLs05My/QvkumxUZ6z57f&#10;Ru/58+3kJeI4AuB7NYomS0UdIWdgpmwWo4d6Qd41+rCDBWJuZ0h9RDRyVmRIduSVmyjGbVTw+cmg&#10;cE4Nd2xEExVbNECdgcZZh7g+zWLUYxQ5WJoh+XKedpslX2Kh8LJcmnKlFypTu0wSYOcrUnCMfjut&#10;wOxQpxj8qgzJn/nB+Rns3HC7VOk27J6XW4T0FxWi6CjgqNSLUc8QkA8qGP9EvjqWY3GanIN9KtPF&#10;MBepwGPFlh2MEJEWOF9Rhr1yfrb7TDVHqvxckdtpYseVCv2tAV7PM90iIqTDRYCHKeIyQeC8yV/e&#10;UeijNZ8Fi7DEFKn0k/SCLDbtaYXfZslj0pPFvh0KsLcTynAD6mQx5REisPuBV/0qWGA9Vqr9VEVX&#10;GqVxn8MecbgBmxNwoJzUPqeAVzdRiJ4hGp4lZycnr+w5qfZXC73AF/YZp9jjM32ZyQml5rXEUXKC&#10;pivassKLjxYoO07O4psUUpsjUouKrHYK7LuxaY73Z0i+4mfOM4DP4iW0Wk9rhwzWzVLpRZHu87Ln&#10;yc5swyZLHBguTkEo/QbqRGw8+wTs5MxmqfSNQRMMMgcbZbNOln06Fvit3zRy+vFRo+TZzZbnlhWQ&#10;nx9IFnYoIwKsM+XoHq0/t8pvWS97tU82uRPwsqjU+2yNEM/DOiQ2fSk/LBRKKAW8fy8MOc1HZt1y&#10;nndLS+8RkF1/GNFpYXFcsSk/63lb8O2Q154JgRhKBUFbh00+8fwbL5lluX/i4v8AvgLfUnWy9KsA&#10;AAAASUVORK5CYIJQSwMECgAAAAAAAAAhANAXt8ujOAAAozgAABQAAABkcnMvbWVkaWEvaW1hZ2Uz&#10;LnBuZ4lQTkcNChoKAAAADUlIRFIAAAC+AAAAkwgGAAABR0GT4wAAAAFzUkdCAK7OHOkAAAAEZ0FN&#10;QQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAA4OElEQVR4Xu1dB5gURRae2Qmbc84ZWFh2&#10;CbuEJUpWSSKIGJB0REVFgogKCiIoJlAUQUQUMXDmnDCjqIiKKOYznWe8MyKGd/W/6tdbMzuLikrY&#10;7f/73lR1pa6ufl1T4dV7rsaBT7KLyfIG4I6UrJDhfxjXzc/hgt66tQk1OWghFdXMtq/h/mlceVom&#10;F3zeFQ8TCm2q/O0GXUTDesX9+Ru0ahJOv/76KxV3mmPWeuhrN5fS6Uvu4RsjfI+BArq3jaLSXD8K&#10;WqyoO0e4XG9vXVfy52/w466faOUcfpmPfpFTQo+n5VJMWiWuJ92/rIBefePf9NL1oZngdwE1HNI9&#10;+nPlnfSZ4iZQafdzUOCSsyek8RMUdpy55zf45Zdf6YThSSjgxvFDEqm8KBx+LnDp9Ewq67VImm/P&#10;UNBhOoXHZnMBwqbWi14l14j7M+hjFbI1PDHCLIyuX8Dfx5++gY3SIU2p45xO1OaEKi70qVVFf13h&#10;fwcqFL2ova5rFf1PUWe+0s3SV3vZX6O9rnRFv+upDlP0qvba+NVygR8VyQ1GWe7fDnkKBw7qwnPy&#10;iGTmbXQZoJqKSJp5bDLdvCj3r/mS0am9+e5nXPiq07PoprtepMIs319TeHnfxdJjxuP6ubX6z0We&#10;5pnVhXt+o4cuK5DCt5QV8P+AIBU/bVskSfyeQWqpvE3RTEMio/kaVFUWifDD/vQNrD8Xfg/ydwn/&#10;5GH8L8dp4O4RUJhRwK2v3FBC+OOv8UfQG/8spU2ri/5cEwEooHf7aBSSCD9u0KEi4ku3x73eKryc&#10;E+4pCjvO4Frin0xdliHMF8Ms2q2k29l/rvYG3rFcyq7JocoJram4y7y/rPC/BajdK9rr6qEI10JA&#10;cO23Kmqv6CC++gNAQWHaa0MK/95y9xh3Wi7Q1HIdODhwgS6wvT/gL0mwTRH/FxrgLhNkXe97DO4W&#10;R/06xnCFNl2t/ySEXnn9Y9tv/ntFhruvg3+f47EVhVy5Tz79mroesYw+/+pbOntCap3WLekyl9P9&#10;9NPP7Ga2GIE0t+rYfYPrUJHHN79NqSX9URm70mhhq7XpvmX57H9+be107qCqaHr7/c/o6JOu5Yex&#10;gvcuUKkWvfWY70E1PFNBFy+cnMaViXe5nxU+R3x6aizFRDLLnHnNvBzC3PSW83J5Cm89gPnHsHeA&#10;G599yf2EgdL0Y1ICWlEqD8qvnsqVLO58OqfZuq5YVT6P/QjvO/IKSi7sHZB/rwA3b9bzXBnCb8pM&#10;9vCHPKBLDHWuyqHxQ1IoJbOYH8LtdUuv035wt1gapEjK6DHiMnpGffi43tv4V/Ne5woLSAUuVfQz&#10;wkAl3eZzxdWIxO6BgFvPz+V40JiBCfuk8jZQiZSivqjEuYq81ujVNUPN3s4ar7+Jvh1jfoHr8rgu&#10;jE1tybM6jz8u4KH2FZ7AAxTVnIqKnKODGDwMx8JSs+HNKa4gnsK8YTxaVnFhqDjy6aT7CeIy2ipe&#10;j9xZX8USsjog/EZFfvmI9xZWKwoeDuwJEi3XwR9FiaJC7XUNUgS/XAPib2a5+YpGa689rw2+Fjdc&#10;UXNFEYow75KyERatCJC8fxkOt1wsYXq0l4Ge5i7tdSVYLpCiCHGtFW1R9F9FVyoCHlQ0TXtduxR9&#10;pggj2FWKzKVTBw4cODDwcfYfGj1uxGak5d+38KkxztrkdFTmZh0SgDrdHs8HPN79o/InHJFE1jY7&#10;/tiA41sUhdvDYpA5uoR/fxhtMrJSvYSVB/jbNI3gymL7HhP0YZPX0FmX3Eft1XVJ17M4zfXqQfeb&#10;yiuMXDUni6eO0tKvvfUJFXU6jY7qF8/Xx51yvb18gtnV6WPrrkrsdby8Xld4yZUbCfjpZ70coqJi&#10;dQoNGdu37HseXbHuKfbv09b3elxcicMnXs1zXviPMCQ9wEJWBbMURSIsu+I4flCkFUL4XocnTFd+&#10;4LhVdMFJGXYlnl9bzJWGu3xWJh3aOYaKs3kyf4ZO4aKEnE72np26vk0H70XgxlgmgWuwwFWKzNWz&#10;lZbrKs7xUWqCB+nuR/rLr9uH7IMbn7fiYUrM6UyQ3UFYbLT7u6Z5fq4Q+nOkMSqYo+hbRUe8cG0x&#10;hwP4sJF3r+HYg+N5YenCVRupW5so2nZj7YoxKn3vUr0siArGZVYHt3Du09Zun5AVvneA7g6QG6PX&#10;Uc4L8HdsGUlHRsUySeUKa2bRVkMW6aJpmfTgpQVmGZN1zF4AKi8Vw/VVZ2STz6sXp8bFxPPGrWze&#10;Cpm8PWZA/Pe4HjF1rZRxmY7ZC8CNv/zvd3blJw1NopYlvDlRgTDEj+qfwHyP9Ry4VuUhMdNF0cfx&#10;OR3Nlt+ruAE3vffR7VwpCHkZImoc1qZ5kqxjsvvcNbUjT/zDIv97H37BK2tW8N4Dbi4tN3ccryj3&#10;RjgqjjAQKt3KF06j4nnNMluRtavrpuqBF0irL9JhexFu1aJSyfsuyefWQ+tfd3YOjR2YaFe+f+sY&#10;YZmlvkjfZycfnUMpxf04PiEmjPPtExTWzOZF2Nw2E7kSrSa2gdvi8INi6boF2T++cUsp+a0PWaFL&#10;+1kdyR+TSQm5XSgmtXzfVRyQlgdZQd+hglUnVZsVewA/WJStmtYO4a2Ku5xp5tk3kIqvXxAwrRuY&#10;3SlHBDlcbU/kBxmJ67h8PUQWQvw+BypvVqbl6AquvPUAv8iDwO/x6d2T/QZSeesBvlQUob5oZhfB&#10;ftPSIdDBcvc7LFe0WXv3CMGCNHsdWJ7+TnsDgCFuMGSZWgB2kbFLfaxjhh+syK+9rp8tt/FhgSKz&#10;VbD+PlJRS77SeF+R+QYkfX3yCGBD4CNFWOt/RhHyoJWHKgK8lotwbDXtEbBbAciuhrBEseUCUYra&#10;KUJajBoBNXrg3Q7IdEle8H6BItlVkXjZGRGUWu5fvjtytOWawI6H4AbLrQ9YEtmnm22ogDkSjLFc&#10;k70ECJOPT6A3nDV8is5UhHRrFGFGhaUSvDkHDhw4cODAwd+G9yz378CTlutAcEpsIi9YgY6O+ssn&#10;7EkFXi9tzcinVDcvev1TBzsA/pfr8dqNvy6Jt7zqewEZt1+QR9gi8IbHky+Sz8DxiaWYqLCfdJJA&#10;lHn99Gm2lmsVsqIcFOd4eXm2unkEHXaQFi+9Up8DF+xEWEnXefaKkdD3P+yqExamXuQ5llg3gLwQ&#10;IL774nzes7SWgvf5Osd+g8tmZtITKwvpsSsL6fUNessRjSRi5EJt+19AP//8S0DYkcevpTsefIX9&#10;iy5/KCDOauhmd6iv5Yhe8bToeBZb+csnzQcy8pizc3wBDQcC3nz3U/u6tPsCeuqqwlBijdffen5e&#10;QN6Flz1ITXvUXmdXjuUX6/PykfXGDTS4x1+7lVs1QG9hCT3/8vvsxqa3orwMX3B/jrUyLFKgIfkg&#10;r4Gi/l1i7HKgzuI5VdaQiavpzfe0OAQIBy8gPmHlaTxAw0sjgD757Gv6+psf2N+/cwylJ7EIhg2k&#10;v+eSfJozJpW7kspSLTBj0v3WWSOQygLpZ8E9CCvtdja16L2IZp57Z8C9O1VGNZ4XMLx3nP3glQef&#10;z3pn4H/+Wi3Mo5J8rFO6XJ1bRaGLuUVfaURGujpgZ9u6BJKwx6rc5xWxFPcL19q72kMs9y1ohZl+&#10;TDLfC3/UDz6xw67Hw8v5/FXDBxoYDzxj4R20dfuHTLhWUbRDDRmVe7eiY5AWwnnKsU9cCGevLsng&#10;ISPyVfeaaHL8DJ3SNaWPPuPuGn8Y79JfhANrEMGR+5f3Wcz/KfBbL6/Bow+kuuThOw9dyv77lubz&#10;SSZLuAqHKlwYz8PFmH7FaVnc2DenZdHNKVm0Miud3szUZzaDCWN+60UwWhSy4EoN1BVBKqdFkZ/T&#10;Aevv2GLns150w4VwXc2QS+jUxbrvLew4Cw99BHQ8GcJhIjfoOn5YIvUMj+TGXzsvh/pFRLP7aJre&#10;Kcaf5imqOwHhRCPCXr1JD1eBdi1Y6YULh6Q2XqFVd+C/o82hS1gz1onzbuE8MZFuO0+DBDgbDyqA&#10;X7h0QNdYgnwYJ3S5vrBcBtKg8acfncKNjz9faXyQmjMpcrMfX5GVjTH1SK0JBnq0Zo1M4b3Up6/S&#10;cmm9jl5ul5HTZgLSBeRtUMBhYTzonPPvth9aGr9FScQOyLcpbxLCQMN7xb0OjkQ6qAsp7nyGnQ+E&#10;FxKKkLd7m6ifr5idxf6EWPeDw3vHU5um4ZClcFUUa7H6Z198zy4rPqs97p2M+AaJN2/RnI/PXR7a&#10;Esd/FtJiyuUX0bpprWozNB7SoU+GP8wbwQ2V03qC3diV4/kAqX3dpbXuagBLZR1AbjeXPwrDTrl/&#10;8BfYoPHidbpfbtN/CfUfs5L9WUUs+EXTjtZdhMKzlst43equQAXtT2FpT/Tb0tjRbjeVe/3sh0og&#10;KxujpjySFbws0Os9FBvtpx5HXUb3PLqdhk1a03gaXiBfgElhnnARdONTN51bae7VDRNWJz0Ijd3c&#10;56fDejehh1Jz+Po/2cU84lFZMfNdnFKeSn6Pa9ttS/IoNq2iThmQ+MZ9GhWkO8lvf7IWtlZdQWm3&#10;+RxmJQFyFV3dtlmAhsUWaFykQ2M/oGa2Wanui6y4SzKS9ey4dEgTSq3Uq5vS0EL4c8Y6ETSlIb6x&#10;4l4ovkC/jz9UzfnGkM/teqB6enuWkmw1iQVuRdwfuHnJ1HSs7zxySCetYMYCxebEUuspbSmvRz65&#10;w7zc4HlVx7Oa2NoX4MrUyRshPL7axS8ha8lXkB2eEEHRmTGU0S7TFlUFxWbH2ksQCtkVYyupZHAT&#10;SmnBMunkjeQTjLdzrAV8aTmtx9n3wv6AFdVocb7Z+CJi648OeAlAuDvcs9gT4Ql4CRXjKrH2MxRS&#10;3OoroRYjW0o+LEnMUXQKykNfj7UdjnEQGoZwNkY7H8VntTMFTHML+hZRQkkiN2LLMazlmJFQmoCG&#10;BvopgrybKzqlTDV6JZcXEZ+/C8sLCHdQD9bN/1tPa19guQ4c/PWAMLJw7zDLxYErU9O0iZcVBYfJ&#10;tWz3fWO5Ei6uKdH9kuViPR/ahgAonH5ae0NCyvnQcq+3XAhcm5B0EM6WZxKINPg+Bf74HtJeu7Jv&#10;Wq404k7L7aPoCu3lgwqQJIC0eSsEKJiNjO1C4CvLRRgIaTciwIK54YJ4yDhLXgxHofoGqnCgThwC&#10;3hhmQm/PqYpQTzmO8pQi1AdlzFb0H0UArk1l3tD9g/yAuWu23wB/lqgkIBX9LQSfEDHPL2DC9Vfh&#10;a8v9LQR/BQKzXjiWsE8g3AXOkDMRJoRj5ymCYiWptCmhLzI0/1Z0j/YyUKbA9ANyYATlzNdehplO&#10;9NzjhcpBEgEOlJjAwRJA8j9suai3dGOAnEQQSPrg7siBAw1wiBBWGaHaW7gGs1UokHiEr1yuPEX/&#10;0l5OA1MROxRhe3GhoncV4TyLYIoicDd0+GAHDDqvWXW4gbmWKyqsB1ou0uHrwX3kD7ej5UKoFot8&#10;yIN4nK9B2ipFjRpvWe6eYKnlOnDgwIEDBw4cOHDgwIEDBw4aJJpY7t8FqK13EIT172UVEci6/kvx&#10;gSr3Q639+ygd4kDgmRufTMlhHtqWwaJ7aTr4rwG0kIsY4Yd/08s9YOF11UoXv68a59+qkayo3QFy&#10;OVhGFuOQ9eKyxDS7fHUp5ABo5dPSxTPjEumxtFxppPrAEsVVzSNZsCrMG0VLpmaIlLGpdUzw4cY0&#10;LUD7blYhfaRebpb6Eqw4B0c1i2MxwUevKCQcZoDuaCvKxpzRKdzAWS1H2tJtwRQd4Q4p6o1yES5U&#10;mO3bnURD4wIaBAcYDukUSwsnp9dpQIiTZyRrYddg2vqqPsloEtKrbKzMXuHjV28sIdg9g+6FYb3i&#10;6Iz9waTA/oRB3eLYqESfDnx8U8w4nYYXkVLc127Yb77bSdvf/IQPMzftoa0JAK0POd9OA6rRB5t5&#10;kxxW9oTrQ1mYbPRAw9x0bq5wfSyUpl86M8NuzLse2kajp1/PJjrf/eALquh3nh33yNNvsHvhSm2u&#10;4ann32E3K9VHMGmSm+4lGNMbOyiBFWvoOzqwgUbHeSnh0PgsbRMA1P3IS2nKGRtYhwIMeiDsitNy&#10;6aQRSZw2u3I0h91wxxa67f6XqYV1uBn2VNObDuE0Rdma+4MNZTZ6FGTohknM62o3OFS7wG038ELq&#10;efRyWn3TM3ydkuhH412ic9Zi+alZv6aXDeM0OGwHwC8uSCWjbfqgsyh6bdT4GI3uDqur6gW0aLnW&#10;ndNM9e0w3fE7uLYmJbe1nX/exfexbh4ccpYvBgTrqo9c3oi7Hyj4hxIKnMVCg8AA8DUbNnNjffv9&#10;j7TLMq8MmqLP5gZbvMSfKcLFlr0NWL+RvONn30TN1Z+zXI+Yqi0dg3CaUSUfrnM1IoDjpRFAT2x+&#10;O6CRQBnNhtBTq+pyKI77b7E0lIDiY/gMF6SF+VAEoP6w3xvRJ84+YPfZl98SzPN++dV39O9P/2ff&#10;A3bHrCyNBtSuPIof/uLVj9HOH3+iZWse5+vCDjMIZ25Vmgk6qcsF/Tto5PkT02jZjEx6Ur2QZTP0&#10;rBYEc9kXTcsgjOdxbfXrggjYM558uDa5YZ44F0IeK23Dx/aba000gaoHXcgu9DLccE5d1St9VR+N&#10;Bjp1ZLLd4BiWpiZ62N+vYzS7eClwoWLAympD8uE+//nsa9tqvNzXStbwIY0AmqyGkOIP9wcuD4T7&#10;9JHQ5w1zPAoeDBuVK7L8LvUSduVn8HoN5O8BVvslBpYAlIvT7evm59DQSVfz/YYfr0+fBxw9bejY&#10;sFgrolu5fhO7py+5h1JLB9Ik1TUYjf/ZmAEJlJ7ivtXqRiASXs0xtTDFzE1Ae+C0lsWsZ2cAAqTx&#10;Lz81k+/51nufsc09+MOjWWvVsUjX0NEp01qn2fbGv2nTlnfZf97UdIJqFmn8Zvk8ns84c1ztcsDg&#10;brE/Iv68E9LZTNjBEdGcF2obEb7x8trThniRlpfVfknjK29P5AFt2Va7LnRY9/3M7MzfBP5TxQNj&#10;dNPvuBXsx3F+s/EVdl6ojSnO83hcK5Qbgbi3sgrttXlpfCErrzc2Stup6to6ylZuhLgurbXar6yK&#10;UfTd9zup1SFLgvM2bNxzie5yXrYMl4KKatj24ZloHKMRbFWOCLswQWsYWVeUabvBjS+E9MaIhw/T&#10;mY3frMBPvY+5nBfpMBFDnsgoXohr2DNfqNPFwwJXXq/7/JJc7mJcPattq2uuF9fV7mbNHpVic3uf&#10;DjF0R2q26ruzAhof+cSfXTmmjr40s/HNtEKYD3RrG/UjJ26geC6tdAA/7KOb3qQLrFVIa/3d1atd&#10;beM/d01t4yNMGh8qHe9WjT9cTaDQ+GIWcscGrdQO18lFvdXYP1CNC+Kk8RV+xX2BDfdstV+A3LtB&#10;AvZi5UEHjF1FK9Y9zX4VxQ+Nxrf05LgqtClLBl6OND6MiT6TnkcToxMCON9UhvSamkdYWQE+/wsT&#10;r0bju6Dl5F8ffkmvqj99ydegGx8K5vCQ85c+wFw34oS1VNhxJh6Yj4umJHhsE5vlRbWNr5Apjd+5&#10;VdRvdjuY6Vr5AFaUd/fFeRSh5hEcopBTOZqqBurJ3YNPvG6XYUU3PJiN//7HX3Hjp5Yeaj9wdqqX&#10;HrhUdxd+r26oZ9cUcaOIFVqT+oVHcTdjUlxGG04vDZmR5MHB6ydWn5FtNn6+qWPtl1+0vrcG3fjD&#10;emkblDfcuYVaH1o7zFNRDyIejb9hcS7v51oN4YUr6YLJ44uyu6Mqf4Ttb9s0gg6u0cqPkB9cv1jN&#10;DaTxa1pG2mVMW3Cb7W/QjY+1GHnQd/71ue3vosbjiEfjnzU+jaCE9Oh+8QjbhgYRdY551VMpJqUF&#10;ZRdX0UUnZ9iN/2J6PqVW1MrmxLnDaL1eI0rCZG3kofE/TTgsyW586OREeRhuXnWj3qQBwUg14hsq&#10;msakNucHveX+l+nIE65hv8FxonrRNXecbflhDkRCkC6l5FAqwAStegQd2jXVbnyVhhUfxatGxzUs&#10;3ddURIqOfdbXY5XLZZpf02tvfcJuXDJPxkKdoG84kAfH7pQ0QFpOCzz4CRhGYmlY+e8Z1K12ui95&#10;ICAFtY24xkpkcOPD0A2ujZfpgnpfdDsXqi9FNI9nZ8TQlDM3NJ6RjoFX8LDDJq+h73/4kdZs2MwP&#10;j3F6n/bcT7PJ0/GH2WszrmWnpP8gjYTRERoKZPb5KpntDxrtiCKNWTKDRjmzFt1hr26qOMpMaSRS&#10;bNIAt9z3si0CUtxlHh3ambl9HNLMGR0gX/NzcWdt5VoI2mfNxo9Ki6IwFfZmFncf5+ps6h/bYy8r&#10;D0bjI++YGevZbRRDzBD4ShrRJDQ+NkmsNFgK/kHRg1hxDJVeGr/fkOY0rDjdfhEvr+fZ8cAnV9pb&#10;kOH3LyvgSVZwGaMHsG79xmU5SLjfJGxow1XRMMwKzMK6jmqgX2CMZvtNJRRjaISVxn8uI4/uvFAv&#10;K8NSv8oX17OaR1DQDIUXeBfSY0lZ8go1VqWmzx/Zp9b2PBa2oNQUfite7B/LSEVM9oV1qozkxTMo&#10;tEbjm91GZSnPjNm0cJqlTVbBvo9J2PtVccGWehsH8jK8P6MRclqNo5SiviyBnNnyWLshFd6oOrkd&#10;pbflERCwoKp5BEWFs/Kh6Cz9J4ldq+q5etNF7F/1VHR+02FlCEvEPdKbHk6LpqRTerMhlF99Ik0e&#10;xlILUL7UeCFc6PHHEXQiqyAQdLAxoDuz7YnVPJRUl9f0qY7+aaFqRMQJx1uuqeeMPOEeaJXlPQGU&#10;D+sUUOcr90MaxDVa5LQezw1hNgooPrsDGgZrMm0j1SgGDY+XALd8dMXuGg1xK8J8YRSRGMFKrNvN&#10;5LIgLn7IluuK1ajqTPKGazESZGi0iEzQpjOE7roocA3eG+27F3qUoU+55Vjd+KCEEh6h2Gh/akdc&#10;YyMEmgpdxf1LqOIfreo0rpgMEbKCGyfMhgBhNKOC62uU533RPuowu4ZfQNnRPCtmtJvRgRDnj/VT&#10;0yPKKDY3jqpOqqY2x7dFGjeOD6F8s/GTCno07sYHYCRGGgTdgvitaBOZYZ6wt9DQaHworsaLQERB&#10;Hx7PU1g4b5yLyOBiReFYZrbKW9iohKP+KMTcRlxGFTcm/CbSWqVReut01omPF1B9itarr6J6xubF&#10;st+6FkMG/HVlVRyHsFin8XeDR1doDhbOt1xWhur2un90h7k3W40L7YF9E4p0359amfo6XAXI6AzW&#10;Xtd85BdCgNP4u8HF0/SqY22DuT+Bm9t2CsL/mdpSr/dgNAPXBEY3lnc58pR0mSvX9tKB0/i7wdhB&#10;8VgK+DuxwXIdhICpn9iBg/0f0pd+arn7AtK3N7rDbtL4ImYNbeAA5ORbaG/A0BF+LPfyxomF4D/D&#10;ky1XtIqLUWGgk+VeZbmA5Jf/Dbk+yXIzFElY8L14FVQhOF5UBt9mucHxweXsE0gl5EGBTxRB97w0&#10;PlYiEQYgPVSqo/HNBzD90viCEYokPtjIQShIHIuIW5Cw4Hy4xhB1FF/VqnMHsDgnzCTKtyV/e8vd&#10;p0Ajn6hokqIkRaaO+ZmKgg0XoPLQBI79WnQXuIaFBmjrhlVOWHUAx/dShHV8MVoAbeGQboPhAWj4&#10;Foh2qjstF5q/pYFeVYSXjO5IwsSFZMNI7bUnZohro+hyRVjcS1AEwECBbPIgTXBZDhz8cdiy+CFg&#10;6lxLs9z68EfMZxxsuXvCufvMTIcJ6RulX0dXYkIeDMZjxA/rQID50OMVmdfw17epjTh0cQJ0K0Bb&#10;yxVIeWLSw5ZosACDOejjJZ1p8AYYY7nS30s6cQGzzzfD9wrMPyYguPGByYqgiktGLTjUBqtCZmXF&#10;clCoBwwG4szGh00TSW9aiwguI7jxe1uupAtufIzc8DxikUjSma45AmML03sThYpMbX24hp0sAf6A&#10;sUENMxwA4oq0t3arUAH5TMg1/rhlXzZWEfZmAbmPpIOLYa1pTgNhkhfAtWzKQ5WAmVdcqAlDuTDl&#10;hIGDWW/Ey7PBEE6B9vL2pegHcuCgFo8rCu6efgvyaZtj9N+D5yxXYM64pcw/gj3Js99AKi+yMfjj&#10;xVo8IBZ5gP6WK5bk0D3kKEJ//qIilNNDEQA/xuECzELRDeBANHav0D3MUgSLcHcoAvDyYd1N/nxh&#10;jg9jfMxBMHIpVQQgHawUnaDoPAQoIB5jfYzIpikKtq+130JGCmhc/MniJeAFXKtITPehMUFv81Ut&#10;hOsRh5kxGmgZAhQQZmKR5WIC9poiTOowSRIldxg5mcJRmDyJCDnqAyDvY9rL+cyJodh1dODAgQMH&#10;Dhw4cODAgQMHDhw4cODAgQMHDhw4cODAgQMHDhw42Es4VRG184VTiZctJZzBoQcGtiuibv5Iinaz&#10;OkXWm+nAwe7wWu9wrb3q7cxC+ii7iP0qHDKn+zsg7MX1PTgiij7NLqY31DOoMBw6ceAgNGJU7zg3&#10;LplmxSYx8wgDFXl87Iexaivp/ghKUPX/RDG71D1Mhb2eWUCvKVqcwIb1gs3NOHDg6r0lI58tr7+m&#10;XDDO5xYT+V1uGhIZw36Vbk+ZH1KnrKkZCslCkaVgch2n/oO4KTlTfbCJVOjVZvaftgyZ35WazYwP&#10;/0HhDVtLtIM9A12YmEqvKKZ/ymIaECzh4x/Ap+IvTmB1JyJy/VuY3apJBG2zbAXCSIw7zE9FNafa&#10;+mdCUXrZUP64YL0B+WBdU10v4RLrxxoMaxbHp1BHQ4e9Cuc616iwJbrHF53GDhzYOB4axv95Xi6J&#10;lQohWB+F0r31C3KgWn53OjjfgC4f5IF+T9jhCsXcf4Qyy4+hYw6O5zJNQ21BWCOmy+sjKPWGQU+V&#10;Vs4qOHBgIycU0wipeDmwEgC/z/WrkYZNtoRi4m+/20kt+y4OCHvFstEG07xLrnyEeh99OdthNtMI&#10;JRf1oZsVg9+4kI1hdOGbG4AxJbO+JnWscIY5DupHiTAKevnN12iSsMhwt6jPA9iqC6x5JSfXquEW&#10;an3IEjZC9cPOXdRv1Aoq67WItr/5Cd1414scDmsBm158l/qNXEH/+fxratpjIT279V9swkfKAODe&#10;et9LdphQWaFf6gSG5jP60K9++wV5rPz+spmZdMt5eXTDwlx66LICKi8OZ6MlDhzUh5HC6KCTRiTT&#10;g5eyfvddR/WNZ1W0CK8orbXxJFRtWToDxLz0d9//yG6b/rX2qIQyyoaxyvTgcNCPu3R+oEXvRfTg&#10;kzvYpFGznufSucsftNP5/PoDgC1aVcfn4IfVNqn/6WNTafoxPL534GC3GBkX5eaeHIxz25I8gq0V&#10;b3gC5bc/pd5hzK+/astyoDLFnBjSoBc300wZlsRlRvhdn1v3suF2udZvv6mUNizKo+yK0QH5QO+8&#10;r22JnTz/Vv4YHn3mzTppWH+o20NdWumVo4cuzafE2DCH8R2ERGVxtu41QTA2F5vepg5TTTr9Znb/&#10;+/UP7AJwn3jubQ4bNmkNPfjEDtq05T07T1RsCr1wbRF5vXukD+mq1zeUBpiFERLzjaBd6p8Bc4Lm&#10;aij10vaPqLxP4BwCk+PcdC8/G8wKq4+4zkfnoBEBpmzADLAZF+Z2qV627gpMp8MvoXMufYAGjF1J&#10;Dz/1Bm1WY/Bdu37iOAw5pi+8nf73zfcBebxeH5cbEe7+q9QdDYZ1X5TpCQs0tdPGMucpk2G4b7z7&#10;KR13yjq6bO2T1NRIK5RRdgT17aDNPE/UZvmh/s9BI8AKvPTtipkwfAlmjDsfepV6Hb2cDp+obfWB&#10;brn3JTrlnNvV8EWbrwsmf3Qmvbye181FuVxI+LwutjGOlRmkB+HDQ30wd1C9MdSf7BYwa4rhV3Hn&#10;0+vUA3OM0dO1uTuQ/Cv1OfYKO8yk0u7zqUmeX8xti4otBw0QC8FkoMwWRwcwwezFdzGjdBm2lLaq&#10;IQOYBb38oaOvtNPAvFNivI8eW1HAqz6zRqZAodJCXbSNZwoyfdS5MoqpZXE4GBobR0fJvYWwNwBb&#10;vMHhwbRufjbFRYZhiBKsYfHhef9I5Y9pxewsysvL4nG+1Le892Kae9G99NJrH9G7H3xOx5x0nR1n&#10;UmpJf2Z+Nc9w5gINEc0Lde9WCPvF1kvvP2Yl/aiGL9//sIuHChdd9Sj1OuZyjsurmkIzjklm5utQ&#10;zuvg0LVdL5Bu7bwcOmNsqs20MLU4e1QqnTY6lY7qF09NVQ/7+JWF9MoNJQQrs+XqwwBhGINJNFaQ&#10;rpyTpeYGtcuoJqnbiOaz+kDDesZx2sxy/XFj+CPPK9S2/wUB1/GZ7aV8Bw0M3+DFFtXMDnjhJn36&#10;+de2v1+NHgdjx9NiiFBMERnuc9EjlxfwsKW6eSRU3m2aMiyR8yC8TbNIpklDE/lfYt74NMKQx+ep&#10;tV+k8FBctJtiosLYNjXyYoXnOZUetEV9BPhoVboj1AfydcuScN5FTo4PC7U2z/lBFWoe8/rNJZTb&#10;drL9XB//539098bt9rVJYerjmzAkYXeKlB0caFg7L5uZwXzRTXucS4PGraLuR15KX/73OzscdmBh&#10;mm7UgASbiVQRH+uSaoGeGf8EhZk+7OgugQFe5b7o97kVc7sxwaWhPeIIG0sqHKLBHRT9HkBf5Oc9&#10;q6LpsSsKeDVmzdxstsQPiokMI5/P9cjB6uNU6Y7hHLV4CvXduq6Ejf1uWl3I9U9vdjg/m5i6vv62&#10;F+jcy2r3A0Aul5vnHFY5DhoCsDR49gRtVVoIu6fYFNr80r94fC/hHapKKFb1vlOPTKYd1nq+KuJh&#10;XZIrFj2wcv2J8WFvtG8efosvzPUUJssqTJSzmhgRHxO2rXubKDpFMeL1qqdGeScdlkQHR0RTUYeT&#10;mdmmH5tChVm+XSo9FK9CgTaMMtTBshlsB9h/xWy2HwZrGf2uU3MA5V6gCFhuMj6E5BJiwnZerT4c&#10;89lDEayjWs8KBa8OGgAuwQv1RQaaO1932/PU6pDzeVkQS5cSjnnABSdlBDO+2MHxwFYmPG2aRXAP&#10;rLwTcB2EROQDvZdVaEtMmgTGN+sjhAlqfsUwzrt5jTYNGQRvvBoazRufSpHh2hZPWqIH6XBK7BTk&#10;e2pVEdvWB+MjHmFSPnDSWbfy2n/wShXmGc+v5XtCAbuDAxnx0WEsvyIvFys48y66j15/+z8sS3P5&#10;uqfsOGz2YAhx86JcZhwRUVDFzNClMaZiQrr2rGzKSPHC3LErJtq9GelAzQvDQzJ6MNXH+EKpJYfa&#10;fil7VP8E8ntd13MtXK5yv8/1aUKsG3L+WGECjkC6x1cUcv0xSUbguEEJFBlfaJe3+qZnaIV67oqD&#10;z6eDhl9qh4Pwz1TjCLUd8GCGSWsy2H6xrdTLvv+x17jnw9KlhMekltMz2viuRxjfmNwO4tIU+nfh&#10;sXWAtUxhzGDmxr9GVzXM6aeY/I7UbL6eeHgSPZqWG5Lx/dEZvBIU/O8Eal4Uzfd4aDnLDg3Td2YM&#10;xodo+YuR5v5lBVz/py1jwgrPXjQtI6C8Dz7+inv8r/4XuAmXVX6sPDOM1jg4AFGGF6jGuPZLRQ8P&#10;98wL7+ENn85Dl9px1kYO6+tfqSauvdrF2AdJVJCsoTcbeWg8rgM2fDaqSSj+HYIZH0f/QPDjWCD8&#10;OzL10Mdk/KjEkoB62OFJgRNy1MWqD4y22cBKkeXljxCSmWD8jVfwmVsG5hfpTQcGlCd03PR1AddY&#10;apV/CwcHGKIj3Mwk5gsFo89YeAeP6yEfL+HRkWG0bj7LuTMg2AXGxzKlxWiCe4OuBbdY4QGMv2BS&#10;mion2u7xwdSQngzu8TG8OHlEEnl8MbRDTcQ9/liaOCSR80uaQzvH0Q1aFl/sYgo8I/ryx8ioj/EV&#10;zsZmV2n3BXaZoA6DL6axs24ICItM1IdxVB7Y7XRwIGFYr3i6++J8+2UOnazFEH755RcaMmG1HQ6y&#10;XrJtuwiMj6ODWqxATxAtvLtcMa7lD8BZ41N/fPmGwB5/5WwtIgzG/3dWET11VSGPv+sb6qQ3G8rp&#10;zfE9yB3mow1q+KVuc6++WwBmv3R9be+8SQ1vzp6QRhF+N11kWY8XYIMsp1JLf46ecT0tWPYAbdn2&#10;AQ/7Tpj7T/t+Gc2HS5ts1jkdHDDAy8fLk5e5/o4X6Igpa9i/bcfHNOKEtexPLR3A2/5WNsaArrGU&#10;kuChq87IpidX1faa509Np4f1GHuqDmH4s9M96IUnYNnUZHz07lXNI+kzNcxBj3/d2TnUrkUkH2Sv&#10;b3Ibk1YZcJ2UfxA/B3Z3zzuBlzMDbB2uOC3r19WqngfXRL+B6zsuzLMZf8yAeNiytYHnFMYHAZjn&#10;XLPhOdqhJvsSXthxpjB+sIExB/s7gnv8+UsfoHc/+MImYfy0poPlJYt9RFdZof/z7FQvLZuRSfct&#10;zRfGH3FY91jafE0RJcV5mKGyUtznIu821dPPPDbFvtfvIY9P6+/5PYTl1VvPz+Whz6UzMqhfx2iu&#10;k9vteho9POrwol5m9eAjGN47nhm/TdNwU0r0HizPmnUYPuUaFtn4/MtvA8KzW42VNtmt4J2D/RDN&#10;Cvz0mBpWmC8UhEMiwJIrN9phYB6VxdZCUJLn3QHGnzQ0iTYszqWyAt/G1WfWnmyymOLOntWRD8Af&#10;LDI8qHsKC8JB9CCrYiSNGpBC2RVjqGf7ZKqqLKS00oEhGT/a5SZvlJe6hUfWiYt1h/F98fHh3oqa&#10;Yp3frBMOuS8+Id1m/NZl4fbh+IunZVBETOiNLDD/k8+9Y19DDYozuT1wwcyQ03p8wEsG3fvYa/Sz&#10;GuvLNTainrmamV9Myr8cHxNGeRleOrRG964KkRimRPh5BcWWlMQ5V9wHp5+kvI6VsZRbNUXfv9U/&#10;yOcPp5SifpSaUUj9OmdwnYIZPz0sjNpMraLWk9qQJ9xDpV6tyEoI+n0w8d10lb1EKfgKUp6W39Wp&#10;MpIykz28GaUuhfF9qEte1Ql2HdHLf/TJf+1rocKOp+rncbm+01kdHHDoUB4RMATZvPU9PiZ4n2J8&#10;HPI2X/gDl+bTgK68Rt8dLx5r+GA0iwnYfiuYydqtDcC9SzXzp5cdwWVZediNjAyne9SQq0tb1QvH&#10;F/DwKTktrw7jI31utzzqOKcT+7M9WjkUCHpzUJfVZ7J4AmR5bOAgDY41qnpdqi6X4Z4Y9hi7zkN9&#10;Xvf7GPvLs1YNvJA2bqp7fBEE6dJrz+b7ODiQgb/43CYd7BcLvP/Rl3T1Tc8EvHAQGCU7jbf/78Jy&#10;JuRdlP8ylAOpyJqKKKoqi4AsT8CkEcDEce4/auWBSrrNp9j01qzx4PwT07ls7LxqN7EO43f1826p&#10;+ufgDysgbmiPWOrTnv95TE0PAGysP68IcTDODMxaMDmNlzOV/528jLCXcM+C9tO4XkDfkfpwylmX&#10;3B9wNnjaUVoMW+UzJ+8ODlC40eNGR9VqRhhnrFubqxmgRcenM+Md2jlWGH8il6LxMNbXLX8wpoJp&#10;8quODygPhEPqE1Q+X2QKMxbmH/VNbqumtasThjwHtY0KeV/8MykHH4BgsDB+f/UMA9W/GOpQ3uc8&#10;PjLZY8RlzPzwgxCX3+5E3mN4ciWvYO323IGDAww4AJKZ4rWZcfD4q2x/MKnkzPjrF/DaeYCmZIzp&#10;rz2rdrNLYTsYE/Ty+uKQ5YUik/G3pOeTL8ZPhf2KKDYnlryRXgrzhlGZ18/xW9XQBZtSuIe63z/1&#10;bV3lowfwR+jTlzY+wvFEMH5s0GH1r7/5gb75dicNGLfKDovLrJJyzWdy0JDw6o2l1KZ5YgAzhCJv&#10;RCIfxgbjR8WmqfE/r93bUOPpK66Zm03FuT6ePM4epXty0PRjknntPVS5JtXX4wttzcin8xNS6dRh&#10;tWWrWz2tqGj+RFYneL+iYkVTY3N5pScOaRIyKvlc7rGHxNdh/GBKKT7EYfpGAt+9S/Pp5nNz6jAB&#10;jhqKPyqplOaM0UcIscWv8oFe4RICkQW5FpyIUv73FSUUpHuvO2eS/lgg6YlhFsb/U4cnU0bZcPse&#10;JuNPi9GntkCDusVSSrxnmSqrXFGEIqAmJtL969hB3MPnKZoTkRT5ZmY73kVehAQKFJlQTOExGbyc&#10;ifO+Yd4oFn9we8ID5IFA2B2GfBHy6ewOGgN+ApN1qoikok5zAhgiFCXmdQ1gDn+8/ydfNFtKOdkX&#10;y+5AjnC5jlT006yRKXyUT/mvVMRDkXGD9cQ2IaeGSrudTdjlzfF46Ivs4u8qivw7n1zFy5S5imKT&#10;4sJYXMKS/f8E+U2UDm7Cw6H83oVUPb090lB0SlnIupuUXNCLijqfQavPyJLdavMIpINGgpml3eYz&#10;Q/ii0lRPGbi5c/OiPBnjh0LH8uNaUkJpIoUnhPMSpFBEYgRWfLw6meva5yz9m7fpI4hlbZtFbG/T&#10;NILD8E9xUFX0z0lxnm9xbcnBh7pnYUp5CjM71vjVNaW05OGOG5Fh3gjKbT2Boi1pTgx11s3PpdRS&#10;LfOTmNuF8qr1Gj7OCSfFe35TlYmDhosaRf9VZDO7EIY3uW0nUW6bifY/QkrJIcEM2cYiYGx4fDi1&#10;PbE64CPwRnn5QHhyfNiryomC3wD+HWxER7qf9nlD2qsald8zn1pNbkPVp+jevfmx5RSZzB+JfGAl&#10;wc8QTNHJTSmnciz7VfrgZ3HQSMAMAMVMifndKCKWe3abkgp6sh4dUEJeF4RhFzNGkeB/bU+qZfLK&#10;8a2poFchZXbMCmB8k1TffJuVNzTcrp1x+Vq8GMMot5c1IQ9RdKwi8sX48G/CIg1lR7VAHKRJMReo&#10;g9tVj4/xuzB9SbezeHiFnt8fkynM76CxwRuRRJnNjyR/VCprVEvI7kAZzYZSvjUcAOmhSL1DHSBO&#10;0T88sf4r87rkPVF2TIuvTEZH75xRnUnFA0rtsLyD8im7aw4fVzShhkvfJjZJouiMGOpwWg11mF3D&#10;wxoV9YRO4aLSIU2oxciWVDq4lLJr1GTazYdmgs/GvpbWdAjX3WT8YArzhMtRRQeNDViyDMUUQtgY&#10;AuPDj94SMvEqW4rOXQc/VZ3czmbw3yIMicDEVl5Xducc8qpevnpGe2Z8FUTJzZMpvXU65aqPRV0X&#10;IAyrOPHFbCsL9JEiYLnsygoJ43v8MbxOn95sCB+tVGlD/kM4cABgGXEKVlTA+DEpLWyGwrKgijN3&#10;cutDVvtZHand9A7kifAws4Oh25/asc5HUDKIV1cGsqiCojTF7O1mdOC0qZVpCMMwK3iTSmDXDX5F&#10;/A+BwzPWUqUDB38MEFW2hjpdUooPNhnsa05QP4bk98in5Basl/7j9LYZNpNn1bDwF09q3eHue9rP&#10;7ojrh8pHVVBGVeYmhCtclVqRxkOllmMqKadbHsXlxyHd3TqaAenQHzy+WIqML2D9l+paTcinwG0G&#10;9SIO4zvYIzy6olAY/xKs7lhM/5MiKJeyP4S8tscjfIEiQV9FkWH+sMchZqz8j3CoQnh8+Nelh/FO&#10;aScdEoj8XvnfxGTEmON2KJdCL471diiNsoXNIuMKYNDZVdL1bL72R6XYmh/uX6YPv1uXDhz8flw6&#10;I2OnMbk9XDaIrJ3cM3Wwa1d25Rgq7nyG6nl5A+pGHbxvBb3WzMt2GN/BnmH8kMSvsAlkXTpw4MCB&#10;AwcOHPxJBA8rsGOJpUUg+PznDkUQAAMw+YOmYajVg4iAbPoA8F+j6CZFKF8I2KYI+TBhvQIBFiDK&#10;ABGDL/jK5ZqjCHlm8pXL9Y6iXxXBvD/yhzqtdJ/lAi0VIT82rqD1APkwAQ6FUxQFP+t7iqq1ly2T&#10;o6wn+UrjJEVQQ45JNOKaKZpl+aVu8gxwBS8rwkQdz3AeAoIwznIFmHTjQP5GRRCc48m1BSzxstyQ&#10;BcxxDtdeBu8+KzLFNB6w3EYPNIwJk/ERB4b4gK80k4vsC1RgmCLDUg4af7L2MiT8OMvFi8XLB8x7&#10;4+XiYzDXzs34kxUFWyYx4xGHD24MX2kgHmq9BeGKzDwCMCE+annO7Yqgt9NMC798OPCbDGciuPzg&#10;MoJhhkHn/1eKsvnK5XrUolCAATlIlZr50xVVKEKY6B014/+hCHJGoerR6IBe1KO9DBy6EJgNhHV0&#10;XNfH+ADioYLDRHAjBzN+sI0pU3GTmTeY8cF4qDtgpkOY6NhE+CjtZeCjgC78YLxgufhXMcsK9gvj&#10;o9cFg5oQtX9mHiC4DPODKVOEjx2QZwEkD3R1BpeHQzBos5V8pSFpwPhmj48yJQ75DtZeV1NFcl8H&#10;Dhw4qB/oLRqCpi/0mhj39+ArBw0eEKuVHc/Oisy/38MUyVAjWDswEPy3K8D4XMalQJqi4LSh8oL5&#10;zL9jga1dTcGMw/DCHMO/abkw4bNGexkoUxj6REW3am8AoA/HzAOssty7LNcE6iFDnbMUmfVaruhc&#10;7XWttlwTEGzrrb02zPx4J9gtFphxMsQ0gevgcwbBaTCBNg1rrLVcwBwyyruSMwYNFibjC6TRwPjY&#10;gscKQqgXCGBVwGxkWSUww7CigjOqZlozXgDGl2N4MPQmae6xXEDCMMav7wRTqLIlLBTjy4QXdmz7&#10;aC8DIsfIV8lXgUB48KqQ3AOMDxtWaLdQ/yB/hvEBvAushgESF5zGvEYdzOv+ioYqwvu9XVFwXqxI&#10;BYc1OOBlY6lRgF5UDnugYbBEBxRZrokcyxWlqFi9MXseaTwwVhftZWDZMlTDopcRA28C9EahGB/A&#10;EqN5FlbEfaH5AMMWAQTPsLoBgPFlMo1VHWCA5QIoH2LPsoyKjxFtFAykwwEVgSlbD8a/QXv5fsFA&#10;r21bd7FgPtfuGB91k7MEYo4IwL+0mS44D1amcNJNYMZjFWux9jKwHG0ucDhw4MCBAweNGFg/NodB&#10;Iyz3z8D8Gw7GVssVdLfcvwsyHKoP31huMGzV4H8zQh2Md/A3A5OgE7Q3AJjUAWLuHnMAc4NJJnzn&#10;WC4gm0ZdLRcrOdjqxyaMACZ4sC0v9m4x1sVYGONRjO+PUtROkQDalXFPiEr4FWGMG0pUOUA9oYKM&#10;6aWeEDGA+AFwvOXi48TzY9IukHG+jL1xb2zgYZ4gwG4y6ot5TqKitopkPiGHazDmBqS9ZGNQnlvC&#10;5eOS1SzpMCDqAaBcLCjg/nh286C+gz8JyKugweXkEuRj8OLBpJg0irVvMDEYqImiTxUhvUyOAaxS&#10;LFUkPSgY3+zNILogE0XsqAK4r0xo51oudjexaiITVnx8YDLkxUrRbEXPKkpSJMDKhkySRUwBQBjE&#10;AMCIYvcKTLdeewOWWQHo8sGkFdrcANzbPF8LBsTzCaNiwo1VM3yMrA1aAR82OgQsH7+mCHHoOCAL&#10;JOd7UW6WIuksUD9pf9NsENoHK3ZYWsWytLmL68DBXgHUELZWFGCi1IEDBw4cOHDgwIEDBw4cOHBw&#10;wMHl+j8wtW01FaHfiQAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAlAWuVuEAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwWrDMAyG74O9g1Fht9Z2StaSximlbDuVwdrB2M2N1SQ0tkPsJunbTztt&#10;Nwl9/Pr+fDvZlg3Yh8Y7BXIhgKErvWlcpeDz9DpfAwtRO6Nb71DBHQNsi8eHXGfGj+4Dh2OsGIW4&#10;kGkFdYxdxnkoa7Q6LHyHjm4X31sdae0rbno9UrhteSLEM7e6cfSh1h3uayyvx5tV8DbqcbeUL8Ph&#10;etnfv0/p+9dBolJPs2m3ARZxin8w/OqTOhTkdPY3ZwJrFcyTdUooDVIk1IqQlUglsDOxyxXwIuf/&#10;OxQ/AAAA//8DAFBLAwQUAAYACAAAACEAoMbSldAAAAAqAgAAGQAAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHO8kcFqwzAMhu+DvoPRvXGSQimjTi9l0OvoHkDYiuM2lo3tjfXtZ7bLCqW99SgJff+H&#10;tN19+1l8UcousIKuaUEQ62AcWwUfx7flBkQuyAbnwKTgQhl2w+Jl+04zlrqUJxezqBTOCqZS4quU&#10;WU/kMTchEtfJGJLHUstkZUR9Rkuyb9u1TP8ZMFwxxcEoSAezAnG8xJr8mB3G0WnaB/3picuNCOl8&#10;za5ATJaKAk/G4V9z1US2IG879M9x6O85dM9x6JpTpN9DyKsPDz8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhANDgc88UAQAARwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAABFAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA0Idag3kEAABCDgAADgAAAAAAAAAAAAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAKAAAAAAAAACEAezh38v5jAAD+YwAAFQAAAAAAAAAAAAAAAADpBgAAZHJzL21lZGlhL2lt&#10;YWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhALXR8jA5FwAAORcAABQAAAAAAAAAAAAAAAAAGmsAAGRy&#10;cy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAAAAAAAAAhANAXt8ujOAAAozgAABQAAAAAAAAAAAAA&#10;AAAAhYIAAGRycy9tZWRpYS9pbWFnZTMucG5nUEsBAi0AFAAGAAgAAAAhAJQFrlbhAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAWrsAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCgxtKV0AAAACoC&#10;AAAZAAAAAAAAAAAAAAAAAGi8AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAIAAgA&#10;AQIAAG+9AAAAAA==&#10;">
+                <v:shape id="Imagen 50" o:spid="_x0000_s1032" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:39281;height:6184;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVofTSvAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+7CsIw&#10;FN0F/yFcwU1TBUWqUUSqiJuvwe3SXNtic9M2Uevfm0FwPJz3YtWaUryocYVlBaNhBII4tbrgTMHl&#10;vB3MQDiPrLG0TAo+5GC17HYWGGv75iO9Tj4TIYRdjApy76tYSpfmZNANbUUcuLttDPoAm0zqBt8h&#10;3JRyHEVTabDg0JBjRZuc0sfpaRRgtaP97XPX+pAkm2s9rhPtaqX6vXY9B+Gp9X/xz73XCiZhffgS&#10;foBcfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVofTSvAAAANsAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;">
                   <v:imagedata r:id="rId9" o:title="Imagen relacionada" cropbottom="34726f"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Imagen 51" o:spid="_x0000_s1033" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:31432;top:1333;width:6541;height:3486;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDaAkOpxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvBd8hHKF3mlWwlNUo4g/UUhS1UHp32JxuFjcn6ya627c3QsHLYWa+Yabz1pbiRrUvHCsYDhIQ&#10;xJnTBecKvk6b/hsIH5A1lo5JwR95mM+6nSmm2jV8oNsx5CJC2KeowIRQpVL6zJBFP3AVcfR+XW0x&#10;RFnnUtfYRLgt5ShJXqXFguOCwYqWhrLz8WoVfC8+ts3P2n3uVrui2ZvLdnW4jpV66bWLCYhAbXiG&#10;/9vvWsF4CI8v8QfI2R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDaAkOpxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:shape id="Imagen 51" o:spid="_x0000_s1033" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:31432;top:1333;width:6541;height:3486;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBaSdHhwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBujexA3OJGCcUQyCEU6vbQ4yJtbFNpZSzFP29fFQo9DjPzDXM4zc6KkYbQeVaQbzMQ&#10;xNqbjhsFnx/nx2cQISIbtJ5JwUIBTsfVwwFL4yd+p7GOjUgQDiUqaGPsSymDbslh2PqeOHk3PziM&#10;SQ6NNANOCe6s3GVZIR12nBZa7KlqSX/Xd6fgq+M3rPqnwt2qfNF21Du0V6U26/n1BUSkOf6H/9oX&#10;o2Cfw++X9APk8QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBaSdHhwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId10" o:title="Imagen relacionada"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Cuadro de texto 52" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:7429;top:1047;width:24022;height:3988;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd45ijxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8grezMaAImlWkYC0SHvQeuntNftMgtm3aXabpP31riB4HGbmGybbjKYRPXWutqxgHsUg&#10;iAuray4VnD53sxUI55E1NpZJwR852KyfJhmm2g58oP7oSxEg7FJUUHnfplK6oiKDLrItcfDOtjPo&#10;g+xKqTscAtw0MonjpTRYc1iosKW8ouJy/DUK9vnuAw/fiVn9N/nr+3nb/py+FkpNn8ftCwhPo3+E&#10;7+03rWCRwO1L+AFyfQUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDd45ijxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="1012A0B2" w14:textId="50ED0256" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="002C330B" w:rsidP="0000185B">
                         <w:pPr>
                           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E52DE3">
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>UNIVERSIDAD</w:t>
                         </w:r>
                         <w:r w:rsidR="0000185B" w:rsidRPr="00E52DE3">
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
@@ -767,156 +760,161 @@
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0E6881E0" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00103CBE" w:rsidRDefault="0000185B" w:rsidP="0000185B">
                         <w:pPr>
                           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E52DE3">
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t>ENCUESTA DE SATISFACCIÓN DE USUARIOS</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5A4B2A8B" w14:textId="77777777" w:rsidR="0000185B" w:rsidRDefault="0000185B" w:rsidP="0000185B"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Imagen 53" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:571;top:476;width:6668;height:5150;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBblJqVwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBujZyfJqkb2QRDSo+N0wfYWhvbxFoZS/7J21eFQo/DzHzDHNPJNGKgztWWFayWEQji&#10;wuqaSwVf1/PzAYTzyBoby6TgQQ7SZPZ0xFjbkS805L4UAcIuRgWV920spSsqMuiWtiUO3s12Bn2Q&#10;XSl1h2OAm0auo2gnDdYcFipsKauouOe9UbAdzN5t633//Z63n9FtzA7ja67UYj6d3kB4mvx/+K/9&#10;oRW8bOD3S/gBMvkBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAW5SalcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                <v:shape id="Imagen 53" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:571;top:476;width:6668;height:5150;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACuSVGxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EIuoZFT01DcKMYUnIbc8kPb48ba2CbWyliK7b59VQjkOMzMN8wyHU0jeupcbVnBfBaB&#10;IC6srrlUcDzkz28gnEfW2FgmBb/kIF09Piwx0XbgHfV7X4oAYZeggsr7NpHSFRUZdDPbEgfvbDuD&#10;PsiulLrDIcBNI1+iaCEN1hwWKmzpo6Lisr8aBdusMD+b763J55/r9Wn6lU/jU6PU5GnM3kF4Gv09&#10;fGtvtILXGP6/hB8gV38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAArklRsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:imagedata r:id="rId11" o:title=""/>
-                  <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284F7CDE" w14:textId="77777777" w:rsidR="000D6CA8" w:rsidRDefault="000D6CA8" w:rsidP="00957157">
+    <w:p w14:paraId="4CCF5870" w14:textId="77777777" w:rsidR="0092776E" w:rsidRDefault="0092776E" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5189FBC2" w14:textId="762BFB84" w:rsidR="00E34C69" w:rsidRPr="00E52DE3" w:rsidRDefault="00727220" w:rsidP="00957157">
+    <w:p w14:paraId="5189FBC2" w14:textId="0D212D31" w:rsidR="00E34C69" w:rsidRPr="00E52DE3" w:rsidRDefault="00727220" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Centro de información</w:t>
       </w:r>
       <w:r w:rsidR="00320C9E" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00320C9E" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
       <w:r w:rsidR="003C703E" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4E828C" w14:textId="6792A476" w:rsidR="00E34C69" w:rsidRPr="00E52DE3" w:rsidRDefault="00E34C69" w:rsidP="00957157">
+    <w:p w14:paraId="2A4E828C" w14:textId="6792A476" w:rsidR="00E34C69" w:rsidRPr="00106FCB" w:rsidRDefault="00E34C69" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59B90F8B" w14:textId="300CEDA7" w:rsidR="00E34C69" w:rsidRPr="00E52DE3" w:rsidRDefault="006C33B2" w:rsidP="00B55C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A46CAB0" wp14:editId="1FFE732C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1748369</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18422</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="76546" cy="71120"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectángulo 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -954,53 +952,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="0F3A5EEC" id="Rectángulo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:137.65pt;margin-top:1.45pt;width:6.05pt;height:5.6pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxd7OdoAIAAIwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGjEQvlfqO1i+N8tSIC3KEiEiqkpR&#10;gpJUOTtem7Xk9bi2YaFv02fpi3Xs/QGlUQ9VORh7Z+Ybz+dv5ur6UGuyF84rMAXNL0aUCMOhVGZb&#10;0G9P6w+fKPGBmZJpMKKgR+Hp9eL9u6vGzsUYKtClcARBjJ83tqBVCHaeZZ5Xomb+AqwwaJTgahbw&#10;6LZZ6ViD6LXOxqPRLGvAldYBF97j15vWSBcJX0rBw72UXgSiC4p3C2l1aX2Ja7a4YvOtY7ZSvLsG&#10;+4db1EwZTDpA3bDAyM6pP6BqxR14kOGCQ52BlIqLVANWk49eVfNYMStSLUiOtwNN/v/B8rv9xhFV&#10;FnRMiWE1PtEDkvbrp9nuNJBxJKixfo5+j3bjupPHbaz2IF0d/7EOckikHgdSxSEQjh8vZ9PJjBKO&#10;lss8HyfKs1OodT58EVCTuCmow+SJSLa/9QHToWvvEjMZWCut06tpQ5qCzj5ORynAg1ZlNEa3pB+x&#10;0o7sGb58OOSxEMQ688KTNvgxltcWlHbhqEWE0OZBSGQGSxi3CaImT5iMc2FC3poqVoo21XSEvz5Z&#10;H5FSJ8CILPGSA3YH0Hu2ID12e+fOP4aKJOkhuKv8b8FDRMoMJgzBtTLg3qpMY1Vd5ta/J6mlJrL0&#10;AuURdeOgbShv+Vrh+90yHzbMYQdhr+FUCPe4SA34TtDtKKnA/Xjre/RHYaOVkgY7sqD++445QYn+&#10;alDyn/PJJLZwOkymlygl4s4tL+cWs6tXgE+f4/yxPG2jf9D9Vjqon3F4LGNWNDHDMXdBeXD9YRXa&#10;SYHjh4vlMrlh21oWbs2j5RE8shr1+XR4Zs52Ig6o/Tvou5fNX2m59Y2RBpa7AFIloZ947fjGlk/C&#10;6cZTnCnn5+R1GqKL3wAAAP//AwBQSwMEFAAGAAgAAAAhAJnZucXcAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FuwjAMhu+TeIfIk3YbKYVB1zVFCGmX7USHdg6Naas1TtWkEN4e77TdbP2ffn8u&#10;ttH24oKj7xwpWMwTEEi1Mx01Co5f788ZCB80Gd07QgU39LAtZw+Fzo270gEvVWgEl5DPtYI2hCGX&#10;0tctWu3nbkDi7OxGqwOvYyPNqK9cbnuZJslaWt0RX2j1gPsW659qsgq+s4NpjvGjsp/LaX9O197G&#10;4JV6eoy7NxABY/iD4Vef1aFkp5ObyHjRK0g3L0tGeXgFwXmabVYgTgyuFiDLQv5/oLwDAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMXeznaACAACMBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmdm5xdwAAAAIAQAADwAAAAAAAAAAAAAAAAD6BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="463DBD25" wp14:editId="11CD7281">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>701098</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8733</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="76546" cy="71120"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectángulo 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -1038,58 +1038,69 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="78F14676" id="Rectángulo 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:55.2pt;margin-top:.7pt;width:6.05pt;height:5.6pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOgDpGoAIAAIwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGyEQvlfqOyDuzXod22mtrCPLkatK&#10;URIlqXImLHiRWIYC9tp9mz5LXywD+2MrjXqo6gOGnZlvmI9v5vJqX2uyE84rMAXNz0aUCMOhVGZT&#10;0O9P60+fKfGBmZJpMKKgB+Hp1eLjh8vGzsUYKtClcARBjJ83tqBVCHaeZZ5Xomb+DKwwaJTgahbw&#10;6DZZ6ViD6LXOxqPRLGvAldYBF97j1+vWSBcJX0rBw52UXgSiC4p3C2l1aX2Ja7a4ZPONY7ZSvLsG&#10;+4db1EwZTDpAXbPAyNapP6BqxR14kOGMQ52BlIqLVANWk4/eVPNYMStSLUiOtwNN/v/B8tvdvSOq&#10;LOg5JYbV+EQPSNrvX2az1UDOI0GN9XP0e7T3rjt53MZq99LV8R/rIPtE6mEgVewD4fjxYjadzCjh&#10;aLnI83GiPDuGWufDVwE1iZuCOkyeiGS7Gx8wHbr2LjGTgbXSOr2aNqQp6Ox8OkoBHrQqozG6Jf2I&#10;lXZkx/Dlwz6PhSDWiReetMGPsby2oLQLBy0ihDYPQiIzWMK4TRA1ecRknAsT8tZUsVK0qaYj/PXJ&#10;+oiUOgFGZImXHLA7gN6zBemx2zt3/jFUJEkPwV3lfwseIlJmMGEIrpUB915lGqvqMrf+PUktNZGl&#10;FygPqBsHbUN5y9cK3++G+XDPHHYQ9hpOhXCHi9SA7wTdjpIK3M/3vkd/FDZaKWmwIwvqf2yZE5To&#10;bwYl/yWfTGILp8NkeoFSIu7U8nJqMdt6Bfj0Oc4fy9M2+gfdb6WD+hmHxzJmRRMzHHMXlAfXH1ah&#10;nRQ4frhYLpMbtq1l4cY8Wh7BI6tRn0/7Z+ZsJ+KA2r+FvnvZ/I2WW98YaWC5DSBVEvqR145vbPkk&#10;nG48xZlyek5exyG6eAUAAP//AwBQSwMEFAAGAAgAAAAhAETDl7rYAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMT0FuwjAQvFfiD9YicSsOoY1QGgchpF7aEynq2cRLEhGvo9gB9/fdnNrTzmhGszPF&#10;Ptpe3HH0nSMFm3UCAql2pqNGwfnr/XkHwgdNRveOUMEPetiXi6dC58Y96IT3KjSCQ8jnWkEbwpBL&#10;6esWrfZrNyCxdnWj1YHp2Egz6geH216mSZJJqzviD60e8Nhifasmq+B7dzLNOX5U9nM7Ha9p5m0M&#10;XqnVMh7eQASM4c8Mc32uDiV3uriJjBc9803ywlYGfGY9TV9BXGaQgSwL+X9A+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBOgDpGoAIAAIwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBEw5e62AAAAAgBAAAPAAAAAAAAAAAAAAAAAPoEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Turno</w:t>
+      </w:r>
       <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Turno:   Matutino</w:t>
+        <w:t>:   Matutino</w:t>
       </w:r>
       <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00E34C69" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Vespertino  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D005AB5" w14:textId="77777777" w:rsidR="005C75FD" w:rsidRPr="00E52DE3" w:rsidRDefault="005C75FD" w:rsidP="00B55C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1252,194 +1263,222 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005636CB" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A96056" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBC7691" w14:textId="77777777" w:rsidR="005C75FD" w:rsidRPr="00E52DE3" w:rsidRDefault="005C75FD" w:rsidP="00B55C48">
+    <w:p w14:paraId="2B7606F9" w14:textId="70D96F8B" w:rsidR="00B55C48" w:rsidRPr="00E52DE3" w:rsidRDefault="00B55C48" w:rsidP="00B55C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7606F9" w14:textId="0F4F8ABE" w:rsidR="00B55C48" w:rsidRPr="00E52DE3" w:rsidRDefault="00B55C48" w:rsidP="00B55C48">
+    <w:p w14:paraId="055F4E6C" w14:textId="0AEA3747" w:rsidR="005C75FD" w:rsidRPr="00E52DE3" w:rsidRDefault="00106FCB" w:rsidP="00B55C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...73 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Escuela, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>acultad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstituto </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o unidad profesional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de procedencia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="69F65615" w14:textId="2C1D9163" w:rsidR="00A706FD" w:rsidRPr="00E52DE3" w:rsidRDefault="00A706FD" w:rsidP="00B55C48">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Fecha: ____________________</w:t>
+        <w:t>: ____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="041B159D" w14:textId="77777777" w:rsidR="005C75FD" w:rsidRPr="00E52DE3" w:rsidRDefault="005C75FD" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A516119" w14:textId="2BF51D61" w:rsidR="001B4C1F" w:rsidRPr="00E52DE3" w:rsidRDefault="00F25C41" w:rsidP="00D232A3">
+    <w:p w14:paraId="2A516119" w14:textId="2BF51D61" w:rsidR="001B4C1F" w:rsidRPr="00106FCB" w:rsidRDefault="00F25C41" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="062493C9" wp14:editId="117CF96B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1346200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="83" name="Rectángulo 83"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -1477,53 +1516,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="5F485748" id="Rectángulo 83" o:spid="_x0000_s1026" style="position:absolute;margin-left:106pt;margin-top:14.15pt;width:8.05pt;height:9.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6GWqyoQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2BULpigyIQVSUE&#10;CKg4G6+drOT1uLaTTfo2fZa+GGN7dxNR1EPVHDa2Z+Ybf59n5vxi2ymyEda1oGtaHOWUCM2hafWy&#10;pt+frj+dUeI80w1ToEVNd8LRi/nHD+e9qUQJK1CNsARBtKt6U9OV96bKMsdXomPuCIzQaJRgO+Zx&#10;a5dZY1mP6J3Kyjw/zXqwjbHAhXN4epWMdB7xpRTc30nphCeqpng3H782fl/CN5ufs2ppmVm1fLgG&#10;+4dbdKzVmHSCumKekbVt/4DqWm7BgfRHHLoMpGy5iByQTZG/YfO4YkZELiiOM5NM7v/B8tvNvSVt&#10;U9OzY0o06/CNHlC137/0cq2A4ClK1BtXoeejubfDzuEy8N1K24V/ZEK2UdbdJKvYesLxsMjL8nhG&#10;CUdTUZyW+SxgZvtgY53/KqAjYVFTi/mjmGxz43xyHV1CLg3XrVJ4ziqlSV/T0+NZHgMcqLYJxmCL&#10;NSQulSUbhq/vt8WQ9sALL6E03iUQTJTiyu+USPAPQqI6SKJMCUJd7jEZ50L7IplWrBEp1SzH35hs&#10;jIiMlUbAgCzxkhP2ADB6JpARO/Ef/EOoiGU9BQ/M/xY8RcTMoP0U3LUa7HvMFLIaMif/UaQkTVDp&#10;BZod1o6F1FTO8OsW3++GOX/PLHYR9htOBn+HH6kA3wmGFSUrsD/fOw/+WNxopaTHrqyp+7FmVlCi&#10;vmks+y/FyUlo47g5mX0ucWMPLS+HFr3uLgGfvsAZZHhcBn+vxqW00D3jAFmErGhimmPumnJvx82l&#10;T9MCRxAXi0V0w9Y1zN/oR8MDeFA11OfT9plZMxSxx+q/hbGDWfWmlpNviNSwWHuQbSz0va6D3tj2&#10;sXCGERXmyuE+eu0H6fwVAAD//wMAUEsDBBQABgAIAAAAIQBH1cO63AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMXRVGIU6FKXODUUPXsxtskIl5HsdOav2c5wW1WM5p9&#10;U++Sm8QVlzB60pBvMhBInbcj9RqOn29PJYgQDVkzeUIN3xhg19zf1aay/kYHvLaxF1xCoTIahhjn&#10;SsrQDehM2PgZib2LX5yJfC69tIu5cbmbpMqyQjozEn8YzIz7AbuvdnUaTuXB9sf03rqP7bq/qCK4&#10;FIPWjw/p9QVExBT/wvCLz+jQMNPZr2SDmDSoXPGWyKLcguCAUmUO4qzhuShANrX8v6D5AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPoZarKhAgAAkAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEfVw7rcAAAACQEAAA8AAAAAAAAAAAAAAAAA+wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DE5FACB" wp14:editId="066B8F53">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3569970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectángulo 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -1561,53 +1602,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="68CBB05F" id="Rectángulo 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:281.1pt;margin-top:14.15pt;width:8.05pt;height:9.15pt;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj9TzSoAIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r/5p0m1GnSJo0WFA&#10;0RZth55VWUoMyKImKXGyt9mz7MVGSbYTdMUOw3JQJJP8qO8TyfOLXafIVljXgq5pcZJTIjSHptWr&#10;mn57uv7wiRLnmW6YAi1quheOXizevzvvTSVKWINqhCUIol3Vm5quvTdVljm+Fh1zJ2CERqME2zGP&#10;R7vKGst6RO9UVub5WdaDbYwFLpzDr1fJSBcRX0rB/Z2UTniiaop383G1cX0Ja7Y4Z9XKMrNu+XAN&#10;9g+36FirMekEdcU8Ixvb/gHVtdyCA+lPOHQZSNlyETkgmyJ/xeZxzYyIXFAcZyaZ3P+D5bfbe0va&#10;pqYzSjTr8IkeULRfP/Vqo4DMgkC9cRX6PZp7O5wcbgPbnbRd+EceZBdF3U+iip0nHD8WeVmezinh&#10;aCqKszKfB8zsEGys818EdCRsamoxfZSSbW+cT66jS8il4bpVCr+zSmnS1/TsdJ7HAAeqbYIx2GIF&#10;iUtlyZbh2/tdMaQ98sJLKI13CQQTpbjzeyUS/IOQqA2SKFOCUJUHTMa50L5IpjVrREo1z/E3Jhsj&#10;ImOlETAgS7zkhD0AjJ4JZMRO/Af/ECpiUU/BA/O/BU8RMTNoPwV3rQb7FjOFrIbMyX8UKUkTVHqB&#10;Zo+VYyG1lDP8usX3u2HO3zOLPYTdhnPB3+EiFeA7wbCjZA32x1vfgz+WNlop6bEna+q+b5gVlKiv&#10;Gov+czGbhSaOh9n8Y4kHe2x5ObboTXcJ+PQFTiDD4zb4ezVupYXuGcfHMmRFE9Mcc9eUezseLn2a&#10;FTiAuFguoxs2rmH+Rj8aHsCDqqE+n3bPzJqhiD1W/y2M/cuqV7WcfEOkhuXGg2xjoR90HfTGpo+F&#10;MwyoMFWOz9HrMEYXvwEAAP//AwBQSwMEFAAGAAgAAAAhAA5z09PcAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJWOhKnUnNIkLnFYmzlnjtRWNUzXpVt6e7AQ3W/70+/vL&#10;7eIGcaYp9J4RHlcZCOLG255bhMPn20MOIkTD1gyeCeGHAmyr25vSFNZfeE/nOrYihXAoDEIX41hI&#10;GZqOnAkrPxKn28lPzsS0Tq20k7mkcDdIlWVaOtNz+tCZkXYdNd/17BC+8r1tD8t77T7W8+6kdHBL&#10;DIj3d8vrC4hIS/yD4aqf1KFKTkc/sw1iQNhopRKKoPI1iARsnq/DEeFJa5BVKf83qH4BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAY/U80qACAACOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADnPT09wAAAAJAQAADwAAAAAAAAAAAAAAAAD6BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54AB53B9" wp14:editId="7574E089">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2553335</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="84" name="Rectángulo 84"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -1645,141 +1688,254 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="358D1F5A" id="Rectángulo 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:201.05pt;margin-top:14.15pt;width:8.05pt;height:9.15pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvVwZMogIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r/5p0nVGnSJo0WFA&#10;0RVth55VWUoMyKImKXGyt9mz7MVGSbYTdMUOw3JwJJH8qO8TyYvLXafIVljXgq5pcZJTIjSHptWr&#10;mn57uvlwTonzTDdMgRY13QtHLxfv3130phIlrEE1whIE0a7qTU3X3psqyxxfi465EzBCo1GC7ZjH&#10;rV1ljWU9oncqK/P8LOvBNsYCF87h6XUy0kXEl1Jw/1VKJzxRNcW7+fi18fsSvtniglUry8y65cM1&#10;2D/comOtxqQT1DXzjGxs+wdU13ILDqQ/4dBlIGXLReSAbIr8FZvHNTMickFxnJlkcv8Plt9t7y1p&#10;m5qezyjRrMM3ekDVfv3Uq40CgqcoUW9chZ6P5t4OO4fLwHcnbRf+kQnZRVn3k6xi5wnHwyIvy9M5&#10;JRxNRXFW5vOAmR2CjXX+s4COhEVNLeaPYrLtrfPJdXQJuTTctErhOauUJn1Nz07neQxwoNomGIMt&#10;1pC4UpZsGb6+3xVD2iMvvITSeJdAMFGKK79XIsE/CInqIIkyJQh1ecBknAvti2Ras0akVPMcf2Oy&#10;MSIyVhoBA7LES07YA8DomUBG7MR/8A+hIpb1FDww/1vwFBEzg/ZTcNdqsG8xU8hqyJz8R5GSNEGl&#10;F2j2WDsWUlM5w29afL9b5vw9s9hF2G84GfxX/EgF+E4wrChZg/3x1nnwx+JGKyU9dmVN3fcNs4IS&#10;9UVj2X8qZrPQxnEzm38scWOPLS/HFr3prgCfvsAZZHhcBn+vxqW00D3jAFmGrGhimmPumnJvx82V&#10;T9MCRxAXy2V0w9Y1zN/qR8MDeFA11OfT7plZMxSxx+q/g7GDWfWqlpNviNSw3HiQbSz0g66D3tj2&#10;sXCGERXmyvE+eh0G6eI3AAAA//8DAFBLAwQUAAYACAAAACEANkeb3NwAAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixtNlVVaTqhSVzgtDJxzhqvrWicqkm38PaYE9xs+dPv&#10;76/3yU3iiksYPWnINxkIpM7bkXoNp4/XpxJEiIasmTyhhm8MsG/u72pTWX+jI17b2AsOoVAZDUOM&#10;cyVl6AZ0Jmz8jMS3i1+cibwuvbSLuXG4m6TKskI6MxJ/GMyMhwG7r3Z1Gj7Lo+1P6a1179v1cFFF&#10;cCkGrR8f0ssziIgp/sHwq8/q0LDT2a9kg5g07DKVM6pBlVsQDOzyUoE481AUIJta/m/Q/AAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvVwZMogIAAJAFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA2R5vc3AAAAAkBAAAPAAAAAAAAAAAAAAAAAPwE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0087305B" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="0087305B" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tipo de usuario</w:t>
       </w:r>
-      <w:r w:rsidR="0087305B" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="0087305B" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4924D3A7" w14:textId="1F0D5895" w:rsidR="00E34C69" w:rsidRPr="00E52DE3" w:rsidRDefault="00F25C41" w:rsidP="00D232A3">
+    <w:p w14:paraId="4924D3A7" w14:textId="17FB1DFF" w:rsidR="00E34C69" w:rsidRPr="00DB0D4E" w:rsidRDefault="00106FCB" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00E52DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E4E0C8" wp14:editId="22C0A1B7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2286000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>173355</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="102235" cy="116205"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
+                <wp:wrapNone/>
+                <wp:docPr id="83897003" name="Rectángulo 83897003"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="102235" cy="116205"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="1E4BB03E" id="Rectángulo 83897003" o:spid="_x0000_s1026" style="position:absolute;margin-left:180pt;margin-top:13.65pt;width:8.05pt;height:9.15pt;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBdMd9TwIAAJ0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nTdcFcYogRYcB&#10;RVugHXpmZSk2IIsapcTJfv0o2W26bqdhOSikSPHj8dGLy31nxU5TaNFVsjyZSKGdwrp1m0p+f7z+&#10;dCFFiOBqsOh0JQ86yMvlxw+L3s/1FBu0tSbBQVyY976STYx+XhRBNbqDcIJeOzYapA4iq7QpaoKe&#10;o3e2mE4m50WPVHtCpUPg26vBKJc5vjFaxTtjgo7CVpJri/mkfD6ns1guYL4h8E2rxjLgH6rooHWc&#10;9DXUFUQQW2r/CNW1ijCgiScKuwKNaZXOPXA35eRdNw8NeJ17YXCCf4Up/L+w6nb34O+JYeh9mAcW&#10;Uxd7Q1365/rEPoN1eAVL76NQfFlOptPTmRSKTWV5Pp3MEpjF8bGnEL9q7EQSKkk8iwwR7G5CHFxf&#10;XFIuh9ettXke1om+kuenM56YAmaFsRBZ7HxdyeA2UoDdMN1UpBwxoG3r9DrFCYewtiR2wBNnotTY&#10;P3LJUlgIkQ3cR/6Nxf72NJVzBaEZHmfT6GZdCq0zocbqj3gl6Rnrwz0JwoFhwavrlqPdcNJ7IKYU&#10;t8JrEu/4MBa5PRwlKRqkn3+7T/48abZK0TNFufcfWyDNvXxzzIEv5dlZ4nRWzmafp6zQW8vzW4vb&#10;dmtkTEpeSK+ymPyjfRENYffE27RKWdkETnHuAeVRWcdhdXgflV6tshvz2EO8cQ9epeAJp4Tj4/4J&#10;yI+zjzyBW3yhM8zfUWDwHUiw2kY0bebHEVfmVVJ4BzLDxn1NS/ZWz17Hr8ryFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhABW3+KbfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMjz9PwzAUxHckvoP1kNio&#10;0yZ1qpCXqvybWKAw0M21X5OI2A6224Zvj5lgPN3p7nf1ejIDO5EPvbMI81kGjKxyurctwvvb080K&#10;WIjSajk4SwjfFGDdXF7UstLubF/ptI0tSyU2VBKhi3GsOA+qIyPDzI1kk3dw3siYpG+59vKcys3A&#10;F1kmuJG9TQudHOm+I/W5PRqEcinuXKEK//gl+Hh43r18qIcN4vXVtLkFFmmKf2H4xU/o0CSmvTta&#10;HdiAkIssfYkIizIHlgJ5KebA9gjFUgBvav7/QfMDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAwXTHfU8CAACdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAFbf4pt8AAAAJAQAADwAAAAAAAAAAAAAAAACpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight=".5pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F25C41" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Estudiante:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25C41" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006C33B2" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00E34C69" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E34C69" w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Bachillerato</w:t>
       </w:r>
-      <w:r w:rsidR="006C33B2" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006C33B2" w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
-      <w:r w:rsidR="00E34C69" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E34C69" w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Licenciatura</w:t>
       </w:r>
-      <w:r w:rsidR="006C33B2" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006C33B2" w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
-      <w:r w:rsidR="00E34C69" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E34C69" w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Posgrado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181AED1D" w14:textId="58B44D02" w:rsidR="00106FCB" w:rsidRPr="00DB0D4E" w:rsidRDefault="00106FCB" w:rsidP="00D232A3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Técnico Superior Universitario </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F06C8D0" w14:textId="0FFA2DC0" w:rsidR="0087305B" w:rsidRPr="00E52DE3" w:rsidRDefault="000D6CA8" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42A0759F" wp14:editId="3A5D0099">
                 <wp:simplePos x="0" y="0"/>
@@ -2010,53 +2166,55 @@
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6589F910" w14:textId="77777777" w:rsidR="006C33B2" w:rsidRPr="00E52DE3" w:rsidRDefault="006C33B2" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1252870B" w14:textId="2B9BD307" w:rsidR="005636CB" w:rsidRPr="00E52DE3" w:rsidRDefault="00EB57A6" w:rsidP="00D232A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A62F9E4" wp14:editId="1D59FFE6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>952110</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectángulo 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -2094,53 +2252,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="6EA55777" id="Rectángulo 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.95pt;margin-top:.25pt;width:8.05pt;height:9.15pt;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsLEJZnwIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r/5p021BnSJo0WFA&#10;0QZth55VWYoNSKImKXGyt9mz7MVGyT8JumKHYT7Iokh+FD+RvLjcaUW2wvkWTEWLk5wSYTjUrVlX&#10;9NvTzYdPlPjATM0UGFHRvfD0cvH+3UVn56KEBlQtHEEQ4+edrWgTgp1nmeeN0MyfgBUGlRKcZgFF&#10;t85qxzpE1yor8/w868DV1gEX3uPpda+ki4QvpeDhXkovAlEVxbuFtLq0vsQ1W1yw+dox27R8uAb7&#10;h1to1hoMOkFds8DIxrV/QOmWO/AgwwkHnYGULRcpB8ymyF9l89gwK1IuSI63E03+/8Hyu+3Kkbau&#10;6IwSwzQ+0QOS9uunWW8UkFkkqLN+jnaPduUGyeM2ZruTTsc/5kF2idT9RKrYBcLxsMjL8hTBOaqK&#10;4rzME2Z2cLbOhy8CNImbijoMn6hk21sfMCCajiYxloGbVqn0bsqQrqLnp7M8OXhQbR2V0SxVkLhS&#10;jmwZvn3YFTEVxDqyQkkZPIwJ9imlXdgrESGUeRASucEkyj5ArMoDJuNcmFD0qobVog81y/Ebg40e&#10;KXQCjMgSLzlhDwCjZQ8yYvd3Huyjq0hFPTkPmf/NefJIkcGEyVm3BtxbmSnMaojc248k9dREll6g&#10;3mPlOOhbylt+0+L73TIfVsxhD2G34VwI97hIBfhOMOwoacD9eOs82mNpo5aSDnuyov77hjlBifpq&#10;sOg/F2dnsYmTcDb7WKLgjjUvxxqz0VeAT1/gBLI8baN9UONWOtDPOD6WMSqqmOEYu6I8uFG4Cv2s&#10;wAHExXKZzLBxLQu35tHyCB5ZjfX5tHtmzg5FHLD672DsXzZ/Vcu9bfQ0sNwEkG0q9AOvA9/Y9Klw&#10;hgEVp8qxnKwOY3TxGwAA//8DAFBLAwQUAAYACAAAACEAC4mFytoAAAAHAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwW7CMBBE75X6D9ZW6q040DYKIQ5CSFzaEwFxNvGSRMTrKHbA/fsup/a2oxnNvinW&#10;0fbihqPvHCmYzxIQSLUzHTUKjofdWwbCB01G945QwQ96WJfPT4XOjbvTHm9VaASXkM+1gjaEIZfS&#10;1y1a7WduQGLv4karA8uxkWbUdy63vVwkSSqt7og/tHrAbYv1tZqsglO2N80xflX2+33aXhaptzF4&#10;pV5f4mYFImAMf2F44DM6lMx0dhMZL3rWH8slRxV8gnjYacrTznxkGciykP/5y18AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAbCxCWZ8CAACOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAC4mFytoAAAAHAQAADwAAAAAAAAAAAAAAAAD5BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="000D6CA8" w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000D6CA8" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4712BCD7" wp14:editId="1DEC0BA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1832415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1564</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Rectángulo 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -2178,68 +2338,81 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="36D4C7FF" id="Rectángulo 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:144.3pt;margin-top:.1pt;width:8.05pt;height:9.15pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8QbAfoAIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r/5pk21GnSJo0WFA&#10;0RZth55VWUoMyKImKXGyt9mz7MVGSbYTdMUOw3JQJJP8qO8TyfOLXafIVljXgq5pcZJTIjSHptWr&#10;mn57uv7wiRLnmW6YAi1quheOXizevzvvTSVKWINqhCUIol3Vm5quvTdVljm+Fh1zJ2CERqME2zGP&#10;R7vKGst6RO9UVub5POvBNsYCF87h16tkpIuIL6Xg/k5KJzxRNcW7+bjauL6ENVucs2plmVm3fLgG&#10;+4dbdKzVmHSCumKekY1t/4DqWm7BgfQnHLoMpGy5iByQTZG/YvO4ZkZELiiOM5NM7v/B8tvtvSVt&#10;U9M5JZp1+EQPKNqvn3q1UUDmQaDeuAr9Hs29HU4Ot4HtTtou/CMPsoui7idRxc4Tjh+LvCxPZ5Rw&#10;NBXFvMxnATM7BBvr/BcBHQmbmlpMH6Vk2xvnk+voEnJpuG6Vwu+sUpr0ePHTWR4DHKi2CcZgixUk&#10;LpUlW4Zv73fFkPbICy+hNN4lEEyU4s7vlUjwD0KiNkiiTAlCVR4wGedC+yKZ1qwRKdUsx9+YbIyI&#10;jJVGwIAs8ZIT9gAweiaQETvxH/xDqIhFPQUPzP8WPEXEzKD9FNy1GuxbzBSyGjIn/1GkJE1Q6QWa&#10;PVaOhdRSzvDrFt/vhjl/zyz2EHYbzgV/h4tUgO8Ew46SNdgfb30P/ljaaKWkx56sqfu+YVZQor5q&#10;LPrPxdlZaOJ4OJt9LPFgjy0vxxa96S4Bn77ACWR43AZ/r8attNA94/hYhqxoYppj7ppyb8fDpU+z&#10;AgcQF8tldMPGNczf6EfDA3hQNdTn0+6ZWTMUscfqv4Wxf1n1qpaTb4jUsNx4kG0s9IOug97Y9LFw&#10;hgEVpsrxOXodxujiNwAAAP//AwBQSwMEFAAGAAgAAAAhAGCanRvaAAAABwEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMjsFOwzAQRO9I/IO1SNyo0xSCFeJUqBIXODVUnN14m0SN11HstObvWU5w29E8zb5q&#10;m9woLjiHwZOG9SoDgdR6O1Cn4fD59qBAhGjImtETavjGANv69qYypfVX2uOliZ3gEQql0dDHOJVS&#10;hrZHZ8LKT0jcnfzsTOQ4d9LO5srjbpR5lhXSmYH4Q28m3PXYnpvFafhSe9sd0nvjPjbL7pQXwaUY&#10;tL6/S68vICKm+AfDrz6rQ81OR7+QDWLUkCtVMMoHCK432eMziCNz6glkXcn//vUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADxBsB+gAgAAjgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGCanRvaAAAABwEAAA8AAAAAAAAAAAAAAAAA+gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Género</w:t>
       </w:r>
+      <w:r w:rsidR="005636CB" w:rsidRPr="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidR="005636CB" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">  Femenino</w:t>
       </w:r>
       <w:r w:rsidR="005636CB" w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
@@ -2305,61 +2478,50 @@
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="109855" cy="121920"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="03135C4F" w14:textId="7AB6AC16" w:rsidR="00103CBE" w:rsidRPr="00E52DE3" w:rsidRDefault="00103CBE" w:rsidP="000D6CA8">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Valora las siguientes afirmaciones</w:t>
       </w:r>
       <w:r w:rsidR="00F67DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
@@ -3839,97 +4001,117 @@
     <w:p w14:paraId="0FAD0E96" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB3401E" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="743CF51B" w14:textId="6B15045D" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
+    <w:p w14:paraId="663658E5" w14:textId="77777777" w:rsidR="0092776E" w:rsidRDefault="0092776E" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="743CF51B" w14:textId="49809DE6" w:rsidR="00E52DE3" w:rsidRPr="00D55CE1" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de información___________________________________________________________   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61940152" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06039204" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="603EFC78" wp14:editId="6B686746">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1748369</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18422</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="76546" cy="71120"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="78" name="Rectángulo 78"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -3967,53 +4149,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="577D0986" id="Rectángulo 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:137.65pt;margin-top:1.45pt;width:6.05pt;height:5.6pt;z-index:251741184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxdIrXoAIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuGyEQfa/Uf0C8N+t1fWmtrCPLUapK&#10;URIlqfKMWfAisQwF7LX7N/2W/lgH9mIrjfpQdR9YYGbOMGcul1eHWpO9cF6BKWh+MaJEGA6lMtuC&#10;fnu++fCJEh+YKZkGIwp6FJ5eLd+/u2zsQoyhAl0KRxDE+EVjC1qFYBdZ5nklauYvwAqDQgmuZgGP&#10;bpuVjjWIXutsPBrNsgZcaR1w4T3eXrdCukz4Ugoe7qX0IhBdUHxbSKtL6yau2fKSLbaO2Urx7hns&#10;H15RM2XQ6QB1zQIjO6f+gKoVd+BBhgsOdQZSKi5SDBhNPnoVzVPFrEixIDneDjT5/wfL7/YPjqiy&#10;oHPMlGE15ugRWfv102x3GgjeIkWN9QvUfLIPrjt53MZ4D9LV8Y+RkEOi9TjQKg6BcLycz6aTGSUc&#10;JfM8HyfSs5OpdT58EVCTuCmoQ++JSra/9QHdoWqvEj0ZuFFap7xpQ5qCzj5OR8nAg1ZlFEa1VEFi&#10;rR3ZM8x9OOQxEMQ608KTNngZw2sDSrtw1CJCaPMoJHKDIYxbB7EqT5iMc2FC3ooqVorW1XSEX++s&#10;t0iuE2BElvjIAbsD6DVbkB67fXOnH01FKurBuIv8b8aDRfIMJgzGtTLg3opMY1Sd51a/J6mlJrK0&#10;gfKIleOgbSlv+Y3C/N0yHx6Ywx7CbsO5EO5xkRowT9DtKKnA/XjrPupjaaOUkgZ7sqD++445QYn+&#10;arDoP+eTSWzidJhM51hKxJ1LNucSs6vXgKnPcQJZnrZRP+h+Kx3ULzg+VtEripjh6LugPLj+sA7t&#10;rMABxMVqldSwcS0Lt+bJ8ggeWY31+Xx4Yc52RRyw9u+g71+2eFXLrW60NLDaBZAqFfqJ145vbPpU&#10;ON2AilPl/Jy0TmN0+RsAAP//AwBQSwMEFAAGAAgAAAAhAJnZucXcAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FuwjAMhu+TeIfIk3YbKYVB1zVFCGmX7USHdg6Naas1TtWkEN4e77TdbP2ffn8u&#10;ttH24oKj7xwpWMwTEEi1Mx01Co5f788ZCB80Gd07QgU39LAtZw+Fzo270gEvVWgEl5DPtYI2hCGX&#10;0tctWu3nbkDi7OxGqwOvYyPNqK9cbnuZJslaWt0RX2j1gPsW659qsgq+s4NpjvGjsp/LaX9O197G&#10;4JV6eoy7NxABY/iD4Vef1aFkp5ObyHjRK0g3L0tGeXgFwXmabVYgTgyuFiDLQv5/oLwDAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAsXSK16ACAACOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmdm5xdwAAAAIAQAADwAAAAAAAAAAAAAAAAD6BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F4EE6E9" wp14:editId="30FD4380">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>701098</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8733</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="76546" cy="71120"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="79" name="Rectángulo 79"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -4051,58 +4235,69 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="6C598AC1" id="Rectángulo 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:55.2pt;margin-top:.7pt;width:6.05pt;height:5.6pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWR8Z+oQIAAI4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuGyEQfa/Uf0C8N+t1fWmsrCMrUapK&#10;UWIlqfJMWPAisQwF7LX7N/2W/lgG9mIrjfpQ1Q9rYM6cYQ4zc3G5rzXZCecVmILmZyNKhOFQKrMp&#10;6Penm09fKPGBmZJpMKKgB+Hp5fLjh4vGLsQYKtClcARJjF80tqBVCHaRZZ5Xomb+DKwwaJTgahZw&#10;6zZZ6ViD7LXOxqPRLGvAldYBF97j6XVrpMvEL6Xg4V5KLwLRBcW7hfR16fsSv9nygi02jtlK8e4a&#10;7B9uUTNlMOhAdc0CI1un/qCqFXfgQYYzDnUGUiouUg6YTT56k81jxaxIuaA43g4y+f9Hy+92a0dU&#10;WdD5OSWG1fhGD6ja719ms9VA8BQlaqxfIPLRrl2387iM+e6lq+M/ZkL2SdbDIKvYB8LxcD6bTmaU&#10;cLTM83ycRM+Ortb58FVATeKioA6jJynZ7tYHDIfQHhIjGbhRWqd304Y0BZ19no6SgwetymiMsFRB&#10;4ko7smP49mGfx0SQ6wSFO23wMKbXJpRW4aBFpNDmQUjUBlMYtwFiVR45GefChLw1VawUbajpCH99&#10;sN4jhU6EkVniJQfujqBHtiQ9d3vnDh9dRSrqwbnL/G/Og0eKDCYMzrUy4N7LTGNWXeQW34vUShNV&#10;eoHygJXjoG0pb/mNwve7ZT6smcMewm7DuRDu8SM14DtBt6KkAvfzvfOIx9JGKyUN9mRB/Y8tc4IS&#10;/c1g0Z/nk0ls4rSZTOdYSsSdWl5OLWZbXwE+fY4TyPK0jPig+6V0UD/j+FjFqGhihmPsgvLg+s1V&#10;aGcFDiAuVqsEw8a1LNyaR8sjeVQ11ufT/pk52xVxwNq/g75/2eJNLbfY6GlgtQ0gVSr0o66d3tj0&#10;qXC6ARWnyuk+oY5jdPkKAAD//wMAUEsDBBQABgAIAAAAIQBEw5e62AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTE9BbsIwELxX4g/WInErDqGNUBoHIaRe2hMp6tnESxIRr6PYAff33Zza085oRrMz&#10;xT7aXtxx9J0jBZt1AgKpdqajRsH56/15B8IHTUb3jlDBD3rYl4unQufGPeiE9yo0gkPI51pBG8KQ&#10;S+nrFq32azcgsXZ1o9WB6dhIM+oHh9tepkmSSas74g+tHvDYYn2rJqvge3cyzTl+VPZzOx2vaeZt&#10;DF6p1TIe3kAEjOHPDHN9rg4ld7q4iYwXPfNN8sJWBnxmPU1fQVxmkIEsC/l/QPkLAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAVkfGfqECAACOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEARMOXutgAAAAIAQAADwAAAAAAAAAAAAAAAAD7BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Turno:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Turno:   Matutino</w:t>
+        <w:t xml:space="preserve">   Matutino</w:t>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Vespertino  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52055428" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4112,157 +4307,328 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="317A5EEB" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu opinión es muy importante para nosotros, por eso te pedimos unos minutos de tu tiempo para responder una breve encuesta que nos ayudará a mejorar nuestros centros de información.                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9835C9" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
+    <w:p w14:paraId="3E9835C9" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00106FCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="705446BE" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
+    <w:p w14:paraId="6C2AE859" w14:textId="30F36940" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00106FCB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Escuela, </w:t>
+      </w:r>
+      <w:r w:rsidR="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>acultad</w:t>
+      </w:r>
+      <w:r w:rsidR="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstituto </w:t>
+      </w:r>
+      <w:r w:rsidR="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o unidad profesional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de procedencia:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Escuela, Facultad o Instituto de procedencia: _________________________________________       </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> _______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="45208BF4" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Fecha</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Fecha: ____________________</w:t>
+        <w:t>: ____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA5DF98" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="527F766D" w14:textId="2078631F" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00F25C41" w:rsidP="004304AF">
+    <w:p w14:paraId="527F766D" w14:textId="58EA3017" w:rsidR="00E52DE3" w:rsidRPr="00D55CE1" w:rsidRDefault="00D55CE1" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251743232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078DF454" wp14:editId="7F9610D9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251739136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F134A95" wp14:editId="2589C300">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3550920</wp:posOffset>
+                  <wp:posOffset>2743835</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>189230</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="102235" cy="116205"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
+                <wp:wrapNone/>
+                <wp:docPr id="80" name="Rectángulo 80"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="102235" cy="116205"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="4E881A0C" id="Rectángulo 80" o:spid="_x0000_s1026" style="position:absolute;margin-left:216.05pt;margin-top:14.9pt;width:8.05pt;height:9.15pt;z-index:251739136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTHEaxggIAAGYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/1o021BnSJo0WFA&#10;0RVrh55VWaoNyKJGKXGyXz9KfiToih2G5aBQJvmR/ETy4nLXGbZV6FuwFS9Ocs6UlVC39qXiPx5v&#10;PnzizAdha2HAqorvleeXq/fvLnq3VCU0YGqFjECsX/au4k0IbpllXjaqE/4EnLKk1ICdCHTFl6xG&#10;0RN6Z7Iyz8+zHrB2CFJ5T1+vByVfJXytlQzftPYqMFNxyi2kE9P5HM9sdSGWLyhc08oxDfEPWXSi&#10;tRR0hroWQbANtn9Ada1E8KDDiYQuA61bqVINVE2Rv6rmoRFOpVqIHO9mmvz/g5V32wd3j0RD7/zS&#10;kxir2Gns4j/lx3aJrP1MltoFJuljkZfl6YIzSaqiOC/zRSQzOzg79OGLgo5FoeJIb5EoEttbHwbT&#10;ySTGsnDTGpPew1jWV/z8dJEnBw+mraMymqXOUFcG2VbQm4ZdMYY9sqIkjKVcDiUlKeyNihDGflea&#10;tTUVUQ4BYrcdMIWUyoZiUDWiVkOoRU6/KdjkkSpOgBFZU5Iz9ggwWQ4gE/ZQ/2gfXVVq1tl5rPxv&#10;zrNHigw2zM5dawHfqsxQVWPkwX4iaaAmsvQM9f4eGcIwKt7Jm5be71b4cC+QZoOmiOY9fKNDG6B3&#10;glHirAH89db3aE8tS1rOepq1ivufG4GKM/PVUjN/Ls7O4nCmy9niY0kXPNY8H2vsprsCevqCNouT&#10;SYz2wUyiRuieaC2sY1RSCSspdsVlwOlyFYYdQItFqvU6mdFAOhFu7YOTETyyGvvzcfck0I1NHKj7&#10;72CaS7F81cuDbfS0sN4E0G1q9AOvI980zKlxxsUTt8XxPVkd1uPqNwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAJVN3q/cAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAMhu+T9g6RK+22BlJUMUao&#10;pkq7bKeyqueUuIBKHERCy95+3mm72fKn399f7hY3iBtOofekIV0nIJAab3tqNRy/3p9zECEasmbw&#10;hBq+McCuenwoTWH9nQ54q2MrOIRCYTR0MY6FlKHp0Jmw9iMS3y5+cibyOrXSTubO4W6QKkm20pme&#10;+ENnRtx32Fzr2Wk45QfbHpeP2n1u5v1FbYNbYtD6abW8vYKIuMQ/GH71WR0qdjr7mWwQg4Zso1JG&#10;NagXrsBAluUKxJmHPAVZlfJ/g+oHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0xxGsYIC&#10;AABmBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlU3e&#10;r9wAAAAJAQAADwAAAAAAAAAAAAAAAADcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251743232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="078DF454" wp14:editId="7FC39ACD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="rightMargin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>191135</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="89" name="Rectángulo 89"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="102235" cy="116205"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
@@ -4280,70 +4646,74 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2BA3FEA7" id="Rectángulo 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:279.6pt;margin-top:14.9pt;width:8.05pt;height:9.15pt;z-index:251743232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWPe5DoQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2BUFixQRGIqhIC&#10;BFScjdfOruT1uLaTTfo2fZa+WMf2bhJR1EPVHDa2Z+Ybf59n5uJy0yuyFtZ1oGtaHOWUCM2h6fSy&#10;pt+ebz6dUeI80w1ToEVNt8LRy/nHDxeDqUQJLahGWIIg2lWDqWnrvamyzPFW9MwdgREajRJszzxu&#10;7TJrLBsQvVdZmeen2QC2MRa4cA5Pr5ORziO+lIL7eymd8ETVFO/m49fG72v4ZvMLVi0tM23Hx2uw&#10;f7hFzzqNSXdQ18wzsrLdH1B9xy04kP6IQ5+BlB0XkQOyKfI3bJ5aZkTkguI4s5PJ/T9Yfrd+sKRr&#10;anp2TolmPb7RI6r266derhQQPEWJBuMq9HwyD3bcOVwGvhtp+/CPTMgmyrrdySo2nnA8LPKyPJ5R&#10;wtFUFKdlPguY2T7YWOe/COhJWNTUYv4oJlvfOp9cJ5eQS8NNpxSes0ppMtT09HiWxwAHqmuCMdhi&#10;DYkrZcma4ev7TTGmPfDCSyiNdwkEE6W48lslEvyjkKgOkihTglCXe0zGudC+SKaWNSKlmuX4m5JN&#10;EZGx0ggYkCVecoc9AkyeCWTCTvxH/xAqYlnvgkfmfwveRcTMoP0uuO802PeYKWQ1Zk7+k0hJmqDS&#10;KzRbrB0Lqamc4Tcdvt8tc/6BWewi7DecDP4eP1IBvhOMK0pasD/eOw/+WNxopWTArqyp+75iVlCi&#10;vmos+/Pi5CS0cdyczD6XuLGHltdDi171V4BPX+AMMjwug79X01Ja6F9wgCxCVjQxzTF3Tbm30+bK&#10;p2mBI4iLxSK6Yesa5m/1k+EBPKga6vN588KsGYvYY/XfwdTBrHpTy8k3RGpYrDzILhb6XtdRb2z7&#10;WDjjiApz5XAfvfaDdP4bAAD//wMAUEsDBBQABgAIAAAAIQDrDB+93QAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtZW4UacpKWnIpkKVuMCpoeLsxtskaryOYqc1f485wXG1TzNv&#10;yl0wg7jS5HrLCKtlAoK4sbrnFuH4+faYg3BesVaDZUL4Jge76v6uVIW2Nz7QtfatiCHsCoXQeT8W&#10;UrqmI6Pc0o7E8Xe2k1E+nlMr9aRuMdwMMk2SjTSq59jQqZH2HTWXejYIX/lBt8fwXpuP9bw/pxtn&#10;gneID4vw+gLCU/B/MPzqR3WootPJzqydGBCybJtGFCHdxgkRyJ6zNYgTwlO+AlmV8v+C6gcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAWPe5DoQIAAJAFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDrDB+93QAAAAkBAAAPAAAAAAAAAAAAAAAAAPsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
+              <v:rect w14:anchorId="3680DEB5" id="Rectángulo 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:15.05pt;width:8.05pt;height:9.15pt;z-index:251743232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTHEaxggIAAGYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/1o021BnSJo0WFA&#10;0RVrh55VWaoNyKJGKXGyXz9KfiToih2G5aBQJvmR/ETy4nLXGbZV6FuwFS9Ocs6UlVC39qXiPx5v&#10;PnzizAdha2HAqorvleeXq/fvLnq3VCU0YGqFjECsX/au4k0IbpllXjaqE/4EnLKk1ICdCHTFl6xG&#10;0RN6Z7Iyz8+zHrB2CFJ5T1+vByVfJXytlQzftPYqMFNxyi2kE9P5HM9sdSGWLyhc08oxDfEPWXSi&#10;tRR0hroWQbANtn9Ada1E8KDDiYQuA61bqVINVE2Rv6rmoRFOpVqIHO9mmvz/g5V32wd3j0RD7/zS&#10;kxir2Gns4j/lx3aJrP1MltoFJuljkZfl6YIzSaqiOC/zRSQzOzg79OGLgo5FoeJIb5EoEttbHwbT&#10;ySTGsnDTGpPew1jWV/z8dJEnBw+mraMymqXOUFcG2VbQm4ZdMYY9sqIkjKVcDiUlKeyNihDGflea&#10;tTUVUQ4BYrcdMIWUyoZiUDWiVkOoRU6/KdjkkSpOgBFZU5Iz9ggwWQ4gE/ZQ/2gfXVVq1tl5rPxv&#10;zrNHigw2zM5dawHfqsxQVWPkwX4iaaAmsvQM9f4eGcIwKt7Jm5be71b4cC+QZoOmiOY9fKNDG6B3&#10;glHirAH89db3aE8tS1rOepq1ivufG4GKM/PVUjN/Ls7O4nCmy9niY0kXPNY8H2vsprsCevqCNouT&#10;SYz2wUyiRuieaC2sY1RSCSspdsVlwOlyFYYdQItFqvU6mdFAOhFu7YOTETyyGvvzcfck0I1NHKj7&#10;72CaS7F81cuDbfS0sN4E0G1q9AOvI980zKlxxsUTt8XxPVkd1uPqNwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhANaDSbXZAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WInErDj+KopAN&#10;Qki9lBMp4mziJYmI11HsgPv2Naf2tBrNaObbYhdMLx40us4ywnKRgCCure64QTh/f35kIJxXrFVv&#10;mRB+yMGufH8rVK7tk0/0qHwjYgm7XCG03g+5lK5uySi3sANx9G52NMpHOTZSj+oZy00vV0mSSqM6&#10;jgutGujQUn2vJoNwyU66OYevyhzX0+G2Sp0J3iHOZ2G/BeEp+L8wvPAjOpSR6Won1k70CPERj7BO&#10;liBebhrvFWGTbUCWhfxPX/4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0xxGsYICAABm&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1oNJtdkA&#10;AAAFAQAADwAAAAAAAAAAAAAAAADcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt">
+                <w10:wrap anchorx="margin"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C260F8B" wp14:editId="6933B43A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251738112" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C260F8B" wp14:editId="230EA949">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1346200</wp:posOffset>
+                  <wp:posOffset>1562735</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>189230</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="87" name="Rectángulo 87"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="102235" cy="116205"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
@@ -4364,185 +4734,288 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3252C2F3" id="Rectángulo 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:106pt;margin-top:14.9pt;width:8.05pt;height:9.15pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9pkdkoQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2BAF2xQRGIqhIC&#10;BFScjddOVvJ6XNvJJn2bPktfrGN7dxNR1EPVHDa2Z+Ybf59n5uJy2ymyEda1oGtaHOWUCM2hafWy&#10;pt+ebz6dU+I80w1ToEVNd8LRy/nHDxe9qUQJK1CNsARBtKt6U9OV96bKMsdXomPuCIzQaJRgO+Zx&#10;a5dZY1mP6J3Kyjw/zXqwjbHAhXN4ep2MdB7xpRTc30vphCeqpng3H782fl/DN5tfsGppmVm1fLgG&#10;+4dbdKzVmHSCumaekbVt/4DqWm7BgfRHHLoMpGy5iByQTZG/YfO0YkZELiiOM5NM7v/B8rvNgyVt&#10;U9PzM0o06/CNHlG1Xz/1cq2A4ClK1BtXoeeTebDDzuEy8N1K24V/ZEK2UdbdJKvYesLxsMjL8nhG&#10;CUdTUZyW+SxgZvtgY53/IqAjYVFTi/mjmGxz63xyHV1CLg03rVJ4ziqlSV/T0+NZHgMcqLYJxmCL&#10;NSSulCUbhq/vt8WQ9sALL6E03iUQTJTiyu+USPCPQqI6SKJMCUJd7jEZ50L7IplWrBEp1SzH35hs&#10;jIiMlUbAgCzxkhP2ADB6JpARO/Ef/EOoiGU9BQ/M/xY8RcTMoP0U3LUa7HvMFLIaMif/UaQkTVDp&#10;FZod1o6F1FTO8JsW3++WOf/ALHYR9htOBn+PH6kA3wmGFSUrsD/eOw/+WNxopaTHrqyp+75mVlCi&#10;vmos+8/FyUlo47g5mZ2VuLGHltdDi153V4BPX+AMMjwug79X41Ja6F5wgCxCVjQxzTF3Tbm34+bK&#10;p2mBI4iLxSK6Yesa5m/1k+EBPKga6vN5+8KsGYrYY/XfwdjBrHpTy8k3RGpYrD3INhb6XtdBb2z7&#10;WDjDiApz5XAfvfaDdP4bAAD//wMAUEsDBBQABgAIAAAAIQCkyLV93AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8MwDIXvSPyHyJO4sbQBTaU0ndAkLnBamXbOGq+t1jhVk27h32NOcLKt9/T8&#10;vWqb3CiuOIfBk4Z8nYFAar0dqNNw+Hp/LECEaMia0RNq+MYA2/r+rjKl9Tfa47WJneAQCqXR0Mc4&#10;lVKGtkdnwtpPSKyd/exM5HPupJ3NjcPdKFWWbaQzA/GH3ky467G9NIvTcCz2tjukj8Z9Pi27s9oE&#10;l2LQ+mGV3l5BREzxzwy/+IwONTOd/EI2iFGDyhV3iby8cAU2KFXkIE4annnKupL/G9Q/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP2mR2ShAgAAkAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKTItX3cAAAACQEAAA8AAAAAAAAAAAAAAAAA+wQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
+              <v:rect w14:anchorId="7B37EBE3" id="Rectángulo 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.05pt;margin-top:14.9pt;width:8.05pt;height:9.15pt;z-index:251738112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTHEaxggIAAGYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/1o021BnSJo0WFA&#10;0RVrh55VWaoNyKJGKXGyXz9KfiToih2G5aBQJvmR/ETy4nLXGbZV6FuwFS9Ocs6UlVC39qXiPx5v&#10;PnzizAdha2HAqorvleeXq/fvLnq3VCU0YGqFjECsX/au4k0IbpllXjaqE/4EnLKk1ICdCHTFl6xG&#10;0RN6Z7Iyz8+zHrB2CFJ5T1+vByVfJXytlQzftPYqMFNxyi2kE9P5HM9sdSGWLyhc08oxDfEPWXSi&#10;tRR0hroWQbANtn9Ada1E8KDDiYQuA61bqVINVE2Rv6rmoRFOpVqIHO9mmvz/g5V32wd3j0RD7/zS&#10;kxir2Gns4j/lx3aJrP1MltoFJuljkZfl6YIzSaqiOC/zRSQzOzg79OGLgo5FoeJIb5EoEttbHwbT&#10;ySTGsnDTGpPew1jWV/z8dJEnBw+mraMymqXOUFcG2VbQm4ZdMYY9sqIkjKVcDiUlKeyNihDGflea&#10;tTUVUQ4BYrcdMIWUyoZiUDWiVkOoRU6/KdjkkSpOgBFZU5Iz9ggwWQ4gE/ZQ/2gfXVVq1tl5rPxv&#10;zrNHigw2zM5dawHfqsxQVWPkwX4iaaAmsvQM9f4eGcIwKt7Jm5be71b4cC+QZoOmiOY9fKNDG6B3&#10;glHirAH89db3aE8tS1rOepq1ivufG4GKM/PVUjN/Ls7O4nCmy9niY0kXPNY8H2vsprsCevqCNouT&#10;SYz2wUyiRuieaC2sY1RSCSspdsVlwOlyFYYdQItFqvU6mdFAOhFu7YOTETyyGvvzcfck0I1NHKj7&#10;72CaS7F81cuDbfS0sN4E0G1q9AOvI980zKlxxsUTt8XxPVkd1uPqNwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGv19gXcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sbZiqUppO&#10;aBIXOK1MnLPGaysap2rSLbw95gQ3W/70+/vrXXKTuOASRk8a8k0GAqnzdqRew/Hj9aEEEaIhayZP&#10;qOEbA+ya25vaVNZf6YCXNvaCQyhURsMQ41xJGboBnQkbPyPx7ewXZyKvSy/tYq4c7iapsqyQzozE&#10;HwYz437A7qtdnYbP8mD7Y3pr3fvjuj+rIrgUg9b3d+nlGUTEFP9g+NVndWjY6eRXskFMGtS2yBnl&#10;4YkrMKAKpUCcNGzLHGRTy/8Nmh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0xxGsYIC&#10;AABmBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAa/X2&#10;BdwAAAAJAQAADwAAAAAAAAAAAAAAAADcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Tipo de usuario</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F6208C" w14:textId="5382E752" w:rsidR="00D55CE1" w:rsidRDefault="00F25C41" w:rsidP="004304AF">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Estudiante:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55CE1" w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bachillerato           </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Licenciatura                </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Posgrado </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEF13E1" w14:textId="609925AC" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00D55CE1" w:rsidP="004304AF">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251739136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F134A95" wp14:editId="41D48A5A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251747328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="733AD0DB" wp14:editId="601C397F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2486660</wp:posOffset>
+                  <wp:posOffset>2409825</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>189230</wp:posOffset>
+                  <wp:posOffset>8890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
-                <wp:docPr id="80" name="Rectángulo 80"/>
+                <wp:docPr id="1450302051" name="Rectángulo 1450302051"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="102235" cy="116205"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="6350">
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
+                          <a:prstDash val="solid"/>
                         </a:ln>
+                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:style>
-[...14 lines deleted...]
-                      </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="01B86A0D" id="Rectángulo 80" o:spid="_x0000_s1026" style="position:absolute;margin-left:195.8pt;margin-top:14.9pt;width:8.05pt;height:9.15pt;z-index:251739136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAo6CuaoQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2BULpigyIQVSUE&#10;CKg4G6+drOT1uLaTTfo2fZa+GGN7dxNR1EPVHDa2Z+Ybf59n5vxi2ymyEda1oGtaHOWUCM2hafWy&#10;pt+frj+dUeI80w1ToEVNd8LRi/nHD+e9qUQJK1CNsARBtKt6U9OV96bKMsdXomPuCIzQaJRgO+Zx&#10;a5dZY1mP6J3Kyjw/zXqwjbHAhXN4epWMdB7xpRTc30nphCeqpng3H782fl/CN5ufs2ppmVm1fLgG&#10;+4dbdKzVmHSCumKekbVt/4DqWm7BgfRHHLoMpGy5iByQTZG/YfO4YkZELiiOM5NM7v/B8tvNvSVt&#10;U9MzlEezDt/oAVX7/Usv1woInqJEvXEVej6aezvsHC4D3620XfhHJmQbZd1NsoqtJxwPi7wsj2eU&#10;cDQVxWmZzwJmtg821vmvAjoSFjW1mD+KyTY3zifX0SXk0nDdKoXnrFKa9DU9PZ7lMcCBaptgDLZY&#10;Q+JSWbJh+Pp+WwxpD7zwEkrjXQLBRCmu/E6JBP8gJKqDJMqUINTlHpNxLrQvkmnFGpFSzXL8jcnG&#10;iMhYaQQMyBIvOWEPAKNnAhmxE//BP4SKWNZT8MD8b8FTRMwM2k/BXavBvsdMIashc/IfRUrSBJVe&#10;oNlh7VhITeUMv27x/W6Y8/fMYhdhQeFk8Hf4kQrwnWBYUbIC+/O98+CPxY1WSnrsypq6H2tmBSXq&#10;m8ay/1KcnIQ2jpuT2ecSN/bQ8nJo0evuEvDpC5xBhsdl8PdqXEoL3TMOkEXIiiamOeauKfd23Fz6&#10;NC1wBHGxWEQ3bF3D/I1+NDyAB1VDfT5tn5k1QxF7rP5bGDuYVW9qOfmGSA2LtQfZxkLf6zrojW0f&#10;C2cYUWGuHO6j136Qzl8BAAD//wMAUEsDBBQABgAIAAAAIQAGQutl3QAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG2Huq40ndAkLnBaN3HOGq+taJyqSbfw9pgT3Gz50+/v&#10;r3bRjuKKsx8cKUhXCQik1pmBOgWn49tTAcIHTUaPjlDBN3rY1fd3lS6Nu9EBr03oBIeQL7WCPoSp&#10;lNK3PVrtV25C4tvFzVYHXudOmlnfONyOMkuSXFo9EH/o9YT7HtuvZrEKPouD6U7xvbEf62V/yXJv&#10;Y/BKPT7E1xcQAWP4g+FXn9WhZqezW8h4MSpYb9OcUQXZlisw8JxsNiDOPBQpyLqS/xvUPwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAo6CuaoQIAAJAFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAGQutl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAPsE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
+              <v:rect w14:anchorId="1523FF05" id="Rectángulo 1450302051" o:spid="_x0000_s1026" style="position:absolute;margin-left:189.75pt;margin-top:.7pt;width:8.05pt;height:9.15pt;z-index:251747328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBdMd9TwIAAJ0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nTdcFcYogRYcB&#10;RVugHXpmZSk2IIsapcTJfv0o2W26bqdhOSikSPHj8dGLy31nxU5TaNFVsjyZSKGdwrp1m0p+f7z+&#10;dCFFiOBqsOh0JQ86yMvlxw+L3s/1FBu0tSbBQVyY976STYx+XhRBNbqDcIJeOzYapA4iq7QpaoKe&#10;o3e2mE4m50WPVHtCpUPg26vBKJc5vjFaxTtjgo7CVpJri/mkfD6ns1guYL4h8E2rxjLgH6rooHWc&#10;9DXUFUQQW2r/CNW1ijCgiScKuwKNaZXOPXA35eRdNw8NeJ17YXCCf4Up/L+w6nb34O+JYeh9mAcW&#10;Uxd7Q1365/rEPoN1eAVL76NQfFlOptPTmRSKTWV5Pp3MEpjF8bGnEL9q7EQSKkk8iwwR7G5CHFxf&#10;XFIuh9ettXke1om+kuenM56YAmaFsRBZ7HxdyeA2UoDdMN1UpBwxoG3r9DrFCYewtiR2wBNnotTY&#10;P3LJUlgIkQ3cR/6Nxf72NJVzBaEZHmfT6GZdCq0zocbqj3gl6Rnrwz0JwoFhwavrlqPdcNJ7IKYU&#10;t8JrEu/4MBa5PRwlKRqkn3+7T/48abZK0TNFufcfWyDNvXxzzIEv5dlZ4nRWzmafp6zQW8vzW4vb&#10;dmtkTEpeSK+ymPyjfRENYffE27RKWdkETnHuAeVRWcdhdXgflV6tshvz2EO8cQ9epeAJp4Tj4/4J&#10;yI+zjzyBW3yhM8zfUWDwHUiw2kY0bebHEVfmVVJ4BzLDxn1NS/ZWz17Hr8ryFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGDu48ndAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;A82DhDhVea3YQGEBOzeeJhHxONhuG/6eYQXLq3N150y9mu0oDujD4EjB5SIBgdQ6M1Cn4O318eIa&#10;RIiajB4doYJvDLBqTk9qXRl3pBc8bGIneIRCpRX0MU6VlKHt0eqwcBMSs53zVkeOvpPG6yOP21Fe&#10;JUkurR6IL/R6wrse28/N3ioosvzWpW3qH75yOe2ePp7f2/u1Uudn8/oGRMQ5/pXhV5/VoWGnrduT&#10;CWJUsCzKjKsMUhDMl2WWg9hyLguQTS3/P9D8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMF0x31PAgAAnQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGDu48ndAAAACAEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00E52DE3" w:rsidRPr="00E52DE3">
-[...27 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Estudiante:      </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  Bachillerato                      Licenciatura                      Posgrado </w:t>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00106FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0D4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Técnico Superior Universitario </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DA883D" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251740160" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E7A3C4B" wp14:editId="3267F777">
                 <wp:simplePos x="0" y="0"/>
@@ -4700,63 +5173,65 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Docente                         Investigador                      Otro _______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA95C69" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FEEB0DF" w14:textId="515BB162" w:rsidR="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="004304AF">
+    <w:p w14:paraId="629B8E21" w14:textId="3EE79B5B" w:rsidR="003510F1" w:rsidRDefault="00E52DE3" w:rsidP="00D55CE1">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251744256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E1B7C13" wp14:editId="1F73B23B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>952110</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="92" name="Rectángulo 92"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -4794,53 +5269,55 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="786517A2" id="Rectángulo 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.95pt;margin-top:.25pt;width:8.05pt;height:9.15pt;z-index:251744256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMGik7oQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2B0LJigyIQVSUE&#10;CKg4G6+dXcnrcW0nm/Rt+ix9Mcb2bhJR1EPVHDa2Z+Ybf59n5vxi0yuyFtZ1oGtaHOWUCM2h6fSy&#10;pt+frj99ocR5phumQIuaboWjF/OPH84HU4kSWlCNsARBtKsGU9PWe1NlmeOt6Jk7AiM0GiXYnnnc&#10;2mXWWDYgeq+yMs9PswFsYyxw4RyeXiUjnUd8KQX3d1I64YmqKd7Nx6+N35fwzebnrFpaZtqOj9dg&#10;/3CLnnUak+6grphnZGW7P6D6jltwIP0Rhz4DKTsuIgdkU+Rv2Dy2zIjIBcVxZieT+3+w/HZ9b0nX&#10;1PSspESzHt/oAVX7/UsvVwoInqJEg3EVej6aezvuHC4D3420ffhHJmQTZd3uZBUbTzgeFnlZHs8o&#10;4WgqitMynwXMbB9srPNfBfQkLGpqMX8Uk61vnE+uk0vIpeG6UwrPWaU0GWp6ejzLY4AD1TXBGGyx&#10;hsSlsmTN8PX9phjTHnjhJZTGuwSCiVJc+a0SCf5BSFQHSZQpQajLPSbjXGhfJFPLGpFSzXL8Tcmm&#10;iMhYaQQMyBIvucMeASbPBDJhJ/6jfwgVsax3wSPzvwXvImJm0H4X3Hca7HvMFLIaMyf/SaQkTVDp&#10;BZot1o6F1FTO8OsO3++GOX/PLHYR9htOBn+HH6kA3wnGFSUt2J/vnQd/LG60UjJgV9bU/VgxKyhR&#10;3zSW/VlxchLaOG5OZp9L3NhDy8uhRa/6S8CnL3AGGR6Xwd+raSkt9M84QBYhK5qY5pi7ptzbaXPp&#10;07TAEcTFYhHdsHUN8zf60fAAHlQN9fm0eWbWjEXssfpvYepgVr2p5eQbIjUsVh5kFwt9r+uoN7Z9&#10;LJxxRIW5criPXvtBOn8FAAD//wMAUEsDBBQABgAIAAAAIQALiYXK2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BbsIwEETvlfoP1lbqrTjQNgohDkJIXNoTAXE28ZJExOsodsD9+y6n9rajGc2+&#10;KdbR9uKGo+8cKZjPEhBItTMdNQqOh91bBsIHTUb3jlDBD3pYl89Phc6Nu9Meb1VoBJeQz7WCNoQh&#10;l9LXLVrtZ25AYu/iRqsDy7GRZtR3Lre9XCRJKq3uiD+0esBti/W1mqyCU7Y3zTF+Vfb7fdpeFqm3&#10;MXilXl/iZgUiYAx/YXjgMzqUzHR2ExkvetYfyyVHFXyCeNhpytPOfGQZyLKQ//nLXwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCMGik7oQIAAJAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQALiYXK2gAAAAcBAAAPAAAAAAAAAAAAAAAAAPsEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E52DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251745280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3489464B" wp14:editId="115A8251">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1832415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1564</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="102235" cy="116205"/>
                 <wp:effectExtent l="0" t="0" r="12065" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="93" name="Rectángulo 93"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -4878,68 +5355,81 @@
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="3702A735" id="Rectángulo 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:144.3pt;margin-top:.1pt;width:8.05pt;height:9.15pt;z-index:251745280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9t8aVoQIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l/2B0LJigyIQVSUE&#10;CKg4G6+dXcnrcW0nm/Rt+ix9Mcb2bhJR1EPVHDa2Z+Ybf59n5vxi0yuyFtZ1oGtaHOWUCM2h6fSy&#10;pt+frj99ocR5phumQIuaboWjF/OPH84HU4kSWlCNsARBtKsGU9PWe1NlmeOt6Jk7AiM0GiXYnnnc&#10;2mXWWDYgeq+yMs9PswFsYyxw4RyeXiUjnUd8KQX3d1I64YmqKd7Nx6+N35fwzebnrFpaZtqOj9dg&#10;/3CLnnUak+6grphnZGW7P6D6jltwIP0Rhz4DKTsuIgdkU+Rv2Dy2zIjIBcVxZieT+3+w/HZ9b0nX&#10;1PTsmBLNenyjB1Tt9y+9XCkgeIoSDcZV6Plo7u24c7gMfDfS9uEfmZBNlHW7k1VsPOF4WORleTyj&#10;hKOpKE7LfBYws32wsc5/FdCTsKipxfxRTLa+cT65Ti4hl4brTik8Z5XSZKjp6fEsjwEOVNcEY7DF&#10;GhKXypI1w9f3m2JMe+CFl1Aa7xIIJkpx5bdKJPgHIVEdJFGmBKEu95iMc6F9kUwta0RKNcvxNyWb&#10;IiJjpREwIEu85A57BJg8E8iEnfiP/iFUxLLeBY/M/xa8i4iZQftdcN9psO8xU8hqzJz8J5GSNEGl&#10;F2i2WDsWUlM5w687fL8b5vw9s9hF2G84GfwdfqQCfCcYV5S0YH++dx78sbjRSsmAXVlT92PFrKBE&#10;fdNY9mfFyUlo47g5mX0ucWMPLS+HFr3qLwGfvsAZZHhcBn+vpqW00D/jAFmErGhimmPumnJvp82l&#10;T9MCRxAXi0V0w9Y1zN/oR8MDeFA11OfT5plZMxaxx+q/hamDWfWmlpNviNSwWHmQXSz0va6j3tj2&#10;sXDGERXmyuE+eu0H6fwVAAD//wMAUEsDBBQABgAIAAAAIQBgmp0b2gAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI7BTsMwEETvSPyDtUjcqNMUghXiVKgSFzg1VJzdeJtEjddR7LTm71lOcNvRPM2+&#10;apvcKC44h8GThvUqA4HUejtQp+Hw+fagQIRoyJrRE2r4xgDb+vamMqX1V9rjpYmd4BEKpdHQxziV&#10;Uoa2R2fCyk9I3J387EzkOHfSzubK426UeZYV0pmB+ENvJtz12J6bxWn4UnvbHdJ74z42y+6UF8Gl&#10;GLS+v0uvLyAipvgHw68+q0PNTke/kA1i1JArVTDKBwiuN9njM4gjc+oJZF3J//71DwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD9t8aVoQIAAJAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBgmp0b2gAAAAcBAAAPAAAAAAAAAAAAAAAAAPsEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight=".5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Género</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...13 lines deleted...]
-        <w:t>:   Femenino</w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Femenino</w:t>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Masculino                Otro</w:t>
       </w:r>
       <w:r w:rsidR="00F26D51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F26D51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="16"/>
@@ -4971,62 +5461,51 @@
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="109855" cy="121920"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B0CF66" w14:textId="77777777" w:rsidR="005E3B99" w:rsidRPr="005E3B99" w:rsidRDefault="005E3B99" w:rsidP="004304AF">
-[...10 lines deleted...]
-    <w:p w14:paraId="53041FA6" w14:textId="5D2B4FCA" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
+    <w:p w14:paraId="53041FA6" w14:textId="2A33969F" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Valora las </w:t>
       </w:r>
       <w:r w:rsidR="00F67DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
@@ -5078,62 +5557,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F67DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>mínima satisfacción; 5=</w:t>
       </w:r>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> máxima satisfacción).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="7230" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5240"/>
         <w:gridCol w:w="298"/>
-        <w:gridCol w:w="298"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="313"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="426"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="3A168B8A" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="3A168B8A" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="239F82C1" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5141,207 +5620,207 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3967FAA2" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6506EE7E" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55F84937" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="311D9CF8" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="581BB5B3" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0E78E13C" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0E78E13C" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0DF3FC1C" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00F26D51" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26D51">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>COLECCIONES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="641B82E1" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0B5DC354" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0B5DC354" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E657910" w14:textId="769D200D" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>El centro de información dispone de recursos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (libros, enciclopedias, revistas, tesis, publicaciones periódicas, etc.)</w:t>
@@ -5359,176 +5838,176 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>resuelven tus necesidades.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25E2327B" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71B76016" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22EE302B" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26BAA4FC" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61581656" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="6243C150" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="6243C150" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="271B1814" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00F26D51" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ATENCIÓN EN EL </w:t>
             </w:r>
             <w:r w:rsidRPr="00F26D51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SERVICIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55777156" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="6E32341F" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="6E32341F" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C5C086E" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">El servicio </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">que se proporciona es </w:t>
@@ -5543,263 +6022,263 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51BC5327" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40CEEE49" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D984EAB" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="370EE265" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51100239" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="1681930A" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="1681930A" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17068D4A" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Recibiste  la orientación pertinente en la prestación de servicios y tus dudas son resueltas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71670574" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18492E7A" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A88B132" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7902B1D0" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="776C72EB" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0B8ADE07" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="0B8ADE07" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03F2AF3E" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00F26D51" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:before="20" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26D51">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>INSTALACIONES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10399161" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="1767726B" w14:textId="77777777" w:rsidTr="00452C71">
+      <w:tr w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w14:paraId="1767726B" w14:textId="77777777" w:rsidTr="00D55CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69747753" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00E52DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>os espacios son propicios para estudiar, aprender e investigar</w:t>
@@ -5807,137 +6286,146 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3412A19D" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49CEE48B" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2122808A" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43A9F205" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69B67305" w14:textId="77777777" w:rsidR="00120F7C" w:rsidRPr="00E52DE3" w:rsidRDefault="00120F7C" w:rsidP="00452C71">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="417212F0" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="00F26D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="504D551B" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
+    <w:p w14:paraId="504D551B" w14:textId="79DD1463" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>¿Recomendarías nuestras colecciones y servicios a otras personas</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4926">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C6D76F" w14:textId="77777777" w:rsidR="0000185B" w:rsidRPr="00E52DE3" w:rsidRDefault="0000185B" w:rsidP="0000185B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CB34A25" wp14:editId="259D445E">
@@ -6295,521 +6783,559 @@
     </w:p>
     <w:p w14:paraId="591B9D0D" w14:textId="1BD0E5AA" w:rsidR="00AA7D74" w:rsidRPr="00E52DE3" w:rsidRDefault="00AA7D74" w:rsidP="00957157">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA7D74" w:rsidRPr="00E52DE3" w:rsidSect="0000185B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="680" w:footer="0" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C29711E" w14:textId="77777777" w:rsidR="003B10FA" w:rsidRDefault="003B10FA" w:rsidP="001963AF">
+    <w:p w14:paraId="76A4C6C6" w14:textId="77777777" w:rsidR="001D5497" w:rsidRDefault="001D5497" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="746C18A3" w14:textId="77777777" w:rsidR="003B10FA" w:rsidRDefault="003B10FA" w:rsidP="001963AF">
+    <w:p w14:paraId="547FF4EE" w14:textId="77777777" w:rsidR="001D5497" w:rsidRDefault="001D5497" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="21122" w:type="dxa"/>
       <w:tblInd w:w="-714" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="0480" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6805"/>
       <w:gridCol w:w="707"/>
       <w:gridCol w:w="6805"/>
       <w:gridCol w:w="6805"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E52DE3" w14:paraId="5ADC3C91" w14:textId="77777777" w:rsidTr="00E52DE3">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6805" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="490EC9F8" w14:textId="7F8FDA6C" w:rsidR="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
+        <w:p w14:paraId="490EC9F8" w14:textId="46CC2475" w:rsidR="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:rPr>
               <w:caps/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B84A51">
+          <w:r w:rsidRPr="004A44EC">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
             <w:t xml:space="preserve">VIGENTE A PARTIR DE: </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="000D7862">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t>Febrero 2023</w:t>
+            <w:t>ENERO 2026</w:t>
           </w:r>
-          <w:r w:rsidRPr="00B84A51">
+          <w:r w:rsidRPr="004A44EC">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">                                          </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="004A44EC" w:rsidRPr="004A44EC">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t xml:space="preserve">                                                              SB_R_ESU_8.2.1.c_2023_04</w:t>
+            <w:t xml:space="preserve">           SB_R_ESU_8.2.1.c_202</w:t>
+          </w:r>
+          <w:r w:rsidR="000D7862">
+            <w:rPr>
+              <w:caps/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t>6_05</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="707" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5767015D" w14:textId="77777777" w:rsidR="00E52DE3" w:rsidRPr="00B84A51" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6805" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3D827039" w14:textId="5C375091" w:rsidR="00E52DE3" w:rsidRPr="00B84A51" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
+        <w:p w14:paraId="3D827039" w14:textId="3CDBA559" w:rsidR="00E52DE3" w:rsidRPr="00B84A51" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B84A51">
+          <w:r w:rsidRPr="004A44EC">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
             <w:t xml:space="preserve">VIGENTE A PARTIR DE: </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="000D7862">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t>Febrero 2023</w:t>
+            <w:t>ENERO 2026</w:t>
           </w:r>
-          <w:r w:rsidRPr="00B84A51">
+          <w:r w:rsidRPr="004A44EC">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">                                                           SB_R_ESU_8.2.1.c_202</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="000D7862">
             <w:rPr>
               <w:caps/>
-              <w:sz w:val="16"/>
+              <w:sz w:val="14"/>
             </w:rPr>
-            <w:t xml:space="preserve">                                                              SB_R_ESU_8.2.1.c_2023_04</w:t>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidRPr="004A44EC">
+            <w:rPr>
+              <w:caps/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t>_0</w:t>
+          </w:r>
+          <w:r w:rsidR="000D7862">
+            <w:rPr>
+              <w:caps/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6805" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="25AC378F" w14:textId="511AA7BC" w:rsidR="00E52DE3" w:rsidRPr="00E52DE3" w:rsidRDefault="00E52DE3" w:rsidP="00E52DE3">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:rPr>
               <w:caps/>
               <w:sz w:val="8"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4FF5CA8D" w14:textId="0B3C0D50" w:rsidR="005841F1" w:rsidRDefault="005841F1" w:rsidP="006C33B2">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7699EE97" w14:textId="77777777" w:rsidR="003B10FA" w:rsidRDefault="003B10FA" w:rsidP="001963AF">
+    <w:p w14:paraId="67BA36C1" w14:textId="77777777" w:rsidR="001D5497" w:rsidRDefault="001D5497" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12F1D4CF" w14:textId="77777777" w:rsidR="003B10FA" w:rsidRDefault="003B10FA" w:rsidP="001963AF">
+    <w:p w14:paraId="63DEE018" w14:textId="77777777" w:rsidR="001D5497" w:rsidRDefault="001D5497" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A820797" w14:textId="69948C45" w:rsidR="004C6EAB" w:rsidRPr="00103CBE" w:rsidRDefault="004C6EAB" w:rsidP="00103CBE">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004645F9"/>
     <w:rsid w:val="0000185B"/>
     <w:rsid w:val="000270D0"/>
     <w:rsid w:val="00046BEF"/>
     <w:rsid w:val="000976B9"/>
     <w:rsid w:val="00097D55"/>
     <w:rsid w:val="000B7C1B"/>
     <w:rsid w:val="000D6CA8"/>
+    <w:rsid w:val="000D7862"/>
     <w:rsid w:val="00103CBE"/>
+    <w:rsid w:val="00106FCB"/>
     <w:rsid w:val="00114202"/>
     <w:rsid w:val="00114A31"/>
     <w:rsid w:val="00120F7C"/>
     <w:rsid w:val="00120F95"/>
     <w:rsid w:val="00163A4D"/>
     <w:rsid w:val="00190498"/>
     <w:rsid w:val="001963AF"/>
     <w:rsid w:val="001B4C1F"/>
     <w:rsid w:val="001C272E"/>
+    <w:rsid w:val="001D5497"/>
     <w:rsid w:val="001E370B"/>
     <w:rsid w:val="001F0232"/>
     <w:rsid w:val="001F305E"/>
     <w:rsid w:val="0021133F"/>
     <w:rsid w:val="00222208"/>
     <w:rsid w:val="0023211A"/>
     <w:rsid w:val="002348C1"/>
     <w:rsid w:val="00237EB1"/>
     <w:rsid w:val="0026723F"/>
     <w:rsid w:val="00276C12"/>
     <w:rsid w:val="002C330B"/>
     <w:rsid w:val="002C72A2"/>
     <w:rsid w:val="002E30E7"/>
     <w:rsid w:val="002F7303"/>
     <w:rsid w:val="00320C9E"/>
     <w:rsid w:val="00337744"/>
+    <w:rsid w:val="003510F1"/>
     <w:rsid w:val="00352727"/>
     <w:rsid w:val="00352C32"/>
     <w:rsid w:val="00354EC4"/>
     <w:rsid w:val="003970AD"/>
     <w:rsid w:val="003A4F32"/>
     <w:rsid w:val="003A7900"/>
     <w:rsid w:val="003B10FA"/>
     <w:rsid w:val="003C45AE"/>
     <w:rsid w:val="003C703E"/>
     <w:rsid w:val="003F6FAC"/>
+    <w:rsid w:val="00405228"/>
     <w:rsid w:val="00420FC2"/>
     <w:rsid w:val="00437E2D"/>
     <w:rsid w:val="004645F9"/>
     <w:rsid w:val="00495EF3"/>
     <w:rsid w:val="00496CE0"/>
+    <w:rsid w:val="004A44EC"/>
     <w:rsid w:val="004A70F5"/>
     <w:rsid w:val="004C6EAB"/>
     <w:rsid w:val="004D1174"/>
     <w:rsid w:val="004D3458"/>
     <w:rsid w:val="00541103"/>
     <w:rsid w:val="00543849"/>
     <w:rsid w:val="00557783"/>
     <w:rsid w:val="00557866"/>
     <w:rsid w:val="00560A7F"/>
     <w:rsid w:val="0056232F"/>
     <w:rsid w:val="005636CB"/>
     <w:rsid w:val="005841F1"/>
     <w:rsid w:val="00586653"/>
     <w:rsid w:val="00592F61"/>
     <w:rsid w:val="005C6A16"/>
     <w:rsid w:val="005C75FD"/>
     <w:rsid w:val="005E378F"/>
     <w:rsid w:val="005E3B99"/>
     <w:rsid w:val="00641908"/>
     <w:rsid w:val="00645444"/>
     <w:rsid w:val="006C33B2"/>
     <w:rsid w:val="006F1354"/>
     <w:rsid w:val="00727220"/>
     <w:rsid w:val="00782877"/>
     <w:rsid w:val="00795F6D"/>
     <w:rsid w:val="007C2214"/>
     <w:rsid w:val="007D2280"/>
     <w:rsid w:val="007D5571"/>
     <w:rsid w:val="007D6109"/>
     <w:rsid w:val="007E1F31"/>
     <w:rsid w:val="00802E09"/>
     <w:rsid w:val="0087305B"/>
     <w:rsid w:val="008A601B"/>
     <w:rsid w:val="008B5018"/>
     <w:rsid w:val="008D1E47"/>
+    <w:rsid w:val="00912C5F"/>
+    <w:rsid w:val="00915359"/>
     <w:rsid w:val="00927419"/>
+    <w:rsid w:val="0092776E"/>
     <w:rsid w:val="00927796"/>
     <w:rsid w:val="009441BF"/>
     <w:rsid w:val="00957157"/>
     <w:rsid w:val="00984828"/>
     <w:rsid w:val="00991085"/>
+    <w:rsid w:val="009A2EC9"/>
     <w:rsid w:val="009D3A8F"/>
+    <w:rsid w:val="00A47F72"/>
     <w:rsid w:val="00A6620B"/>
     <w:rsid w:val="00A706FD"/>
     <w:rsid w:val="00A745D7"/>
     <w:rsid w:val="00A82738"/>
     <w:rsid w:val="00A96056"/>
     <w:rsid w:val="00AA7D74"/>
     <w:rsid w:val="00AB7467"/>
     <w:rsid w:val="00AE5F56"/>
     <w:rsid w:val="00AF741D"/>
     <w:rsid w:val="00B51593"/>
     <w:rsid w:val="00B52927"/>
     <w:rsid w:val="00B55C48"/>
     <w:rsid w:val="00B84A51"/>
     <w:rsid w:val="00BB39FC"/>
     <w:rsid w:val="00BC23B4"/>
     <w:rsid w:val="00BC7F92"/>
+    <w:rsid w:val="00BF652F"/>
     <w:rsid w:val="00C471B0"/>
     <w:rsid w:val="00C61C5F"/>
     <w:rsid w:val="00C6564D"/>
     <w:rsid w:val="00C83BE4"/>
     <w:rsid w:val="00C86277"/>
     <w:rsid w:val="00CA2AC4"/>
     <w:rsid w:val="00CB3880"/>
     <w:rsid w:val="00CE6B69"/>
     <w:rsid w:val="00D232A3"/>
     <w:rsid w:val="00D45EDB"/>
+    <w:rsid w:val="00D55CE1"/>
+    <w:rsid w:val="00DB0D4E"/>
     <w:rsid w:val="00DB4EC6"/>
     <w:rsid w:val="00DC4399"/>
     <w:rsid w:val="00DC649B"/>
     <w:rsid w:val="00DD1794"/>
     <w:rsid w:val="00DD7D78"/>
     <w:rsid w:val="00E16E80"/>
     <w:rsid w:val="00E32542"/>
     <w:rsid w:val="00E34C69"/>
     <w:rsid w:val="00E41131"/>
     <w:rsid w:val="00E41420"/>
     <w:rsid w:val="00E50AB0"/>
     <w:rsid w:val="00E52DE3"/>
     <w:rsid w:val="00E5460C"/>
     <w:rsid w:val="00E77DA5"/>
     <w:rsid w:val="00E83DFD"/>
     <w:rsid w:val="00E8531D"/>
     <w:rsid w:val="00E9778F"/>
     <w:rsid w:val="00EA2874"/>
+    <w:rsid w:val="00EB4926"/>
     <w:rsid w:val="00EB57A6"/>
     <w:rsid w:val="00EB7504"/>
     <w:rsid w:val="00F01C60"/>
     <w:rsid w:val="00F021AB"/>
     <w:rsid w:val="00F25C41"/>
     <w:rsid w:val="00F26D51"/>
     <w:rsid w:val="00F67DE6"/>
     <w:rsid w:val="00F91221"/>
     <w:rsid w:val="00FC5D8A"/>
     <w:rsid w:val="00FD18BE"/>
     <w:rsid w:val="00FE0F00"/>
     <w:rsid w:val="00FF482B"/>
+    <w:rsid w:val="00FF5243"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3A8B0551"/>
   <w15:docId w15:val="{3DEA65D4-DF1C-4C09-9133-D4C421A696AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7137,50 +7663,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -7277,74 +7808,74 @@
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001963AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB7504"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143089863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7593,66 +8124,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>584</Words>
-  <Characters>3217</Characters>
+  <Words>610</Words>
+  <Characters>3361</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3794</CharactersWithSpaces>
+  <CharactersWithSpaces>3964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Itziyureni Mendoza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>