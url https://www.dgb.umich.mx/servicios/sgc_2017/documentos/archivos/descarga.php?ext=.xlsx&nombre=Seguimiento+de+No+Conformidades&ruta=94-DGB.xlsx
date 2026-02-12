--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\2025\DOC\DOC. DE PROCESOS DE SOPORTE 2025\P. CALIDAD\AUDITORÍA INTERNA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Desktop\2026\DOC\DOC. DE PROCESOS DE SOPORTE 2025\P. CALIDAD\AUDITORÍA INTERNA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEB13893-178F-4E39-81E3-4828A331822C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE2D26F6-FA4D-43E8-82C9-989949C452A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hallazgos de auditoría interna" sheetId="1" r:id="rId1"/>
     <sheet name="No conformidades" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="26">
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
@@ -89,66 +89,67 @@
   <si>
     <t>Abierto</t>
   </si>
   <si>
     <t>2a Verificación</t>
   </si>
   <si>
     <t>1a Verificación</t>
   </si>
   <si>
     <t>Fecha:</t>
   </si>
   <si>
     <t>CENTRO DE INFORMACIÓN/PROCESO:</t>
   </si>
   <si>
     <t>NO CONFORMIDAD:</t>
   </si>
   <si>
     <t>DESCRIPCIÓN DE EVIDENCIAS:</t>
   </si>
   <si>
     <t>ESTADO:</t>
   </si>
   <si>
-    <t xml:space="preserve">  INSTRUCCIÓN:        A partir de la fecha de entrega del informe de auditoría interna, el auditado contará con 20 días hábiles para la presentación del análisis de la causa raíz y la determinación de los planes de acción en la Plataforma de Hallazgos; el auditor líder contará con un plazo de 10 días hábiles para llevar a cabo la primera verificación de seguimiento de las no conformidades e informará al auditado las observaciones a través de correo electrónico. El auditado tendrá 10 días hábiles para realizar las correcciones indicadas por el auditor líder, tiempo en que el auditor líder realiza la segunda verificación. </t>
-[...1 lines deleted...]
-  <si>
     <t>NOTA 2: EL PROCESO DE CALIDAD REALIZARÁ VERIFICACIÓN DE LAS NO CONFORMIDADES A LOS CENTROS DE INFORMACIÓN Y PROCESOS DE SOPORTE.</t>
   </si>
   <si>
     <t>FECHA DE LA AUDITORÍA:</t>
   </si>
   <si>
     <t>N° DE AUDITORÍA:</t>
   </si>
   <si>
-    <t>VIGENTE A PARTIR DE: FEBRERO 2025</t>
-[...2 lines deleted...]
-    <t>PC_R_SNC_9.2.2.e_10.2.2_2025_05</t>
+    <t>VIGENTE A PARTIR DE: FEBRERO 2026</t>
+  </si>
+  <si>
+    <t>PC_R_SNC_9.2.2.e_10.2.2_2026_06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  INSTRUCCIÓN:        A partir de la fecha de entrega del informe de auditoría interna, el auditado contará con 20 días hábiles para la presentación del análisis de la causa raíz y la determinación de los planes de acción en la Plataforma de Hallazgos; el auditor líder contará con un plazo de 10 días hábiles para llevar a cabo la primera verificación de seguimiento de las no conformidades e informará al auditado las observaciones a través de correo electrónico. El auditado tendrá 30 días hábiles adicionales para atender y corregir las observaciones indicadas por el auditor líder, periodo en que efectuará la segunda verificación y contará con 10 días hábiles para
+realizarla.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Tahoma"/>
@@ -396,166 +397,166 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -1250,759 +1251,759 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A7:R42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="N45" sqref="N45"/>
+    <sheetView tabSelected="1" topLeftCell="A22" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10:Q10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="8" customWidth="1"/>
     <col min="4" max="4" width="7.42578125" customWidth="1"/>
     <col min="5" max="5" width="5.5703125" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" customWidth="1"/>
     <col min="7" max="7" width="5.28515625" customWidth="1"/>
     <col min="8" max="8" width="5.140625" customWidth="1"/>
     <col min="9" max="9" width="6.28515625" customWidth="1"/>
     <col min="10" max="10" width="7.28515625" customWidth="1"/>
     <col min="11" max="11" width="10.28515625" customWidth="1"/>
     <col min="12" max="12" width="10.85546875" customWidth="1"/>
     <col min="13" max="13" width="5.85546875" customWidth="1"/>
     <col min="14" max="14" width="6.140625" customWidth="1"/>
     <col min="15" max="15" width="9.85546875" customWidth="1"/>
     <col min="16" max="16" width="11.5703125" customWidth="1"/>
     <col min="17" max="17" width="44.140625" customWidth="1"/>
     <col min="18" max="25" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="1:17" x14ac:dyDescent="0.25">
       <c r="D7" s="2"/>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.25">
       <c r="C9" s="1"/>
     </row>
-    <row r="10" spans="1:17" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="Q10" s="32"/>
+    <row r="10" spans="1:17" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="17"/>
+      <c r="I10" s="17"/>
+      <c r="J10" s="17"/>
+      <c r="K10" s="17"/>
+      <c r="L10" s="17"/>
+      <c r="M10" s="17"/>
+      <c r="N10" s="17"/>
+      <c r="O10" s="17"/>
+      <c r="P10" s="17"/>
+      <c r="Q10" s="18"/>
     </row>
     <row r="12" spans="1:17" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="21" t="s">
+      <c r="A12" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="B12" s="21"/>
-[...9 lines deleted...]
-      <c r="L12" s="21" t="s">
+      <c r="B12" s="32"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="32"/>
+      <c r="J12" s="32"/>
+      <c r="K12" s="32"/>
+      <c r="L12" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M12" s="32"/>
+      <c r="N12" s="32"/>
+      <c r="O12" s="32"/>
+      <c r="P12" s="32"/>
+      <c r="Q12" s="32"/>
+    </row>
+    <row r="13" spans="1:17" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="13"/>
+      <c r="B13" s="13"/>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="13"/>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="42" t="s">
         <v>22</v>
       </c>
-      <c r="M12" s="21"/>
-[...24 lines deleted...]
-      <c r="Q13" s="50"/>
+      <c r="M13" s="42"/>
+      <c r="N13" s="42"/>
+      <c r="O13" s="42"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="42"/>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="C16" s="33" t="s">
+      <c r="C16" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="D16" s="33"/>
-[...8 lines deleted...]
-      <c r="M16" s="34" t="s">
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="19"/>
+      <c r="J16" s="19"/>
+      <c r="K16" s="19"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="N16" s="35"/>
-[...2 lines deleted...]
-      <c r="Q16" s="36"/>
+      <c r="N16" s="21"/>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="22"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="42"/>
-[...10 lines deleted...]
-      <c r="M17" s="37" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="29"/>
+      <c r="M17" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="N17" s="37"/>
-[...2 lines deleted...]
-      <c r="Q17" s="37"/>
+      <c r="N17" s="23"/>
+      <c r="O17" s="23"/>
+      <c r="P17" s="23"/>
+      <c r="Q17" s="23"/>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
-      <c r="D18" s="44"/>
-[...8 lines deleted...]
-      <c r="M18" s="37" t="s">
+      <c r="D18" s="30"/>
+      <c r="E18" s="30"/>
+      <c r="F18" s="30"/>
+      <c r="G18" s="30"/>
+      <c r="H18" s="30"/>
+      <c r="I18" s="30"/>
+      <c r="J18" s="30"/>
+      <c r="K18" s="30"/>
+      <c r="L18" s="31"/>
+      <c r="M18" s="23" t="s">
         <v>11</v>
       </c>
-      <c r="N18" s="37"/>
-[...2 lines deleted...]
-      <c r="Q18" s="37"/>
+      <c r="N18" s="23"/>
+      <c r="O18" s="23"/>
+      <c r="P18" s="23"/>
+      <c r="Q18" s="23"/>
     </row>
     <row r="19" spans="1:17" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="40" t="s">
+      <c r="A19" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="B19" s="40" t="s">
+      <c r="B19" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="C19" s="15" t="s">
+      <c r="C19" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="D19" s="16"/>
-[...2 lines deleted...]
-      <c r="G19" s="13" t="s">
+      <c r="D19" s="37"/>
+      <c r="E19" s="37"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="H19" s="14"/>
-      <c r="I19" s="13" t="s">
+      <c r="H19" s="35"/>
+      <c r="I19" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="J19" s="14"/>
-      <c r="K19" s="25" t="s">
+      <c r="J19" s="35"/>
+      <c r="K19" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="L19" s="26"/>
-      <c r="M19" s="23" t="s">
+      <c r="L19" s="46"/>
+      <c r="M19" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="N19" s="24"/>
-      <c r="O19" s="23" t="s">
+      <c r="N19" s="44"/>
+      <c r="O19" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="P19" s="24"/>
-      <c r="Q19" s="38" t="s">
+      <c r="P19" s="44"/>
+      <c r="Q19" s="24" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="41"/>
-[...4 lines deleted...]
-      <c r="F20" s="20"/>
+      <c r="A20" s="27"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="39"/>
+      <c r="D20" s="40"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="41"/>
       <c r="G20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>1</v>
       </c>
       <c r="I20" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="K20" s="27"/>
-      <c r="L20" s="28"/>
+      <c r="K20" s="47"/>
+      <c r="L20" s="48"/>
       <c r="M20" s="8" t="s">
         <v>0</v>
       </c>
       <c r="N20" s="8" t="s">
         <v>1</v>
       </c>
       <c r="O20" s="8" t="s">
         <v>12</v>
       </c>
       <c r="P20" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="Q20" s="39"/>
+      <c r="Q20" s="25"/>
     </row>
     <row r="21" spans="1:17" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
-      <c r="C21" s="22"/>
-[...2 lines deleted...]
-      <c r="F21" s="22"/>
+      <c r="C21" s="15"/>
+      <c r="D21" s="15"/>
+      <c r="E21" s="15"/>
+      <c r="F21" s="15"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
       <c r="J21" s="4"/>
-      <c r="K21" s="22"/>
-      <c r="L21" s="22"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="15"/>
       <c r="M21" s="7"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
       <c r="Q21" s="5"/>
     </row>
     <row r="22" spans="1:17" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
-      <c r="C22" s="22"/>
-[...2 lines deleted...]
-      <c r="F22" s="22"/>
+      <c r="C22" s="15"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="15"/>
+      <c r="F22" s="15"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
       <c r="J22" s="4"/>
-      <c r="K22" s="22"/>
-      <c r="L22" s="22"/>
+      <c r="K22" s="15"/>
+      <c r="L22" s="15"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="4"/>
     </row>
     <row r="23" spans="1:17" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
-      <c r="C23" s="22"/>
-[...2 lines deleted...]
-      <c r="F23" s="22"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="15"/>
+      <c r="F23" s="15"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
-      <c r="K23" s="22"/>
-      <c r="L23" s="22"/>
+      <c r="K23" s="15"/>
+      <c r="L23" s="15"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="4"/>
     </row>
     <row r="24" spans="1:17" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
-      <c r="C24" s="22"/>
-[...2 lines deleted...]
-      <c r="F24" s="22"/>
+      <c r="C24" s="15"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="15"/>
+      <c r="F24" s="15"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
-      <c r="K24" s="22"/>
-      <c r="L24" s="22"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="15"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="4"/>
     </row>
     <row r="25" spans="1:17" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
-      <c r="C25" s="22"/>
-[...2 lines deleted...]
-      <c r="F25" s="22"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="15"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
       <c r="J25" s="4"/>
-      <c r="K25" s="22"/>
-      <c r="L25" s="22"/>
+      <c r="K25" s="15"/>
+      <c r="L25" s="15"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="4"/>
     </row>
     <row r="26" spans="1:17" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
-      <c r="C26" s="22"/>
-[...2 lines deleted...]
-      <c r="F26" s="22"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="15"/>
+      <c r="F26" s="15"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
-      <c r="K26" s="22"/>
-      <c r="L26" s="22"/>
+      <c r="K26" s="15"/>
+      <c r="L26" s="15"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
       <c r="Q26" s="4"/>
     </row>
     <row r="27" spans="1:17" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
-      <c r="C27" s="22"/>
-[...2 lines deleted...]
-      <c r="F27" s="22"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="15"/>
+      <c r="F27" s="15"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
-      <c r="K27" s="22"/>
-      <c r="L27" s="22"/>
+      <c r="K27" s="15"/>
+      <c r="L27" s="15"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
       <c r="Q27" s="4"/>
     </row>
     <row r="28" spans="1:17" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
-      <c r="C28" s="22"/>
-[...2 lines deleted...]
-      <c r="F28" s="22"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="15"/>
+      <c r="F28" s="15"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
       <c r="J28" s="4"/>
-      <c r="K28" s="22"/>
-      <c r="L28" s="22"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="15"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="4"/>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="C29" s="29"/>
-[...4 lines deleted...]
-      <c r="L29" s="29"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="14"/>
+      <c r="F29" s="14"/>
+      <c r="K29" s="14"/>
+      <c r="L29" s="14"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
       <c r="O29" s="6"/>
       <c r="P29" s="6"/>
     </row>
     <row r="34" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="10"/>
       <c r="F34" s="10"/>
       <c r="G34" s="10"/>
       <c r="H34" s="10"/>
       <c r="I34" s="10"/>
       <c r="J34" s="10"/>
       <c r="K34" s="10"/>
       <c r="L34" s="10"/>
       <c r="M34" s="10"/>
       <c r="N34" s="10"/>
       <c r="O34" s="10"/>
       <c r="P34" s="10"/>
       <c r="Q34" s="10"/>
     </row>
     <row r="35" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="29"/>
-[...14 lines deleted...]
-      <c r="Q35" s="29"/>
+      <c r="B35" s="14"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="14"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="14"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="14"/>
+      <c r="L35" s="14"/>
+      <c r="M35" s="14"/>
+      <c r="N35" s="14"/>
+      <c r="O35" s="14"/>
+      <c r="P35" s="14"/>
+      <c r="Q35" s="14"/>
     </row>
     <row r="36" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="N41" s="12"/>
       <c r="O41" s="12"/>
       <c r="P41" s="12"/>
       <c r="R41" s="6"/>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="A42" s="51" t="s">
+      <c r="A42" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B42" s="33"/>
+      <c r="C42" s="33"/>
+      <c r="D42" s="33"/>
+      <c r="E42" s="33"/>
+      <c r="F42" s="33"/>
+      <c r="M42" s="12" t="s">
         <v>24</v>
-      </c>
-[...6 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="41">
-    <mergeCell ref="A13:K13"/>
-[...7 lines deleted...]
-    <mergeCell ref="C27:F27"/>
+    <mergeCell ref="A42:F42"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="C19:F20"/>
+    <mergeCell ref="L12:Q12"/>
+    <mergeCell ref="L13:Q13"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="M19:N19"/>
+    <mergeCell ref="K19:L20"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="K26:L26"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C22:F22"/>
+    <mergeCell ref="C23:F23"/>
+    <mergeCell ref="C24:F24"/>
     <mergeCell ref="A10:Q10"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="C16:L16"/>
     <mergeCell ref="M16:Q16"/>
     <mergeCell ref="M17:Q17"/>
     <mergeCell ref="M18:Q18"/>
     <mergeCell ref="Q19:Q20"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C25:F25"/>
     <mergeCell ref="B17:L17"/>
     <mergeCell ref="D18:L18"/>
     <mergeCell ref="A12:K12"/>
-    <mergeCell ref="A42:F42"/>
-[...14 lines deleted...]
-    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="A13:K13"/>
+    <mergeCell ref="E35:Q35"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="K28:L28"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="C29:F29"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="C27:F27"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="81" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:O10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="47" t="s">
-[...15 lines deleted...]
-      <c r="O1" s="47"/>
+      <c r="A1" s="49" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
+      <c r="H1" s="49"/>
+      <c r="I1" s="49"/>
+      <c r="J1" s="49"/>
+      <c r="K1" s="49"/>
+      <c r="L1" s="49"/>
+      <c r="M1" s="49"/>
+      <c r="N1" s="49"/>
+      <c r="O1" s="49"/>
     </row>
     <row r="3" spans="1:15" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="B3" s="48"/>
-[...1 lines deleted...]
-      <c r="D3" s="49" t="s">
+      <c r="B3" s="50"/>
+      <c r="C3" s="50"/>
+      <c r="D3" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="E3" s="49"/>
-[...8 lines deleted...]
-      <c r="N3" s="49" t="s">
+      <c r="E3" s="51"/>
+      <c r="F3" s="51"/>
+      <c r="G3" s="51"/>
+      <c r="H3" s="51"/>
+      <c r="I3" s="51"/>
+      <c r="J3" s="51"/>
+      <c r="K3" s="51"/>
+      <c r="L3" s="51"/>
+      <c r="M3" s="51"/>
+      <c r="N3" s="51" t="s">
         <v>19</v>
       </c>
-      <c r="O3" s="49"/>
+      <c r="O3" s="51"/>
     </row>
     <row r="4" spans="1:15" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="22"/>
-[...13 lines deleted...]
-      <c r="O4" s="22"/>
+      <c r="A4" s="15"/>
+      <c r="B4" s="15"/>
+      <c r="C4" s="15"/>
+      <c r="D4" s="15"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="15"/>
+      <c r="H4" s="15"/>
+      <c r="I4" s="15"/>
+      <c r="J4" s="15"/>
+      <c r="K4" s="15"/>
+      <c r="L4" s="15"/>
+      <c r="M4" s="15"/>
+      <c r="N4" s="15"/>
+      <c r="O4" s="15"/>
     </row>
     <row r="5" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="22"/>
-[...13 lines deleted...]
-      <c r="O5" s="22"/>
+      <c r="A5" s="15"/>
+      <c r="B5" s="15"/>
+      <c r="C5" s="15"/>
+      <c r="D5" s="15"/>
+      <c r="E5" s="15"/>
+      <c r="F5" s="15"/>
+      <c r="G5" s="15"/>
+      <c r="H5" s="15"/>
+      <c r="I5" s="15"/>
+      <c r="J5" s="15"/>
+      <c r="K5" s="15"/>
+      <c r="L5" s="15"/>
+      <c r="M5" s="15"/>
+      <c r="N5" s="15"/>
+      <c r="O5" s="15"/>
     </row>
     <row r="6" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="22"/>
-[...13 lines deleted...]
-      <c r="O6" s="22"/>
+      <c r="A6" s="15"/>
+      <c r="B6" s="15"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="15"/>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="15"/>
+      <c r="H6" s="15"/>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15"/>
+      <c r="K6" s="15"/>
+      <c r="L6" s="15"/>
+      <c r="M6" s="15"/>
+      <c r="N6" s="15"/>
+      <c r="O6" s="15"/>
     </row>
     <row r="7" spans="1:15" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="22"/>
-[...13 lines deleted...]
-      <c r="O7" s="22"/>
+      <c r="A7" s="15"/>
+      <c r="B7" s="15"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15"/>
+      <c r="E7" s="15"/>
+      <c r="F7" s="15"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15"/>
+      <c r="K7" s="15"/>
+      <c r="L7" s="15"/>
+      <c r="M7" s="15"/>
+      <c r="N7" s="15"/>
+      <c r="O7" s="15"/>
     </row>
     <row r="8" spans="1:15" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="22"/>
-[...13 lines deleted...]
-      <c r="O8" s="22"/>
+      <c r="A8" s="15"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="15"/>
+      <c r="F8" s="15"/>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15"/>
+      <c r="I8" s="15"/>
+      <c r="J8" s="15"/>
+      <c r="K8" s="15"/>
+      <c r="L8" s="15"/>
+      <c r="M8" s="15"/>
+      <c r="N8" s="15"/>
+      <c r="O8" s="15"/>
     </row>
     <row r="9" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="22"/>
-[...13 lines deleted...]
-      <c r="O9" s="22"/>
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="15"/>
+      <c r="L9" s="15"/>
+      <c r="M9" s="15"/>
+      <c r="N9" s="15"/>
+      <c r="O9" s="15"/>
     </row>
     <row r="10" spans="1:15" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="22"/>
-[...13 lines deleted...]
-      <c r="O10" s="22"/>
+      <c r="A10" s="15"/>
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
+      <c r="I10" s="15"/>
+      <c r="J10" s="15"/>
+      <c r="K10" s="15"/>
+      <c r="L10" s="15"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="15"/>
+      <c r="O10" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="A9:C9"/>
-[...16 lines deleted...]
-    <mergeCell ref="N6:O6"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="D3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="D4:M4"/>
     <mergeCell ref="N4:O4"/>
+    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="D5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="A6:C6"/>
+    <mergeCell ref="D6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="A7:C7"/>
+    <mergeCell ref="D7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="D8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="D9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="D10:M10"/>
+    <mergeCell ref="N10:O10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Hallazgos de auditoría interna</vt:lpstr>
       <vt:lpstr>No conformidades</vt:lpstr>