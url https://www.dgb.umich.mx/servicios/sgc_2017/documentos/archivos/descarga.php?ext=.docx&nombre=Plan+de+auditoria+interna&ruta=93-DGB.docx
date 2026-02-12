--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -1,87 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="18C2A92A" w14:textId="77777777" w:rsidR="00A673D3" w:rsidRPr="001B28EB" w:rsidRDefault="00A03520" w:rsidP="00A673D3">
+    <w:p w14:paraId="7EE0618F" w14:textId="2401B1E5" w:rsidR="00D730F3" w:rsidRPr="003E0074" w:rsidRDefault="003E0074" w:rsidP="003E0074">
       <w:pPr>
         <w:pStyle w:val="Encabezado0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A673D3">
         <w:rPr>
           <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="725C6168" wp14:editId="5D11DA1A">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="725C6168" wp14:editId="3C83441D">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>531495</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1848485</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-713740</wp:posOffset>
+                  <wp:posOffset>-1047115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4551045" cy="893445"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="217" name="Cuadro de texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4551045" cy="893445"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
@@ -212,51 +213,51 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="725C6168" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:41.85pt;margin-top:-56.2pt;width:358.35pt;height:70.35pt;z-index:251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdkraD9gEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQlgW3UdLXssghp&#10;uUgLH+A4TmNhe4ztNilfz9jJdit4Q+TBGmfsM3POHG+vJ63IUTgvwTS0WOWUCMOhk2bf0O/f7l9d&#10;UeIDMx1TYERDT8LT693LF9vR1mINA6hOOIIgxtejbegQgq2zzPNBaOZXYIXBZA9Os4Bbt886x0ZE&#10;1ypb5/mbbATXWQdceI9/7+Yk3SX8vhc8fOl7LwJRDcXeQlpdWtu4Zrstq/eO2UHypQ32D11oJg0W&#10;PUPdscDIwcm/oLTkDjz0YcVBZ9D3kovEAdkU+R9sHgdmReKC4nh7lsn/P1j++fhovzoSpncw4QAT&#10;CW8fgP/wxMDtwMxe3DgH4yBYh4WLKFk2Wl8vV6PUvvYRpB0/QYdDZocACWjqnY6qIE+C6DiA01l0&#10;MQXC8WdZVUVeVpRwzF1tXpcYxxKsfrptnQ8fBGgSg4Y6HGpCZ8cHH+ajT0diMQP3Uqk0WGXI2NBN&#10;ta7ShYuMlgF9p6TGmnn8ZidEku9Nly4HJtUcYy/KLKwj0ZlymNoJD0b2LXQn5O9g9he+BwwGcL8o&#10;GdFbDfU/D8wJStRHgxpuirKMZkybsnq7xo27zLSXGWY4QjU0UDKHtyEZeOZ6g1r3Msnw3MnSK3om&#10;Cbn4O5rycp9OPb/C3W8AAAD//wMAUEsDBBQABgAIAAAAIQDQLMzv3gAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqTdgFLqTgjEFbTxIXHLWq+taJyqydby7zEnuNnyo9fP&#10;W2xm16sTjaHzjJAsDSjiytcdNwhvr0+LDFSIlmvbeyaEbwqwKc/PCpvXfuItnXaxURLCIbcIbYxD&#10;rnWoWnI2LP1ALLeDH52Nso6Nrkc7SbjrdWrMtXa2Y/nQ2oEeWqq+dkeH8P58+PxYm5fm0V0Nk5+N&#10;ZnerES8v5vs7UJHm+AfDr76oQylOe3/kOqgeIVvdCImwSJJ0DUqIzBgZ9ghptgJdFvp/hfIHAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXZK2g/YBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0CzM794AAAAKAQAADwAAAAAAAAAAAAAAAABQ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:145.55pt;margin-top:-82.45pt;width:358.35pt;height:70.35pt;z-index:251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdkraD9gEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQlgW3UdLXssghp&#10;uUgLH+A4TmNhe4ztNilfz9jJdit4Q+TBGmfsM3POHG+vJ63IUTgvwTS0WOWUCMOhk2bf0O/f7l9d&#10;UeIDMx1TYERDT8LT693LF9vR1mINA6hOOIIgxtejbegQgq2zzPNBaOZXYIXBZA9Os4Bbt886x0ZE&#10;1ypb5/mbbATXWQdceI9/7+Yk3SX8vhc8fOl7LwJRDcXeQlpdWtu4Zrstq/eO2UHypQ32D11oJg0W&#10;PUPdscDIwcm/oLTkDjz0YcVBZ9D3kovEAdkU+R9sHgdmReKC4nh7lsn/P1j++fhovzoSpncw4QAT&#10;CW8fgP/wxMDtwMxe3DgH4yBYh4WLKFk2Wl8vV6PUvvYRpB0/QYdDZocACWjqnY6qIE+C6DiA01l0&#10;MQXC8WdZVUVeVpRwzF1tXpcYxxKsfrptnQ8fBGgSg4Y6HGpCZ8cHH+ajT0diMQP3Uqk0WGXI2NBN&#10;ta7ShYuMlgF9p6TGmnn8ZidEku9Nly4HJtUcYy/KLKwj0ZlymNoJD0b2LXQn5O9g9he+BwwGcL8o&#10;GdFbDfU/D8wJStRHgxpuirKMZkybsnq7xo27zLSXGWY4QjU0UDKHtyEZeOZ6g1r3Msnw3MnSK3om&#10;Cbn4O5rycp9OPb/C3W8AAAD//wMAUEsDBBQABgAIAAAAIQBVQvf+4AAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9KqjLU0nRCIK4gBk7hljddWNE7VZGt5e7wTO9r+9Pv7&#10;y83senHCMXSeNCRLBQKp9rajRsPnx8tiDSJEQ9b0nlDDLwbYVNdXpSmsn+gdT9vYCA6hUBgNbYxD&#10;IWWoW3QmLP2AxLeDH52JPI6NtKOZONz1MlVqJZ3piD+0ZsCnFuuf7dFp+Ho9fO8y9dY8u7th8rOS&#10;5HKp9e3N/PgAIuIc/2E467M6VOy090eyQfQa0jxJGNWwSFZZDuKMKHXPdfa8S7MUZFXKyxbVHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdkraD9gEAAM0DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVQvf+4AAAAA0BAAAPAAAAAAAAAAAAAAAA&#10;AFAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="05EEE442" w14:textId="77777777" w:rsidR="00A03520" w:rsidRDefault="00A673D3" w:rsidP="00A673D3">
                       <w:pPr>
                         <w:pStyle w:val="Encabezado0"/>
                         <w:spacing w:before="120"/>
                         <w:ind w:left="-709"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                           <w:lang w:val="es-MX"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                           <w:lang w:val="es-MX"/>
                         </w:rPr>
                         <w:t xml:space="preserve">         </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FC5479">
@@ -336,476 +337,455 @@
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="es-MX"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="4C4C02A5" w14:textId="77777777" w:rsidR="00A673D3" w:rsidRDefault="00A673D3" w:rsidP="00A673D3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                           <w:lang w:val="es-MX"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="1B0E5C65" w14:textId="77777777" w:rsidR="00A673D3" w:rsidRPr="006D749D" w:rsidRDefault="00A673D3" w:rsidP="00A673D3">
                       <w:pPr>
                         <w:rPr>
                           <w:lang w:val="es-MX"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00DF61B7" w:rsidRPr="001156BC">
+      <w:r w:rsidRPr="001156BC">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10E8F316" wp14:editId="53C24C16">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FEDD191" wp14:editId="6870EDDC">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>-1140967</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5553075</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-1195085</wp:posOffset>
+              <wp:posOffset>-960120</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1888688" cy="1458930"/>
+            <wp:extent cx="815340" cy="574675"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="25" name="Imagen 25" descr="Imagen relacionada"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="815340" cy="574675"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="001156BC">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="277CEC3C" wp14:editId="3BCF8D04">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-1350645</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5024755" cy="1333500"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="27" name="Imagen 27" descr="Imagen relacionada"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect b="52987"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5024755" cy="1333500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="001156BC">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10E8F316" wp14:editId="30D80DCA">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>209550</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-1093470</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1152525" cy="790260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Imagen 7">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C289A63-DFFE-4326-A958-32230802FC7B}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Imagen 7">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C289A63-DFFE-4326-A958-32230802FC7B}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1888688" cy="1458930"/>
+                      <a:ext cx="1157188" cy="793457"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00DF61B7" w:rsidRPr="001156BC">
+      <w:r w:rsidRPr="001156BC">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FEDD191" wp14:editId="418D7EE4">
-[...68 lines deleted...]
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C49DB26" wp14:editId="68693757">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C49DB26" wp14:editId="5CCA59AE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>2568539</wp:posOffset>
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-1350645</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="5196762" cy="1849120"/>
+            <wp:extent cx="5196205" cy="1181100"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="28" name="Imagen 28" descr="Imagen relacionada"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="52987"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5200049" cy="1850290"/>
-[...71 lines deleted...]
-                      <a:ext cx="5024755" cy="1849120"/>
+                      <a:ext cx="5196205" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE0618F" w14:textId="77777777" w:rsidR="00D730F3" w:rsidRDefault="00D730F3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="3414"/>
-        <w:tblW w:w="10478" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2491"/>
+        <w:tblW w:w="10767" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10478"/>
+        <w:gridCol w:w="10767"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC5479" w:rsidRPr="00B952C1" w14:paraId="42CBD844" w14:textId="77777777" w:rsidTr="00FC5479">
+      <w:tr w:rsidR="003E0074" w:rsidRPr="003E0074" w14:paraId="18149FDD" w14:textId="77777777" w:rsidTr="003E0074">
         <w:trPr>
           <w:trHeight w:val="761"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10478" w:type="dxa"/>
+            <w:tcW w:w="10767" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="010B98B9" w14:textId="77777777" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00FC5479" w:rsidP="00FC5479">
+          <w:p w14:paraId="100B7D29" w14:textId="77777777" w:rsidR="003E0074" w:rsidRPr="006D749D" w:rsidRDefault="003E0074" w:rsidP="003E0074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D749D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Instrucción:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34EEA8BB" w14:textId="77777777" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00FC5479" w:rsidP="00FC5479">
+          <w:p w14:paraId="23CD5A79" w14:textId="77777777" w:rsidR="003E0074" w:rsidRPr="006D749D" w:rsidRDefault="003E0074" w:rsidP="003E0074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D749D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Registra la información solicitada, previa a la realización de la auditoria.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21346EE0" w14:textId="77777777" w:rsidR="00D730F3" w:rsidRPr="006D749D" w:rsidRDefault="00D730F3">
+    <w:p w14:paraId="21346EE0" w14:textId="7E272F3C" w:rsidR="00D730F3" w:rsidRPr="006D749D" w:rsidRDefault="00D730F3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="738E5227" w14:textId="77777777" w:rsidR="00D730F3" w:rsidRPr="006D749D" w:rsidRDefault="00D730F3">
-[...20 lines deleted...]
-    <w:p w14:paraId="715500C9" w14:textId="77777777" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00A03520">
+    <w:p w14:paraId="738E5227" w14:textId="7449975E" w:rsidR="00D730F3" w:rsidRPr="006D749D" w:rsidRDefault="003E0074">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AC37A43" wp14:editId="38364936">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251642880" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AC37A43" wp14:editId="7F4FBB79">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4105275</wp:posOffset>
+                  <wp:posOffset>4400550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>29210</wp:posOffset>
+                  <wp:posOffset>10795</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1990725" cy="257175"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:extent cx="1962150" cy="247650"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1990725" cy="257175"/>
+                          <a:ext cx="1962150" cy="247650"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1356EF96" w14:textId="77777777" w:rsidR="00BF2CF3" w:rsidRPr="00B53D5B" w:rsidRDefault="000F2D6C" w:rsidP="00BF2CF3">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
@@ -842,51 +822,51 @@
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7AC37A43" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:323.25pt;margin-top:2.3pt;width:156.75pt;height:20.25pt;z-index:251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAG4oxeEAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnV0m3UdLXqUoS0&#10;sEgLH+A6TmPheMzYbVK+nrGb7VaAOCB8sGY84+c3b8ar26Ez7KjQa7AVLyY5Z8pKqLXdV/zrl+2b&#10;G858ELYWBqyq+El5frt+/WrVu1JNoQVTK2QEYn3Zu4q3Ibgyy7xsVSf8BJyyFGwAOxHIxX1Wo+gJ&#10;vTPZNM/fZj1g7RCk8p5O789Bvk74TaNkeGwarwIzFSduIe2Y9l3cs/VKlHsUrtVypCH+gUUntKVH&#10;L1D3Igh2QP0bVKclgocmTCR0GTSNlirVQNUU+S/VPLXCqVQLiePdRSb//2Dlp+OT+4yRuncPIL95&#10;ZmHTCrtXd4jQt0rU9FwRhcp658vLheh4usp2/UeoqbXiECBpMDTYRUCqjg1J6tNFajUEJumwWC7z&#10;xXTOmaTYdL4oFvP0hCifbzv04b2CjkWj4kitTOji+OBDZCPK55TEHoyut9qY5OB+tzHIjoLavk1r&#10;RPfXacayvuLLOfH4O0Se1p8gOh1ofo3uKn5zSRJllO2drdN0BaHN2SbKxo46RunilPoyDLuB6XoU&#10;OZ7soD6RsAjncaXvRUYL+IOznka14v77QaDizHyw1JxlMZvF2U7ObL6YkoPXkd11RFhJUBUPnJ3N&#10;TTj/h4NDvW/ppSKpYeGOGtropPULq5E+jWNqwfh14rxf+ynr5YOvfwIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEGZC17dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo09JaNI1T&#10;IVCROLbphdsmNklKvI5ipw18PcupHEczmnmTbSfXibMdQutJw3yWgLBUedNSreFY7B6eQISIZLDz&#10;ZDV82wDb/PYmw9T4C+3t+RBrwSUUUtTQxNinUoaqsQ7DzPeW2Pv0g8PIcqilGfDC5a6TiyRR0mFL&#10;vNBgb18aW30dRqehbBdH/NkXb4lb7x7j+1Scxo9Xre/vpucNiGineA3DHz6jQ85MpR/JBNFpUEu1&#10;4qiGpQLB/lol/K1kvZqDzDP5/0D+CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAbijF4Q&#10;AgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEGZ&#10;C17dAAAACAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+              <v:rect w14:anchorId="7AC37A43" id="Rectangle 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:346.5pt;margin-top:.85pt;width:154.5pt;height:19.5pt;z-index:251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMF2PmEgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjg2krQx4hRFugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx+lpGl2eRqmB4EUqUPykFzdjb1hB4Veg614PplypqyERttdxb9+2b65&#10;5cwHYRthwKqKH5Xnd+vXr1aDK1UBHZhGISMQ68vBVbwLwZVZ5mWneuEn4JQlYwvYi0Aq7rIGxUDo&#10;vcmK6XSRDYCNQ5DKe3p9OBn5OuG3rZLhU9t6FZipOOUW0o3pruOdrVei3KFwnZbnNMQ/ZNELbSno&#10;BepBBMH2qP+A6rVE8NCGiYQ+g7bVUqUaqJp8+ls1T51wKtVC5Hh3ocn/P1j58fDkPmNM3btHkN88&#10;s7DphN2pe0QYOiUaCpdHorLB+fLyISqevrJ6+AANtVbsAyQOxhb7CEjVsTFRfbxQrcbAJD3my0WR&#10;z6kjkmzF7GZBcgwhyuffDn14p6BnUag4UisTujg8+nByfXZJ2YPRzVYbkxTc1RuD7CCo7dt0zuj+&#10;2s1YNlR8OS/mCfkXm7+GmKbzN4heB5pfo/uK316cRBlpe2ubNF1BaHOSqTpjzzxG6uKU+jKM9ch0&#10;cyY5vtTQHIlYhNO40nqR0AH+4GygUa24/74XqDgz7y01Z5nPZnG2kzKb3xSk4LWlvrYIKwmq4oGz&#10;k7gJp33YO9S7jiLliQ0L99TQVieuX7I6p0/jmLp1Xp0479d68npZ8PVPAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAM4vZeN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiyhQxvr&#10;mk4INCSOW3fhljam7Wicqkm3wtPjncbR/qzf359tJteJEw6h9aThcaZAIFXetlRrOBTbh2cQIRqy&#10;pvOEGn4wwCa/vclMav2Zdnjax1pwCIXUaGhi7FMpQ9WgM2HmeyRmX35wJvI41NIO5szhrpOJUgvp&#10;TEv8oTE9vjZYfe9Hp6Fsk4P53RXvyq228/gxFcfx803r+7vpZQ0i4hSvx3DRZ3XI2an0I9kgOg2L&#10;1Zy7RAZLEBeuVMKLUsOTWoLMM/m/Qf4HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjBdj&#10;5hICAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;M4vZeN0AAAAJAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1356EF96" w14:textId="77777777" w:rsidR="00BF2CF3" w:rsidRPr="00B53D5B" w:rsidRDefault="000F2D6C" w:rsidP="00BF2CF3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B53D5B">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">No. DE </w:t>
                       </w:r>
                       <w:r w:rsidR="00E85553">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>AUDITORI</w:t>
                       </w:r>
                       <w:r w:rsidR="00E85553" w:rsidRPr="00B53D5B">
                         <w:rPr>
@@ -896,679 +876,648 @@
                         <w:t>A</w:t>
                       </w:r>
                       <w:r w:rsidR="00BF2CF3" w:rsidRPr="00B53D5B">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="007533A7">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650C1E52" w14:textId="77777777" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00FC5479">
+    <w:p w14:paraId="35F286A6" w14:textId="65E744DC" w:rsidR="00D448F1" w:rsidRPr="006D749D" w:rsidRDefault="00D448F1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CF42102" w14:textId="77777777" w:rsidR="00D448F1" w:rsidRPr="006D749D" w:rsidRDefault="00D448F1">
+    <w:p w14:paraId="3424581C" w14:textId="77777777" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00FC5479">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="715500C9" w14:textId="24807E7B" w:rsidR="00FC5479" w:rsidRPr="006D749D" w:rsidRDefault="00FC5479">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="12"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-29"/>
         <w:tblW w:w="10837" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2588"/>
         <w:gridCol w:w="1293"/>
         <w:gridCol w:w="1293"/>
         <w:gridCol w:w="1293"/>
         <w:gridCol w:w="1294"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A03520" w:rsidRPr="00B53D5B" w14:paraId="0B6AA5DE" w14:textId="77777777" w:rsidTr="00B952C1">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w14:paraId="63BA03BF" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA30ECF" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="5EAF31A7" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>BIBLIOTECA/ DEPENDENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5173" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767C072B" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="0210B873" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2BF303" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="5680D304" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">FECHA DE </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>FECHA DE ELABORACIÓN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24166D45" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="272C25FC" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B952C1" w:rsidRPr="00B952C1" w14:paraId="770B8AC9" w14:textId="77777777" w:rsidTr="00B952C1">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="003E0074" w14:paraId="7FAF4C11" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1569F929" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="722E9000" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">COORDINADOR DEL CENTRO DE INFORMACIÓN / RESPONSABLE DE PROCESO DE SOPORTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5173" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8866A0" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="7F573320" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3076" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="668AD49D" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="4F515ED1" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B952C1" w:rsidRPr="00B952C1" w14:paraId="62559863" w14:textId="77777777" w:rsidTr="00B952C1">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B952C1" w14:paraId="7036BC63" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCF7512" w14:textId="408375AF" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="030627B5" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NÚMERO DE EMPLEADOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7938BAA4" w14:textId="539B5AD3" w:rsidR="00B952C1" w:rsidRPr="00B952C1" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="1E2E043A" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B952C1" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MATUTINO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="105D22A3" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="6664E4C2" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1293" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="600680D5" w14:textId="38980AD6" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="47A8E674" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>VESPERTINO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1294" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CAF22F" w14:textId="141809B2" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="359DD346" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3076" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60A984B9" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRPr="00B53D5B" w:rsidRDefault="00B952C1" w:rsidP="00A03520">
+          <w:p w14:paraId="02BEE3D3" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A03520" w:rsidRPr="00B53D5B" w14:paraId="39ABBA93" w14:textId="77777777" w:rsidTr="00376908">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w14:paraId="795C0704" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D8359C" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="7EE61EA5" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>ALCANCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8249" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="518D6D6C" w14:textId="77777777" w:rsidR="00AA58DB" w:rsidRPr="00B53D5B" w:rsidRDefault="00AA58DB" w:rsidP="007533A7">
+          <w:p w14:paraId="5D329A73" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A03520" w:rsidRPr="00B53D5B" w14:paraId="3D49B047" w14:textId="77777777" w:rsidTr="00376908">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w14:paraId="2FCA0FCE" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C217A4A" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="5A860B1B" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>OBJETIVO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8249" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5D1709" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="6364DEF4" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A03520" w:rsidRPr="00B53D5B" w14:paraId="3EEC2880" w14:textId="77777777" w:rsidTr="00376908">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w14:paraId="5DB1D42D" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFC5EF2" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="75CD3184" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>CRI</w:t>
-[...17 lines deleted...]
-              <w:t>ERIOS</w:t>
+              <w:t>CRITERIOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8249" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42D34ADF" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="5BF1936E" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A03520" w:rsidRPr="00B53D5B" w14:paraId="15613252" w14:textId="77777777" w:rsidTr="00376908">
+      <w:tr w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w14:paraId="441ED2DE" w14:textId="77777777" w:rsidTr="005C58D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04DA8807" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="0A25ADCC" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53D5B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>NORMA DE REFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8249" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA119A2" w14:textId="77777777" w:rsidR="00A03520" w:rsidRPr="00B53D5B" w:rsidRDefault="00A03520" w:rsidP="00A03520">
+          <w:p w14:paraId="628930B7" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00B53D5B" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CD43ECB" w14:textId="77777777" w:rsidR="00667753" w:rsidRPr="001F0901" w:rsidRDefault="00667753">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0579C4C5" w14:textId="77777777" w:rsidR="00DD77BB" w:rsidRPr="003173D4" w:rsidRDefault="00DD77BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
@@ -1655,51 +1604,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>FECHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A39CE63" w14:textId="77777777" w:rsidR="00B53D5B" w:rsidRDefault="00B53D5B" w:rsidP="003173D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A30261" w:rsidRPr="003173D4" w14:paraId="42481DA8" w14:textId="77777777" w:rsidTr="009A0432">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
@@ -1710,51 +1658,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>LUGAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B8AAE28" w14:textId="77777777" w:rsidR="00A30261" w:rsidRDefault="00A30261" w:rsidP="003173D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B952C1" w:rsidRPr="003173D4" w14:paraId="69C832BB" w14:textId="77777777" w:rsidTr="007C3E4E">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
@@ -1766,51 +1713,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>EQUIPO AUDITOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48330EB6" w14:textId="76A0ACE7" w:rsidR="00B952C1" w:rsidRPr="009A0432" w:rsidRDefault="00B952C1" w:rsidP="00B952C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A0432">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>LÍDER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
@@ -1829,51 +1775,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="404F2F3D" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRDefault="00B952C1" w:rsidP="009A0432">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="385B38AB" w14:textId="7E41B13D" w:rsidR="00B952C1" w:rsidRPr="009A0432" w:rsidRDefault="00B952C1" w:rsidP="00B952C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A0432">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>AUXILIAR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
@@ -1892,51 +1837,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0BAE97D9" w14:textId="77777777" w:rsidR="00B952C1" w:rsidRDefault="00B952C1" w:rsidP="009A0432">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BE129CF" w14:textId="41506011" w:rsidR="00B952C1" w:rsidRPr="009A0432" w:rsidRDefault="00B952C1" w:rsidP="00B952C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A0432">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>OBSERVA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
@@ -1965,51 +1909,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REUNIÓN DE APERTURA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61D1080F" w14:textId="77777777" w:rsidR="00B53D5B" w:rsidRDefault="00B53D5B" w:rsidP="009A0432">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85553" w:rsidRPr="003173D4" w14:paraId="03F72A6B" w14:textId="77777777" w:rsidTr="009A0432">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="4870619A" w14:textId="77777777" w:rsidR="00E85553" w:rsidRPr="00B53D5B" w:rsidRDefault="00E85553" w:rsidP="00E85553">
@@ -2019,51 +1962,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REUNIÓN DE CIERRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A5D2F95" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00E85553" w:rsidP="00E85553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85553" w:rsidRPr="003173D4" w14:paraId="6070F369" w14:textId="77777777" w:rsidTr="009A0432">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3C2302B1" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00A30261" w:rsidP="00E85553">
@@ -2073,105 +2015,103 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>MÉTODO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="262B2681" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00E85553" w:rsidP="00E85553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E85553" w:rsidRPr="00B952C1" w14:paraId="1D33F1FA" w14:textId="77777777" w:rsidTr="009A0432">
+      <w:tr w:rsidR="00E85553" w:rsidRPr="003E0074" w14:paraId="1D33F1FA" w14:textId="77777777" w:rsidTr="009A0432">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6836E719" w14:textId="77777777" w:rsidR="00E85553" w:rsidRPr="00B53D5B" w:rsidRDefault="00A30261" w:rsidP="00E85553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>IDENTIFICACIÓN Y EVALUACIÓN DEL RIESGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D4C8FC3" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00E85553" w:rsidP="00E85553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85553" w:rsidRPr="003173D4" w14:paraId="7FA4E2D1" w14:textId="77777777" w:rsidTr="009A0432">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6CD6B7E5" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00A30261" w:rsidP="00E85553">
@@ -2181,51 +2121,50 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>RECURSOS NECESARIOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0459AF40" w14:textId="77777777" w:rsidR="00E85553" w:rsidRDefault="00E85553" w:rsidP="00E85553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85553" w:rsidRPr="003173D4" w14:paraId="7A37EDD6" w14:textId="77777777" w:rsidTr="00791E40">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
@@ -2432,119 +2371,109 @@
           <w:p w14:paraId="726ED406" w14:textId="77777777" w:rsidR="00E85553" w:rsidRPr="003173D4" w:rsidRDefault="00E85553" w:rsidP="00E85553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52B872AE" w14:textId="77777777" w:rsidR="00BF2CF3" w:rsidRDefault="00BF2CF3" w:rsidP="00585ECF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="091469B6" w14:textId="77777777" w:rsidR="00A30261" w:rsidRPr="000F2D6C" w:rsidRDefault="00A30261" w:rsidP="00585ECF">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6F281F31" w14:textId="77777777" w:rsidR="000F2D6C" w:rsidRDefault="000F2D6C" w:rsidP="003173D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71417DDA" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="00041FA7" w:rsidP="003173D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>REQUISITOS NO APLICABLES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7886197D" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula2"/>
         <w:tblW w:w="10086" w:type="dxa"/>
         <w:tblInd w:w="-614" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6967"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003173D4" w:rsidRPr="00B952C1" w14:paraId="575BE924" w14:textId="77777777" w:rsidTr="00376908">
+      <w:tr w:rsidR="003173D4" w:rsidRPr="003E0074" w14:paraId="575BE924" w14:textId="77777777" w:rsidTr="00376908">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6967" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="4B8CD602" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003173D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
@@ -2582,309 +2511,200 @@
             <w:r w:rsidR="00B952C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="003173D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003173D4" w:rsidRPr="00B952C1" w14:paraId="1F92DEEB" w14:textId="77777777" w:rsidTr="00DD5537">
+      <w:tr w:rsidR="003173D4" w:rsidRPr="003E0074" w14:paraId="1F92DEEB" w14:textId="77777777" w:rsidTr="00DD5537">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C0BEF4E" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E86C62" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003173D4" w:rsidRPr="00B952C1" w14:paraId="760F4DA3" w14:textId="77777777" w:rsidTr="00DD5537">
+      <w:tr w:rsidR="003173D4" w:rsidRPr="003E0074" w14:paraId="760F4DA3" w14:textId="77777777" w:rsidTr="00DD5537">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="607EA5D3" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75AC824A" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003173D4" w:rsidRPr="00B952C1" w14:paraId="4F87E177" w14:textId="77777777" w:rsidTr="00DD5537">
+      <w:tr w:rsidR="003173D4" w:rsidRPr="003E0074" w14:paraId="4F87E177" w14:textId="77777777" w:rsidTr="00DD5537">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="442250B0" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="737E4E1F" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F2D6C" w:rsidRPr="00B952C1" w14:paraId="7EEE6690" w14:textId="77777777" w:rsidTr="00DD5537">
+      <w:tr w:rsidR="000F2D6C" w:rsidRPr="003E0074" w14:paraId="7EEE6690" w14:textId="77777777" w:rsidTr="00DD5537">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6967" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE162C8" w14:textId="77777777" w:rsidR="000F2D6C" w:rsidRPr="000F2D6C" w:rsidRDefault="000F2D6C" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23975040" w14:textId="77777777" w:rsidR="000F2D6C" w:rsidRPr="000F2D6C" w:rsidRDefault="000F2D6C" w:rsidP="003173D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1AE18ED0" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A3075A3" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
-[...109 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="2BB5859A" w14:textId="77777777" w:rsidR="00041FA7" w:rsidRDefault="00041FA7" w:rsidP="005C58D6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD33EC8" w14:textId="77777777" w:rsidR="00041FA7" w:rsidRDefault="00041FA7" w:rsidP="000F2D6C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C1C76B1" w14:textId="77777777" w:rsidR="00041FA7" w:rsidRDefault="00041FA7" w:rsidP="000F2D6C">
       <w:pPr>
@@ -3124,71 +2944,72 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7719F548" w14:textId="77777777" w:rsidR="003173D4" w:rsidRPr="003173D4" w:rsidRDefault="003173D4" w:rsidP="003173D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39E3C72A" w14:textId="77777777" w:rsidR="00BF2CF3" w:rsidRPr="000F2D6C" w:rsidRDefault="00BF2CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF2CF3" w:rsidRPr="000F2D6C" w:rsidSect="00C809C0">
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2127" w:right="1041" w:bottom="720" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19B00613" w14:textId="77777777" w:rsidR="00A67538" w:rsidRDefault="00A67538">
+    <w:p w14:paraId="4D7F71E7" w14:textId="77777777" w:rsidR="007E7B9A" w:rsidRDefault="007E7B9A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59F2187A" w14:textId="77777777" w:rsidR="00A67538" w:rsidRDefault="00A67538">
+    <w:p w14:paraId="44416726" w14:textId="77777777" w:rsidR="007E7B9A" w:rsidRDefault="007E7B9A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -3419,64 +3240,684 @@
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0CF8B998" w14:textId="77777777" w:rsidR="003A462F" w:rsidRPr="006D749D" w:rsidRDefault="003A462F">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3CF4BF48" w14:textId="77777777" w:rsidR="003A462F" w:rsidRPr="006D749D" w:rsidRDefault="003A462F">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24DDE114" w14:textId="77777777" w:rsidR="00A67538" w:rsidRDefault="00A67538">
+    <w:p w14:paraId="27A42365" w14:textId="77777777" w:rsidR="007E7B9A" w:rsidRDefault="007E7B9A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65425631" w14:textId="77777777" w:rsidR="00A67538" w:rsidRDefault="00A67538">
+    <w:p w14:paraId="05C94153" w14:textId="77777777" w:rsidR="007E7B9A" w:rsidRDefault="007E7B9A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C2626B6" w14:textId="74DABD3A" w:rsidR="005C58D6" w:rsidRDefault="005C58D6">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado0"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00A673D3">
+      <w:rPr>
+        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="069A5F5F" wp14:editId="408ACCBD">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>438150</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-285750</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4551045" cy="893445"/>
+              <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+              <wp:wrapNone/>
+              <wp:docPr id="453384734" name="Cuadro de texto 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4551045" cy="893445"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="05D24FC6" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado0"/>
+                            <w:spacing w:before="120"/>
+                            <w:ind w:left="-709"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">         </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00FC5479">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">UNIVERSIDAD MICHOACANA DE SAN NICOLÁS DE </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                            <w:t>HIDALGO</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="704B16C0" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00FC5479" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado0"/>
+                            <w:spacing w:before="120"/>
+                            <w:ind w:left="-709"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00FC5479">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                            <w:t>DIRECCIÓN DE BIBLIOTECAS</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="0BB4A9F5" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00FC5479" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado0"/>
+                            <w:ind w:left="-709"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:b/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00FC5479">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:b/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                            <w:t>PLAN DE AUDITORÍA INTERNA</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2CE8C631" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="001B28EB" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado0"/>
+                            <w:spacing w:before="120"/>
+                            <w:ind w:left="-709"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w14:paraId="79080364" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w14:paraId="4376F902" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="006D749D" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:lang w:val="es-MX"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="069A5F5F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:34.5pt;margin-top:-22.5pt;width:358.35pt;height:70.35pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdkraD9gEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQlgW3UdLXssghp&#10;uUgLH+A4TmNhe4ztNilfz9jJdit4Q+TBGmfsM3POHG+vJ63IUTgvwTS0WOWUCMOhk2bf0O/f7l9d&#10;UeIDMx1TYERDT8LT693LF9vR1mINA6hOOIIgxtejbegQgq2zzPNBaOZXYIXBZA9Os4Bbt886x0ZE&#10;1ypb5/mbbATXWQdceI9/7+Yk3SX8vhc8fOl7LwJRDcXeQlpdWtu4Zrstq/eO2UHypQ32D11oJg0W&#10;PUPdscDIwcm/oLTkDjz0YcVBZ9D3kovEAdkU+R9sHgdmReKC4nh7lsn/P1j++fhovzoSpncw4QAT&#10;CW8fgP/wxMDtwMxe3DgH4yBYh4WLKFk2Wl8vV6PUvvYRpB0/QYdDZocACWjqnY6qIE+C6DiA01l0&#10;MQXC8WdZVUVeVpRwzF1tXpcYxxKsfrptnQ8fBGgSg4Y6HGpCZ8cHH+ajT0diMQP3Uqk0WGXI2NBN&#10;ta7ShYuMlgF9p6TGmnn8ZidEku9Nly4HJtUcYy/KLKwj0ZlymNoJD0b2LXQn5O9g9he+BwwGcL8o&#10;GdFbDfU/D8wJStRHgxpuirKMZkybsnq7xo27zLSXGWY4QjU0UDKHtyEZeOZ6g1r3Msnw3MnSK3om&#10;Cbn4O5rycp9OPb/C3W8AAAD//wMAUEsDBBQABgAIAAAAIQDeNux63gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsNADITvSLzDykjc2l1Q0zZpnAqBuIIoP1Jv28RNIrLeKLttwttjTvRkWzMa&#10;f5NvJ9epMw2h9YxwNzegiEtftVwjfLw/z9agQrRc2c4zIfxQgG1xfZXbrPIjv9F5F2slIRwyi9DE&#10;2Gdah7IhZ8Pc98SiHf3gbJRzqHU12FHCXafvjVlqZ1uWD43t6bGh8nt3cgifL8f918K81k8u6Uc/&#10;Gc0u1Yi3N9PDBlSkKf6b4Q9f0KEQpoM/cRVUh7BMpUpEmC0SWcSwWicrUAeEVKYucn3ZoPgFAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXZK2g/YBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3jbset4AAAAJAQAADwAAAAAAAAAAAAAAAABQ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="05D24FC6" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado0"/>
+                      <w:spacing w:before="120"/>
+                      <w:ind w:left="-709"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">         </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00FC5479">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">UNIVERSIDAD MICHOACANA DE SAN NICOLÁS DE </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                      <w:t>HIDALGO</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="704B16C0" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00FC5479" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado0"/>
+                      <w:spacing w:before="120"/>
+                      <w:ind w:left="-709"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00FC5479">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                      <w:t>DIRECCIÓN DE BIBLIOTECAS</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="0BB4A9F5" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="00FC5479" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado0"/>
+                      <w:ind w:left="-709"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:b/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00FC5479">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:b/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                      <w:t>PLAN DE AUDITORÍA INTERNA</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="2CE8C631" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="001B28EB" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado0"/>
+                      <w:spacing w:before="120"/>
+                      <w:ind w:left="-709"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w14:paraId="79080364" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w14:paraId="4376F902" w14:textId="77777777" w:rsidR="005C58D6" w:rsidRPr="006D749D" w:rsidRDefault="005C58D6" w:rsidP="005C58D6">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:lang w:val="es-MX"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="001156BC">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47044562" wp14:editId="19E06C73">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>5133975</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-123825</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1129665" cy="574675"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="164485874" name="Imagen 164485874" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1129665" cy="574675"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="001156BC">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3394CCC3" wp14:editId="26159765">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-438150</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5196205" cy="1314450"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2049382648" name="Imagen 2049382648" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="52987"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm flipH="1">
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5196766" cy="1314592"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="001156BC">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46603E6A" wp14:editId="6F689F99">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-809625</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-295275</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1076325" cy="933252"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="196564804" name="Imagen 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C289A63-DFFE-4326-A958-32230802FC7B}"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Imagen 7">
+                    <a:extLst>
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C289A63-DFFE-4326-A958-32230802FC7B}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1076325" cy="933252"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="001156BC">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7093BFCA" wp14:editId="57B24816">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>9524</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-457200</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="5196205" cy="1333500"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="335377844" name="Imagen 335377844" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="52987"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm flipH="1">
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="5196766" cy="1333644"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2EE0A1AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1644B580"/>
@@ -4095,51 +4536,51 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1033385903">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1222711296">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1402631927">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1477529025">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="419103254">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="57554186">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -4153,128 +4594,134 @@
     <w:rsid w:val="0006523B"/>
     <w:rsid w:val="00072EDC"/>
     <w:rsid w:val="000860CF"/>
     <w:rsid w:val="000D6423"/>
     <w:rsid w:val="000F2D6C"/>
     <w:rsid w:val="0010494C"/>
     <w:rsid w:val="001338EF"/>
     <w:rsid w:val="00137070"/>
     <w:rsid w:val="00160161"/>
     <w:rsid w:val="00167B10"/>
     <w:rsid w:val="001A756A"/>
     <w:rsid w:val="001B28EB"/>
     <w:rsid w:val="001C4BE4"/>
     <w:rsid w:val="001C6792"/>
     <w:rsid w:val="001D2662"/>
     <w:rsid w:val="001E33C7"/>
     <w:rsid w:val="001F0901"/>
     <w:rsid w:val="001F735A"/>
     <w:rsid w:val="002162D6"/>
     <w:rsid w:val="00234124"/>
     <w:rsid w:val="00276572"/>
     <w:rsid w:val="002A4EBA"/>
     <w:rsid w:val="002E5BCC"/>
     <w:rsid w:val="002F6310"/>
     <w:rsid w:val="003173D4"/>
+    <w:rsid w:val="003463D4"/>
     <w:rsid w:val="00376908"/>
     <w:rsid w:val="003915F4"/>
     <w:rsid w:val="003A462F"/>
     <w:rsid w:val="003A6012"/>
+    <w:rsid w:val="003E0074"/>
     <w:rsid w:val="003E7106"/>
     <w:rsid w:val="00413C7B"/>
     <w:rsid w:val="00467760"/>
     <w:rsid w:val="00473004"/>
     <w:rsid w:val="004C23D1"/>
     <w:rsid w:val="004D4C12"/>
     <w:rsid w:val="004F74BB"/>
     <w:rsid w:val="005052FA"/>
     <w:rsid w:val="005266EC"/>
     <w:rsid w:val="005370EF"/>
     <w:rsid w:val="00575ED1"/>
     <w:rsid w:val="00585ECF"/>
+    <w:rsid w:val="005C58D6"/>
     <w:rsid w:val="00616E46"/>
     <w:rsid w:val="00620932"/>
     <w:rsid w:val="00637F1A"/>
     <w:rsid w:val="00667753"/>
     <w:rsid w:val="00694343"/>
     <w:rsid w:val="0069760A"/>
     <w:rsid w:val="006A5FFA"/>
     <w:rsid w:val="006B2B4B"/>
     <w:rsid w:val="006D749D"/>
+    <w:rsid w:val="007441DB"/>
     <w:rsid w:val="007533A7"/>
     <w:rsid w:val="00756F6D"/>
     <w:rsid w:val="00780E17"/>
     <w:rsid w:val="007A22AB"/>
+    <w:rsid w:val="007E7B9A"/>
     <w:rsid w:val="007F3A86"/>
     <w:rsid w:val="00807385"/>
     <w:rsid w:val="0082749E"/>
     <w:rsid w:val="00850C9A"/>
     <w:rsid w:val="008D3144"/>
     <w:rsid w:val="008E0548"/>
     <w:rsid w:val="009647D2"/>
     <w:rsid w:val="009A0432"/>
     <w:rsid w:val="009B27DD"/>
     <w:rsid w:val="009B3ED0"/>
     <w:rsid w:val="009D4D9C"/>
     <w:rsid w:val="009F3E26"/>
     <w:rsid w:val="00A03520"/>
     <w:rsid w:val="00A30261"/>
     <w:rsid w:val="00A62DC3"/>
     <w:rsid w:val="00A673D3"/>
     <w:rsid w:val="00A67538"/>
     <w:rsid w:val="00A977ED"/>
     <w:rsid w:val="00AA58DB"/>
     <w:rsid w:val="00B077C7"/>
     <w:rsid w:val="00B21ED3"/>
     <w:rsid w:val="00B53D5B"/>
     <w:rsid w:val="00B84CE3"/>
     <w:rsid w:val="00B952C1"/>
     <w:rsid w:val="00BD07AA"/>
     <w:rsid w:val="00BF2CF3"/>
     <w:rsid w:val="00C01652"/>
     <w:rsid w:val="00C1436D"/>
     <w:rsid w:val="00C809C0"/>
     <w:rsid w:val="00D12F41"/>
     <w:rsid w:val="00D1346C"/>
     <w:rsid w:val="00D17329"/>
     <w:rsid w:val="00D35D1D"/>
     <w:rsid w:val="00D448F1"/>
     <w:rsid w:val="00D730F3"/>
     <w:rsid w:val="00D9564D"/>
     <w:rsid w:val="00DA40BB"/>
     <w:rsid w:val="00DA530A"/>
     <w:rsid w:val="00DD77BB"/>
     <w:rsid w:val="00DF61B7"/>
     <w:rsid w:val="00E03430"/>
     <w:rsid w:val="00E0727C"/>
     <w:rsid w:val="00E270A3"/>
     <w:rsid w:val="00E85553"/>
     <w:rsid w:val="00E877D1"/>
     <w:rsid w:val="00EC222D"/>
     <w:rsid w:val="00F557BB"/>
     <w:rsid w:val="00F57646"/>
     <w:rsid w:val="00F90DA6"/>
+    <w:rsid w:val="00F93971"/>
     <w:rsid w:val="00FC5479"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
@@ -5250,51 +5697,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1608343353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\americag\AppData\Roaming\Microsoft\Plantillas\Actas%20de%20la%20reuni&#243;n.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Custom Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5586,82 +6037,82 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41F17626-B615-483F-B461-E1A3AEC73C50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CC9066-8573-4A38-A7BE-CEA716F1DF01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Actas de la reunión</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>308</Words>
-  <Characters>1697</Characters>
+  <Words>306</Words>
+  <Characters>1686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Meeting minutes</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2001</CharactersWithSpaces>
+  <CharactersWithSpaces>1989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Meeting minutes</dc:title>
   <dc:creator>Alejandra</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC101731859990</vt:lpwstr>
   </property>
 </Properties>