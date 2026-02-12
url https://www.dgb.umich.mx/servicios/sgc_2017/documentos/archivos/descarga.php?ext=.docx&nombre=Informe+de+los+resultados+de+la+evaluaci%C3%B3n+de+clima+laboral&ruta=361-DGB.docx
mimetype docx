--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -1,699 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2CDFE6AF" w14:textId="5D74B964" w:rsidR="00774D46" w:rsidRDefault="00250E00" w:rsidP="00774D46">
+    <w:p w14:paraId="2CDFE6AF" w14:textId="7E31BACB" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...626 lines deleted...]
-      <w:r w:rsidR="00774D46">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CENTRO DE INFORMACIÓN O PROCESO EVALUADO: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A1961A" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">RESPONSABLE: </w:t>
       </w:r>
@@ -724,132 +91,147 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63CAE40D" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La evaluación del clima laboral nos sirve para conocer la percepción que tienen de su centro de trabajo los empleados. De esta percepción dependerá su satisfacción, lo que influirá de forma importante en la participación, cooperación, motivación y realización de sus actividades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799BB384" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+    <w:p w14:paraId="42744B19" w14:textId="77777777" w:rsidR="00AB251A" w:rsidRDefault="00AB251A" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799BB384" w14:textId="7B838DC0" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El presente informe tiene como objetivo detectar las fortalezas y debilidades del equipo de trabajo y generar las acciones de mejora que permitan obtener el logro de las metas de cada centro de información o proceso.</w:t>
+        <w:t xml:space="preserve">El presente informe tiene como objetivo detectar las fortalezas y </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB251A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>áreas de oportunidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del equipo de trabajo y generar las acciones de mejora que permitan obtener el logro de las metas de cada centro de información o proceso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6542C543" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D969459" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+    <w:p w14:paraId="55BE6861" w14:textId="77777777" w:rsidR="00AB251A" w:rsidRDefault="00774D46" w:rsidP="00AB251A">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>METODOLOGÍA: La evaluación del clima laboral se aplica a través de un cuestionario, el cual es aplicado a todo el personal del Sistema de Gestión de Calidad del Sistema Bibliotecario de forma anónima para garantizar la imparcialidad de los resultados; el resultado de dicha evaluación se procesa y se obtienen las medias.</w:t>
       </w:r>
+      <w:r w:rsidR="00AB251A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cuando el resultado es menor a 3 se requieren acciones de capacitación.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24C60196" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+    <w:p w14:paraId="4D969459" w14:textId="04B73605" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B379681" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+    <w:p w14:paraId="7E95C9D9" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00AB251A">
       <w:pPr>
-        <w:ind w:left="-567"/>
-[...18 lines deleted...]
-        <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="536D74C1" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -860,50 +242,61 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2924F1BF" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los aspectos que se evalúan son ambiente laboral, comunicación, satisfacción, liderazgo, desarrollo laboral, compañerismo, estructura organizacional e identidad institucional.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="406E59E6" w14:textId="77777777" w:rsidR="00AB251A" w:rsidRDefault="00AB251A" w:rsidP="00774D46">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="095AF9DE" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RESULTADOS:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10172" w:type="dxa"/>
@@ -3023,67 +2416,59 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="793C6D54" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="003E234B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E3B157F" w14:textId="77777777" w:rsidR="00774D46" w:rsidRPr="0053522F" w:rsidRDefault="00774D46" w:rsidP="003E234B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BB464DA" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="003E234B">
+          <w:p w14:paraId="5BB464DA" w14:textId="303F5ED9" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="003E234B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="328DF67B" w14:textId="77777777" w:rsidR="00774D46" w:rsidRPr="0053522F" w:rsidRDefault="00774D46" w:rsidP="003E234B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00774D46" w14:paraId="3C8C9DD4" w14:textId="77777777" w:rsidTr="003E234B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="253F28F9" w14:textId="77777777" w:rsidR="00774D46" w:rsidRPr="00EA432F" w:rsidRDefault="00774D46" w:rsidP="003E234B">
             <w:pPr>
               <w:rPr>
@@ -3703,58 +3088,58 @@
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B631E27" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64ED1FBD" wp14:editId="77E79363">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64ED1FBD" wp14:editId="6FF229BE">
             <wp:extent cx="4572000" cy="2743200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Gráfico 3"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6488929C" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46"/>
     <w:p w14:paraId="666D5FB5" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CFD9852" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3804,66 +3189,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FORTALEZAS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE25543" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64EDEADE" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1658267C" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
+    <w:p w14:paraId="1658267C" w14:textId="2F736C06" w:rsidR="00774D46" w:rsidRDefault="00AB251A" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DEBILIDADES:</w:t>
+        <w:t>ÁREAS DE OPORTUNIDAD</w:t>
+      </w:r>
+      <w:r w:rsidR="00774D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC922BC" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15466F46" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A279643" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3959,59 +3352,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DGB </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6E8F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>⬜</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C6E8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Responsable de centro de información</w:t>
+        <w:t>Responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C6E8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4D5156"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de centro de información</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6E8F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>⬜</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D5156"/>
@@ -4072,165 +3477,158 @@
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="65D27A35" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.yeslnrtnhhj6" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Firma de recibido: _______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A729E8" w14:textId="77777777" w:rsidR="00774D46" w:rsidRPr="000A621A" w:rsidRDefault="00774D46" w:rsidP="00774D46"/>
     <w:p w14:paraId="65FF7D46" w14:textId="77777777" w:rsidR="00774D46" w:rsidRDefault="00774D46" w:rsidP="00774D46"/>
     <w:p w14:paraId="1575D806" w14:textId="77777777" w:rsidR="00345158" w:rsidRDefault="00345158"/>
     <w:sectPr w:rsidR="00345158" w:rsidSect="00C809C0">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2127" w:right="1041" w:bottom="720" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A77F51E" w14:textId="77777777" w:rsidR="006010C3" w:rsidRDefault="006010C3" w:rsidP="00774D46">
+    <w:p w14:paraId="3D48F835" w14:textId="77777777" w:rsidR="009402E6" w:rsidRDefault="009402E6" w:rsidP="00774D46">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A7ECC53" w14:textId="77777777" w:rsidR="006010C3" w:rsidRDefault="006010C3" w:rsidP="00774D46">
+    <w:p w14:paraId="0D9B9BF6" w14:textId="77777777" w:rsidR="009402E6" w:rsidRDefault="009402E6" w:rsidP="00774D46">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Atlanta">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000063" w:usb1="1200FFEF" w:usb2="0024C000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Atlanta">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000013" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="0E789BBA" w14:textId="7A3C9651" w:rsidR="00D42F65" w:rsidRPr="0010494C" w:rsidRDefault="009B2F79" w:rsidP="00C809C0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E789BBA" w14:textId="7C005D44" w:rsidR="00000000" w:rsidRPr="0010494C" w:rsidRDefault="009B2F79" w:rsidP="00C809C0">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:left="-993" w:right="-716"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>VIGENTE A PARTIR DE: JUNIO DE 2022</w:t>
+      <w:t xml:space="preserve">VIGENTE A PARTIR DE: </w:t>
+    </w:r>
+    <w:r w:rsidR="00660808">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ENERO 2026</w:t>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
@@ -4251,660 +3649,1410 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00AA0207" w:rsidRPr="00D42F65">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00774D46">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>PFRH_R_IRECL_7.1.4</w:t>
+      <w:t>PFRH_R_IRECL_7.</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00774D46">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1.4</w:t>
     </w:r>
     <w:r w:rsidR="00A56AD2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.a</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00025B2A">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>_2022</w:t>
+      <w:t>_202</w:t>
     </w:r>
-    <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="3"/>
+    <w:r w:rsidR="00660808">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
     <w:r w:rsidR="00774D46">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>_02</w:t>
+      <w:t>_0</w:t>
+    </w:r>
+    <w:r w:rsidR="00AB251A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E49A981" w14:textId="77777777" w:rsidR="006010C3" w:rsidRDefault="006010C3" w:rsidP="00774D46">
+    <w:p w14:paraId="6DF92B32" w14:textId="77777777" w:rsidR="009402E6" w:rsidRDefault="009402E6" w:rsidP="00774D46">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="093C60A0" w14:textId="77777777" w:rsidR="006010C3" w:rsidRDefault="006010C3" w:rsidP="00774D46">
+    <w:p w14:paraId="5ED365B3" w14:textId="77777777" w:rsidR="009402E6" w:rsidRDefault="009402E6" w:rsidP="00774D46">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="739482EA" w14:textId="77777777" w:rsidR="00D42F65" w:rsidRDefault="006010C3" w:rsidP="0010494C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="739482EA" w14:textId="449CF49E" w:rsidR="00000000" w:rsidRDefault="00660808" w:rsidP="0010494C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:spacing w:before="120"/>
       <w:ind w:left="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00AB78EE">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DAA3D5A" wp14:editId="54613C9F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>723900</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-257175</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1038225" cy="749935"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="7530" y="549"/>
+              <wp:lineTo x="5549" y="9328"/>
+              <wp:lineTo x="3171" y="16461"/>
+              <wp:lineTo x="3171" y="18107"/>
+              <wp:lineTo x="4360" y="20301"/>
+              <wp:lineTo x="18628" y="20301"/>
+              <wp:lineTo x="19817" y="19204"/>
+              <wp:lineTo x="19024" y="15912"/>
+              <wp:lineTo x="16646" y="10425"/>
+              <wp:lineTo x="15061" y="3292"/>
+              <wp:lineTo x="14664" y="549"/>
+              <wp:lineTo x="7530" y="549"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1562666134" name="Imagen 1562666134"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="1 Logo.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1038225" cy="749935"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00AB78EE">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="565238A3" wp14:editId="2B53BC21">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>619125</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-142875</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="808990" cy="635635"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1482376634" name="Imagen 1482376634"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="1 Logo.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="808990" cy="635635"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EC6E75F" wp14:editId="3BC13597">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-457200</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3886200" cy="1177925"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21309"/>
+              <wp:lineTo x="21494" y="21309"/>
+              <wp:lineTo x="21494" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="19" name="Imagen 1" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="19" name="Imagen 19" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="52987"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3886200" cy="1177925"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00AB78EE">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40AF5FAD" wp14:editId="5DF41F0E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>19050</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-419100</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="808990" cy="635635"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="803446372" name="Imagen 803446372"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="1 Logo.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="808990" cy="635635"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00AB78EE">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2469580D" wp14:editId="4C548288">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>-28575</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-514350</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="808990" cy="635635"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="13" name="Imagen 13"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="1 Logo.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="808990" cy="635635"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="0010494C">
+      <w:rPr>
+        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AD82B14" wp14:editId="33D32480">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5362575</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-209550</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1026773" cy="522605"/>
+          <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="483687247" name="Imagen 483687247" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1026773" cy="522605"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BCA8FC7" wp14:editId="47ECC66A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-285750</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4057650" cy="838200"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1799972112" name="Cuadro de texto 1799972112"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4057650" cy="838200"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="71AC2693" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t>UNI</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000A621A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t>VERSIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="7450BD06" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                          <w:pPr>
+                            <w:pStyle w:val="Encabezado"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">DIRECCIÓN </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000A621A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t>DE BIBLIOTECAS</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="58709779" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                          <w:pPr>
+                            <w:pBdr>
+                              <w:top w:val="nil"/>
+                              <w:left w:val="nil"/>
+                              <w:bottom w:val="nil"/>
+                              <w:right w:val="nil"/>
+                              <w:between w:val="nil"/>
+                            </w:pBdr>
+                            <w:tabs>
+                              <w:tab w:val="center" w:pos="4680"/>
+                              <w:tab w:val="right" w:pos="9360"/>
+                            </w:tabs>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:b/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A621A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:b/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t>INFORME DE LOS RESULTADOS DE LA</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="726FE661" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                          <w:pPr>
+                            <w:pBdr>
+                              <w:top w:val="nil"/>
+                              <w:left w:val="nil"/>
+                              <w:bottom w:val="nil"/>
+                              <w:right w:val="nil"/>
+                              <w:between w:val="nil"/>
+                            </w:pBdr>
+                            <w:tabs>
+                              <w:tab w:val="center" w:pos="4680"/>
+                              <w:tab w:val="right" w:pos="9360"/>
+                            </w:tabs>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:b/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000A621A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:b/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="21"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> EVALUACIÓN DEL CLIMA LABORAL</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="49E606E2" w14:textId="77777777" w:rsidR="00660808" w:rsidRDefault="00660808" w:rsidP="00660808">
+                          <w:r>
+                            <w:t>t</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2BCA8FC7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Cuadro de texto 1799972112" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-22.5pt;width:319.5pt;height:66pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCncTf7FQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykSZoZcYqsRYYB&#10;RVsgHXpWZCk2IImapMTOfv0o2flYt9Owi0yK9CP5HrW4a7UiB+F8Daago8GQEmE4lLXZFfT76/rT&#10;nBIfmCmZAiMKehSe3i0/flg0NhdjqECVwhEEMT5vbEGrEGyeZZ5XQjM/ACsMBiU4zQK6bpeVjjWI&#10;rlU2Hg5nWQOutA648B5vH7ogXSZ8KQUPz1J6EYgqKPYW0unSuY1ntlywfOeYrWret8H+oQvNaoNF&#10;z1APLDCyd/UfULrmDjzIMOCgM5Cy5iLNgNOMhu+m2VTMijQLkuPtmSb//2D502FjXxwJ7RdoUcBI&#10;SGN97vEyztNKp+MXOyUYRwqPZ9pEGwjHy8lwejubYohjbH4zR10iTHb52zofvgrQJBoFdShLYosd&#10;Hn3oUk8psZiBda1UkkYZ0hR0doPwv0UQXBmscek1WqHdtv0AWyiPOJeDTnJv+brG4o/MhxfmUGPs&#10;F/c2POMhFWAR6C1KKnA//3Yf85F6jFLS4M4U1P/YMycoUd8MivJ5NJnEJUvOZHo7RsddR7bXEbPX&#10;94BrOcIXYnkyY35QJ1M60G+43qtYFUPMcKxd0HAy70O3yfg8uFitUhKulWXh0Wwsj9CRtEjta/vG&#10;nO35D6jcE5y2i+XvZOhyO7pX+wCyThpFgjtWe95xJZPK/fOJO3/tp6zLI1/+AgAA//8DAFBLAwQU&#10;AAYACAAAACEA0f7A0d8AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/CQBDF7yZ+h82YeIOt&#10;KFhrp4Q0ISZEDyAXb9Pu0jbun9pdoPrpHU56e5M3ee/38uVojTjpIXTeIdxNExDa1V51rkHYv68n&#10;KYgQySky3mmEbx1gWVxf5ZQpf3ZbfdrFRnCICxkhtDH2mZShbrWlMPW9duwd/GAp8jk0Ug105nBr&#10;5CxJFtJS57ihpV6Xra4/d0eLsCnXb7StZjb9MeXL62HVf+0/5oi3N+PqGUTUY/x7hgs+o0PBTJU/&#10;OhWEQeAhEWHyMGfB9uL+iUWFkD4mIItc/ucvfgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCncTf7FQIAACwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDR/sDR3wAAAAcBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="71AC2693" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t>UNI</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000A621A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t>VERSIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="7450BD06" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                    <w:pPr>
+                      <w:pStyle w:val="Encabezado"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">DIRECCIÓN </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000A621A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t>DE BIBLIOTECAS</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="58709779" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                    <w:pPr>
+                      <w:pBdr>
+                        <w:top w:val="nil"/>
+                        <w:left w:val="nil"/>
+                        <w:bottom w:val="nil"/>
+                        <w:right w:val="nil"/>
+                        <w:between w:val="nil"/>
+                      </w:pBdr>
+                      <w:tabs>
+                        <w:tab w:val="center" w:pos="4680"/>
+                        <w:tab w:val="right" w:pos="9360"/>
+                      </w:tabs>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A621A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t>INFORME DE LOS RESULTADOS DE LA</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="726FE661" w14:textId="77777777" w:rsidR="00660808" w:rsidRPr="000A621A" w:rsidRDefault="00660808" w:rsidP="00660808">
+                    <w:pPr>
+                      <w:pBdr>
+                        <w:top w:val="nil"/>
+                        <w:left w:val="nil"/>
+                        <w:bottom w:val="nil"/>
+                        <w:right w:val="nil"/>
+                        <w:between w:val="nil"/>
+                      </w:pBdr>
+                      <w:tabs>
+                        <w:tab w:val="center" w:pos="4680"/>
+                        <w:tab w:val="right" w:pos="9360"/>
+                      </w:tabs>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000A621A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Atlanta" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="21"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> EVALUACIÓN DEL CLIMA LABORAL</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="49E606E2" w14:textId="77777777" w:rsidR="00660808" w:rsidRDefault="00660808" w:rsidP="00660808">
+                    <w:r>
+                      <w:t>t</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="364E2051" wp14:editId="05022F04">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-466725</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3933825" cy="1177925"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
+          <wp:wrapNone/>
+          <wp:docPr id="22" name="Imagen 1" descr="Imagen relacionada"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="22" name="Imagen 22" descr="Imagen relacionada"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="52987"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm flipH="1">
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3933825" cy="1177925"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="236F3017" w14:textId="77777777" w:rsidR="00D42F65" w:rsidRDefault="006010C3"/>
-[...9 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="236F3017" w14:textId="2AE2155F" w:rsidR="00000000" w:rsidRDefault="00000000"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00774D46"/>
     <w:rsid w:val="00025B2A"/>
     <w:rsid w:val="00047757"/>
     <w:rsid w:val="00250E00"/>
     <w:rsid w:val="00345158"/>
     <w:rsid w:val="006010C3"/>
+    <w:rsid w:val="00660808"/>
+    <w:rsid w:val="00753DE1"/>
     <w:rsid w:val="00774D46"/>
     <w:rsid w:val="00813F04"/>
+    <w:rsid w:val="009402E6"/>
     <w:rsid w:val="009B2F79"/>
     <w:rsid w:val="00A56AD2"/>
     <w:rsid w:val="00A66744"/>
     <w:rsid w:val="00AA0207"/>
+    <w:rsid w:val="00AB251A"/>
     <w:rsid w:val="00D00244"/>
+    <w:rsid w:val="00D4128E"/>
     <w:rsid w:val="00E30F6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61B0C41E"/>
+  <w15:docId w15:val="{19224645-84D0-433C-BCA3-A508BBC577DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...428 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00774D46"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
@@ -4991,104 +5139,108 @@
     <w:rsid w:val="00E30F6E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E30F6E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\HP\Documents\grafica%20clima%20laboral.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-MX"/>
+  <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-MX"/>
               <a:t>Evaluación</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-MX" baseline="0"/>
-              <a:t> de clima laboral del centro de información</a:t>
+              <a:t> de clima laboral </a:t>
             </a:r>
             <a:endParaRPr lang="es-MX"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
@@ -5146,65 +5298,64 @@
                 <c:pt idx="1">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.77</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.66</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.66</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.66</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.66</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-42E8-48B0-BD82-299C31C0379F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="130756992"/>
         <c:axId val="130758528"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="130756992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
@@ -5570,92 +5721,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68AF5F5F-9EE9-4267-A735-36A8B4CA9B04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>333</Words>
-  <Characters>1836</Characters>
+  <Words>331</Words>
+  <Characters>1823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2165</CharactersWithSpaces>
+  <CharactersWithSpaces>2150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>