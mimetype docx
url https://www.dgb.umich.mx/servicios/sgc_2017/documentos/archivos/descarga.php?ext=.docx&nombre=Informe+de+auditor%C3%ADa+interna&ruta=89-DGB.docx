--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -1,84 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="001456C9" w:rsidP="00CF75F8">
+    <w:p w14:paraId="2053A618" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="001456C9" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="110A34C0" wp14:editId="4F965881">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-885165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-996620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="10028022" cy="1052830"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Grupo 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="10028022" cy="1052830"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="10028022" cy="1052830"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -214,3958 +213,3956 @@
                             <a:ext cx="1170305" cy="904240"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Cuadro de texto 2"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2384756" y="102413"/>
                             <a:ext cx="5267325" cy="936346"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                            <w:p w14:paraId="37C6E0C5" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                               <w:pPr>
                                 <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                                   <w:noProof/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                   <w:lang w:eastAsia="es-MX"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="004A70F5">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                                   <w:noProof/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                   <w:lang w:eastAsia="es-MX"/>
                                 </w:rPr>
                                 <w:t>UNIVESIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                            <w:p w14:paraId="63A9C300" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                               <w:pPr>
                                 <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                                   <w:noProof/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                   <w:lang w:eastAsia="es-MX"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                                   <w:noProof/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                   <w:lang w:eastAsia="es-MX"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">DIRECCIÓN </w:t>
                               </w:r>
                               <w:r w:rsidRPr="004A70F5">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                                   <w:noProof/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                   <w:lang w:eastAsia="es-MX"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> DE BIBLIOTECAS</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00B10570" w:rsidRDefault="00B10570" w:rsidP="00B10570">
+                            <w:p w14:paraId="02AAC440" w14:textId="77777777" w:rsidR="00B10570" w:rsidRDefault="00B10570" w:rsidP="00B10570">
                               <w:pPr>
                                 <w:spacing w:after="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                                   <w:b/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                            <w:p w14:paraId="6C377848" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                                   <w:b/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                                   <w:b/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t>INFORME DE AUDITORÍA INTERNA</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="006D57ED" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                            <w:p w14:paraId="270E425E" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                               <w:pPr>
                                 <w:pStyle w:val="Encabezado"/>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="006D57ED" w:rsidRDefault="006D57ED"/>
+                            <w:p w14:paraId="6914E364" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRDefault="006D57ED"/>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:group id="Grupo 13" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-69.7pt;margin-top:-78.45pt;width:789.6pt;height:82.9pt;z-index:251663360" coordsize="100280,10528" o:gfxdata="UEsDBBQABgAIAAAAIQA9/K5oFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZeX/+t10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbxz4rHj7HE3N62quLETP9XFSeLDw2lkbpxmAgx0tEZ6&#10;PxglY7oPMaI+ypLtc+SJnGeoN55uUtgzrqbO3xy/F+y5l/QAwWhgrzLEZ2lTWqEDCVi4xqn8ssZk&#10;0lLm2tYoyJtAq5k6eDqnrd03Bhj/K94k7A3Gg7qYv0H9AwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEASOPFjSsFAAA0FAAADgAAAGRycy9lMm9Eb2MueG1s7Fhd&#10;b9s2FH0fsP9A6N21vmUbdQrHSbMCWRssHfpMU5IlVBI5ko6dDvvvOyQlN7GNtWvRDsH6EIdfIu89&#10;957Le/n8xa5tyF0hVc27uRc88z1SdIzndbeee7+/fTmaeERp2uW04V0x9+4L5b04+/mn51sxK0Je&#10;8SYvJMEmnZptxdyrtBaz8VixqmipesZF0WGy5LKlGl25HueSbrF724xD30/HWy5zITkrlMLohZv0&#10;zuz+ZVkw/aYsVaFJM/cgm7a/0v6uzO/47DmdrSUVVc16MegXSNHSusOh+60uqKZkI+ujrdqaSa54&#10;qZ8x3o55WdassDpAm8A/0OZK8o2wuqxn27XYwwRoD3D64m3Z67sbSeoctos80tEWNrqSG8EJ+gBn&#10;K9YzrLmS4lbcyH5g7XpG310pW/MfmpCdhfV+D2ux04RhMPD9cOKHoUcYJgM/CSdRjzyrYJ6jD1l1&#10;+alPx8PRYyPhXiBRsxn+eqTQOkLq0x6Fr/RGFl6/SftZe7RUvt+IEYwqqK5XdVPre+ugMJ8Rqru7&#10;qdmNdJ2PoIeghwP9VUvXRUfMQF4oBhftR2TRUAZ20Zwag5jNzPduN2q0vebsvSIdX1a0WxcLJeD1&#10;wNmsHj9ebruPRFk1tXhZNw2RXL+rdXVbUQEXCKwzm8keBchz4HIngHTufMHZpi067fhpxNcQX1W1&#10;UB6Rs6JdFXA3+Sp3h8BLrpU2PmT8xXLmz3Cy8P1peD5aJv5yFPvZ5WgxjbNR5l9msR9PgmWw/MuI&#10;GMSzjSoAAG0uRN3LitEjaU8SpA8ljnqWwuSO2kBhoLMCDf+tiBgykBhZlWS/AWaCIJKE00lmwMao&#10;loVm1QD8AK6zmgKByGr7K88BMN1objE2BCIldv1lQL2nUjydpuEEpAFnsihI3AkDpxI/CgDFQKk4&#10;CQNLqT0v4BlS6auCt8Q0ADjEtSfSOyjjFByWGNk7bvzAqtF0jwawpxs5ZaokSmOYKh0tFhfZKI4v&#10;JqPzc7SWy8tpHAVpnFzuTaUqmvPtm5Vi4Ff+9dZySkCqx1YyPm/A7t0fXWcANPoz0TrykBP+fHDV&#10;4KvvFxiyw8CAgR+B4X8WGAwN/+lmTfwwiab7KLC/WH9EAXfzPfkokBxGAQz8F1HAOOI3zgZCezmd&#10;umKeDOnt5dnnAAaxEheqyRLcPbWfsFnY5+YGD0LAxE9iP0ptRhDgas3ixzlBEITTNIWHmDQ7yeI0&#10;s0nDNwwGVpOnTrLggGM2ccZd/y3S7O/AI5RxDBW3RpIpZN25nO+J0sql0/+eSuaLg8o0ybKpD1Pb&#10;CjSMXXXrag5bowaZH/k9d6Z+HCK3drQd9hly5c9Kp08SYyvwxqGGigq9oxz0ZJViXjhOvQ7YUg1B&#10;02z7oKIcvHm5obnkuC2IhvU5CY0+/dpbU4ro3Tk31fkw7nh8BFwYTeIs6aOOf4xcEqZZFA7IRWkU&#10;p1+D3EEhQrZzL40S314O+xKlr0hQ+6s+0zctvVvteh1XPL+Hiihq7ZuEEuxljSromip9QyVeeJAz&#10;4dVKv8FP2XAcwvuWRyouP5waN+thMcx6ZIsXo7mn/thQ81DQvOpgy2kQm4JM206cZCE68uHM6uFM&#10;t2mXHLUmXBLS2aZZr5uhWUrevoPpF+ZUTNGO4ey5p4fmUqOHCTyOsWKxsG33/nDd3QoUOK6+Nn77&#10;dveOStF7rnGH13zwHjo7qAfdWsOgji9QpZa1vb8MwA5VlFWmA0+2Lfs0ZQuw/hnNvH097NtVHx/7&#10;zv4GAAD//wMAUEsDBBQABgAIAAAAIQCgxtKV0AAAACoCAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc7yRwWrDMAyG74O+g9G9cZJCKaNOL2XQ6+geQNiK4zaWje2N9e1ntssKpb31KAl9/4e0&#10;3X37WXxRyi6wgq5pQRDrYBxbBR/Ht+UGRC7IBufApOBCGXbD4mX7TjOWupQnF7OoFM4KplLiq5RZ&#10;T+QxNyES18kYksdSy2RlRH1GS7Jv27VM/xkwXDHFwShIB7MCcbzEmvyYHcbRadoH/emJy40I6XzN&#10;rkBMlooCT8bhX3PVRLYgbzv0z3Ho7zl0z3HomlOk30PIqw8PPwAAAP//AwBQSwMECgAAAAAAAAAh&#10;AB36D9w7dQAAO3UAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEZ&#10;AAAA2ggGAAAB5RwGLwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh&#10;1QEEnLSdAAB00ElEQVR4Xu1dB5gURdPecLt3eznnfAcc4cg5CipBARXEQBBQJKmgImZExYCCgDln&#10;MWDO4Tfn+Jlz+Mw562ci1F9v9dTc7N4eoJJO+32e2u7p7umZ7emp6a6urvJZ/JvwlhPGxQuFFeRE&#10;Nz6+LqmhJ/LLvRd8adHsQgol+N51jn1fcZlvSms3zU29c2NLAiEeDKVQy4En0OjpF9NDT70jcS3D&#10;weWIb3SEQ365IVxcqaIo4TqEn3/1oxxff1LZpmsdXHDvw66R8LJjSvTCpfjZoX/qz0hXunHRRr4x&#10;XKTryFPozlNNpy3IDtK8Kfk0vG8qXTivxH2UAzonuzeF442FWyYfdKVc5IIjS+iaExr+fdDn8174&#10;U9xYdvkAvaE9TPIGhj4uhNv2SJUbeOqSanmb0vwBNw/pb17fgq7jfgS0rkz03uyGAy64cuUqrVz4&#10;0NlZ+TSqZ5rcUM8OOe4jevlq88rjWNM2OFDxY8++p5VPwk9COI1AHKWCQJDevK6F5HdpE1mFcNbR&#10;N2y8G2ox4Fhqu+1CVD45Ocn/X6ThYtculL5EvY7o4zLD/Kwgwo+Qn5aZv3FuiBHBBbz/+MR9C/SY&#10;0LG1DwGxZTcK9CK1/Y+VC7WuDL33xEXVckOem7msqtchlFs9hJLCUW/fxoG2COJ4TFefUCo3w9+y&#10;95GeXWc690ZvHQAXSc1v714ovTJ9cNtJ9e7NBcIBajOu7aa7IQ/ci+FGEiKhLzjaJZQSokBI3roj&#10;JfOfjhFOuL4YyhQw0Y2DD50wti/wG+67wUR9JzDNZCqRo4ayk50Q+I4Jj1SBMsJY/wwSnfAupnKm&#10;veUoGquZIiYahTUOKW5hwvHhTJ8y/ciUx/SnsK0THsj0fybqO9kJAdxIpYkKZjDpV30xE46BsUyI&#10;z5cjE0erblDoAB+PLh7wZ2If8xaBF5zQwsJinbgut2idr3FFMGHTvOrHZuTgQu7FMPbxjgzPyy7Y&#10;tPN4hLcuKXfHOL//sUrC+86qlDzvzW1UtK1KpLbVifTsyx/Rfz/6hhbuV0Zv8Xxr2/Fn02df/kCY&#10;48/ba+MN4F3g369evYY+cwQHTnKCE0r+C699LHm1/eZvvBvC5O6331dSTd8j3YvgcczaLRvj5bgz&#10;irrK8Ma5IVQ+ac6VfHHpwGVMb0qGibutA+DGVq9e7W29DQv9txO2y5QLDOwUeQBvDUjz7j+7kgJ+&#10;00pjZ1++0W5mVN3WJ0rlC6YX4AJyEdzIGXMLKcyPKTs9QF1bJ9G4YRlyM9V9jqDvfviFwmH/wyi7&#10;ISGSicriEJ1zWLGEuKDO1TFPB+01MpNvrkjyargDA2nJgQ3fOqgYLYM5+CmzC+SCeGOQhha6IqeI&#10;IGo5bFKulEH6R599t1Eek/SZa+94ga45sYwyUgMrNW1wzxS5GZAUZPznihq5mRH9jTxoY2A3XOCe&#10;MwyXXTankPp1MuK3L0pqKC/Lf39pfsLvyHvovCpJR3yjIat8IL16jWmBbnN6IHwbccYo/HSc0ZkS&#10;krJWOzeycW+msscB0lecQ5kCt9qlNaUUplBKkTwSyetYX7HxWwaYMTrb5cIF3YoonBn+rPO+XUXQ&#10;hLTi+gkIT0V8o6N1RfgZJ7pJMcwJtyig2UXgyKhnUoEB0r3T23eYakzUfUwo85WJupDH+WcQO48G&#10;dF6uQD4qrmLqy/Qq0xNMCp32xtbzM9OfuqHlTFrZEUwLTNTXxwl3ZVrIdArTfkhgjGPScwDEd3bC&#10;WUyLmIBCpjNM1MLCwsLi3wgMlD//++oG3kH336lny8IrPGeH1OK1FbIe6jepgtUY0mK4GktpyX6a&#10;ODzDbYRXV9TK8Bf0+rVmXfUfgeF90+jeMyvpgLEiQxA5gTbCH3+sou9//IXaDz2ZBux6Ou139PW0&#10;9dizZHKqZXROoI3D0TQcN3vM3DmLlh5Q6P7Rp1/8QMJr73iejlx8OwUTjZwjFvOm5Eq5y65/RsJ6&#10;bjyENf2OippANUvs0D9N/gyo8/an0H2Pv+UejzQT81RT0oAn9XTHqRUyj25RFia/31WPCmDSXztg&#10;AY2edrGc32/MaW5d++6S3fwaSm9eaezQDHm1nOxvmT5DJDPNfy4HU/t1TNa825kQR3pCOOT/Nhgw&#10;DBg9ZlA3o87lJeQ1J8hNdx2xRMLaAceKzHL8MHmF7h4/rIHR4g/rV0hVfUDeV+fsQ4tpCb+aSFP6&#10;6puf3bKQXzlFmwECIWq77UkuU+WU3yC2rCoOIf4UikArTBvl7rxSmjQi022ca04odf/4mQebZZU+&#10;HSIiOXIa7QzNV0KZ5oBXcbPA0y98QKMHpcuNHzguF+GyXu0j7h8Z0tM00F0nVVB9TThKSQzhXac1&#10;6Iai582fkq+N48tvuQPdet+rbuMU522idae/iSf1hpff9BwlZZouDxkzB92dP/f+OYcVSZna/kfT&#10;I+dXiaCb06WxIC3TXtWjXTJt1ydVG+UPbRy9BoCQk7KQvsVDn/x7H34tIY733lH4Tcqzlzfwh8SU&#10;Isos60tv39CC+nbOQ7o0SFHPEgkL0huE8BVF0jMmr+Av1xs8CPzhp19o5pHXufWbUs0E0A7EjSvh&#10;c9ypLhE6JsCql66qpYru+0eV4XTaMZJKB7cqk8b5pFga8tMSfmXqdm1Nb3EjqpxeKSHYTKcSB080&#10;AzkvIb1utzbUZVZX/VMIt0LvuXGRqIND1YkGdU12BYft9+5IKTl1lF05SBTFWmx1PAXDMla6zJRo&#10;hkBjFLUdiz8hDYM/h3RI34t7lVD3uT1FEt/zsN6S7kER0wFMcm44O/wBEoGxI80r69TbvBHJMCtE&#10;Sw80Uwied8b+qSVoICU+9idEEqjzbLdnJeHHnOtL69o2ssFXJjc7sATLAeVWD6VQxLxufBzq3PB6&#10;Pe2Evk4zu0hacf14LQescMJNs85jsXHQyQmBbkzSK+Ro7VD1TsBbHqqewHlOeI4TvsGEJadMOTIL&#10;KLE9R+vJZvLWqQz9NyYs2AAXOaHF5oL2FKinri/SndCL45zQi9OcUHuBXkOvqfAu1U1h+tVEfVOd&#10;EHiAaWsTlZ50lYlKL7PYEvCHE2J8Av3j6+XIoD1TmAkqVfsync7kxfZOqHrLqmYeYurBpD0CTx28&#10;R7W/wUsUWKGGCjqwExMWjoHZTF6ZtYWFhYWFhYWFxYZGr3AS7ZXcsCb1F1ECjQwOl5rD5o9zIfP9&#10;0vwp7GH8S0AdoM+M7Lj5Y156jvwhJSc5Cqfsb1Yrb11S4W7Lj8XH3CCTUtLov8VVyNedHM0XHVsk&#10;yjIJ6KT9ZCOGCzRGdvlWIsnzEoTjsUspOFZykpo9jvH8oV9Mki8Px9oQa9ascePvfvCVG8/LkjUo&#10;2dujdTj1/DNw4j4FdME8Mc8C6R2lZle6fx749bc/6NCTbqWLr32K6gaZbT7vf/SNhOmFnXHe6sMn&#10;5UqjXHV86T+nYdJTArJK6e0lrQadQNfe/gLtMOVCOX7m0hrq2yGZsisGyfEl1z0tYcftFsmr9fzy&#10;GmpZHqZrF0aZLmq2iKAxqnod7DbIrfe9Qv12OV16Co5vim/I5z9aHvTMSx/SthPOlniVWeKVTT7N&#10;EkW5YltF/sykg66kUdMvksbQVwV5UrABEHipQBzIOH5GvpR95Jl3acVtz8vWTxyDDpko2hfND/ra&#10;4JUYOeUCV58vq6yvfKGcYgKUPXVOEV1+bCkdMy1fVNc4eSDy8CnPKOkp57785mf0v19/p4mO8aTs&#10;dGn8ZgW58T3nXiW9BPEL54kKiWtoAo0BlVcw5h0HpIkqbYcWSbI98ZlLq+N9gXKhb/Pme19IfUqh&#10;BFFzax7Q3qKUnGUYr5PNzNhPl8yXr0s7R5/vXslgwBoVBzCyMZHpQSZY8BCgjqk7ZdHrb3/u1h3T&#10;eFs2tGGAux56XXrGQ+caJce7Tzfh1ceXebdNBVMjAQoEooTdAKYQ2NAo56DelCTfml47LXMbxlHY&#10;bh7YaaBRje2+g1Fy3GWbdOKG0D9wyN47Zrl/5vZl5e50Qf9sWaepyBf12dZVwm8GI669A2VgYAth&#10;Zc85bl1bOspxw/j6LL/5Obl5Tltx0ATzFXnDmQvhT3rnUN6GUfK8JtPx420YYK+Dr9L6vVZ8tkzc&#10;xhNB3OyOUy+kjsMWUftasVw3f6suKfKnFkw3VhXOOqRIGmMxf3WqgiHZiKwNAiNhCJ3t/2LIENCG&#10;UaN0Sp4G3HKBm/Te9BMXiphgTGrDZnjZ/YhyaJgj98yThtkj2bx+MC+QVWEmlrF/WI+hWov8gbuf&#10;KeHMMc1A2/zFK82TBxBy0qVIjyS6ikWyfTQc9I1Bwxw4LkcaZlQkVcqDoFWOcPu+KV/LGQ6/edw0&#10;si83M+BqlYJaVWwke4obEg+cYyaInoZZgnRtmNSIn4b3S/3itRW1rtmFWPMLSughSSHf/Xwazt3p&#10;psVmnqS98tZ7X5GwtKAZ6Ag/d7npMW//90sJd9nWKFDDagsMnOJP3X264UPF7cbTNt1Tqao8h4ry&#10;G7TNubjhP7MLEd8O52zbPYW0Yf7vTNP4Z13+qIT6im3R0KeJ/Ux60wkJvhsdu5RAbyckbNIoaTGA&#10;utQXUSTDmCBFOghxzx8WO3ROHSFsDxo94yJ6/xMzd+rYUlTdtnjk4maBZRc+KDfOaRVX8DyoMDuB&#10;HrtQRJNuA4ZCCdIAD59X5TZMWkW6xLHtB2WRxnTOrF2FySbjPCUnr3lAGbBqfOP1UvMcjPvwE/b5&#10;6vTPQRhVVRKRxgB9WOz2njYoO9gxbLv0gCJKSkqk+iEniXAL5z59qQjZmw220T+tpAO7rTqbPU5z&#10;J0SPRUBojHH9a+npAjMadl4l1ZJKWb6gLKr8IXs0Q9GDvipKzp/8weT6/sc0BJ9fpIdTjHlaNAZm&#10;2VNHyZShorIohLkS7Gis8vn9dO7hxVRQt5NbJwxPcV7zQyAh4v4JkJMMIA5V+h+G9UqRDV3lXfel&#10;halZ0AfeBTt6OUxhirQe22ZNt4N6rPEHZM5EJe0nUk2/o72MuVliBRokMbVYX6XbTLLvuS6zu6nG&#10;eBjmwTnMYUr3/uHyQRXUanSdHHsb2GlkqLI1T+APwDByQSvT/TkJspV3OkzvRGmlaV51elh2ESTl&#10;yEax7xHvMqsbZVTK0i6MsfiUx0A9v6zLDKQ3T+BPwORRMCHZZb5eFPcodhvHH/KLJVhszug2VwxL&#10;Da4cUkWRXGmoF33+4EpYwUKdTiN75cPNDrllnafJH0HDOH/Ii8Qeh/SiysFV0jiJGYm3OT0I1EFK&#10;cBmcl17UzTUP9o9CvIZBo3Cw3GkMX3JhymqeLrYp7V9GBZ1kObcnkz8BG+H9QTr/SJEb/7OAhsHu&#10;lIpus7SBrjA5vtaVQ+JqMLzbYsACSkyTFUwYcvL9I3sMGKcTtfi3YWRMaOGg2AmvY1KdfwXWlCF1&#10;09cGewEmML0oRwbeVwp1ANgrUGuigpZMam4cMt/YvQiQAqqhdyB2f5Mae/dey92DubGgGyNaMeEP&#10;6fwHwDAewA1hIxga5iwkeBCP12DrDOoD2jJ5LeGhYWJN96Fh4tXjtX6PfFCdHBno/VlsKuDJqYKh&#10;PkVspfECcx4AhhsBfbLY3KXnYNMVAIuS/ZhiX0kxOOsA56Dn4RXW8/UaqBuvKoA876YtUQpgoBep&#10;UB3beFSCuEHh7b6dnRBAOhoIIfgDQjUw+QkTjtGNEYIAtYh5JtPHJiqTzGSmfeTIwF1XYvRyQm/D&#10;eIF7wuvtTd+fCd4wFNj7vcGBLXj6JI53QuyfhjAJedhAhY1UQL4T6rY9NJzGr3FCNAqAdHjBABDX&#10;fEDTMQH1ltEQHjcAzcOmVBjPOJRJ07Q+KBBYbAmAbGR9bPm+7IQbE7Gv12YHXiO8y9gZCxVUvUGI&#10;Mb3QdITXMoHXaBo+rSiP/ZZq/ldN/mI3fxcTFeAcXBPhrUx4OIijPlxfZcXxdvRaWFhYWFhYWFhY&#10;WFhYWFhYWGxUwOzVmonJ4hh7c+NFv89HpZvKn6jFn8M2SUZJdtvECJ2YkUOTUoye+ubAPXmlci8j&#10;k1Jon9RM2iV543kbtPjroBATHhSoZUKIBoRNJ+I8XYRfX8BfCdyr41wQtJrWG0E+p2so0b2XwYnJ&#10;cj/OvVjDfVsKbsgtpln8RuuD+rqkho5nbuPYMJ9rSsUFHuLKB8+pEp3izNQAVfacK9pgXipsvQsV&#10;ZJstRGO2Fg6mC4CxSLk8p1DsqOu9gK7ILqRTMpvp5vp/KErwMJuiQd1c9y0uZu6cLXnoCLEdRGn8&#10;/ldQz52Wxs0rbj9RdlOff0QjXcqrvdd+8uKGffegioIE1T2w2BKw+5AM0RSG/x/QxfNFHxS6EIr3&#10;4FPsP5fXUHWfw6I6wc4zjUMkbAb64adfJf78Kx9J+PvvK2V3Vv0Q41Vq+J7nS6gUDKVIh+D6rzaX&#10;8fkeOtdwLqWnLxWOJ5uoLbYgYGMmTIjgIV16dKn44Ib7DBzHuuuA5R+EAMJ+Y053zQMowc9Si62O&#10;i0qDXSn4c0Mc/t0Q7n/sjRIW1I2Ra3Vrk0Q1pWG3w8DF/z/FYtA/DeWwK4GHBPsT8SyqwfTTXodc&#10;TVfdYswvgH751WwzBNXXFdENxkqSamO4aF0V/hV1Z1cMdMv/+POvwpleeO0T1zDZqlWr3fyyztO5&#10;8xgv90W5dsq9RSCS6P8RDwR+68MpDU4NQWppbtvxZ9PdD70u8evvepEmHHAFHbn4Drfc8gWlsK4Q&#10;q0O5Lky889QKyirr59YDevalD8Xs1hU3PkN/rFxFx556t2uhClTV+1CaMdp0bK5jU+haWXhwutPw&#10;UQ/txdc/cT83oB95bDJiygVRZUA7m9nPtlJTDLLSAmKZ4oZF5UIXHFksRuk4azdTohFqX7yyVhxF&#10;av29R53q3gc+e7vPuszN8xKEfs5OUYuNjBnoMMFQOOoB/Pb7H/xpWEXvf9xgPw40cftMOvfQYjyg&#10;z/lc3RsArFQLh0pitcMZA8XSUVPy6OlLaqhXfXJUOtej7jUUdxw3M5/evL4FZZb2lXtQrnfp9cZC&#10;Yiw59WALssXGwK1LyykUaWwVAJ1G43gIBdnGxoRzmhdQvEb6hzBChjJX8CcKIR70/WdX0sj+svwA&#10;ml5XEV4NToP87m0idBtfH5ylbVWYB90BqixKgEYqdg3D20cUcM487mywf4H7uvHul+jDT791zTUo&#10;YQdxE/dqsQHQB43rbfAuI06hIxbfTvsdZSy5zN49Rxynotwtp0TPWI7cK49yMoIYv+wGA2z8KfoR&#10;jgv9fh/V14ihIzg/zEDZJgCbiO8wETzWwrgsPNEO7ZUK63aPwOislHKAe1CCNQfc36rVDQNlL4Hr&#10;OadZbGDIwFcbesRe51PXkcZCn9J9Z1WKDTVY60MnwUkZyQEVqOW3rhTLErF75D7yPuD5PXNFiquO&#10;ZxfM7uDmwZNmYsj/jXOeAAY0zza+WoGk2jLx9hvVafiw+sDx0YP186963I2npQQox+Oe1GIDYfLI&#10;TErNayeNPHnuVfT9j7/K7GTQWGMvznHOLeMYWDJ0/FgLCnOClJbsJwjdcAzbLugAx2Tk/HHH0gq6&#10;oLwwSuzv7TReglFjdIKkjMrfYXnokqOks4jJk4PG59KQnimUk2nsVeFz5+k0rs2ZnaZdRF9+85M7&#10;WFZqVnY1mwlo4T7GaHLrbcw09gfuND//7zeJQ6x/lOEsV0/YLpO275tK7ZkDmFN9Ca9e0/BAzj60&#10;iF7iB+7tIBAEwrU17PkhDpt+sZ3m8Mny+YlKe2F5LU/bRbaDXYFAINkxi6djJu00W3dNIbWTAZo4&#10;50qZmutxTuW2zcyx+hYONLxKZ1tvfaJIY08+5z63wfXBMMbAITxMg2Iw7KR927oyhLGI4i5IiL2d&#10;5imeGd3ED/+MrDyJezvNEdxZYMt5u3451Ko6mztKDdX2my956ICeawu6tTa+1l9xnMp78xHHefNO&#10;uUM4zceff091/H9i/od1dLgBcJvaWwTtuu9l/Gn6hRade78ch5MLxLi/U7YNOo1jNlUMb6enSly3&#10;yQrwcGAyVTvNtNQMmu2skiN+ZlZ+I04zelCa+JPXY9g6uZfHUE6VioRc5/N00bwSMZTn7TSRkP/9&#10;0o57y/nnLjdjmrnH3+LWWVeZiMF6bJ0WfwFf6BsKGrDr6RI+/YIxfz9uqBjD6muK+nwHjsslx3Kq&#10;7JeGlcMz5ha5D+LA3bMxTX7v0DbZbqep5BkX3ALh81ReaHRfYjsNvE94j3FPj15QRfvzjM3UzD0m&#10;4Pu0v2MwcMbO2aR28SST0adDhArqRsv5kCAPnXgu9dn5NLfOYp7NFebYJYcNgS+uXdhgfbHriOgZ&#10;E+eDMF0WnMMzGSxecnSHpy42q80Y4yAPg9+L5hVHnQ+K7RAgLu52KlDvcFLUMQhjpc6tkqg4N2FN&#10;JNF3Aq4Fepmvw+evhGVab6fB1FrrX716DXkNzIMOGi8dUEwGW/w9DEPDa8MuvcAYkIUXEk3zPhh0&#10;GmcmBXe5A7fpnkJbdUpWmxx7oSxM/eG8im6zZazUqsPWdPvSclLDkcGwEfBp50C8zYR2VNyrREyl&#10;azo684h+UbrITzkm14Ffzzu82Htv06bumOne884zjDqGEu4Dg2enrMXfBRwbpWXkSeOefO59tO9R&#10;19GHn37nNnhlOefxuGbWLlm/opPsvHWarBvxqWEsSjoGuwXBoO90CNvwkI41NvTlE4eH+8RF1ZRT&#10;tS0N7yfrU1GdRi3+PZZfJmkPcnj8TDnfXXxEZ3WsGAtXgfQYsiO+5sAbTm7glq+9/Rl12n6xewzC&#10;Z5RPg/95iw2FnbZK56n1JGngDsMW0Xsffk19eTxw4HE3SVplcQKVFyTQsgMLvZaaAcSjBsKXHFVC&#10;PdtFm6Ot6L6/dJyF+xbQ02bq63YacBcclwUS3DQsL+zMg2OpsAE7FWQFnnPiYu0ZdaKTZpb2kesc&#10;c+pd1HPHZa5WIAwIooPBb4pzmsWGxAG7Z7vGlgF94Erl3faja04sizWkOgZifycu8pMHzqmibm2i&#10;O00scVG3g2BFGsdKbxRVSmc4bLLIhqCEDpxWVRyKsqgCGc5/rmjw/PHTz7+JugZ0e3Bc0c10VC6q&#10;Vp0sNgYgZMsu6eg+iFiCyic6Tbe24sbFNWWz58hM6sHchaMjVnDHwsN6/MIqSstrH7ceLud2GhA6&#10;ypD0ZPdT5jxseE+a6rhmACLlAyto0vBM5iDH0oIZ+VGdxks1fedpHbBIZbGxEQ75ZPUZjR9KNmOd&#10;eOQUx1usdtdg9j0DKhDHmfGM2jwCEvYakbkKYyKcO3qg8bzwf9wJnYerqMH5cITCcam3tH85tdhJ&#10;ymB3Q1rsfSiVdZkpYVZpT3rLLFJalYhNjEp9GF5z+fD0GfN5Agpajm6FNNfWd9lWDavgw3qnSsdY&#10;MC0Pxkivx1IEjidsJ5+1M2/mqbPjqBedwkVCcgJVbSfjH1hGk89U2NOJ8XnCajji6UVdJIQfFB4w&#10;w/igxWbAd3gIianmocQjyF+cssDzrXdvQ4XdimB2k4KJQbcDlfRZpw9dcUbsQLT+UopE9kP+oJ+c&#10;eHemWUyT4ZoWOsLlXWbIelN6AXz2+t3lB5zHZLGpEUgwn5FYAoeIw2nKslpmU4tRrajdHvVUsXUl&#10;JUQSqO34dtTz8N5u50nKSiL+YLjuLx0k5hv78Q9nVMvKudYt8aphwmnQYWKRgvHViK0b+waMZDUv&#10;fzn/IAS+jH0YoNuXVTR4W/DHFclf0ePQXm5HiUdd9u9GiXmJz6JwekU6uBPltTcynexW2aZz+Xwz&#10;UotTKTlflg1A0ODLquAZnN4L3OW0roqsLO2wJ1X2OIBS89t5Df9abCk4jmcsDqf5NadqsOk8TWNu&#10;94N7Ut2uralsgIxxqKhHMcFrhXYgHsVIetuJ9eKxIik3QgVdCymY1HhhEdfCfqnaAccgL+g4bXhY&#10;Mi22XGzdLUU6DXRvnQ4DJamWiGPfkhRqAPxdFqNzBMKucK2j4+rEna5n1GS87kTj4UVMn1G/EgSF&#10;yHA6TazFfYstDT3bRt7VMU04xShuBRKMQpY/aHYxRDLkYeYibWPijINldd12mmYAmG1/z0QtLCz+&#10;VYBhIa9xIPXQI+5cGV7PFwj7M/3GpK5AzmeCWTTkgeAtYwcmuAuBUpXiWyZYuwc+Y0I91Uw4B6vR&#10;yPdCrwncw/QmE9JgTT8W3rL4LxUm6juFSZ1XTGWClX+4T8HUfSzTa0wAlMKeMFHxjXcjE/7jaCQ4&#10;ULcrCvw/eFv0XlvrA7z//b9M5Sbqehtp1kCncbXrGF63Tmg4fbCAt4G8cQDHGIuo6xVIcFeZqAAP&#10;Rs+5wQkBbz2qfqCzGj0fnklwP4rYawNI62qibj4MBmA5AR2nNRJicB4T7hllxDk9w+uuaj4TvK/s&#10;KEcN9ca7/s9McP8wWI5MGbQr2hAdFtCliXjnNzvggeBNVnNmaEBtROAWJ4xNh9sbheZhZuMthzr3&#10;ZXqeSTma5sM9DsLLmHStyXvuNCY9XsAErhYL5InvQw/0HCUFBr7qcMWbF1vucqalJir3rnnohBqH&#10;7yL4RsN9IU0tWmhdWg5AWXBWb5o3/o8E3p4LTPRPwyuRnci0h4luEKCzefeB/x2MZxpjonKfQ5gw&#10;7bfwwMsi18Z2AaTrZwfA5wONCsDtmfc8dZOmgPQW+TrOUE89a7vmf5wQ0LGBeihTYC3Je24882cY&#10;t+gqOlRM1dlWvGvi/53IhH1S6kFNMcUJvaZPPmTCpwu4kmkXExV4xz/euCqciUTbAa4Ttdi6JcPb&#10;KBrX0OslUccCA5xQffndxITPk25GA3C+9xjwrhojX+vWa6GDxBor0jwAYyMgttMovGW3cUKFt9Pg&#10;XtUBtPccRSGTDpoBb5l4nUZFBzruupRJH752FHQqbz36AnjT4t2LhcW/F/i8PMr0V96MeOd40/CG&#10;/lmbwvHQlFfB2Osrt9wQaIoD/uvhnToDWBHW6SM+H4iD7mQaxaTwsnMYGcK0VIEZCgwa4dOEwSw+&#10;a5DjqH4MHjTqBtuPlZEA6hQZHhIxe9LP3hwmdEJsoX2FCdNgxUtOCI1BnK9yFQzWP2LC52kQE+4B&#10;4w/MoHTg7q0HMppjTdS3iEllTDjvfROVGdNBTPCA79X5+VdBvcgCGMxiCqno54TwSq2eqQGUUSGg&#10;V6jVzgnRWTCWQFiGBAf1TqjX0FAVxQFNg20aAOMV3JcaMdLr6jgGgNxEhWze+0eH1v+gYzJ1PY6B&#10;PgSduE90BAVEC9pRIdCMVQ+FOgbGURB8WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhs&#10;YMSqKlhsIcDWl/uYoDClOsSbCyt6hZMoFF9L0GILwKgFGTlUHAjSy4UVm/shUV1CiOZlZNOnxjys&#10;xRaGFkxiJPHjkmp6vUgsPHg1+jYlXhiUmCz38rVjqZzTJpssiy0FNC45TR5OmOOlwQR61XSazWFn&#10;l45Mz5F74YELZfoD9JnhMpkm22JzI+ndoip5QErLs4voomyxdQf6sxjOpOdCIfvP7JC894OYe7kq&#10;p5BuzhWvu3/lXiw2As6clZpJrRPC7kM6mt9wuM55v9i4D1wPYOeiOKSAocbbllbQotmFEgfBmRfn&#10;ew0QNIXfDkrLcn0/gRbwvXA6HZJufB5YbH5Q51Ai3Z1XIg+I2QF9XFxNBTz4RZ4p0iR2hgVydIqL&#10;55eI0y6vCTOlxJRCuuo440Y5lLDWOml3/jQ+VVDu3svizDyalGyca5giFpsbPS4+qkQcfr7BHAKO&#10;QsEpYBY+NSJ7nuKhGPnoACkRv3hSiddRYimrrL+c47gy3tlUFYXP3rwu2rk7CI4wpuyQ4d1XZbG5&#10;sHT/hk9HLDkPNhZ3I+/lq2uptNPUuB0DNOvoG+KmgxLDxrs/1wVjQi7g0Mt7/VhyillsbuRnBxs9&#10;nNeNi2HdTCbw+32/I+/WJeVU2/+YqE7QdvBJ1M/jym/lqtXi4QTxV9/6jLbf83w3D5RXO5zgjJSr&#10;db3QATNGZze6F5CTbbGF4J7rTiqje8+sFLr79Erq1sZ1h6yQB5eblRT14EH/eeUjCW+8+yU37Zzl&#10;j9GEA66gU85/gB5++l03Hb6VNA6/SrctLaetHB+TwIj+aavholA7CrjcFceW2A6zJYE5x/mHTcqj&#10;S3jgig5z1JQ86tvBfYgTjpmaT9ecUNaIq4BuuOtFcRaqx59/+aOEByy4kfrtcnqU/6fd9rvUjXs9&#10;uM0Zl0MXzhOPc9g2e4WOj5RK8qzT0S0O3geEQSYnPTR1VJYcez2pKAHjZl9O77z/lRyf5PHFjUEw&#10;rIPrMajVIOPjGhiw6xkS9ucOpfkdWiTKtfi6lyJ8fnmU72yvQSWLLQF4MAU5CXTp0SXug1p+bCmV&#10;dpziPlSlQbufScef8X+0/zE30kqPl/yCVqPkPPhkKsgO/OemReV0IHMPzYd7wqde+ICOP/P/5JP1&#10;2+8rac+DrxLXhciHf8qR/dOkjg4tksTPJeJ8e7bDbEkIBHxv4sHAsWcglBx3mrxmzRoJ3//4Gwkn&#10;zllO7YeeLPHqPofJWKOyKPiWU6UXs+84tUK8vSnX6TpyCY2ZeYnEL7rmSQlB6s8bBJeGcBB/w6Iy&#10;dBivZSqLzYhvVe7B4xj3YYGmH3EttdnGfEbe/u9X9Ogz78lnpNN2i+gPD1c5Zf8Cqi5KWB8prv/6&#10;k8soq3yAey7onoffkPCnn3+lS657mlbx7MqbHwyny/09eI6sbW1vqrLY1Ki4fZlxXt65LsKD2Ybx&#10;xuLz7qdWHAJPv2gGs8+/+jF1Hn6KxPuMPlXCnJIO4pKY6/La41snHuAHX1RUSDX9jnKvufymZyXE&#10;bGu/+ddLfNmFD7n5oKT0cuFii2fLGpf1JbkJkY6OAucRCZGG8QVIZzgAwrqtT6QLrn4iyqd2cf0e&#10;hLEJ1wMbw/GAhwlDiAVMTVmofOV5ngkl59S59YKGTTyXXn7zU/rym5/keOBuZ1K7wSdFlQkEzeCY&#10;K7Y+sTcFMHWGwKyq1yFRD8JL4DI9djQ+qL2UnN1CBsVOVbHIwRjotDmFPO4op6uPN2tH++3S9KLh&#10;lB2yKJJW2Og6StpxMVD2psPtDqbeXIXr8N1i4+BUPMSEUKLb+A8/9Y6EAMYPPXdaRvXOYBYEn9l1&#10;VWl07cIy6tk2Ebbn4iLo9x0/ZYdMGj0onS7n2RUGuot5fNO2OpEqC0PftSgLU16WLGh6TcUDj71x&#10;bS317ZhGJR32lGu2dsZOvUeZz9/JPGUH9J5Atf2Plg7J53tN3FtsSGSk+GUc4G140E//+43abruQ&#10;/vuRmQGBIpnV4rArMSzuiNV5huCu0yrkYSmhzgPH5ogAzpvupdRkP5XmJ7jHmDI71SlSwgl+ybto&#10;nln1Hj39YrpoxVO0erWZocUSBupH7ClO2S02BrAaHQilug3+0uufihwFmHPcTZKWklEkDy0zJRBv&#10;igz8jPwF0/Ol3IoTS2nelHxadmAh5WQE6bUVtXQ+dwbIUdrVJOJhivQYnymU9xLneT2SuAAnQj1Z&#10;5f3lntoNaRjHDHbWp0BYWnDqsdgIeBELitrYSqOmXUQ33mPWgLLSAvJwnYdwoTnNRSA5yf8Th0ck&#10;hsy60oh+aaTT8mcvq5E1n9RkcQkIc6fvXcefMeRdyBxjnzFZ9PhF1eLd//zDi2n5Atclch8mmGV1&#10;UV4Yoo4tk+jmxWUUTjFjHJUke9eiQOccJspZ1jfBhsawPqk0uEd8d8ZKeLi68MenLDNnGiA9JeJ/&#10;vLwghDyYhM9gmpaZ5j8XxPHOuw3OoPQUP2z5KhLGDcnQtaB7mVAOBKVzX/ta4UAtj58hHmxdFGQn&#10;SIe54WTDlar7HEGjZ1wsn87Ye05PkQ56pjnTYoMBEtOQx6M9VA4Q/vjzr27a4ZNz5QE5HeZAc6ag&#10;Q9+OEerUMhF+Cf7bujr8LbzfHzIxly7lWdfBe+SiPDrC2nACvPP/H3OYE2bm026D0ykx5KfK4hDl&#10;ZQfBkdQngS8jNeB2mOF9U2mP7TLk/rbazaxBYRCs98zFqYI5kjnTYoNBNOjy692GXrV6tTQ+ZC04&#10;drzrezvMCJznqFR+WpxrXBDfcorIYNRYsxeQuSTwQPSSe06vkM8bH+8kOU2gosisQpcVJNDx3Ik4&#10;is+Tjz99NG5opnSY5y6vlvvBPa7me8YquP4HUGZJT+mEOM9iAwKNjsVBNPLIKRfQ0InnSvzgE2+R&#10;MDUtS8Ykng4jFrgHdDJqDuAKr/P0l6OdcOzAD0fres41J5TSffmloo+LOtsN2F9WvjX/HKMM7o5X&#10;ksL+79FZOCqOvsZtlwFvIzmYmWmHOf+IErqTp+ioT6n7Dktd5SyoXDj3a7EBkYBG9TY6xgOT515F&#10;rbdZKMcQ2WNmog/XOc/3qtGKmz1vikxf1Q2NAGMWlFUNfy95r6WEAfLLVzXayXgoE/VqH5F05kzw&#10;Iicd5uxDi+nUOYXUujL8g+riLLvwQQk/+/IHt97Lj5EB9PU432LD4Exvh/nuh1/oxrteot//MIuI&#10;tf3mux1FyTkP6IxOM7J/Opxi7MYk+iocPv5OWSU9dUn1encYyHWev6odzl2KOlIjflHs5k7yW8Dv&#10;o7v5U8aH8E/wpHaYaTtnQRH9guQsU+ePP/1Kv/z6R5QkOjWvHU0anum9Z4u/gzBPg6t4cInGPeW8&#10;B9yGVvUEnz9IWemBpjrMxwXZ8tYLNH96SkbcjqKk14hHrdt1lDrAcRKC4o1EMJQHxU70tKOn5kmH&#10;GTcsAx2mXadWRjUUC6HApx4OA4q5Z4u/AzRmWadp0rBdhp9Ci869XxpdG/voqTLgLNLO4G381pUy&#10;9R1mjkxdPUKJbsc4YGw2Td0xS+L77pLNn5zGHYZPo/vPrpTpsaaVdtq70bUWzZKVaGDcCfsUSIfp&#10;2iYCL7E+rIzjvKOX3UX3PfYWvfb2525doCcuqsa58Ghi8TexAp8Ub+Pedu+rUR3GGae43MP7EE/e&#10;z32IAuQtycxzO8xxM/Kpa+uIxBfvX0hdqpMadRis+7x4ZU1UGij2WsxNNN5PO0ybyrB0GCyYxp7v&#10;pdZVYf5spv5Pzrb46yji6XCv+mRp1OF7nifhVbc8R1fe/JzEcyq3oc51ZoeAPkDvQ3zxStOZFE6e&#10;22EOGZ8rK9iIYzaj3AZ1q+i+ZVU6nXVICXVvE6GbeVqOPBCEgd6dkNgU50RrtMNwXByB8YyKkjMN&#10;lznZ4ZBX3Gj0aEApPI7Rjm/xN3D63ELKrRnqNizGLTOPvI7aOLOjhfvI5wje8n0PnFPVqMN448D0&#10;0Vm067bpboeBXsvhkw3HuXlxueya1A4DwrQ5Lb8DLZsDtQg/tSoPS3pyNhS9Zcbk6sx0aOlubSm5&#10;cVFZVIdhdPAunHYbscTV1pPrdJkRdd8WfxHyhjuN+sVXP8p0FNA0byPH6TAJ2OHoxBXVyNcO82ZR&#10;JU1LNQPgZfyp0rjWrwThmvcYY5qhPZOxNuUizaxDwadlNjrficxlOK7uAd3/ctzp99CQCedQvWdR&#10;EuT9LxZ/EWjEso57S4NiGq2I18jQY8GxJy187LTG6gN407XD9GwXcTkMprY4N7bDJDh6uZAm4xgc&#10;b2HM2AiAQhUHMGQUQYc5em/hfurD0e0wXZm77DzzYokP2eMc9zqe+7b4q0Aj5tVuJw2qHWX8/pfH&#10;beTYDhMK+mjhvlEP9hCsSR08Pvs37TBYWc5PCkq8oihEu6YZw0Rav5J3J0K3thHK5mk8NPS4zidM&#10;1T7fnjtkUseWMivzeTrMbTgGcF9aBxYjsb/Ju6vS+18s/iLQiHkthkuDKr79/n9xGxmfABx70j7H&#10;gqETl7pAwVAKc420tRLMhTRFOQkBUaB65HzzCXSqbwt9miMmy0KmXMvpMBfgmDFw1q7Z7n3/+tsf&#10;9Phz/6UjF98R979Y/EWgEcs7T5cGffH1T9wdiPEaOabD7KVxzGyQ76S7567NzIdyIKUvHXt1SgMT&#10;k73X8h041mzCdxY3t0Xc6TCHIR8qEuU8sNX6dZ+UUnXfeWKuBGUt/gb+w2xfOQwIOruAHj9wtliZ&#10;goa/D7sU9SGedlCDGRBn8Gk6jD/ongvZyC1LyqmubXs5hh7vg+dWSdzbOfhUoc9jOo3Wj7rxCXr8&#10;QsNxinOCXyB0OswQ5GO63sLZCAed3xW3PU9vvvclfeXsMMgq7ihqEyhr8TcAXdugo5Z5zyMN01Dd&#10;DD+sl3xyvkTZfcboW27MrkIvBaqYiANYecZMRutA54D1hbLqdnIMcf4zl1ZL3NsxSvrI4qCQpj2Q&#10;b8ZLUA6Xyhk962UB8jrEPR1GNslhI5sOmo9eepd7D0pXHifX8Dpvt/iL+P7/zjDqAdB9+eHHX2V5&#10;AOJ1pGWXD6DzjjAK2VCKUsKx3+f7EVtcEQf4+CTMkHSLCjjMTTwIzqkaLMeQ+EJlEnHtGHunpFOL&#10;Ua2o08zOqMdNrwgmUC/TQeCUXPA0dzYOdmGq0vvAuAZ56ECoFwQdX+zT9nJK5HMxr8d8i78Kb2N/&#10;9Nl39OTz77vHnsbORwiC8I2PI5AAD+qSIg9MgXzdVqv6vNguW9h6DI0eZPRpkKcdo11CmPwBP3U7&#10;qAfqcdOhO4OyplZBEBxs4vaZlJUReB0DXHymsMLNeS1gvwb17nXI1XTXg6+79w5KSjc6OaYai7+N&#10;vMwAlTkD324jl9AOUy4QfZgOwxZJWnee5hbw2zxqYDpdwVPrvIyg7D+6Y1kFOWtJ9TgGKguD72qn&#10;AGHLLR401C3V2gI23WvHAPFpFE4Liw1gTUO5mpLQp6ZWwb5YOtBP1NmHFNFB48WCZndsa0kr6CjX&#10;w3YYhMpd8JnC2AdbWHCexYZBPsTw+pBhl+WVNz+lbcY1bNnAAxw/LEPWY7LTAtDdBQKTRzTWM/F2&#10;GFBljwNlwxoGvdJh+h8T1WFgjp5Pc4+fK6igZXMKG9WLlW4n6ruTOwmWBrDWBBNpuM4Bx95IEw9c&#10;LpYfPv/KbOtFPq7Jp4TMmRYbBAdPyKGM4u7SyKrH690gBn3fHQekS4fJyQxe5Jzmw9vrRF3gAVX1&#10;nOueC8IUu7LnHHl4OPZ2GBDGMBrvlxyJN6NpU292EQi0w8CqJxYxB08wnXvgbme4HR1bZp3OssKc&#10;ZbEhUaaLd3WDTuS31IjWvRSvw9x+qshFHjFHvpvxgB69wEyd10baOU7JkKWFKII/A4TOJ0fgKI27&#10;0A7jrVPNjIyefpGEC3m6b3cMbERgxpNZ0jvqIXhJO8zJs6I+Fy0xQOUwgekOdBho+8c730voLK8V&#10;VtLAxAhN71JJ5xcbFQilXXm89IqzsIkVcA66M+3OtEdtaZjidRgvlXfdT7mLxUbEHl4VgVjSDgP7&#10;u9ih6JwDjO1vLF22wcxFdwJgT1FTViC8nQN0ZU4RFecliOwG5zr6uz7oBHMwk+m9zrO6Ih64fWkF&#10;XXdSpewaiFc3KD9LOJLUYbERMXWnLOrSOj3uQ+jGsxTot1R0myWzHucURQ42yU8ckQENuHrspT7z&#10;4EI6Yk+z+W3aqCwZU2hd2lF2HWRWqtERW5bLDAi7JoElWOXmMCe/Y/6qjtM7IQ7Pa+f6E5LohsUt&#10;pMMUtNmVuWIvqu57pFs3BtkOd7G27zYBRN4BA4Ro/HimVEF5LUZqh1nghIJIyH//W8yleCb1gZOk&#10;mIuHiAEqzv+o2OwmQFq3Nkn3OGWwMe5+pBXlBN9xkvbowpwlpSDld45DteGP2HtR8vnNp/DJi6sp&#10;vHafBRYbGIuxByn2gXiJy7xnigrebrFDSwomyvRYdGwZ+QXZgTVFuSL/uItJ9j7xbGnNYxdW0/mO&#10;9JhxJ1MEW18h7+G4q9+iSEgJUUJE6mmHa2dXDqJIhszOKCWnjbvIiWMoYt1hBuIWmxLh5AJ5CLAD&#10;o1wBBgsdy06uoA5Iyk6ihOQQlfQtpV5H9BHiZLXuUHTM1Dz9RBTNHJ3Ng+YCmr93nnymoOeLKXTr&#10;yvDjpriLn/wJ/j/KBlasKegkwsF8pgm4DyyWHr9fC1q+wEh3QSm5bSRER5ezLTY9yrvu6z4QyGgw&#10;VnA6jHQeU6oBZVtVuB0GVL29lA1v1SX5N4w3OA71St/FR5WsWTDdaOqtWFi6+ljPAqaDwckFyZRW&#10;YdzaFHYtpJLepdh/5NP7iUfVfQ5HeXcfk8UmRH6rHamm33yheA8HxMXU5Uxy5ZBqqh3ZglJKZCsH&#10;Ffcslk6T01pkKddKqaaBKbkX1GKnlnJ+j0N64fx3mfZkutzvDwqHge4LCHGoeOIc3BO4IcctNjGk&#10;8TElzm+5o1hAiGRUyOwD6ZBxoIwp6ssqH2Q4CzoMOgjUFZTLKKWXp692ysciXNDZyHW6z+2JsIqJ&#10;0pm75LTJpZRCWdykxGwxJeLuINhtcNoPsGSlnVc6C49lcL9OEYtNiKgH4SVnLBI1hmE8UbF1JbXb&#10;o57ajm9HWa2yKadtLnU/qGdUp3FWpKNQOqBMlgXq9+xAKcWplMvncfJFdWPbSKfheNwOUF8b/iS2&#10;wyg5RSw2FdQMWE3fI6ms8zTKrR4sptrDycZuHRfZzpRsEvmp5anvdJjaSTpK1wO6U9f9u0u8x6Hy&#10;iXFR2q9MuEhiluw5Am0fSg1R+6kdXe7SckwdRXIjMoZhtKpgDtehTaHYyovtLKGI0fm12MRAZ4l9&#10;GCB0GFjpLm43Hg9mP1O6AeAKXq4Sj7ofLJ8eQbc5PajnYb2pw/RO1JY5VN2urZEHOzCU214Gw0oM&#10;/xd6H+i86DCZpb2povtsKu24F8qcZ8pZbB74g6uxVTZeh0HcsUrVlB1cjDfS8urzpJPUT+kgnyzt&#10;ND0P7+10At8qJ06BUIBCPD03yS60/t/1Hjj+ItMT6DCSY7Hlwvkk7Zxbuz1llvVF/CvJiAOMWdAB&#10;8BlKzEyk5IIUqt3RzH5ASO92YA8Kp4epZvtayqjKpMzaLCofKOtIvU0tBmkFnaSz+IOyfIAB9Jm2&#10;wzQDOB0mv6r3ofq269giFkcyrQpnhN1ZU/spHVF+KFO6zIgCvreQjsKM7zDWqdutDSXliMRXVSaA&#10;G5ioqO3uSKfKngcjPNZ2mGYAqGVy8Ip0Fr9RwE7KMPuiOXosjgV+GXesqh1Zu6bDNFk4FO3+7DY5&#10;/4vkN/hwBDrs3bEpbX54zTd1+xt2I3Aa1Bym2A7TDHDtQrNOk1s9lGdPQ8WQIh+O04eZXixTZ/2c&#10;lAfCwe+d+Ix2E+uRF09zv7DDtA6nOfFgTuW2VNFttreDiAFGxjNMugLd2XaYZgDtMIwPPQ8UeLS8&#10;y0ydrWySB2k7TDNAzOZ7C4t14hMntLCwsLCwiAFmJCOZCuXIxAeYaLNFRye02EjwDkQvdsI1TgjA&#10;Qjc6EfwAoOxAJwTg9RV24uYyIU3TEcIY4tVy5POVMC1mgiUHrFZruWuYPmTCsVhWiINWTFrfZ0iI&#10;wRimHUxUoHXD6jfiumsR93kEk+YjhCmSZCeeyQRgi+0Spq/lqAFeO70TmeByB6R6yV2dEICOji5L&#10;dGNSHWPgISdsttAGBLTDIE3ToW2v0DQNy5wQAHdSxJaDEna8emBNQQGNOrG4yUAnUv1eQMsD3jgA&#10;qa6mbcMUr2zsOUC8cli49EIl0UcxaRl0BOgZK7QN4GZnHxOVDoMlCO00Jzkh0uPdS7OC9w94Owwe&#10;MDhNvAeNtxIcw3suJKijTVTSwU282nBIO8VE3fO8HQbQ9KYePIDO5wXy8EA7MD3nHCs07k1TIC3X&#10;oabK6TE4ITT/ID0GRxvEFA9aXjuKHmuHQXvCAdi6VDy2aHi12VTMrn80icnbiE3FgbVxGChhA3BC&#10;AWg6OoxYqGLgTQX7PlWOTGfTNaG1XVf9R2o6Pk/ilY2hafgc6XUU8erE9UR32MFVTGkmKtBy3nOx&#10;fUU5EToGnHlphwHQSSabqLxogPf8ZgmMH7wLdtBViW1gcBCk65iglxMCSFcCYuNYTLxPjny+UUze&#10;PLiouUyOzJhI8wDEBzshyrgGghxg0K7l1WcBOh7SipxQxx6o+yWmY+TI5E0zUYlrPcVMcLSu/1PT&#10;AcR3NFHhllD9RGeILaOkgM8mHNfIUeN8C4t/N+CcU8cnfwcwQlhuon8b85jamujfBurBvemUHGOM&#10;8SZqAeC7qqRsGaxf07zQ7+3+Tgjc6ITAj04IxJ6bxeRN07oWMqndFUzXUQaDZN2QhnEVpp86vsJ4&#10;JrbuW50QwOfjKSbduqLAOSDvOE3TYj3xe8cVGLvoWEavi+l9vPqAk50QQL67Q4GBcdsDTFoPgPOR&#10;FlvPFgvcrAIyFMgVADR6LOAAy7sFtSeTt3Ex4MM0GHjQCRW1THVMWl5DjCvUI/79TghgTBLrZib2&#10;XMXlTDqYRp73ISm85zRVjwLpUIUAwUK4dhhveYyBFJqO/+Et01Rc4RUXAM2i03g7DKDyD4Te2Y4C&#10;CtKfm6hwFAx4Vf6AdLBvbKCP2lzPQIcBIPhD46kpdx2IwjPscSbqIraR9dibjmk34E3Dm3y6ibrw&#10;5munRxoGz+hwXnjLejmMNz1eh0EH2IMJg2rAWz42DkGfNw2IPd4i4e0wcM6piknxOIyiqT+qSk4Y&#10;4+i0WaEPFoDsQs9Bh+lnolH1Qg6ETguupLjCCbWcl2Op4UMvp/HCe6zx2DIKb/r6dBisvENGpZxN&#10;Pzne8t8wwWk7oK4K72DKM1GBa31iS8YMJgjeVKAEQPil6V7gGIIrAPmYdgKIz3dCRazPaeQdb6IC&#10;LCsAc5i852EMgGtox8VnD8f60A5nQnncyyImnA+go2A8hM+q3qMCyxE4Bxv7sbyhQBq4Gs5TYAqO&#10;9BPkyMRBENQhnMqEe8TSAiYAqBtAnnIWxLUNUb+2Iz5ZuDdvO8CHNtJUG9DCwsLC4k8BVhAeY9Kx&#10;x/ribCb9tCggbYWhQkVT203+DFTsHounnVCB6+ryw9+FrohbxMArQ/iziKefsil1Vm53QkVTHeuv&#10;wrtuZOHAqwvSwwnxZmEQ+ywT/CvqOk/s1BrlMPBLlSMDqBEkMmHQivUYrEBPYoJOiVf4hjJYHYZU&#10;17vyrYBg8P+YMFv5mElnImojDw/TO7PBgB3lFOAQABZBUQcGqhBK4v9gn9Q4Jgyw8R9wr1jExIIs&#10;AJszuDdAdWoweIYd4i+YTmT61+7X3tUJIT7H3uThTJVMy5gAyFPQYJjy4iEDsOaEKSdkFMjz4hYm&#10;dBCdFXn1RDADGcGETxmAmUrsfiTvZ0ZXk/W66IxYTFW1DE3HqjKAhcVYKW/sJxH3DYEaOod2dNwP&#10;ZjVeQRs6+gEmKp0Jn23gZia957/DnZstoCWHqSDQ3wnRqLqWg4cab10HZfDgIMBTeYVC65FdjQx9&#10;8DpGwnl4Y/HAsHzgBR5GNpNqyenKstbZjknTvMAUGOeA83jVFvACKOfQVXiUVeGk1os8zUcelgsA&#10;iAEAGDQCtLyGFpsB6JQbA1i/ipX6WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhY&#10;WFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYbDLAdwpsdHqt1vzbAWMx/2WCZSB142FhYbEemFse&#10;TKBsf4AuzCqgq3OKaHxyGmXysZP/bwTMda2akJJOh6ZlU9uEMIdZ9FZRFdrkSSlhYWGxTrzCRJ+X&#10;1NBVzFgeyi+l/dIyadukZHqvuIr8jc24/RtQjv+dEwjQN6W1dGl2Ab1RVEnXcPsUBIP0NbcVl/k3&#10;M18Li/XGf/AShfiFQQg6LD1bvtSIn5WVL2HYvFBeh7T/ZMBpjvzvFgkht10m82jmjrwSer6wgs5z&#10;2qUoEES7wJGdhYVFHNCBPPR/jb/QeGFe5pdHX6gbc4upNJBA7zKz6R1OkrTjM3LwQsV6Uvongsby&#10;NPHJgnL531/xqEXb5WZulxJmLB8XV1OWM8pZmJGLdoGvYAsLCw8uv5inACMiKSJ3edNhNLEU5Bfu&#10;C37J9Iu+b2omXqhYW/cbCvD380tqxE8Xzy+ml6+upTeva0Hv3NhSCHGkXX5sCYVDYo0aZtXVKvaG&#10;wi9PM3PB/5yfkU3vMzOJbRMwnQRuF4TdwomStkskFe0Sa2LewuJfjZUVwQR5UbL85ouMUQvCZ/gl&#10;wwhHX6olmbmU63y1jzNfbdDfBfwq3JOVHqDzjyhxGcmLV9bQniMzKS0lgZJzWlJu9RDKrRlKOZWD&#10;KK2gI4WS8+T6JXkJNHu3bHrlmlo5745lFdShRSLy4BhMrbf/WWAljYqDQXqH20LlMUq38ShmttMu&#10;HzLzeYlHfsl+vxwXc1vyuV4nZRYW/3q8hSE/DwNor5R0apcQphf5pcFX/IH8UnmRb88rEVkNmNCQ&#10;xGRJY4L/iz9rKR+uFa7PywrS1SeURjGUWbtmUyCUTJklvajFVsdRy4En/CXKKO5p7nlZuVv/vWdV&#10;UnpKAK4+vW4s14Vfni0spxSfn5K4vrpImHqnRmhQTjJ1yUqirLQAFaYGKSnsl+sVGeYCshb+LSxi&#10;cPRhk3Jp3pQ8WjA9n848uIhuXFROty+toDtOrXDDC+eV0KlziuiQibl0wj4FNGabdLxQ8MmyPji5&#10;e9skevP6hinPsN6plFHS/W8xlHVRbf+jKTG1mEYNTHOveyLfO9/P+vi7+/ig8Tl0z+mVdM8ZlfTE&#10;RdX0/PIatx7Qayta0PNX1NAj51cJIzvv8GIqzBZmM91UYWFhkd6vYzK96kw1rl1YRotmF9Ihe+TS&#10;jJ2z6GAOQbswQzmKmdBpBxXSQ+dWStnHLqim5CQ/FNGaAkY5bx+9d577Uv7fmZX8Avqpovv+cZmC&#10;0la7nRE3HQR0Hn4Kvffh1zRyrwskbeKc5Y3KxRKYWWJqKc3cOVvu5YIji8EM4G4vHjITQ76VFzFj&#10;hdxn7oQcOnZavjAb/S+gV1fU0sVHFXNbZdOCGfl0w6IyGjcsAwLxWAdaFhYWpXkJa7wv0Ns3tIgi&#10;bzoXXxtzgRyEXnC++ig/fXQWZZb2ivvyg8bMvIQuvOZJ9/jX3/4QZuItAzpn+WP02HPvSbz/LqfT&#10;qlWrJa5ld9/vMlp+87Nu+aaotv8x+A/0Hx6F4B4jiTLlycHNxyI7PfCLtx1uYkZyxbGlQt70y44u&#10;QR1TzFkWFhaNcPjkhhHHuqg4Lwi/o17AOe8f7Vsk0Vv8wqHMDgPSKK/FyLgvOejW+14V5vDeB19T&#10;71Gn0r2PvknD9zxP8sBkHn76XXr3g6+E9Jwvv/6JZh55HbXe+kT6Y+UqGsEjmR9+/JUmHXQlffL5&#10;9245UK+dltHP//ud6oecRJ99+UNUnpdSctvQkgMK5Z7njJOl+c/lHxlknsHTR+9/B2EK9ShPkWLT&#10;ufxd5jQLC4t46PzAOVUEwrTpqCn5dMDYHAlBNy0up4fPq6KT9xOZRmtziu8srOTgBQNz2a5PGlV0&#10;m9XoRVZacNo99O0P/+PpzmI53nrcWcJcEH/mpQ+F6Sw49W765dffadT0i6LObYrG738Fvfb2Z8KA&#10;DjnxVknT6dZ/P/qaHnzibbds9x2WyDX02EtZ5VvRrttmyH95jadB4ZAIceGz+NADuR322C6TCnOC&#10;lBIJUGqyocSQn7bulkLHTS+ggpyg1/O4hYVFPIT5pcFLlp0elPD1a1vQzlunywuVFPbRWfxV12mQ&#10;0nXMkDIK6uO+uKCPP/ueVq1eTTvPuFiOX3ztE9p2wtnysr/+zufUbvBJPOL4jfY6+KpG54KK242j&#10;6vJMunR+CT3MowfQzYvLqE+nbMpr2Xik1GrQiXTS2ffS7rMuo4efeoeuvf0FOmLR7cKIZhxxrYyc&#10;UG63fS+Ve9gz5rqVPeYwI/HTYxeakQoEuwO6pFB1SYieu7yGnl9u5FegeXvlS3jtwnIwpLjTLQsL&#10;Cw+CAZ98naGf8vq1DS/TFQtKabfBGZSZGhD9lLSCTlRcv0fUy6mE0YnGf/r5N+o64pSofEyNrr/z&#10;RYnvss8lzBQa8kBlnafT7kNyROHugXMqqa4y4V2+tXirWNl+v++Bi48yujXTRmVRdsVWUXWBuo5Y&#10;Qn13Pk3iX37zozCVY0+7mxadez+9wAxv4Vn30nMvf0TbTTZTtVgqbj+RIhmVlBD0yXQKK0q4HoTB&#10;SMOozzIZC4umkR7w+37cZ4xZcQG9wS93+9pECobTZQk43oun1G7ISbTk/Adp1jE3uGkYlaxevYbm&#10;L72T2myzkNasWUM33PWS5GG0ErsShGukpOXQvWdW0sVHFWJl5gBza38JCzu2SlqF1bKJ22dSTtU2&#10;UdcCzZp/Az3gTKEe4pEO0MXDCKcdtkIEypdc97QwQMh/NM9L4Uie6Mq8dJVhxk9fIqttYDYjzK1Y&#10;WPx7cU/v+ogsvypjeeyCKirOS6CCutFxXyilR555l774+ieJ3/3wm3TQCTdLHC8jgBWfw0++jR57&#10;9j06asmd9NvvK+mFVz+OqgNU0W0/6lSXJKOCbm2S8GJCw3ZDY++rji+l+XvnUXmXfRrdA6j90JOp&#10;lef4/ifeomGTzhP5EJjMh598S913WMpTvu/olTc/jTrXS1W9D6VwahEN79ugj3PLknJKDPu/4/vo&#10;aW7HwuKfjbq21UZAC8LSbRs+hs5KU9Me0PA9z5fwd2YW0w5fIVOddz74ij789FsaO+syYSxadskF&#10;DzI9QN1GLqEP+OXUdFCLrY6n7PIBBJ0cXH/CdhlgLJeZW9vomPXQuQ0rQfU1iZRV1j/q/pSWXviQ&#10;hCqEruNRDLD3oVdLiJEP8j/67HvqMGxR1Llequk3X6aVmFJhZIjr9ukQwX+eaW7JwuKfhdVvOZq2&#10;x03PR0enmr7z4r4cSv/75XcJMd3RNIxKph52jcRvvOtFOcby8PgDLhc5R5ttG8oqZRT34K+5T6YU&#10;4QT/J3ztiNzRutGC6Ucmgpyoc12EpuyQSUN6pkgc6UzYGPkVUwrTn0GvGaOz6M5TKyi7YlCje1Y6&#10;/ox7hbEoo+m2wxI3DyOgSQddRSt5WnUfj37++9E3TU6rQMUdJosuDp4BpnL8nz5z7sXColkjHEow&#10;HRu0Q/+0Jl8qvDQjp1wgL9Mp5z8g2rR3Pfi6m4/l5Lkn3kIz510XdV5TlJldQLctrSC8zHwf7c3t&#10;rB/8Pt/xmLphJUfvfV2UmyG2XP4sCob3TRVFusMn51JmUecmZVBHL72Lzrvycdpv/vWE0dz9j79F&#10;jz5jlAJBO029iL78xkwjMeLT9FiC1rHfH6T/8H+7/2xoP/uOMLdiYdE84b6EC/ctoPKu+8bt+I8/&#10;+19hLp86ymzQvAUgq7j9gdfojXe/oLqYFSBozGaU9KD8rCBdf1KZXOOZS2vo1DmFa9JTZcRSb24h&#10;CjP9fh/lMEOoKAxRZZGhotwESk8NwOre+ygT9PtO0/v20gvLa/la5UKxecvmNFaY8xLMQgzsmkzM&#10;dDGCKGWKhwtSU/z/W3FimejJ4Lz9dsmm/JxkKusyI+r/n3zOfTRo7Jkyynn3g69FeRDCY2DphQ9G&#10;lY1H2RUD+Z6NAiBfd23a0xYWWyy+2ZdfEHRihNV9jojq5JgGrV69Wob5WO3BNOj2+1+VrzVwxY3P&#10;ihDXe04ko4rOPaxY6sQmSR7yf8TX6czE/GGtOFJXYEDXLyyjdjWJlMGMhfOEwHygm4P0k/YrkHIY&#10;ySyeXUhVxSE6fqbRR4lHqBvL7ohD1jRrtxxRCtyeRynQ84ktD3JGEYtxc+tABdM5YIZPXVIt5x44&#10;No8qus122+WyG54R7ePzr34iqr3WRVnMaG5ZXE4vXSnmO7PlahYWzQQHtCwPywvRqz4St4MrnXHZ&#10;I/TSG5/SsEnn0sNPvSt6I5pX0nEv6tshIvXgRd6qSzKdeUgRXohbzGXWG4dgFQmCZ4wo9EUHMygr&#10;SKDT5xbS3adXyk5mhGcfWkRzJ+SKJm0Fv9x8vshlIERVAS4Y0N47ZlFNaZimj86Wuu48tVLOh6xl&#10;yYGFNIKZTF1lWPYY6TVBFx5ZLNfiev/MFoB03AvOb8f/A9d5/MJqSsqodNvrwSfNcviEA66gw0++&#10;ne55+A36/sdfJG0PTtNyXopkGsY1YZgIwi0smg1+QceFWYaavkfF7dyxBI1Y7zGWsi87xii5QfcD&#10;cgvEQVz/ueYycRFKjfhWD+2VKjuuj56aJ+e2LA/BlktvJoL5BNSD9AfPqaQBnZOpe9uI0H67ZgtT&#10;gKAay8+wOwN7LWlJ/i+kdg9qSzHVElmM3OOx0xtGO6gbdXjpvjMrZFsAl5e6UiP+1Y9eUEULpuXT&#10;sgMLCPIZTr4QefFQkJ0gdXdsmSThwn3N9aCBnN9qx6j267njMtEPUn2cpgirbhipoR6+hN25bdE8&#10;oJ0/PS05bseGBu6Hn34nX9gff/qVDjnJ7PfxUnFRrtSBkQZCJSjM8SUONFdqjONnFlCApz6hUNQL&#10;c+Wk4WKq815z2AhlTNOYbutTn/w/bEjctkcKjxjC2Auke6TWBrgqWQwLeR1bJMnGxbRkv9ir4fTX&#10;mK5lOpwJSnKtmMLta5NERsNxL/4DmzEcxn3ZczPNVgtlMjecXC7TMzApHKdll7vtBxyw4CaJf/LF&#10;9/Tx59/TF1//6OZ7Ce2F81OSAz87l7Kw2KIx70FnShHJrIrbqS+4usGkgtIrb34WdXzdSWVUmp9A&#10;nVqZF0rpgiPFnEGsRmufUmZGHNKzl9VQKMFn5Cgz8mWkcQIzHoxYkA97NBh1YMSSlxn8jl+wVzn9&#10;EqZeTOtCCdP3TJVytP7AJsdjmB5ner5FSfgV3ANo7oTsL5MTfWu6tk6i8sKQjJy4DLSOYRI0CpAh&#10;oQ28TAYhDFndvtTESzpMlvYDY0E4bv8raOXKVdRjx6X0/sfRukNKPn9QjHmN2VqMgNmtCRZbPL5V&#10;UwuZZX0bdei6QUaXA1qs85fcKUp2AOy5aBkIJHE+XkLIOhC/+nizgnTMNLGrC7MOitefvUy+/lNx&#10;EAr4Hn2Ov+4czWZm8wleHMhS+HhtGr39mN6uKA79MG5YBp20XyHdtqRcRiQqwzl4XC69UlhBaf4A&#10;1Q44hk7Yv41sXLxjWTlNGp5BPMr4hev4hulT1MV0KVMRU1M4xhldYXqUCvlKUU4QzA7oW5KbQGA8&#10;HB9lkny+RJ624V7GDc2UUJkM7BJz9juI9+3Vzm3H9SUIka9y2pfreVMuZmGxBeM3dFZYdCuPMblw&#10;6kUPyVcVJhG8OPXih6PK7btrHp2yfyGdPreoEZM5ci9hMoXmUj7fhO0yvnC+/uopYCxGMY6sZG2y&#10;G19KxDcLshLUe+VxpTR/Qh7N75kjBspfb8JjApiM916VKupH0u4j6+jsQ4tliwTqVGpTHcboJx4C&#10;fr/vWVgBhLCZR1WYnnldzZbD7jCHcM3Lhc20pgkm4ztmaj5dc0Jp1H0tPPteevWtz52WJnr2pQ/p&#10;nkfeiCoD8gfCsiEUTJarAtO1sNgikY+lYHT8zLRgo46sBM1UMJuOwxY12gGdlF4mGqkqi1Ems3iW&#10;WVYeP0y+/rFYk54SkJHPExfLqKaHo0J/iuQaJIeDvmEcKoMKQgEOdYJgPiIeU4mlpphMLPkDRpiq&#10;xNdTOUtKMOgbzmGsQfGfJm4vL/jbMG2x+xCZutwEm8ccno8CjFdQlzIZMDSE00ZnQfMYeATH+a12&#10;cu/jzXe/iLqvIRPOIWwe9aYpQUnPuVeQhcUWCXrhyhqx8oblZ+28UBi76Z6XaLtJ54k+DCzIffv9&#10;/2jQ7mdGdXKsKEH5DIp7XNdL6PATtjMv1EETDEPYtocIU2Nx2GVHl1KLsjAdxowDui2cpqOY9hCm&#10;4lylkvwGT4x/ltaXyYCgMOhVQNyqZ7QSH4ynH79PPla9XI8LgYBvNw6eLisIibmLNpWJK02O4EnI&#10;ThoxmZ2ztMwer69oQcFwWtR9YC/X9COupV33uVSO95l3XaO2B+F+IbO6/2xZXj/HVGlhseXg5vlT&#10;jPnMYGJGVOdVfPXtT7TPUdfJFoKtdj1djEVpmRYDFlBORoDeuFbs94JBrEBdsUwGy81yNQ8GdUuh&#10;/p0kvdGGx8MmNZj0TE3204XZhY0Yx+5t0yUfKzVzRudIGjxZQicH6WfxVGZUJFXS18VkSjtNpXxm&#10;llgajs1D2thRPWjymHr3nqCf4siZYh3DRbCEDobtHAOnQbkPnhpwrjKZrnWRP5x8H4ytHzM1L+q6&#10;F614itv7DDF9scPeF0ra8pueiyqjhJEk6sQUzqnSwmKLwFC4G0HnxCY87wum+5GwmfGZFz8Uu7dt&#10;mblcf5cxGqWUktNazue6dOg/H8fwVIBwqy4pEsKGr5OvmHHtSWViSc45joIyGawmnZFpfEbHEgS4&#10;0OiFjeHrjymTtKpgyPWgAFofJoPNmFo+FE6MW0ZJ/9fyBa7A1SvMFhRkB+kAY/NXMS4uk2kTcd31&#10;+n2+75GWXtjZvRbsDMMolh6vbSNlZc+DaLYzReXqnjW1WlhsfvyBTgnfSLF7bABo8mIJ9ann3yfY&#10;SBm//+VRZbApEP6CYOGN64I+CSBMZsF080Ipk4FCmpOv+PDGRWVqD7cRakqNbOSVq2upbUI4irko&#10;vc2jlqVZeUJnOs7rQctzitz0m3KLJS2Wyfj8CZRXO8I97tkuQhcdVcKM1vhyKqjbudH0BaSM4ulL&#10;q+mA3UW428hJ3TbdU6gwJ+r/1oLxxTIZTv+fyRa0Gjc0Q2whtxhwbKPrKsHWzlff/hw3z8f/EfXy&#10;NBMMf11bNiwsNjpCuw02043YlwnTIggZgadf/MBNV5soSh3aGGUyrgvyCcUYGBRXJlPIX3WnzFsm&#10;28UvPdvJ6Ob/zGEjDFd7KjDdCXeuykSUIOfBKhNGMnedZPIxkoGzObywODfeSKa4fqJM75CP88HI&#10;QBrX6+IYHgn0PCyBYx/S/51RIQJnvsemHLHJ9Z04UIIl9ThMJlaJbsVLV9YSDIPpNQ9YcKMoQGLL&#10;wYuvN2zd6Ly9MajuJTDGG52VK65rpKnSwmLz4Xjok0AJrjbmywlh4w8//UorbntejkdMOV+G7t4y&#10;OVWD5UU71sglvB26jZfJwJC40+mfMdmCwE5bpYviHcf3NkmNUZAdkFUX7GzuFDJO6b2EfVa1ZWHK&#10;4mt8XGKc2oPJ1JaGpe4x6Wlu2diRDHYzV/c53D3u2jpCSw4ockcykDUVtN7FzQcN7pFC2E4Acwt8&#10;e035rA7uPCiNZptRjiIbNodvXmwYgIfJxLqH8WErBPK8TuweffY92RumjB/WA2Hq03tvIIyAerQ1&#10;e8bSuE2cKi0sNhueRGeEi9TYznrHA69Sr1Gn0g57X0AHn3iLpKlBbaW0VDMN4nq+NdW5aImNhgeN&#10;N7ILD5O53WQLQoO6plBP/mJzfCeTFB/YF4TzW1c1ZjKH7ZErLmDP5SmbjmTg2B+O85E+fVTWeslk&#10;MALAdAYjl0hm4/YAw9GX/0UeaeC2zN3FRXjXbdPFdCfHO5gkXzr0j8BkoLx39N7uCLARk0lN9ou5&#10;ivyWO7jX33HqheL+BZ4bFJ9+8QMdvNA8Gy+1qjBWDJ29VhYWmxVfoDOC8mq3a9RZlaAPs+u+l9J5&#10;V0WbIzhyT8NEuJ5Gxq8vP7aUDhxn8tWqGycvM7mCMHZHgzj+vElqEsEnL66mIT0Ns/DSoZNy+T7y&#10;ZLrUqdQwIYxkDp2IndjJYq5hj2Qzmlkbk6nsOQc2aSjg94tsKnaFKcD3iY2T2PjJ9zORqZGwV8H1&#10;XAITGWcfVkTtW4RVGB6BO9o4TOY2k92AguygeOP0MhkQRjEwUg4zG4hjEyUYjbcMCEa7cD5Cp0oL&#10;i80G6YwY+scymcXn3S/ha+98LvZ4EVevAUrD+5kRBtcD/ZAogMmc49iP8TCZfUyuQKY62emuXRgv&#10;et/oTCtAmCr1bh+hj4rNdOiv0tqYzNoIOigDuxj7wpcebXaXK+07RqZEsIvjxTkHT8gVZcT6WthC&#10;NujfOXl9mEwS9F0gvynvul/UfXz3wy9RxyDoLMWmKZOBgS+nTguLzYaV6Ix3nVZB5Z2nR3VU+BPC&#10;EN1LcHTmLcPn64tyn9TmwYn7FLhMRp2+cfKOyAsFfI9giXf/3bPlhcMSdGKoYSp139kNjumLcxMo&#10;nFLgykn+DnHVcZnP+tCXJTXUqiAsdezCUyEIrLFbG/cImZDcOP+1bbun0EXzzP8GQUERwnVkdmkT&#10;WYU0eNP0MJnDkOfBFUgPhxozxOde/pB67rSM/o+nTTfd83Ijn1RKMHaOOhISrC1gi82Pt9AZ7zmj&#10;MZM57ox7xG80fEn/8usfYrcX7kq8ZeBbCefHEzA2wWS6D++dunLG6AY/TSBowjr52O3sg+4LjjHl&#10;CAQb66xUdD9AVo8grE6OJFJyWr5oKbeoMCtk8OIIh2qIZxT3dHc3c9VxGQhoUabITyjA9BkzlHhl&#10;QPfll4i8B/fXoYXRL0oK+cWA1U5bpf0R6yFTibOxY1zUBdbGZPp1jKx1CXvMPpfQxdc9Lf6564ec&#10;3Ci/uN14GfnBUBhXB9MUFhabFcthkxadHQp13s56490vyXwf8/6zL39Uthd480GlHafIZkh8ubku&#10;3YUsgMM3L5O55ZQKlGk7tFeKWK67/NgS0cY9cZ98evCcKtFR4Xz58k4akf4RzoMglg8bXbes01TR&#10;UQGTuZ1f+N6d86muRZFYrEN+pzbZRu+Hy6GetrWpko664jGO7ZOSKbUkjVqNaS1lEpITaBinxSsL&#10;wn9GvZjq4Tp8ju6pWsJ0CfSCOrZKEkE1VqM4Da5M9mT6FefBrrGHyfRlUrSFpjK2VkDQ7P3P/cac&#10;JsLe3/9YKYbIDz3pVtk/5i0DGtLLMH6ua7Wp0sJiM6NFmVF4G9AlPaqzdtp+kXwpoc6uKxrYGHnZ&#10;9c9ElQuEjKwCglGnSl9Gsv9RvGixlJcZ8CqeFTDhHFAmErw4bHKuCD9vXQIXrv6oa2YVtTPL7v2P&#10;kR3eRW3HiZAUCoHIT0jKFMNViMNIeFp+B4lztY0YxrtFsteHOu/ThXod0YfqdjWMBnSjo8TnpWkp&#10;RvcGejLwa+33+9xtAR7UYLMphyB149If2ypi26Sv2VIBw1nAZai7urSxwTDIY2ALGLjy5udE8zq2&#10;DDZX4vyrjy9FnVFM38Jic2ImTFq+fFUNVfQ4MKrTDnecs51+6SMiYARge9ZbBsN6LNViFYfrkhfu&#10;QkcmAXMPCM929hFBiY2zxdo/v4Q/Y58OjDjxIazbxSIwezczrTpl/wIKRXLda57Aox+k+3kqBaW5&#10;gT2KqXObXMIKFPIXzCwTQTE2OGI0FEgwim1cZyOmUZdg7ACDuYDJ9DikF4XTjOzlipyiRuUhvMW1&#10;Rw1Mo7FDRNkunlbtebC0l5km00ixlVOUlyBTJci/EELhDyFWrNKTfYeiTO/2pu7c2mHufwU9+OTb&#10;9NIbDUp4IBhzxwfAmwbTEjifqwJZWGxRuAIrTJBzeJdu64eaOf/i8x+QpdO22y6UvTPvffSNWwZU&#10;wtMmvOww+M11vc5UfeK++TKt8FJeln+BXM3nO2rSCLN5EoLRM+ZGbST0IkmFqLCyV9RuvFyvOD+Z&#10;po2SVR3J23mQmSLoC4YQtmsy8ox8BNM2CI6RF8s09kkVRiHUYWpH6jSjs3scW7YlMyTUB0EurP9x&#10;mXiW6DpefkyJjLRecfZPcdquTKGjmBnHtknLitBPOCkzNfA8ynaqM1M70O77XUYHn3ALjZ5+sbiW&#10;AbafbBi/l6p6zaXKIrOihG0RzvUsLLY4fAwmUV9rphlK4/a/XDr3Jdc9RZ22W0xdRywRYfDi8x6I&#10;KgfBMTq5Y+f2V8hkoPGLkQSosiD4H3MZweL0iH8xFNbaVocpFBT3Ik35M2qDekFJ4cbyGeydquxx&#10;kGxavHJBqch2UBaykn3HZEkcIxxMrbiuRowDVBU05j+9dH9+aVQZCIPBWGAgC8yDy8C+TTwEmNLU&#10;U4KkeAC50dIDirwav/6BXZNllDOIp0/eVbQff/5VmPv7Hqb+zvtfyTPQ4wKeIsH+Ds7HPjCub4Vc&#10;yMJiC8WXb1xbSx1aRcsEnn7hA3rq+Q+oy/DoJVMIIb3H8OF806JycT2y44B0uuZEY8QKlJUWeMi5&#10;hiIAP0y7m+XdGSYpPhIT/K/jJdp3lxyq6jk36pqxFAqbL/ou26TTcTPMtOrBcytlWsdVRTGOWEJ+&#10;p5md6cM4+jgz04ws5pZT5EWGec4m0bFlImG6xNHuJqUBd/J0SZkMzFOgTlAkpcHEBpg4nLy9+d6X&#10;wuAhB4Nh8R9+/JVab9MggE8v6kr3nG6W+51lcrtXyaJZ4COo1mMk4l3hgHvVPedeKZ0eS9pjZxsF&#10;vXgUCCZFMRmMkHIygxc59Xvxycn7FcjmR46HTJKLYCDgexdW/jm+Bsva8JGEEUm8a8ajorZjKSEp&#10;i2qZ+eGY62nEPECfllTT4CQRwFIg5CoHUr4/SDulpdGl2YU0Kd0wGScPxsWb9EoAJTyOdjUp0QCT&#10;gYkIZTKJacVR9wyDVF9/F73DuteoZcLkvWmRdOMPCs/Kb4yXW1g0K3yJDgwH+96OPTCORbamyMtk&#10;IK9JjQS+43oTTPUNCIf8P51+UBHVlMj0wvtifox7AC3Zv1DcqYQSG+QVf4W4zijm0jYUprpdWlOX&#10;2d0ov1MBdZjWiXoe1ps679eVygdV0LCafHq7qMot/8DRlbTH9obZgFCf3KnBHnvvmMlTl+Qoa3mM&#10;KU4ILwlrYplMvPvENo6zLn9UGDpw232vROX7g8b5njM9atLXk4XFlg7R6ThiTyi9RetsrA+ByaxY&#10;2MBk4CIF9fG0Kd4+pT0h64AztwSzFJ7GVFBbFnLNMYAwusoubhu1O/nPENcZxWTWlx7OL6OjWuXy&#10;S222OkDZLSs98DtunDHoNGaSjneC2SbJ52+xU6vV1dvLFCwnHPbLTnL4WMIyO5gMhNFNMZm1USAY&#10;oZevqpW24rqb8kVlYdE8EEowmrorTiijqt6HxO30TVG3NhG654xKYTKwpI99OKWdp6lxq6acxLfD&#10;JkUs695xmvhaghAzr1OrRKljxwFpItxVpoNycNTfujJMCZFcqu59aNx7UeK64jKRcclptF3vVJnW&#10;Yfqh9XvpiMm5lBAU/93pTMCbE7bLoIfPFT0beLecg8T0CpGN3ICREYfYgb3rqcyE0guMrs4Ni1vI&#10;jnF4K3jovPi+rZoi6As9flEVwUwn1+sVpFtYNGvIcixetPySukYdH5rCSRlVIvuAo7HE1GJKzm4h&#10;3gewAdKRqVBCOJ1S89pTQesxOI4VAjdCKOg7rdzxegDznK0qEj7k5LYmV3wi7bBV58iCsUMy7hk7&#10;JO2nHu0isktb7xUO83Nrojd98jlRzCXXcbgG2mfnbNQ/AJXHAaZ5FzOthq4PvEfy/Z0tOYyCzoUr&#10;20/pQFVDq6mop2g/e41wXVLQemdZNSpuN4FyqwdTVnk/UR7EFoDyLjNd5ljTdx7nDaCExIwoVQJQ&#10;OGyWzy+cJ0vU7rUtLP4p2E53IWM5OL92KAVC0Uvd60tcFygKgVDgi0iubCs4gQmyizSf0ZiFgFVx&#10;6/Z9Uv/AqObFK2soP1uY19VMLZm8QuPAbY5HRnhfqOg+W66bkGQU1bZPSREG83Vx9e/wU4Q0KMbx&#10;eWo6FMp1/cMh/29q/Ak+k2bvlg3nb/GEuQNKepdS693boA5KzE6imuG1FEwMQv/lq1AkRxywxbbD&#10;uoj/huzRKmy7m+thEgqAXGcVLmph8U/FxYmJSY1eCFiYCyfnU4hfZKVwch6FUwopMa2EMgq7UiSz&#10;lgKBZFjGUxV6L/TlXRxKCYnWbY9De4kGLqj93h3xcr3D5BUcgxnUQUmPQ5lCYFNgdXHCp6nJgfmD&#10;e6b8UZSdwIwjOGj66CxmOLXUriZJ9klhmsPnlKMSRj7Tyyk88mpXk0hbdU5WEwnbMcWueCmg2dyT&#10;6VemXflOLk3MTJT7xoiG0zoyzcbeKbQPRiW5NUOpus9hdMyMSrpkfilTCV18VDHV9p8v1vlgwwY2&#10;hzNKelJyVq3sy8JubzCX54wVPni2tLD4V+CC4vo9zMvDL0Jeyx0lnlO1LaUVdHTNWeZUbSPyEgg3&#10;Ifjl865kupPpKFQSB1Biu6Vqu2phLJWDqyilMIU6Tu/kMhtQt4N6UFJ2ElZwxGwEsE3XyOd4GUH3&#10;n11JcLAWDvnOdLID2ekB8YyplJsVeJHTgxihvL7CaOXed1YlYXpmTmkSH5f0E5kS1U9uTx1ndKbO&#10;+3aRlSmHuWQw9UNBANb28lvuRJGsGtnaADvKteWJ4hpmWK9UsVGTnF0rU0y4BYZiIdpOiavAtPNd&#10;U5uFxb8H1UyvMZE/0LTrEMgaQjy6wXJrKJJHOdVD3bx8Zkx8fqx/a4xMsPSrBIAxrazeriZqZOMl&#10;npagrjqm7A4tE7Hz+EemJKZYQGALo92pctSAg0+dU0itKsJeQ+jxQBWDjOP/kj6l1G7P9lQ5tJpa&#10;jGpFpcx4CrsW8X/1f2mKuniwuu8RUe2yNsKIp6bvUcx0SqjS2UcGUxVczyemOguLfzZuhVAy9sWo&#10;6nUIpeS2pdJOUxrlNUVJmbIiIxsHGSux1JtSmArBK5ZkIWehQDhA2a2zRXfFy1S6zelBbca3o6ph&#10;1dRuUntJazOurYx4+LymVq3WhSuYomztMsMAs9rPHAnARKh6+xrKbZcnUyOkpRSlCqMr37qCKret&#10;Mro2h/emSJ4o94XlTAO4ts07dELuj7cvraDzjyymsSNbNmobEQi3Hece59UOF81eU4WFxT8YMFBV&#10;0W0WD/kzKDWvnsq77hP1cmCoj2XqwtZjKKusn8gV+DQvQeO3Sbu4jCym5Uw/Z9flyEpN2z3qXRMM&#10;60tFPYqpYmsZcUCmsj54q+uB3andxHqcg42Fr4GBQEmP45P9AXE8B/kNQsqoyaQ6R8jbiadKuGbI&#10;7NpeL+w2OO0HLO2DyewytIRyq4fICh12mQdDqTKtAoVTi5iBHyxti+mpc7qFxT8XEOKCgUBXAy9B&#10;QmI6ZVduTWUxFvW8pDIQRyajgtamAJsyHXhUsDiYHHw7rSyNVD4TSxgpYETTemxbSitNk2lMbJni&#10;XiU62sCUqym8hrpa8pSnbEA55XcokHq7HtBdRi3Q+uUyKnDFNIv8CX6q37MDdd2/O3ViBoipEtI4&#10;72smrIw1hc99gTDVt8wU/SEwmY71FXHbLZb43Fh/VRYW/0g8XrUOZbdYgtU6ZTJZ5f3JH5CtA5gS&#10;Qc/lzwD7hE5PKU39Oa99vrzYSvkdC8yoZ0I76jKrayNmg5Wp7gf3pMSsRAh7o1C+VQXltc+jnDY5&#10;wpBgUwbTHVjGS8wQA+Dk8/uebDm6jjC6kmOm5PxkYXDe6+AaGEVx/ulMioO8LmdBWIVbvqBkvZgM&#10;ZFpcR4WpysLi34N7Szrs1UhZLB7dssTod4DJ1PQ7KioPeitc1yRT5VoBuQZMQXya2ynvZzANjCIw&#10;4lDqMqsbtR7XVkYveNEhG8mtz6eSvqXUfW5PlxGAkTCz8fqIviW3XS513rerCHOxb4nTqMWOLSmz&#10;NosSUkJUs30t11cJtybY6qB4jGklk5R3CMvZ0PrN8yckifKd9/+ivap7H0JBHgHqSKZr28jDXN7C&#10;wmItwJItpghQiINbkK2ZINc4kOnSpQcaW7hgMmmFnaJeuuq+R+rLeSTTn4Y/4H+k65zuwjyqh9VQ&#10;mEcekOGA6ShTEcZyaC9hLrFpPMW5jqtJT8pO+im1OBUjFh5p+amwa6Eo1mGkAqW6tHJRgMMy8v64&#10;7rqA5Wjv/0xKlykXaFsp4PM9oUyG45bJWFj8HahXAkcmA4ZUCpmOV2gMsxBSeP0RyuuQTxDWclys&#10;2ZX2F92V17HK02rnumiGclgvEepidMJM4/1W2HW9fzfJw8glEA4cLLX6fM9lVGdSZk2W6L2gXAcZ&#10;NXWTEFOpnDa5ch2mpuRLHSG70v9W2HZXWXmDJwX8b84HozoT1v4cJnMNTrKwsPiLGOG4l3WYzOve&#10;vURqDpNJdVreZ4KuCqYd3qXfaAR87yRmJkLj9s5AWHRk9q7bzdjnBWGJGaMSTvdqFi9qP6XjGijy&#10;+QJ+CGhVcziUWZX5GzMsTIcSTZIA14dsRUY3ssJk6gTFWsSD/s2qoja7yf+C3AlTIygqVvacK/uR&#10;cAxmw+Wg/zPFM5I5lcnCwuKvYutuKXTtwnJlMnsmppW6ZiOw9YDTXmDCy3w/k8uAQMX1E5APpb9Y&#10;bOWEWcGk4PdgLDmtZYRxmUl28TiWmJ1RTlOO8V2U9Cn9un5Ke9xPLFDvDUy4T5hymMV0OROlF3cX&#10;BoL7hYEs5oBwX1uRV7u9+z+yyrfC9fdiUvSwTMbCYgOhc6skL5MBjk7ObuW+gErwQ815RzDtHE/h&#10;D1TV5zCKZEk9b6IiBuQkTU03oOhXb6J/Cu2ZYOw83p4lmNJ8NSEp66eM4m6UWz0U+7EwAnqFCVsi&#10;1hf1MPVgmYyFxQZAXUX4JTCZR84X5TgvxjJRMJT2uS+QsC/HY6dHxUx7MMGqHLYMNLVRsVliz5GZ&#10;NHqQCJQtk7Gw+Dvo3DLxSljWgyU4J8nCwsLCwsLCwsLCwsLCwsJiS8L2TJBbDJajaGAZFwpgFhsX&#10;8McNezNNAc8HO8UtLJolsJqCThzPYRgMWEMFXoFyoG5y1AAsoyLdCy2r2Ikp3rmwR+t1E4syXm+E&#10;uD8F8q4yUd8gJhyjXsX3TMNNVPCoEwLQN/HeD7ALU2waTELghcf+oNiVpRFMKB9vZWYmE/KgXazo&#10;xYQ0UNNKfj7fyUwoE4/RwHka8rDM7kUNE9K9bXceE4xnxZoZhdLeEBMV4Lx4/wHpXjs2OAdp2XLU&#10;APQJpGMLhxf4j0iP9z/0P2LHuxc4R/1DKaAUibJeJUUAioxIR5vE/sdzmE4y0ShgJzvOaeR3y2LT&#10;4c8yGTwsMAbE1YL/+jAZ4DgmpGlHu5nJyyQA5B/AVMI0hsm7axp5ymRgHxed0QtlJKBY6//ry2QU&#10;SAejUWAkgd3UtUzIa8HkhTKZiBxFQzc0NgXNQ+gt9y0TXqbYdCCWyUxgwrGXKTcFlINjNrSxktYX&#10;ZSyLybuz24tbmJDvfXmhuwMg3bsZVD8ITXlk8ALeFgqZ8MHAOV6gbZGGvooQ/qf0+tBPimUyTzP1&#10;YLqeKbYui00IWE3DAxgnR9F4lelEExWgnL5E+MrgJceXUzuoFziO92A/Y0I6NicehIQYIM87koFp&#10;TAXylMmggz1poo2AF/MXJq9Zy7/CZLDdQIFjaOWCxAQok3cUoUwm9ksNgMmszVeR3gNU/9Ge+FK/&#10;x4SXH7iWCWW8X/ZYJgMD4jiGBvO6gHLrM5LB8csm2gh3MSFfATOd2j5gxshTLwxgyDhWZcamAO1o&#10;9A+tB88YjFahTEYBDWwcY6sHdJ4mMylwDGuFWhfKYVuHxWbCoUx4CBhu4yuCr+GDTOhIXqCMOhhT&#10;gAmgI3gfPoDj2DQF3MaqsW0v8ILiHBj9xiipHZPXrCXybjdRwdFMSIOBcHzRwHRwf3gZYWzpXCYF&#10;vBXE3g+G6Uibz4QODNu/Oq2DCj+A/4eXPpZ5QOsX5XQqgc2OOMboC9MspEPVH0xDd0HHA5j4Aybq&#10;AswRGsAKfbm8WwQw7USajiYB/G+87EgHA8dzBB3ChC86AEaGfIxEvIBcCOlnyFED0I5Ix74pjFjR&#10;RmhLLzMD093TRF30ZcJ5+uLj+cDrA9LAfLDRE30NzwBthvO9ox8Fyj9ior4UJhzHAnZvwMj1WtiR&#10;H2XSlKH/e22yLwsLCwsLC4v1BZzHeWU+FhYWawGWudU9KgSk8ea+XtnKhgSGwBACxwPy1kfY6AWG&#10;5PHcmniBMn8H6nalKeD6f/cafxWQ8aDd5slRNFTYu7HMcv7dPoI2i12RigeUW9czsPiLwNwfncQL&#10;WNZH2qdy1ACkPWWiAiwRxgM6Bsp+JUdNA8K5eF/uHCacH48xQS6EVZOmgJUeCGdxPlY2UJcXSPfK&#10;kLowIc11gsaA7AVpsYwKwmPIqADIPVAGcgsv9KXzLi9/zIS0tQH5kPPEAsLqGSYqWOiE8SAbPZm8&#10;wmfs/kYaZDrelwhp3nuC2YimoM/Dex8KCN2RF8tkkBZvGfolExXgfvAhQtl45i/+xwT5VTzgnFi5&#10;FQCZF/Ji/WhBJobVKQVGjSgXuxSP54t0yKwsNhDiMRkF0r3CPBxjNWAHJghDIa1fG1AW54B0VUQB&#10;kwR4iVX/xAuYz/ycSVd6sKqigOmDdTEZFRZqRwJpp8NSezwmo4C7VxzrKkg8oMOiTLwvO3ATk7fO&#10;dTEZzUMYu+KkwmPQ2v43EI/JKFTPRKF14lmCjmFqCspkwOAhnPeSCoH/CpNRjGdC+dFyZADHdFBV&#10;+IgpnjM5lI9lMvhQIB3tsC6gXFOeI3R52yo7biCsi8lglUWBY+9IZn0B3RfvNbBChaVIfLlByMOL&#10;qACT8Y5iYKcXZdDxwGSQ3xTAZGI7ZX8mnA96gsk77Yg3ksHxcyYaF1hRwSjpCzlqjBuZUIdibUzm&#10;DSZtB22LplzngvE2VQ+wNiaDERFWchQot7a6vNhYIxmFKjRi1QuAwmRsm3jvHUBaLJPByhTS47nS&#10;BTPEyFmBcmj7eLiUCc/3z9jlsVgL0Ngg6FQAaNhjmdDIXudnOgXCEBajEnS8h5jiAS8uvsg6n8bD&#10;1OVpLM/eZqIudCkR3hoBnB9vWbE3E8qtjclAnwZl4gHLxsjzMhkYf0Kal8mgDdAp0QanMalyF6YU&#10;UFhToDNjGuLVxYDngFiD3GBGuAa0ZVs7IRjn40yxL66OpFQ3BQxK2xHL8WBgTQHL2Th3uhwZKOOJ&#10;9cSANBAMrmNkFk8zVgEGgrKnyFE0VA0g1igX0qAn5AXaE+mqV4WpChgKPgqq/QwPC7G6TrqU7l1i&#10;xzHUJNCeINwb/gee7TdMyPdOLTH19zIZPGMwLjw/7wgKfRoKexYWFhYWFhYWFhb/Aug8f12I3Xf0&#10;T8DaNmAq/ort4U2B2IUCC4smgR3QEPh58TzTxpbcQ47S1PJnLCAriIdqpq4mutmB/WR/xgYv5E93&#10;m2iTgPC9KX2izQnsy8KKk4XFOoHNlJeYaCPsxgThnAIrJxDoqikBCPAgPMaLoCYJoEQHyf9AJu+5&#10;CiisYfVLVyvUlSt242JVCjoZKuBW4MXFEu49TLiWCgGxInU2E15ULIVDSIuVkfuYwDQhhD6faR8m&#10;74oJlu1R/gMmLPPjXrDU7xUuxgJfbSgvYi8QVtAg3MW9nMCE/TYQaur/hUM2tB30ODoggYHrY18Q&#10;mKrqwjSlOYxVs6FOqIJ2XB//C0vksUJ5CEEhNIVaAPaX4f8C2FcEsw7YvIg9VRCCowwE17gfvV/s&#10;M0M+GDkE2FCMQ514liijSo7YU4Y6lzJhcQFAWdSFZ6H/B2oDOE9tHkGAi31SMKEBIS52d2N1Dm2p&#10;92rxD4WuRhXIUWNgtQMMA4D+hWoHY9rifUF+dELv5jasuMR6TcRLp94XsVFQDWthZQeMJ97KiOq7&#10;YKMjOiviADo2dul6lQ3BZNTEBeJerWG83FDOw4oYllWxjA5AHwd17i5H8YFVndid59DTgB6RAu2E&#10;DX4ARoCoEwbFMFrzrsJh2R8v7QVMWL3yAumqjIbztI2xBA3GCHcu+sJ7gXbEChwA5ofVKiwrgymD&#10;ISjAHLWNkY/lZACKjWCYAHxGQfcJAEPR9gVzUGCpHQDj8+7Qxn8GA8UIB/UDWFVCefQf3TyKMlhF&#10;+kvuhi2aH/SrgxcJnQMjAF1+Rjo6KjoH4sjDi44XVpdskYZOpPZToHeBJV/EY7WNwRigBIcREb7S&#10;ULrDy4QOjBcDSl2xUzQYL1L9Dnxp8cKqmQssV+MFQz6+kl79IChx3cqEpVjVisayP1407AK/iAkv&#10;+igmMDLUg9FUvNEFRhB4eVcwYecxgOsroESIYyytgvngq45pHL7eaCed6iFf1edR3rtTHcDIC9cH&#10;g8SSO+JVTBhtQssVdU9j8gK7tHU5FyMVuIMBUD9Gl/gAgJFixKCKbZgeIx8fEV0yxv+DygMYPpQc&#10;seyN+1Y9I5SHMiDy8PzxbMEsdLqL9lM1Au/UFtfCc0a/gP4T2h7/AaNgbzkLi38FwExiFda2dODl&#10;t7CwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsGiu8Pn+H87r39xaVJntAAAA&#10;AElFTkSuQmCCUEsDBAoAAAAAAAAAIQC10fIwORcAADkXAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5w&#10;bmeJUE5HDQoaCgAAAA1JSERSAAAApwAAAFUIBgAAACxM9P4AAAAJcEhZcwAALiMAAC4jAXilP3YA&#10;AAAHdElNRQfXBQ4WBgpF9O8uAAAW2ElEQVR42u2de5RcRZ3HP7dnpieZyaOTSULCI0knBDaY8PSB&#10;oCCISIRlIwuCcRVddVdFxLOHllUjPuhFsHdx11VcH4uKAoLKQw0kEAKEQ0wEAoRIJCHpAAlJSDq5&#10;ycwk8+qu/aO+17k23bd7Zrpnembv75x7kjO3+t5bVd/6/h71qyoIZdiIgTeHrRBKrYLzRwbqw5YI&#10;pdaAebiBgwbm/H+pcyTs9mEjnwRGAwvCpgilllhztIFdBoyB1QacsFVCqRVwfkLANAZyBt4Stkoo&#10;tQBMx8DTPnAaA/easGlCGUJQztS/cw1k88CZNXB62EqhDAUwpxn4lf7/6TxgetcaAw2htx7KYAJz&#10;FBaYo/WneJGibwWuMCE4QxkkYAL8B1ZlR/XnroCfXBcA3lBCqSg4L5I3bgxsNfZvFxRR697147Dl&#10;Qqk2MCcb2JEXMppnIGpgfQA49xtoDlswlKqpcwO3FGNFA28zcCgAoGeHrRhKtcD5ZgPdBUDXZeA0&#10;lVkYANB/CVsxlGqx5u8CWHGLgWkq+24Drxco852wJUOpBjiPKxBkz7+eMTBF5WcYeCLv/i/Dlgyl&#10;GuC8qQQwvetFA3P1m6iBGw306N7DYUuGUmlgRgy8WiY4jYGMwk2eOfABA+0Gng9bM5RKg3O+L65Z&#10;7pU18F0vfGTgLAMvj/SpzFAGH5wf7yMw/dcLBk4Tg15q4KiwRUOpJDhvGAA4jYFOA9crGXl82KKh&#10;VBKctwwQnN61VibCiJIw8WNopa5CzzkJWINNr4uE4AylErK3gs8aDdyMZeOmEJyhDFReqsIzLweW&#10;Gpg43BsnXMVXZYnFU45Y7XCsRz0VaAFiCw6+MPe2XT9ZVKVOeBY4ywF32IMzFk9NBo4ExmBjaN41&#10;GpudPQZoxMbTxui3XqqW9/cg6QE6gHagFdgHZIBdwKvAdmCvm07khjkYxwKnYBM2TgHmAdPVhnlq&#10;y/DMq99kes++an3OCuB9DnTmfeMUYBbWw58AjFOfjvb9W6f/o28vtdNIu669wG7152YgDex304k+&#10;f7z/hU8wtLtJdAF7YvHUBuAZ4A/AE246sWsYAHIqcBFwoUA5tsDA9DrqNQ3M1hxObkN06vzpPfve&#10;X6VPOxv4EvDVvL8/DhwzSM1zENgUi6ceBZYAj7rpRHdfmfNKVWY6cCzlJ7BmxXwbgW1iwzZd+EZe&#10;M9YOOkzqbbZGbqQE2z4H3ItdV7PRTSdMjQCyDng3cAVwHr3LKrzvXg0sBVZKxbYV+nYDMeDPapdq&#10;yCFgrgMv+77988CpwCRgslh0TBnPagUeAzaon7tFcBPUp8fpagx4xivA94Cb3XSirc82ZyyeagI+&#10;CPxXCZDeCnzJTSe296NzIzIjTsKumTkHmB+gPnLq8O8Bv3HTic4hAmUEWAh8BTgx7/Y24AfArW46&#10;8Uq5zzTwIeDnVfQBrnfgywF1GqU6fR87WArJfmCum07sKNE+E4BzgY9r8BYjn63YLXaWF1P5TokX&#10;fU4ALSZz3HTipQp1uqMRfAnwjyVMjE3A9cAv3HSiZxCBeTLwn8A7827tAf4N+KGbThzs63O1vcyt&#10;wD9U6dPXA/Od0vW7kuK5oc+66cRJfWgrgDME+OOKFOsG/slNJ37aH3BOw6qDQs5OG3BYfzqjjIrV&#10;A38HXAscH1D0SeBTbjqxtsqgbBBTXpOnvgHuBq5w04mdA3mHsXbqKjlQlZYs0JzvGBWo53R86j9P&#10;1rrpxCn9aLtxwJ0yfYqZbgvcdGL5Gx3GYHmd4oHiNoKXrfZb3HSix00nfiNv9wqplELyFmBVLJ5K&#10;yAasBjAPl9f7lQJ2ZQK4eKDAFEu0Au8XC1da6mQXlpLXFFGpZF8eAC4G1gU45T+IxVOj+wRON53I&#10;BgCjSyOyaiKQ3iyQPlmkWCPwLeDnhSo4QGDOF5u9o4A6+ijw75V00BwblL+00gDpJeeSkpPTU+l+&#10;bAc+E/ANszQw+8ScXiigYEUGy3N204nNiiTcG1Dsg8B9cuYqAczjsRnmMwrc/qybTtzWn9hdGQBd&#10;AXxKQKmUdFP+VGl3lbpxFfDHgPsX9gecNRG6UdjhUuCegGLvAW6TjTgQYM4A7leYJV++D/ywmnV1&#10;4GfA1yv4yD+VCTpTRVPNAA8EFJknJ6pP4KwZcdOJLnm0TwYUWwh8Lb+ifQBmEzamekSRKMEXqsGY&#10;BSQpD74S8nCNzFP/OajpycvSGnaJH4oOfCjAFgb4AnBmP4AJ8A0Kb85qBMy2wainY9X6p7AzdwO1&#10;Ne+oke5rD7jXkW/KDMusJDed2MQbp+TyPcCbY/FUtI+PfitwVZF7TwG/Hcx6OnZ25wPYeer+yuPA&#10;2hrpuqD+eCnfhxnOKXP/g50yLSbHAR/uA2s6QIriM1TfHYqkFMeGdz7cz8hIDrjOqRG/ATtlXUwe&#10;7I9DVKvs2QncVKLY1QrolyNn8saZH786unsIq/tIGXUtJPdQI2vaZTKdVeT2Xuz07cgAp+Q2guNy&#10;fxMAuHy5kuIzZo8Mlq1ZhD09Wzjdh5+9DlxZQ6x5DHauvZBNfLWbTuweUeAUYH5fotjFZYzqKQSf&#10;7/PYUNfVsTNy5YaXeoDLHdhRI6wZxS4hiRYA5jfcdOInhX43EpZpLCtx/2xlEgXJufRuc11Inq2R&#10;uv4Sm81Tyju/BpuuVwvAHC8Nl8+aLnZJydeCvNrhLqtK3J+DzSMNmrMutb/l5lqoqGPXqd+OTSAu&#10;JjcC33aGHpRNwCJgMX89y9Yj+/JaN53YRomQy3CXV7Axz2KbCtTJ3tkT4KUHHTqVxS47qBV5oAg4&#10;DXAD8KUqAfOoWDw1yU0n9uS1Xz02mTwGHA2cgE2VOwe7/MOTA8BPFfXYVM4LRwI4O4GdBO94cWTA&#10;vUZ05k8R6aKy89wDlXX6nkgeG11TZcacDGyOxVPb6XWymuhdd1Rq5cRubJx4XyyeopxZtmEPTjed&#10;IBZPlUpqCAJujPKWKNSEOHDA2GQc75v3y3a7bxBU+bg8NuyLzAaWa7BvisVTS4Cfu+nE+pHMnJ7q&#10;DZJoP4Hr/bZmHEfTa6qAnbVa5Ng5/8F49a3AQ9gogD9BpEl2/RE+1X58ETaNAm/SlYjFU8uAL2Iz&#10;7UckOEuBJygWOqrEb+sE4LYaqetkS6Bcj5396Rik924EPlZumqSWSJ+BzYNYWCQa4mAz5M8GbozF&#10;U9f5V2aOlB0/SqmaTD+B68nhNVTXGPAOB748iMAEaO9L/q6bTrS66cQSN51YhJ0MuSXAdo9iVxrc&#10;FYunGkcMOLU8o9QShK0B9/aW4fDMqZX6OrDJgaeHmV/wCnY15gUliGIh8DMvLj0S1HoT2sy/iLQB&#10;W0rc34VOrCgi86s8wByp66wvOuCpt6yWywT9vl5E06A+bQC6tH6nZhxX4IFYPHUuNsmjpUjRS7Ez&#10;ct8fCeA8muCtcNZiU8+KNVpPLJ5aXwKcb69yHd6KnUzoEShz+j9ANhZPlXL4PHDWy0aOYhN759da&#10;Z7npxNpYPHU5NqxUTHN/PRZP3T4SbM43l7i/tIyY2soS90/VEtdqyVbs1ORq7MYMBrtUOIbdleOw&#10;EleLTJtmaYHHgLtquM+WYJcLBzl9i0YCcwZlvPcAvy7jGb/HJlUUG6yN8irvqhKb7JJX61fV47CT&#10;BydgF+9dQPA+A+uBy6u9hr9SKj4WT31LKrxYm184rJlTC9neG1BkBeXFANdROrnjI4PcgQfcdOIF&#10;N524A7vBxP8GFM8CHxkOwPTJc8ALAfdPGe5q/TypvUJigFQ502TKcP/vEsXeE4un5gwR0xjgRwFF&#10;tqmzh5MHbwhO2pk8bMGpzOorStiay/vwyNsJXh0YBa7p76rOCsgmioe8tg/TfU0DtdpwZs5TsZkv&#10;xcJDV/VxJHdhT98NCjR/mOC9m6opXRQPurcO0z4M2jW3YyDgrCsjibdarFmH3YKm2P5IV5eblpXP&#10;tsBPSrDn94ao3l4MtJgJMxwlKOdh00AauZHKHVXSV3X+OYqvDfoR/dyRQ3bQVQQvpX0H8OUhVO9D&#10;JaOq8MwZAfdWDiSU1Czkdw9yI50BfLPIvXux+xgFMkkLi6PYsExnhmQ+QNti8dRFwKMUz/O8Fhu6&#10;uaeSFWthsUNvjmQjvaGjnNnZ7uSmNEGkqolxTgAIY1UgmbcHaILbnTIe8gI6SrmAzHbTiS2DyJon&#10;YlO2CnnodzutXZdH9hyahp01Oloj80hsoHoSNrtoNHYmxdHA6sSuZ9mJ3T58E7A+1zK63YyL/jgA&#10;oO3ARW468WA/gdgCvA04Gbsn52x6D4yI5qk8A3TjOA1EcExdBOocqI9gGiJQ56yJ7D50GfBKhmRu&#10;AO0bwabDFZoOPgRMqdQq1Fg8NVuhpEKqfQXwnnKYM4jO307wvHUlR9k52CC4TfIwBqcrB51ZnM6e&#10;bqe9ezaGnQLeHnpP6NiNXQPUmmezRbGzMFOwWUezsdt/jwKIZA7lcDvaTXMDpqkBM6o+PwTeDNwb&#10;i6c+BtxZKmQlVjwGG3i+AJtMksamor2MPYFtr0DvfWed3jMemIgxU8hyhJPNTgfiwHjHlnmb6ui2&#10;sPgZ7G5uf9CVyZA0fWDOxgAcHE0FFvspl+CrRYDZBlzpphO5UjsbN2gkFZukfwg4t5obW2lZ6RfI&#10;mWudzmwDHT04HVmczmwOY3ZhT954FhtI3wBszZA80E82a5KWOBW7WvCsv6iz+gi5sVHM2KhlrV7J&#10;Ad8GvuKmE4cKPLMem23zSZVdhp0u/VOGZL/3tRfYpwow8xVFOAm708kYnxO1Hrspw0PAExmS+wPa&#10;erTAUcwX+aKbTtxQgT79hPwCp4DTt8hNJ+6C0ttuTxcz1gXYBh9004k7Kw7K6d9ynLauc8mZG5yu&#10;7IlOR9aQM5vUsSvFClszJHsCOm8idp72MHrP22mUas9KVbVh07h2AtszJF3fM8Zglw1/DBvwryfi&#10;kBsXxYxvzLf/1gGfd9OJR3zvvxC7x/0q4FcZkrsLfOd4sWBcDD5J3+lPZunWd+7Dbpaww9MMGZKH&#10;8p43BptlfqqcxtMFYo+VVmGna+8HNvttbm2Wuy6gW7YCJ/Q320lmw+covO3PQeDjbjrxSz+NB6nS&#10;q/WgIDmI3Q3tFwPdTNan+v5e12yN+qXYNKuX820qMdMsMcdcATKiurkCXga7+q9DHV2nMmNVfhr2&#10;iJtZAkdaqvER7HaL3diE2X/FzoHXUx8hN2k0ZnR9Pos+4Lidyci+jgV6xtIMyayvftOw+4geK7XW&#10;iZ3h2e77zvY886FJ2muSgDZd9vR01WWLGPIZ7NKNv7ST2mcedpr3POw5SVENzuflRN4NrM/Gx39N&#10;zl6QLAMuc9MJtw+gdBTl+AbwrgJF1gqYz+bbGIUeNh6bbHATwZsN+OVR7K4OK4BMuao+dtSNo+pe&#10;bZ2O3ZnjEnXAEuA+4FE/M6hzp4gVTpLK7VLnrAP+nCG5d4ADJCLgnKnOnI9dmPVT2YUnAN9VJ5OL&#10;NWJio7yW3O+0dt0VyRx6GMNvPFZvYfE44HwBay82a2hrfqSgn9/r2YLHY4+eOUVt9JI0zGPA+gzJ&#10;LpWfKKAulFbwvPAXc7HGmaa5oZFoyQjhTrXB72TrHvSISUAcpUE/X+x9IYUPYnhJ5HdLoVNRHD3w&#10;Yjk3R6qifTkkK186BJbNqsR+/npmoxmI0ZWNRFq7ZjjtPXGyOSNV8yvgDxmS3b7GbxYQPPtvl1TT&#10;UxmS+/rQiVExUIOuHgH7oNdxRX4Xw57O9s9ixhuxa8cT6BAD09xAbvLojZG9HSnnQNfyDMmtPo/8&#10;HLHUw0Hf28Li0erQ8VLrfruvSw7dAcDNV+UFntUoDXS6BtkcAWGZNND2DEnPBDgbu83i+R5QTUME&#10;09yAaW6gDKC2SkN5bD9G1/gi5LdPmvB24EHNzBX1zojFU09pxFHmDET/gm05s8tp6+5wWrvqna4s&#10;2ITTO4DVHiBbWIxU2N9ik3A7sBuoPgLsLcQ2+s0oDSrPvor4vrVOqrlLlze6o2rEJnoTdeukZlcD&#10;r3nvE6OeDVwnVXylbMQ7gb1EnE+TMyszJA+p7Ls0AFb57WJ961QxnTdQ6vXMA/Sefmd8XnKTbOaY&#10;ADzG5813iwjWC4C5/DaSan8Tdj+oc6QN75dKfyFD0gio75XGXKB3YqJ1vUBt6NOcjaF3FcIGqe5V&#10;wNNuOlHW2icPnMdhl3UeFBh69P+cLv+hBXX68LEa4eN91zifjdQMOORMi3Owe77T2lXvdGSjGrl3&#10;AI/kAXKqAHmCRtcS4I8FbEz07rlSXzk1xCHgxQzJHQNUk46ck3dij8zrwm4j+EyGZE7A+6hA+h2p&#10;/E5gQ4ZktoXFh4m11vhUqTcbMlODZrdXvgJqvV7abp5sZi9+u1FmyJ78UJIY/XxphCPFZPcAz6oO&#10;47Bpeos0yGw4sSFywNRHlpqmhiVmbDSN84Zz3Xv8jltf7NKi4Ky0tLB4rEIxF2lGZw020/vBDMl2&#10;X7mJskeOly32O2BdgcZsErMfLiC6YorXKmG3lRFeWiAWf15ed2cLi2dg9/x5HfhohmRbC4unAxGf&#10;WnfkSI0DtmVIbmcQRICdjV0lMFFg3SQN1V4gWnCeVPssMeqvgec0GKfKPr1M5lWDCGG9TLElwNMD&#10;CYtVFZxihtkysBdg9x5aLYZc5o+tyYB/n2zc/QLk+nwWaWHxNHl4jbJnnlIHD0mSg4B2MvbAhMfl&#10;4Y7C7rA8VWx60IuxCqgxYFMpG3EQvr1O7HqqtFqrbOAdeeUmSHt9QJGAuwVUb1eOI8Wol8ie9UIV&#10;r8v5elj/bqhEPzn9rGyDRtlpUn9nSo0/JC97GdDqs9caxKBnivkeyFfZ6vyZmu3wgv+PV2NEVmAg&#10;nq+BeIMctKPlfXfJGZktp2M/NSY+s+gchbU65NFv8QClMpMVQblM5T2gbhRzThbjLpCzepjwZBQS&#10;W61Q2tPYROhdxWLS/QKn7KsJAuJxsmtOlF0Y1Ysf1rU2z8uulyo8U2UfF9i6895xlMo1etN4fa3E&#10;EHXyBOzekr/OkHzcpyJjijMyHERRgndpQHXK8dzsZz6ZMJco9twgR/Y+T+OJmedJ050uzTkzL9C+&#10;S6bFRnrPnt9G7/nz7eQl4jgC4Hs1iiZLRR0hZ2CmbBajh3pB3jX6sIMFYm5nSH1ENHJWZEh25JWb&#10;KMZtVPD5yaBwTg13bEQTFVs0QJ2BxlmHuD7NYtRjFDlYmiH5cp52myVfYqHwslyacqUXKlO7TBJg&#10;5ytScIx+O63A7FCnGPyqDMmf+cH5GezccLtU6TbsnpdbhPQXFaLoKOCo1ItRzxCQDyoY/0S+OpZj&#10;cZqcg30q08UwF6nAY8WWHYwQkRY4X1GGvXJ+tvtMNUeq/FyR22lix5UK/a0BXs8z3SIipMNFgIcp&#10;4jJB4LzJX95R6KM1nwWLsMQUqfST9IIsNu1phd9myWPSk8W+HQqwtxPKcAPqZDHlESKw+4FX/SpY&#10;YD1Wqv1URVcapXGfwx5xuAGbE3CgnNQ+p4BXN1GIniEaniVnJyev7Dmp9lcLvcAX9hmn2OMzfZnJ&#10;CaXmtcRRcoKmK9qywouPFig7Ts7imxRSmyNSi4qsdgrsu7FpjvdnSL7iZ84zgM/iJbRaT2uHDNbN&#10;UulFke7zsufJzmzDJkscGC5OQSj9BupEbDz7BOzkzGap9I1BEwwyBxtls06WfToW+K3fNHL68VGj&#10;5NnNlueWFZCfH0gWdigjAqwz5egerT+3ym9ZL3u1Tza5E/CyqNT7bI0Qz8M6JDZ9KT8sFEooBbx/&#10;Lww5zUdm3XKed0tL7xGQXX8Y0WlhcVyxKT/reVvw7ZDXngmBGEoFQVuHTT7x/BsvmWW5f+Li/wC+&#10;At9SdbL0qwAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAezh38v5jAAD+YwAAFQAAAGRycy9tZWRp&#10;YS9pbWFnZTEuanBlZ//Y/+AAEEpGSUYAAQEAAAEAAQAA//4AO0NSRUFUT1I6IGdkLWpwZWcgdjEu&#10;MCAodXNpbmcgSUpHIEpQRUcgdjgwKSwgcXVhbGl0eSA9IDkwCv/bAEMAAwICAwICAwMDAwQDAwQF&#10;CAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQE&#10;BQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFP/AABEIAnICcgMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/&#10;xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKC&#10;CQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaH&#10;iImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp&#10;6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAME&#10;BwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYn&#10;KCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/&#10;2gAMAwEAAhEDEQA/APtd9KUZ+UVA+lr2Wune2HOKge1HpmvtViGfz5LKafY5eTSlPUCq76Qn92up&#10;kth6VXe1GelbLEM455TT/lMLT1fS598Yyh+8h6EV11tFDewiWI5U9u4PpWO9sD2p1lPLps+9OVP3&#10;k7MKzqy9pqtzpwlBYZ8kl7v5Gs+nKe1QNpqntWzBJHdwiSM5B6juPY0PBxXEqrWjPeeApSV0jn30&#10;xc9BVd9MX+6K6J4OOlQNAB2rWNZo455bTfQ5uXTR/dqvJpi+ldJJB7ZqB4B6VvGu+5588sp9jmZN&#10;MX+7VSTTF/u11EluPSq0luOwrojXZ588rp9jlpdMH92nWPhltRk6FYl+839K6iy0Vr6XGCsQ+839&#10;K31so7eIRxrtVegFOeLcdFuTTyOFR80locyuiw20Qjjj2qOmKhl0xf7tdNJb+1VpIM9qxWIfc3nl&#10;NO2kTmJNLXsOKryaYCh+Wulkth0xUDW+VPHeuhYhnmTyin/Kcs+lD+7VeTSl54rqXtR6VXltvat1&#10;iH3OGWT019k5aTTVAPAqrJpvoK6mS0GDxVSS29Bit1iGcssph2OZk0/qcVDDC1rJuUEg9Vzwa6KS&#10;1/ziqkttjqK1VdvQ5HlcU72EitI7mLeg47g9qil0wc8flToHazl3KMjup6GtqPy7uISR8juO4rN1&#10;ZRZ1wy+nUVranMyaYM96qSWAz0rqpbYc/LVWW2GM4/SrVdkyyqC6HKS6aB25+tU5dP4PBArqpbYc&#10;8VSltQAeK3jXZxyyuC6HLS2A/u/pVObTx1xg/Supltge3NUZrXGa6I12c0stiuhzEtl/nFUp7L2r&#10;p5rY+lUJ7X1FbRrGDy9Loc3NbFe1dIloPKTjtVGa39q6COL92o9hROq9C6eATumjLNmBVvQrIPqk&#10;Ixzz/I1O8VXfD0IOsQf8C/8AQTWUqz5Wawy2LqRVupsnTV5+X8a6/wCGGnhdVvOP+WP/ALMKy3h5&#10;+7XV/DeDbqd2f+mI/wDQhXi4ms3RkfWZdldOOMpu3X9DrzYr6UfYV6YrT2DHSk2D0r5v2rP0V4CH&#10;Yw9T8O2ms2E1neQLPbzLtZGH+cH3r5o+JPw0u/AmoBl3z6XMcQ3BH3f9hvQ/zr6z2DtVTVdFtNc0&#10;6ayvoEuLWZdro38/Y+9ejg8xnhZ33i91/XU+czjhqjmdGy92a2f6Py/I+KkAGABmpUXJ5/IV2HxH&#10;+GV54B1PzF3XGkTN+4uMcqf7jeh/n+YHKQjOD0NfcwrwqwVSm7pn4pVy6rhqroV42kuhKlspA4AN&#10;WI7ZRSRLxntVlFzWcps7aWCjbYjEAz0qRLcbun6VOqjiplX2rF1GdscBF9CqLYda1tPsw1sOO5qs&#10;F9q3NKiBtB/vGspVXY2jl8X0Kf2EDtWvYeI4rfbZXDAzsMRyN29m/pWfqV4tmuxMNMe39361zEsb&#10;SOzNlmPJJ71P8Re8H1WNKXuI7yTTS7kkZJOST3qFtKB6jH4VX8LeIhIUsr1sN0jmY9fY/wCNdc1n&#10;gnj8q5pVZU3ZnXDLKdSN4o5R9MC5wuPwqFtMwOldW1l7GoXs8dqFiH3KeUxXQ5STTs9qgbTQvbP4&#10;V1T2WD0qGS0BzkVosQzKWVR7HKPpw/u/pUT6cCv3a6l7L2qvJZ+1aquznllkV0OXfT8e34VA9hkk&#10;4rp3svaq8lnjtWqrnO8uXY5iSwx2qB7H2rpntPaq72gx0rVVjCWAXY5p7P2qFrLmuiktM9qrvaYN&#10;aKqZfVOU557PGeKge09q6J7UZ6VXktMdqr2hqsMjnXtPapLHQptUuRFEvuz9lHqa6Gw0KbVLgQxL&#10;/vOeij1ruLLQ4dLthDEMDu2OWPqazniOXRbnVTwblrY5m00CHTrcRRKPVmI5Y+ppZLAeldPLZ5FV&#10;5LPjpXOq7ZMsuW7RzL2AI4GK8p+JfwsMwl1bSof3vLT2yD73qyj19RXukloAOnNYmoSByY4/u92H&#10;eq5+fQ2o0ng5e0h/w58qRzRJGik8gAGivo5vBGiTsZJNKtndzuZjGOSeporzZRd3qfdwxkOVe6z7&#10;ReEdxULQ81olAVyOc1C8XHSvjVJn6RKimZzw81XkhHpWm0eRULxcVspnLKgZbwe1V3g56VqvFUEk&#10;VbKZxzoIp2lzJp825OVP3l9a6SGWO7iEkZyD1HcVz7xUtpcSWEu9OV/iU96icefVbmlCTovll8Jv&#10;vFmoHjqzDMl3EJIzlT1HcUjpz3rmTaPUdNSV0UXj61BIntV905qF4/UVqpHJKkZskQ7UtppjXknH&#10;EY+81aMGntdP6IOprXWBYYwiLtA7U5VbaIVPB875pbFNbZIIxGi7VHQVFJH7VdcGoHHWsFJ3OqVF&#10;JaIounFV5I+9X3XNV5E610Rlc4J0jPkjqHyuDV11xxUYTIP1rZSOJ0VcoSQZBqrJBwa1JI+DVaSO&#10;tVI5Z0DLkhzVaSLP0rUkj9qqyx1vGZxzw6MqSKqkkWAeK1ZI6qzR8V0RkccsOZEsQHao4J3spt6c&#10;g/eXsRWhJHx0qnJGD2rZSvozldHld0a0Ukd5EJIzkdx3B9Kjkt81kW9zJYz706fxL2Nb8M0d7EJI&#10;zkdx3BrGV4vyOyEY1VZ7mXLb9apSwZHStuWGqc0NWpmc8OjDmt+vFUpoOORW5LF14qlNFkV0RmcU&#10;8OjBmt+uKoTwHnit6aPmqM8XWuiMzjlh0YM0PPStYL+7Ue1V54zzmruMIPpWkpXM4UUrkDIM1f8A&#10;Dif8TmDj+9/6CapkVo+G+dbtx/vf+gmspv3Wb06X7yPqjsWj9q6j4drjUbrj/lkP/Qq58piun+H6&#10;41G6/wCuX9RXi13+6lY+twVK2JgzuAtG0+lPAOKUKc9a8K59tyke32o2+1SFTmnFc07hyGfq2jWu&#10;uafPY30C3FrMu142HX39j718xfEb4aXfgDUdy7rjSZjiC4x0/wBhvf8AnX1aoz1qpqukWmt6fNZX&#10;0C3FrMu1437/AOB9678HjZYSemsXuv66nz+b5JSzSnd6VFs/0fkfGcZ3Ac4xVqM9BXT/ABF+G134&#10;C1Hcm640qZj5Fxj7v+w3oR+tcpE3Svso1o1oKcHdM/KJYOphajo1laSLiCplHfNV0NTKcdaxbOyF&#10;JE6jHvWpbXot7DamDKSfwrn7q+8kbE5kP6Ve0RN9luJJO45JqWtLs0cbKy3CSMsxLfMx5JPeq7w/&#10;nWm8dQNHg0+YyVEzWixk967Twh4qD7LC/YBukUzd/RSf5GuWePnioJIzUzSqKzNqUXSlzRPY2ts9&#10;qge356VzfgzxeJNmn6g+G+7FOx6+it/Q127wcdK8qd6b5WfQU6cK0eaJjPbe1QSWuO2a2pIvY1A8&#10;IoVQTwy7GK9rx0qu9rW68FV3t/atVUOaWG8jDktsdqrva98VuPbVXe3FbKocssKuxhSW1VpLX2re&#10;ktuelQSW+RWyqHHPCmA1rweKrSWvtW+9vVaS2raNQ5JYZdjBe09BT7DRJdVuRFEP95yOFHrW7Y6L&#10;NqVwIohx1Zz0UetdnZaRFpdsIYl92Y9WPqameJ5dFuaUcA6ju9jGsdFh0u1EMK+7MerH1NPe268V&#10;svDVeSCuL2jerPU+rpKyRjSW/tUEluPSth4fw96wNUu/NJiiPyjqw71rCTlsYVKSgrsyNSuPMJii&#10;Py929ayXgwTxmtZ7cVA8HPSuyMuVWPMnR5ndlNYvlHHairYTA70VxuerPbjRfKj6nhkUAMjB42GQ&#10;Qcgj1FTsAwyORXj3gLx42iOmn6g5awY4SQ8mH/7H+VevxMpUOjB0YZBByCPUV8tXoyoysz9MweJh&#10;ioc0fmuxG8ZqFkq+VDConixWCZ2yplBo81C8WRV9o/aoXTFaKVjllSM54qrvFWk8fHvUDxZrZTOS&#10;VIq2tzJYy715B+8vrW/DMl1EHQ5B/SsN4uvFFtcPZS7l5U/eX1pTjzarcqlN0nyvY2mX1pYLNrl+&#10;4QdWqayRdQUSIfk7n09q0xGI1CgYArjlPl0PWp0VU97oV1hWNAijCjpTGHpVhlqJhzUJm8o20RWc&#10;VA3firTrUMg4rVO5yuNiq3pUDirTLntVdxWiZyTj2Kko5NMVcqfrU8i0yMZDfWt09DkcNSu68e9V&#10;pFq861XkX1q0zGUChIlVpUzV+RcVWkXFbJnLKBnSJiqsi+taMqYqpKpraMjjlTM6VM5qlKlakqYH&#10;NU5lz0rpizjlTMuWPGait7uSxm8xOR/Ep6EVdmWqM6cHFap30ZzODi7o6KC4jvYRJEeD1HcH3qOW&#10;Ouctr2XT5xJH0P3lPRhXSQXUV/AJYmyO47g+hrJxcPQ64SVRWe5RlixmqM0RwcVsSpVKaM4q4yM5&#10;0zGnj4qlNHmtmaLOcVQmiwa3jI45UzGnipWBxirU8Y5qs3FdClc5nCzIjx1rQ8MjOuW4/wB7/wBB&#10;NZ5Oa0fDH/Ietv8AgX/oJpTfuMdKP7yPqjvCpz7V03gEf8TK5/65f1Fc4Qa6TwHxqNyf+mX9RXhV&#10;n+7Z9bhI2xEDuaBSBvWjcK8Vn11h2eaXdTNwNBNA7D80U0GlyKLDsVdV0u01uwmsr2Bbi2mXa6MP&#10;19j7180fEX4c3XgTUA67p9Kmb9zcY5X/AGG9/wCf8vqPNU9U0q11qwmsr2Fbi2mXa6OOvv7H3ruw&#10;uLlhZf3XujxczyulmENdJrZ/o/I+PY2Gfaia62gqvLfyrq/iR8OrzwLf7og0+lzN+5uSPu/7Lf7X&#10;864vbheK+spzjVipxejPzarQqYebpVFaSGEc5P510/h9d2mZ/wBs1zOCa6zw2udLH++39Kqb0FCn&#10;qTvHUDxZNaDR96gdKw5jo9mUHjqvJHmtB0qvIlUpB7NGfInpXe+CPGm/y9O1F/m+7DOx6/7Lf0Nc&#10;TIvNQSIc0pxVWNma0nKjLmie7vBxUTwVxvgXxzuMemanJhuFguGPX0Vj/I16C0ftzXjTjKlKzPoq&#10;fJWjzRMloOTUMkNazQ+1QvB7UlMmVEyXhB7VXe3rXeDFQSQZrVVDmlRMaS3qB4Patl4MCoHg4rZT&#10;RySoGLJbD0pbPSJdRuBHGMD+Jj0ArZtNKkvpxGg46s3YCuotNNisIBFEvHUserGlOvyKy3ClgXVd&#10;3sZlnpcWnQCKIe5Y9WPqaWSI555rUeHNQPEcetcqnfU9F0ElZIy3iyageIc+grTki9K5/VdQMpaK&#10;E/J/Ew7+1bwbeiOOpTUFdmZqt55hMUJ+T+Jh3/8ArVjNF0rTaPNQPFntXdF8p5U4OTuzOeGoXhrS&#10;aPmoWi5rTmMvZGcY+aKstGQx+tFczep60afuosTRYNdl8P8Ax+2hyJp2ouW09jiORjkwn/4n+Vcx&#10;NF7VSmiolCNaPLIVGpUw1RVKe59KxurIHRg6MMgqcgin4zznivGvh98Qm0J007UnLaexxHKeTCf/&#10;AIn+VeyoylFdGDowyCDkEe1fN16MqEuWR99g8VTxdPmjv1XYjKZqF481cYenSonHNYpnVKBSdKgd&#10;PTpV50yOKidKtM5pQM+RKILFrlu4QdWq9FaGd/RR1NXQixLtUYA6Cq9pbYmNDmd3sMtm+xYEY+Uc&#10;Y9a01kWZAynis1gMU2KZrd9y8juPWsJR5tTshP2enQ0mqEipElSZQy9D+lNYc1mjpepARyc9KikG&#10;Knbpmon5Fao5pRKrioXHFWZBUDrWiOWSK0g4psQ+VvrUjrg4pI14P1rS+hzcupG64+lV5FzVpx2q&#10;B1Iq4szlEoyL1qu4wauyLVSUda3izllEqSLiqkq1ecdarSoOa1RySiUJVznFUpV5NX5Riqkq5reL&#10;OSUDPlXg1SlXtWjItUphXTFnJKJmzrUdrey6dceZGeD95T0arMy81RnWtVrozna5XdHWW91FqEAl&#10;iOfUdwfSo5VyK5K01CXTLjzI+n8Snowrq7a7i1C3E0JyD1U9VPoaylFwfkdUJqovMqSp1qhOnJrW&#10;mjHNUZk9qpMiUTJnjHNZrEc5rbnTrWBK3Jroi7nDOIhIzWl4WbPiC2/4F/6Cayd3FanhPnxDa/8A&#10;Av8A0E1U37jIpr95H1R6G1dD4E41C57fuv6isBhjFdD4IH+n3H/XP+orwqz/AHbPrcKv30Ts80Z5&#10;pKT8K8k+pQ/ODRnNN5NA46UxkmaUVFk0/PNAx4b1pyjPNNRN2CelSVm2WkVNV0u11vT5rK9hWe2m&#10;Xa8bDg/4H3r5l+JHw5uvAt+WTdcaXM37i4xyP9hvf+dfUpNUtU0u11qwmsr2FZ7aZdrow6/4GuzC&#10;4qWGl3T3R5WYZfDHQ7SWz/T0PjQ8V13hdc6UP99v6VJ8Sfhzd+Bb/em640qY/uLjHT/Yb0P8/wA8&#10;J4SG7SAe/mN/SvqXUjUpqcHdH586E6NR06is0X3XioHSrsiYNQOvtWSkaqBSdaryL6VdkSoGXOeK&#10;tMXKUJF/CoJF4q7KlVnTAq0yHEoyJzXo3gHx95hj0vVJBu+7BcOevorH+Rrz6RM1VlTFFSnGrHlZ&#10;dKpKhPmifRxiqJo64D4e/ELzDFpWqyfPwsFy56+isf5GvSmi6/1rw6kJUpcsj6WlOFeHNEz2j4qB&#10;4s1ovFntULREdqlMJUzNaGi2057yUIg+pPQCtK3sHu5QiD6kjgVvW9lHZxBIx9SepNKdXl0W4U8L&#10;7R3exTtrGKyhEcYx6nuTQ8dXWTrULLWClfU7nTUVZFGROaidMZzV50wTniud1fUfNJhhOE/iYd62&#10;heTscdVKCuynq+oeaTDEfkH3m9fasVkq6y4NRMnWvRhZKyPGqJyd2UXjHNQtH6VfeOoGjrS5zOBQ&#10;eOomj5+tX2QntULx89KtSM/ZmYwG48d6KndPnb60VzuR6MYaI0Joxk1SlixmteaPPaqcsWR0rVPq&#10;c0oGLPFnPFdr8PPiG2gvHpupOW05jiOU8mE//E/yrmJouuBVCaCqnCNaPJMmjVqYaoqlN6n08jK8&#10;YZCGRhkMpyCPWkKZFeM/Dr4jNoLppmpuX05jiOVuTAf/AIn+Ve0qVkRXRg6MMhlOQR618zXozw8u&#10;WW3Q+/weKp4ynzR36rsV2TH0ojt/NPoo6mrSwmQ9ML61MUCjAGAKw5rHb7NPVlcxhFAAwB2qNxVh&#10;snNRFcGkmNorsKicYqxIMVGwyK1TOaSIYpmtpNw5B6j1rRSVZ0DKcg1mOM5psUzW75HI7j1olG5M&#10;J8mj2NJhUTDBx2p6SLMgZTkelNcd6hG8tdSBxnNQyCrDdDUDjIrRHNJFZxk5oiHDfWnMMUsAyrfW&#10;rvoYW1InAqBxmrbrjrUDjNUmRKJTkHXNVZFzmrki5qvIK3TOSUSk681UlUVfkWqkq81smcs4lGZQ&#10;RVOVavy1VlAwa1izklEz5U9KozJWjKKpyrwa6Ys5ZRM6ZciqEyVpzriqUy81umcsomVOmeaZZ6hN&#10;pdwJYzkfxIejCrMydxVGZeCe9bp3VmYNNO6Oztb2HUrdZomBB6r3U+hqOZMVxllqUul3Qli6H76H&#10;owrsrW8h1K2E0JyO6nqp9DWEouPodEJqorPcpTx/lXLSsN7Z9a7GaPrxXGTnErD3Na0zCpEiLY+l&#10;a/hEg+IbT/gX/oJrHJzWt4N58RWgz/e/9BNaTfuP0MaUf3kfVHpZGTXQeCuL+4/65/1FYJGK3/Bn&#10;F9Of+mf9RXg1fgZ9Zho2rROvNHX2pN1G415h9GL3ozQDmjIoKDj8amiQucnhabDD5hyfu1axgcVE&#10;maxj1E2ikNOPAptQWNYZppp+KRvWgkp6rpVrrenzWV7CtxazLtdH7+/sfevGNW+Hs/gdGRGa40+S&#10;VjDPjkZ/hb3/AJ17iatDT7fU9MktrmNZoJMqyNXVRxMsP6PdHDicBDGrtJbP+uh82MuagdMGux8b&#10;eCrjwrdll3TWEh/dzdx/st7/AM65N1FfQQnGpFSi9D4irQnQm4VFZopSIcGq7rzmrzrVWVcVsmY2&#10;Kcic+lVpFxV6Rcg1WkUEVomQ4lGVe9VZFNX5U7VVkGAe9aJmTRnyLg16h8OviMJPK0nVpfm4W3uX&#10;PX0Vj/I15rKh9KqyrwfWipTjWjyyKpVZ4eXNH/hz6iaOkgsnu5diD6nsK84+FXj6bUZI9G1NizKM&#10;Q3bdMdlc+voa9rhtVt02oO/J9a+crqVCXJLc+xwqhio88ditBZpaRhEH1Pc0jJk1bZaiYVxXuem4&#10;JKyKjJionXAOcVccd+1c9q2pecWhhP7vozev/wBatYJydjlqyVNXZT1bUvO3Qwn93/Ew/irFaPHa&#10;rrpgdKiZM16EbRWh4dS83dlJ04qIpVxo6jZK1UjmcblJ0qNo+KuNHjtUTpmtEzFwKTJULp1q60dR&#10;NHz7VomRyGQ6ne31oqd0+dvrRXO3qehGGiNmWLNUposE1sSRdeKqSRVcZHNOBjSw1SmizW1LDgHN&#10;U5YcjGK6FI5JQMOeEZ4rvvhb47n0yddLvy0mm/wTH/lgfT/dPp2rlodMe9m2JwB95scCtyHTktYh&#10;HGMKO/qfeor8lSHJI2wjq0Kiq03a34nvyFSilCGQjII5BFNZea828F+L30krY3rlrMnCSHkxf/W/&#10;lXpQYOgZSGUjII5BFfLVaUqMrM/Q8NiIYqHNHfqiBh1phXNTOvfNRkVCZrJFdxULL1qy4qFq1TMG&#10;rldlqB15qy3BNQupxmtDmlEhina2fK8juPWtFJlmTcp4rNkXrTI52t33LyO49aGrkxny6PY0j1qK&#10;QcmpFlWZAyng/pTCtJGsknsVnBJz2pYBw9OfjilgGN31qjBLUjkUmq7irjiq7j0poUolR0zmq7qe&#10;9W3U1XkXJraLOaUSnIOuaqSLV+Vd1VZFHNbJnJJGfIuM8VVlXBPpV+UVUlWtkzlnEz5lz7VTlStG&#10;RKqSp1reLOWUTMlXNUplxWnKmapTJmumLOaUTMmSqMyda05l9qpTJWqZyuPcyZ46ZY6jNpV0JYjk&#10;H76Howq3OnBqhPH1rda6Mwaa1R3FnfQ6pbCaE5B4YHqp9DXFXB/fSf7x/nUNhqM2k3XmwnKn76Ho&#10;w96rWmqwaujT275G4hlPVT6GpUOVvsW5c/qWCeOtbHg058R2n/Av/QTWK3StnwWf+Klsx7t/6CaK&#10;nwP0HSj+8j6o9SIwa3fB/wDx/T/9c/6isTqK2/B/F7N/1z/qK8Gp8DPq6CtVidbRTcmlzxXnnuh+&#10;NSwQmQ5P3f50sEHnHJ4UVdxt4AAFZylbRGsIX1YiqFGB0pKcTTayN7BSbqWmsfwp3JCg0gpc07iG&#10;kd81oWH/AB7/APAjWeR3rS08Zt/xNRPY1or3hNQ0+DVLSW2uo1mhkGGVq8L8b+CZ/C91vXdLYSH9&#10;3Njp/st7/wA698PFV9QsLfU7OW1uo1mgkXDK1aYbEyw8vIwx2Bhi4W2ktmfLzoRUEi5rs/G/gmfw&#10;rd7lBlsJD+6mx0/2W9/51yUicV9TTqRqRUovQ+ArUZ0ZuFRWaKEiHJqrIuDV9161XdK2TOVooSji&#10;qrpWhKg5qrImRWqZk1cz5Vos9Ll1G48qIYHVnPRRWhaabLqM/lxDH95uyiurtbCLTrcRxDAHVu7H&#10;1olU5dOoQpc++xTtLCLTYFiiGMclu7H1NeleBPHok8vTdTkw33Ybhz19FY/yNefyDvVWTqa4qtON&#10;aNpHoUa88LPmh9x9GslRMnXsK8+8AfEAMI9M1SX5/uwXDnr6Kx/ka6zVdQM26GE4TozDvXhyozpz&#10;5GfWwxVKrS9pH7ipq2pGQmGE/IPvMP4qxnWrjR7ajaOuqNoqyPMqN1HdlMx+9RsnWrjJjtULJk1o&#10;mcziUynNRugJq4yVE8fWruZOJUdKiZParZjPSo2SquZOJTZKiZOMVdaMGonj6+1WpEcpiSr+8f6m&#10;ipJlHmv/ALxorK53xjojpZY6qSRda1JI81UkjwTxQmYSgZc0QxUMOnyXkuxBgd2I4ArVhsXupNq8&#10;Du3YVsQ2aW0YRRwO/rVupy6ERoc7u9jLisEtYxGi4A5J7k0NBWo0Oc1G0OB0rLn7nT7O2hmNBntX&#10;UeEPFTaYy2d4xa0J+RzyY/8A638qxzBnoKjaH2qZqNRcsi6Up0J88Nz13h1DAhgRkEdDUDg9K4zw&#10;t4lbTStpdMWtSflc8mP/AOtXcsqyqGUggjII6GvHqU3SdmfVUa0cRHmjv1RWYZqJhjipXGM9qjbp&#10;STHJEDjGahYc1O3JNROuK1TMJIruKrutWHGaiYVZzyRDHM1u5YdD1B71oLKsyZU5H8qznXFMjma3&#10;fK8juPWqtciMuXR7Giw4zTrcZR/rUaSrNHlTmp7YYVx71DNlqxrCoJFHNWXXIqB+M0wkirIMVXkG&#10;M1akXg1A65q0czRTdcZqrIuD0q7KKrSCt0zlkijKvGaqSoavyDrVWUHFbJnLJFCVeOlU5lrQlXrV&#10;OZa2TOWUTPmSqcq9a0ZR7VSkTk1vFnLJGdMgIqjMnBrUmTiqM6deOK6Ec8kZkidaozpnitOZcZrP&#10;nGc1tFnM0ZlwgGa8psNcn0PVJJoTld5Dxno4zXrc6da8NvWxdTf9dG/nXTDXQnlPX9L1e31izWe3&#10;bI6Mp6qfQ103gls+J7Mf73/oJrwHRtcuNEvBPAcqeHjPRhXt3wx1i31nXbGe3bIO4Mp6qdp4NZVo&#10;2hL0NqS/eR9Ue0Y4FbXhI/6bMf8Apn/UVjH7tbHhM4vJv+uf9RXz0/gZ9TRX7xHVg5qe2tzMxJ4U&#10;frTbS2MxychB1960lUKMAYHpXmTlbRHvwp31YmNowBgUH0pSKSsUdImPajHFLSUyRvWmt1p5Hr1p&#10;mAx6UIVhM0lLSYpkiitPTx/o5/3jWZ0rT03m2/E1E9jaivfJyM4pDxTyMU0jmsTtaKuoafBqlpLa&#10;3USzQSDDIwrwfxz4IuPCt3uXdNYSH91MR0/2W9/519At1qnqOnW+p2cttdRLNBKMMjV14bEyoS8j&#10;ysdgYYuFtpLZ/wBdD5dkj61WkTNdr458D3HhS73LmbT5T+6m9P8AZb3/AJ1x0i+1fUwnGpFSi9D8&#10;/rUZ0ZuE1ZooyrRa6fJqE2yMYH8TdgKvW2nyX03loOOrMegFdFb2UdjAI4x9T3J9TVyqcq03MYUu&#10;bV7Fa1so9PgEUQwOpPdj602ToatSdKrSCsU7u7OhqysVZKqS/wBatyDP412XhLwcI9l9fp8/3ooW&#10;HT/aPv7VU6kaauxQoyrS5Ylbwj4N8sJfX6Yf70ULD7v+0R6+1diRirG3NMK+1eVKo5u7Pfp0I0o8&#10;sSsy5qN04NWWWo3HFJMTiVSvrUbR5HrVpk9qiZMdqq5m4lYoe9RMvFW2XI9KjKZFWmZOJTKc1Gyd&#10;6tsvXio3TIq0zNxKjR8VCUxVwpUTL1GKq5DiYUygTSf7x/nRUsyfvn4/iNFY3Z2RSsjqpI89qZHZ&#10;NdSbV4A+8fStJLRrl9qjvyfStCO0SFNqjAH61m6nKWqLnvsUIrJIIwka4H86Hhz2q+Yeaa0XpWfO&#10;dHs0jPMPHSmGHNaBiOOlRtF7VSkQ6ZQMJqN4CecVoGLnimNEc9KpSM3TM8wcdK3/AA3r76eVtrli&#10;bY/dY/wf/WrPMPHSo2hBNEkpqzKpuVGXNE9EdVlUMMEEZBHeqrLgkHg1z+g621kRbzkm3P3WPVP/&#10;AK1dVLGsigjvyCO9eZKDpuzPfp1I1o8y3M9hUTDOasuDyMYNQtxx3qkyZIquo61CwxVl+/FRPjFa&#10;pmDRVfvUDjFWXFRSLxVJnPJEEczQPleQeorZsZFmjZl5GaxXFWdMlaHzCPUZHrTkroKb5ZWZquvN&#10;QutTK6yruU1G461mjqauVHXk+lQSLVtxVeTkVaOaUSpKOtVZVq64qu69eK1iznkijKmRVaRc8Vdk&#10;HWq0g5Nbo5JRKEi8dKqSrntWhIpqpMhrZM5pIzpl64qnIvWtGVcVVkXrxWqZzSiZkqdapTJnoK05&#10;l61SmXAroizmkjKmTrVGdetasy8niqE0ecitkzBxMmdeteB3z4u5/wDro386+g5068V88X5IvLgd&#10;f3jfzrrpO9zFxsQl66v4V67caF41sZoTkEvvjJ4cbTXIM3p1ra8Dt/xVVl/wL/0A1rJJxaZUbxd0&#10;fZWk6vb61ZLcW7ZU8Mh6qfQ11/gqwe4u5nYFYtmM+pz0FeG+AoL2LUftSMUsxxKp6S/7I/x7V9F+&#10;Ery3vU32+AgTGzupz0NfL4uPsk0j6nL5KvJOW/5nQqgRQoGAOKQ9KcelNPSvEPqhCc0lFFMkQikN&#10;OznNNI4pksTFNJ/CndOaaSO1AhKTJFLSMfemTYCcitTTf+Pb8TWVWrpnNt/wI1NTY2o/GWSc0nan&#10;EUhFYHc0NIzTDzUlNIpk2KWoafb6pZy2t1Es0Ei4ZG714b4v+Hl1oGohY8zafKf3c5/h/wBlvf8A&#10;nXvwTceKLqwhvrSS2njEkLjDKe9dVDEyw702PNxmXwxsddJLZnzzb2kdnCI4xgdyepNNkFdR4v8A&#10;CU3hy5yuZLOQ/u5fT/Zb3/nXMP3r3oTVRcyZ8ZVoyoydOSs0VZAearyVaf612HhTwh5ey+vky/3o&#10;oWHT3I9farlUVNXZlToyrS5Ylbwp4Q8spfXyfP8AeihP8Puff2rrmTHHWrBUmmlRXlTqSnK7Pfp0&#10;Y0o8sSsR7VHtzVllwDxTChxmkmU0VyuajdeKsMlMK4FWmZtFUp1qMrntVorUbJirTM3ErOmRURTH&#10;SrTJmmMvtV3MnEqlOtRslW2TmomUmqTMnEptHUZTrxVtkJqNo6tMhxOfnX99J/vH+dFPuBieT/eP&#10;86Kg6FE9Pjtlhj2qMf1oMXtVzyye1N8rNefzHtclikY6YYs9qutDTTFVXJcCkYvammLjpV0xe1MM&#10;dFzN0yk0VMMI9KvGLFN8v8qpSZDgUDFg01oc9qvmH2pvlZp8xDplDycVraLq5tCIJiTCehP8P/1q&#10;qmHnvSGGiVpKzHDmpyvE6yWISrkY9iKoyIVJyOap6VqTWpEMxJiPRj/D/wDWrZmhEq5U89jXG04O&#10;x6kWqsbrcy2GSahdcValUqSO9QupNapmLRVccVC44q064+tROtaGMkVHFS2a5R/qKRlyM1PZJ8sn&#10;rkU29DKMfeFRzC24dO49atbxKu5arumajR2hbI6dxU2Nb8pO4qBlGTVkMJUBBqF0zmmDVypKtV3W&#10;rjL+NQOuPeqTOaSsUXUnNVpVq9IMDpVeRa3TOeUbme65qrKtX5Fz0qtInFbRZyyiZ8qZqnMvatKV&#10;KpzJWyZzSiZkqcGqUy5rSmT1qpMnBNbJmEomTOOtUZl9q1pUz2qjMnWuhM53Eyp4+K+bNQbbe3P/&#10;AF1b+dfTU6V8x6h/x/3P/XVv5muuj1MZIrFjXe/BzwtNr3i2znkBjsoy25+hc7T8q/41jeDvBs3i&#10;S482UNFp8Zw8nQuf7q/49q908D2sNnrlhBBGIoowyqijgDaaqrUtFpDirySPRY7aO1iWKJAkaDCq&#10;vQV0Pgi8ksdRmdDkeX8ynoeRWO6itLwuMXs3/XP+orwqmsGmexRvGpFo9WtLqO8hEiHg9R3B96kb&#10;261yFney2M/mIeD95fWuptLuO9hEkZyO4PUGvEnBx9D6ujWVRWe4+ilIpKyOgMYpBnvSnimk1SFY&#10;aaQginYwab3pkDWOKQnIpxAPamkY60CEFa+lj/Rf+BGsmtfS/wDj1/4Eaib0N6C98skYpOtSYzTS&#10;tc53tDCKApb6UuwtipVUKKdxctxoUL0paUgCkpFle+sYdRtZLe4jEsLjDK1eM+MfCM/hu53LmWyc&#10;/u5fT/ZPvXtpNElhFdRFJ41kU4O1hke1dNHEOg79DzsZgo4yNtmtmeQ+FvCWzZe3qfP1jhYdP9o+&#10;/tXWMuK1NR01rGTjLRHo39DVFlz9a63VdR8zPLjhlh1yJFcqCKjZMVZKdqYy0XG4lYrTGXPbirDJ&#10;mmmPjNMzcSsUqMqatFeDioylNOxm4lZlqMrVorTHSq5jLlKrCoylWmTmmlRVpktFQpUZT2xVxlBq&#10;MpVqRm4lRo+DULLgdKumPionj4q0zJxOauF/0iX/AHj/ADoqe5j/ANIl/wB4/wA6Km5ukz1fZg03&#10;bVopmm7K8q57/KVTHk0hhHWrO0UhTIqlIjkKhiwelJ5f4VZMfNNK8+1PmIcSq0WaYYuMVc2DHTmm&#10;+XVqRPKUzFim+VVzy8mkMfNPmJcCl5IPNNMNXTH6UnlDvT5iOQo+TxV/Tr82+IpTmPsf7v8A9amG&#10;L0phizTdmrMcU4O6NmeATLkYz2NZ0qFSRjBFSWV00ACOcp2P92rtzAsyZGA3Y1h8LszrsqiutzIZ&#10;SRULL2q06FOCMEVCwz1rZM5miq6cVPYrhZPqKY64qxYL+7f6im3oQl7wjrmoZE/GrjrzUEielJMp&#10;xKoYxNkdO49anyJFyOlRsM5qIMY2yPxqzK9h7rioHWrRYOuRULrigmSuVJFqrInNXpBxVeRetaRZ&#10;zNFGRKqzLir0i8mqsordMwlEoyrk1TmTrV+Rec1VlXGa2TOVozpV7VSmWtKVc5qlOmc1qmYSiZ0q&#10;j8KpTxitGVe2apypjrWyZzyiZc6da8C8OeC5vE2sXMswaLTo5m3yDgucn5V/qe1fQkyZzXPLbx2y&#10;CKJFijXOFUYArrhOydjnlEq29pBZW8cFvGsUMa7VRRgAVseEF/4qS0+rf+gmsxxgcVqeEOfEdp/w&#10;L/0E1En7rCC95Ho7rgVpeG+LyX18v+tUXHrV/wAPcXcn/XP+orzJfCz1qa99G+xqWzvpLGYPGcj+&#10;JexFVy2aaTj3rjtfQ9JNp3R2tpeR30IkjOR3HcGpSK4ux1CSwnEkfI/iU9CK62zvYr6ESRnjoR3B&#10;9DXHUpuGvQ9ajWVRWe5Kaaaf1puKyR0iUhFOpM4qiBtIcd6OlBwaCbDc1saUM23/AAI1j1saT/x6&#10;/wDAjWc9jeh8ZbIxRjdxSkc08DFYHopCKoA9KKXGaQjFAxrCkxTifWpY4+QTSbsCVxIYT941MRgU&#10;YxR9az3NLWI5YkmjZHUMp6g1zWoaa1k/cxno39DXT96ZLCs6FHXcp7VpCbgzCtRVVeZxpWmsvGK0&#10;dQ057OQfxRno3+NUmWu+Mk1dHiSg4uzICtMZKn24ppq0zNorlMdqYy8VYZc0x14q0zNxKzJxTWUA&#10;VYKg0xlpkOJWK0wpzVhlppAp3M3ErFKYUqyy4pjJmqTM3EqlMVGy81aKVGy1aZDRzVyv+kS/7x/n&#10;RUlyh+0S/wC8f50UXNUj1oL6ik2j0q1LAYXIP4H1qIp6V5Nz6Bq2jITGD2pvl1PtNIU56VVxcqIC&#10;lMMdWdnNIVppk8pV8ujy/arJQYpuyncnlKpjxRsOKstHzSeXxTuRylXZSbPUVZMZpuzPammTyFYx&#10;4pPLqyydqaY807i5SsY81YtpzGAjfc7e1Hl+1IY8jpRe4knF3J57cTrxw3Y1mSRFWIIwRWjBIYzt&#10;b7vb2p9xbCZfR+xpJ20LlHnV1uYsiZqxYrhH+opkiFHKkEEVPYr8j/UVq3oc6XvDmQk5qCQc1abj&#10;ioXXmpTKaKjpUDp6VcdT6VC64rVMxkiqGMRyOafkOuRRIvtUXKHIqjLYR196ryrVssHXIqGQZpkS&#10;RQkWq0gyOlX5Bz0qrIK2izmkihIvFVJF7d60ZV4qnKmOa3TOeUTPlXBqpKtaMq1UkStUznaMyVOt&#10;UpUrUmj5qlLHWqZhKJmTJXNTffbtzXVzR98fpXLTD52+prpgzmmrFY+lavhAD/hJLQf73/oJrLYE&#10;Vq+Dx/xUlp6/N/6CaqfwsmPxI9LdauaFxdSf7n9RVVhzVzRBi6f/AHD/ADFeZL4WepBe+jYamFj+&#10;FOPXFMPHFcyO8Qtip7C/k06cSRnI6MvZhVcnBpDTtfRkpuLujubK9iv4BLEeO6nqp9DU31rhbDUZ&#10;NPuBJGeOjKejCuzs76LUIBLGcjuO4Poa4alNw1Wx7FGsqis9yZu1NINPPWm55rI6WhtIaWimTYZ0&#10;rY0nJtv+BGskIWOAPxrb0xdtqAP7xrKex0Yde+WhS0YpKxPRDNIRnpS9aliizyRzSbsCVxscWMEi&#10;pRTiOKToaz3NkkhKMcUUUA0AFJ0NLSEUEDJYknjZXG4HqDXOX+ntZyesZ6GulBps0STxsrjcD2rS&#10;E3BnPVpKovM5EpmmNH6VoX1g1k+eWjPRv8aqEZrtUr6o8eUHF2ZXZcUwrnrVhlHNMKcdKtMyaICl&#10;RlasMvpTSlWmQ0VivtTGTHNWSue1MZMCqTJ5SsU5prLVgr+NMZMjpTM3ErFOajaPrVll5phTmmZu&#10;JzFyv+ky9Pvn+dFSXSD7TN/vn+dFBdj2qWISLhqovD5bEN07GtQjf14qJ4w64Irx0z6qUeYzdtNK&#10;nNWXiKnB/OmlBWlzmcSuVpNnNTlPSk28U7k8pAVpCmasFc00rg07i5SDZikKmpymaQpx0ouLlISC&#10;abt46VOUoZfancViAoO1NK+1T7PWgpinclxRXKZpPLOan2e1AQ9qdxOJXMWafGdowc+1SlM03Zii&#10;4ctiG6tlnUnow6Gq1ohTzFIwc1oDpSFM5OKal0JcE3cquMioXTFWmXFROnpVJmbiVnXIqB1x2q0w&#10;4qJlzWiZi0VHTmq8i5q7ImKrunNapmMkU8lWOKUkOM5p8i1CQV5FUY2sRyL71WlXirjYYcVBKlWm&#10;ZSRQkUmqsq4zWhIvFVZErdMwaM6Vaqyp1rRlj61UlStUzmlEzpEqnLHya05U45qpKlapmDVjLnjr&#10;j5l+dvqa7maPiuJnX9459zXRTZzVEU3BHatXwfz4ktP+Bf8AoJrOcVq+DxjxHZj/AHv/AEE1tJ+6&#10;zOK95HphFWtIAFy/+5/UVXYVZ0z/AI+Hz/d/qK8qXwnpxVpI1Wxio260v40hFYo6xhzmkzSng0hq&#10;iWRtg9eKnsL+TTpxIhyD95T0YVEVGaYRjrT0ejEm4u6O+sb6K/txLE2R3U9VPoamxmuC07UZdNnE&#10;kZyDwynowrtrC+h1G3EsRyO6nqp9DXn1Kbg79D2aFdVVZ7kpFCoWNPEe4+1SqoUYFY3OtK40KF4F&#10;amm/8e//AAI1mEc1qab/AMe3/AjWc9jpo/EWjTe9OIqWOLHzGsL2O619BIosDLdewqUDFFFQapWC&#10;kIpaKQDKKcRmkIxTGJQR3ooNBFhoop2AaQn2oEMlhSaNlcBgexrn77T2tH6boz0auiBpssazKVcZ&#10;B6irhJxOerSVReZyhSmlcVoXlk1s/wDejPQ1VKAV2J31R5UoOLsyuUFMZKsFKZswOKu5k4kG32ph&#10;TAqyU3CmFc9BVXI5SuyZppjqwyU0x+tUmS0VWXHaoime1W2Tn2qNo6pMhxOUuk/0mb/fP86KfdoP&#10;tc3++386Kq4uU9noxmlIpM14p9U0RyIGGDzVd4ypxV373FRuo6GrTIauVNtJs5qYpikKgVRlYiKU&#10;hX2qXApMU7hyoi2n0pMGptuaTaaLicSLZSbKlK5o2ii5PKQlc03ZU4QUbadxOJDs4puyp9vtSFKL&#10;i5SEp7U3bntU+2kK84pkuJXKc0pTAqYpTSmKLi5SsyZqFkq6yZFQOntVpmcolRkwKhdRVtlxmoGX&#10;Oa0TMJIrOuRVd0q2681CwzWiZg4lN0qu6cVdkUVBIvORWyZi0UmGzoaaRuFTvHUDDB44qjFogkT2&#10;qtInHSrrciq8i1aZjJFB4/aqssXWtCZaqyL1rdMwaM6SPBNVZY8g1pOmKqSJz0rVMwlEzZI8E1ws&#10;6fvn+pr0KVeDxXATr+9fjua6KbOSoimykk1q+Dk/4qS0+rf+gms11xz1Na3g8f8AFSWZ92/9BNbS&#10;fusyiveR6W6c5qbThi4b/d/qKay81JZDE7Htt/wrzXseklqi/wBBSD6UE0nf1rM3FYZNMIxSk9qQ&#10;0AN9aThhTvemvVJksYVxVnTL2axuVeHnP3lPQioFUu20DmrcUQiXAGfU1MrWsxxundHbWV3FeQCS&#10;I8dweoNWO1cZY3sljNvTp3XPBFdZaXcd5CJIzkdx3B9DXnThyPQ92jWVRWe5KRitXTBm1/4EaysZ&#10;rc0yAx24DjBJJxXNUdkejRV5FiOIA5IqTGKdSEVyHo2sN/CilNJVCCg0UUwCkIzS0UAMxmiloqbj&#10;EpCCadSVRLQm2k6U6kYUEjJI1lQqwBUjpWJeWTWzZ5KHoa3abJGsqlWGQe1XGXKYVKamvM5vbmmF&#10;M+1Xru0Nu3qnY1XZcV1J3POlBp2ZAUpmypylN2+1VcycSuVxSFcjmpyuPemsmaq5LiQFOKjKY7VY&#10;K1GwppmfKcleR/6XP/vt/Oipbwf6XPx/G386Kq4cp64RmjFOpO1eWfSDaUrkUYo5FBLI3QVGVINT&#10;nBHvTCMcGrTJsRFeelGM9qf0NFUKwwrijpmn0m0UE2GBaNtPwKQLQFhm0Um3PSpCM9KNtAWI8YpC&#10;KkwKMDpQTYhIBo21LikK5oFZEW2kK9qkK0Y4ouLlISmKjkjz0qyRnrSFc00yXG5nyJ271VdOSK1J&#10;YMjI61Uli9ua1i7nPKFig6c1Cy4PAq467c8YNQMOtapnM0VHXqagdecVbcY7VC6g1omYNFKReage&#10;PrV10qB0OPatUzJxKLrtNMZQf8KssgNQOhByKoxaKsqVVkSr7LnOPyqvIuK1izCSM948g1UkTk1o&#10;yRmq8keM1smYtGZIntXntwuJpOn3j3r0uSPB6Zrzm6U+c/8AvGummzjqrYoOvJ6Y+ta3g0f8VLZ8&#10;f3v/AEE1nuprV8HJ/wAVJZkf7X/oJraT91mMV7yPTGWltBtlOPQ05hzSwD95x/dNef0PRtqWCaTN&#10;GaKgsM4pCfpQTzSZoAXoPekRGdgoAJ/lTlQu20dauxRiNcD8T60nKw1G42KARLjqe5p20jtTzQOa&#10;yua2GbSPSrFjdyWMwdOQeCp71Fg56V1fh/w75IW5uVzJ1RD/AA+596ic4xWpvQpSqTtE19Ltd8az&#10;yKVYjIRv4frWvCOKqqCtWoTleK8ibb1PqqSUVYk7UUdqKyOkaaTFPxSEUCsNoxSnikNO5Ie9BBxR&#10;SHPamAhGKKd1HPNIRSsAlJilpKExhjvRjNL0oqibCEYFNp+KaRxQIZIglQqwyDWRdWpt345Q9DWz&#10;TZIxKpVhkGrjLlMZ01MwSmfSmlM1aubVoH6koehqHpXSmmee42dmQFKQpmpttIaZDiV2THvTCvtV&#10;gpmmOlVcho469X/TJ/8Aro386KlvUH22f/ro386KLi5T1XvS0lHSuA95MU000tGKBWG0jAGlI5oo&#10;JsM6GgjNPxmmkEVSYhm2l2U8YNKMCi4EW2jGKmwuKQAUXAiwfSjpT9vPFBXNO4rIZSECnFfak207&#10;hYTHFNp+OKMGmKwzGaNtOxkUYoCwzHNIVqTFIRmgViMpioZoN6kjrVrFJijYlxvuY8keeCOlVXQg&#10;kEVtXFuXBIwDVCSLcPRhWykcc4WM51qFkq66HPTFQMgzWqZyyiUmTmoXSrrL1qJkyPetEzFxKEkZ&#10;7VBIhI5q+644qF481qmZSRnOhHNQsoP1q+8WarvFjNVcxlEoSRkZqtKma0XjyOageKtIyMHEzZEr&#10;za7UedJ1+8f516lJFwa80uov30n+8f5110ne5xVlsZ7LkHitTwan/FR2mc/xf+gmqbRH0/WtTwfF&#10;/wAVJa/8C/8AQTW0n7rOeK95Ho7Jg0kK7Zf+AmrBUCmBMSA+xrguejYUp703GKkxSEDBpBYZtyMi&#10;lWMuQAMmljRnbaBV2OHyxx+JocrFRi2NiiEa471JtOOtOKe9LtwOtZG6QiD1oMZOMdakCZ7de1dT&#10;oOg+QFuLlf3nVEP8Pufes5zUFdnRSoyqysiPw/4e8jbc3QzJ1SM/w+5966LpR3oNedKTk7s9+nSj&#10;SjyxDv1qeDhc+9QVPD9yolsdENyYHNLTAcU4GsTcU0UUUAIaSnUmBQKw2ilApKaYgooopiExSYNO&#10;opWAbg0EYp340hFMBKSlooBiEU3FOxRimTYjdA6lTyDWZcWxibjlexrXIpjoHUgjIPaqjKxlOCmv&#10;MxCmKQqBVq4tjCfVT0qHZW97nC4taEGzmmsnFT7cnpTWXrVJktHGXwP2245/5aN/OipL5f8ATbjj&#10;/lo386KdxWPTqDRmkJrjPWAH1p3WmdaUUBcXGaQjH0petLQOwwGg80pFJQRYTBGaUc0uTimng8U9&#10;xDgtBFKDkUYzSLsNop2BSY5oFYSgjPWlxRigVhu0UbRS0UBYbt59qClOzRmncLEe2kK8VLSYzTuI&#10;ixjtS1IRTdpp3FZDCM1XuLbfllADenrVvFNK807icUzGmg3exqo0fUY5rcuLffll+96etUJIty+j&#10;VtGRxTp2MxkHI71E6dquyRkHB61AygnmtUzmlEpugqFo6vSR5PFQMv5VomYuJSePNQPF1q8y1EyH&#10;0rRMyaM6SLrVZ48ZrUeM4ORVd48j3q7mTiZrx9a8zu4h50n+8f516o8bDORXmt0CZpAAM7jXXRer&#10;PPrx2M1osDtWp4Pi/wCKjtCMfxZ/75NVHjPcY/GtPwgp/wCEhtOBjLf+gmuiT91nLCPvI9EaMGoj&#10;Hhx9DVor8x4xUbqdw6dK85M9NxIitCxFztHWpVRnbAGatJHsAx1ovYSjcjjgEa8Y9zUu2ngEjpSh&#10;SKm5uo6DAmadsyQAAacEJPHWuo0LQREFuLhQZOqof4ff61nOooK7N6VGVWVkN0HQBDi5uFHmdVQ/&#10;w+5963iMVIAKQjNeZKbk7s96nTjTXLEZSf56U9h0pMH0NTc0GGrEAGz8aixU0P3fxpN6Fx3H7RSd&#10;DTqOlQah+NFIc59qWgA6Ud6KKACmladRQKwzNGfyp2OaTFO4hOlFH86KYB1oPPFFGaBDcUYp1Bos&#10;Mbik6084NNIo2EIRmgDFL0opisRugYEHkHtVCeAxH/Z7GtLimugZSD0qk7GU4XMkpzTSmKtTQNE3&#10;+yehqLaR1rVO+xyONjjL4f6bcf8AXRv50U+//wCP64/66N/OimLlPRCc0lFFc53i4ppbtTt2KjY0&#10;0rkjlfHWpKgzSxvjrTaKT7kuOKQgCl60EZqSrDT7UUuKKCRuMdKeDkU2joc0ME7D6KF+b2pcUtSx&#10;KTFKBRjmgBu3ijaKdSYoCwmBQV4NLRTFYbg0YPpT6KBWGfWinEZpNtArCYoCjPNBGDiigVhpTniq&#10;9xa7wWUfN6etWqKabE430ZiSw7iezCqckeM8c1vXNqJPmX7/APOs6WHf2wwrojI4qlOzMx1GP6VE&#10;6DFW5EIJzxURQmtbnM4lRk4NRPEMGrjRkjrULR+9aJmLiU2XjBqCWP2NXnjzUTpirTMmjOkiJH0r&#10;zC6jxcyAjqx/nXrTR5rzO6h3TSc87jj867KL3PPxEdjIkQ9K1PCEf/FRWuR/e/8AQTVVosEjOD7V&#10;qeE4z/b9pk5Pzf8AoJrok/dZyRXvI79kGahaIs4AHPNXREXYAVI0AjA5yecmvPuj1HG5WjhCDA/W&#10;n7eKlxgUbCT1pXKSsRqPanBefepAhI/pXSaHoXkhbi4XMnVEP8Pufes51FBXZvSpSquyG6JoIh23&#10;Fwn7zqin+H3PvW9S8qKTvXmyk5u7Pdp01TjyoO1FGaKk0FzmjNJ2pKBWHdetPiAAIHSo6ki6Gkyo&#10;7knSiiipNQoo6UZoAKKKM0AFFGaKACij8aM0AJgUmKdRQJoZij8KeeaaeDTQhKD9KMiiqEFI3Wlo&#10;IzSYDaKXFGKWoCUlOxSYpgNdQ4wRkVRmgMbeoPStCmugYEHpVJ2M5QTPPL8H7dcf9dG/nRWteaEX&#10;u52EygF2OMe9FXzIw5DrKcBjvTaUnNZm7GP1pKcRmm1SENPWkxmnEHHtTc1QDkk28Hp61P2qsenN&#10;Ojk24B6VLRSdtCekIopagsZRTto9KCB9KZLQgOKeDkVGaASKAWhLRzikByKWkWBGRRRRQAZpG55p&#10;aKQhtFKRk0bTRsAlFLtpCMUXATFGBS0UXATA9KQg5p3ejFO4WGYNQT23mfMowe/vVqinexLimYk1&#10;vv6cEVTaMgnIxW/cW4f5lHzfzrOlhDg9iK3jK5xTptGaY6haOrrptyCMGovLFbJnM0UzHk9KjeLP&#10;UVcZcmmNGPWquZOJQkj46V5vcxfvpMDPzH+depPDgd686uLcefIcfxH+dddGW55+JjojIktiw5UZ&#10;q94Tt2PiG2ULgjd/6Cant7B7yYRov1PYD1rrdA0a3ivrZFHzKSd5652mtqk0os5qVNykjYWAIvSo&#10;5k5XitGWAxsVIwarTxgha89SPXlCyKYTHal2Z6DJNTiPJ9a3tH0YQkTzj5/4VPb/AOvRKooq7CnR&#10;dR2QzRdEEQWedB5nVUPb6+9bfSlo5rglNyd2e3Tpxpx5UJSEUuKMVN0aWG4pcUuKWgLDNppdpp1J&#10;TFYbg1LF0NMqRPu0mNIdmiiipLDNGfeiigAozRRQAZooooAM0Z96KKACjNFFABmkpeaKAG7aTBp9&#10;FArDMUU4jIpuDTuIKKKKYCZ9qDS0mM0CEopSMUlK4GTOv76T/eP86KWb/XSf7xop3A0qKfQRRclo&#10;jOKQmpMUcelVcXKQmkqfGaQrTuFiCjrUw+lHFHMS1cjik2cHketWN2aiwKcrYOD0qWXF9GOopRil&#10;4pFDfxpDyafRxRcdiNeDxUytkU3ik3Y6Ug2HkUm2nA5FFIY3bzRt4p1FO4WGUu3inUUXCwyin4ox&#10;RcLDMUgGKkxRj2ouFhlGKfijFFwsMop+KMUXCxGR3qCeAP8AMBhu9W6MUXsJxuYssG8ehqo8bAkE&#10;V0ToDziomQN25rVTOaVG5zxjwMkU3yzXQeWuelHlL6Cr9oYuh5nNtGSO1cL/AGdJdXbqgA+Y5J7c&#10;1695S+g/KqywohICj8q1hW5ehhUwntLanDW1ilrCEQfU45JrQ0aLGpw/j/I11mxD/CPyp8KIJF+U&#10;D8Kcq100EMIoyVnsVZ7cSjB4x0NZVzCyFQwrqcD0pDArlSygkHIz2rmjUsdkqHN1MrS9J8vE0w+b&#10;qqnt71rgYFOCj0owPSocnJ3ZvCmoKyG0U7A9KMD0qbmlhmPpSVIVzSbBSFYZRTyoFJigQ2in7aTH&#10;tTAbinp92kx7U5elDKQtFFFIYUfhRRQAUUlLQAUUUUAFFFFABRRQaACiiigAooooAKBRRQAUhGaW&#10;igVhpGKSn0U7hYZgYpMYqTFIelFwsY03+uk/3j/OitBgNx470UXCxMFoxS0GmIbjFFOxQQDSAbRS&#10;kYFJTEIRxRjmloouFhpGBSU+imKwiNjjtT6YRSqcDmkxp2HUUUcVJQfpR/npRxRxTEAJFOBzSUZx&#10;QNDu1BpAc0Uhi0UUUAFFFFABRRRQAUUUUAFFFFAAaKKKADtTWXNOooAhIzSAZOKmYemKbinczcRi&#10;jAquQDVnBFVicHiqiTIafYU+HmRaAAamhiwdxqm9NRJXZKB0p1FGayNwooooAKKKKACiijNABRij&#10;NFABSbaWigBNopaKM0AFFFGaACiiigAooooAKKM0UAFFFAoAKKM0UAFFGaKACiiigAooooAKKKKA&#10;CiiigApDS0HpQBVY/MfrRSP99vrRQBaK0mz3p1FArDKSpNo9KMCncLDKKftFJincVho5FBFOxSGk&#10;AzFGKdiikOw3bQRinYzQRntmmKw0H3p1JtNOUHvSGhM0A0/AowKBjKKfgUmB6U7iaG9KcDRgelGM&#10;GgBaKKKQwozRRQAZooooAKKOtFABRRiigAooooAM0UUUAFNI9KdRQAwjiqxXBq3tpgi5yRzVJ2Ik&#10;rjIocfMwz6VP0o/Cik3cpKwZooopDCiiigAooooAKM0UYoAKKPwo/CgAooooAKKKKACiiigAzRRR&#10;QAUZoooAOtFFFABmjNFFABRRRQAUUUUAFFHakoAWiikoAWikpaACij8KKACkNLSHpQBVf77fWih/&#10;vt9aKALdFFFABRRRQAUUUUAFFFFABRRRQAUUCigAooooAKKKKADtRRRQAUUdqKACjtRRQAUfhRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB1ooooAKKKKACiiig&#10;AFHSiigAooooAKKKKACiiigAooooAKKKKACiig0AFFFFABRRRQAUUUUAFFFFABRRRQAUHpRSGgCo&#10;5G9vrRTJCfMb6migDQpKKKACiiigAooNFABRRRQAUUUUAFFHaigAooooAKKKKAA0UUUAFFFFABmi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKOtFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFHajNFABRRRQAUZooNABRRRQAUUUUAFFFFABSUtFABRRRQAUlLRQAUlLRQAUlL&#10;RQAUhpaQ9KAKEn+sb6miiQ/vG+pooA0KKWkoAKKKWgBKKKKACiiigAo70UUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFHegAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKM0UAFFFFABRRRQAUUUUAFFFFAAaKKKACiijpQAUUUUAFFFFABmiiigAooooAKKKKACjpRmkoAW&#10;iijNABRRRmgAooozQAUhpc0hoAzpf9a/+8aKJf8AWv8A7xooA0qKKKACiiigAopaKAEooooAWkoo&#10;oAKWkooAKKKKACiiigAooooAKKKKACjFFBoAKKKKACiiigAooooAKPWiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKO9FFABRRRQAUUUUAFFFFAB0ooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooozQAGijNFABRRmigAoopDQBlzf61/940Us3+uf/eNFAGpRRS0AJRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFBoooAKKKKACiiigAooooAKKKKAA0UUUAFFFFABRR&#10;RQAUfjRRQAUUUUAHSiijFABRRRQAUUUUAFFFFABRRRQAYooooAKKKO9ABRRRQAUUUc0AHSiiigA/&#10;GiiigAooo7UAFGKKKACiiigAozRzRQAUUUUAHag0UUAFFFFABRmjrRQAUhpaQ9KAMqZv3z/7xoqO&#10;dv38n+8f50UAbdFJRQAUUUUAFFGKKACijFFABRRRQAUUUUAFFFFABRRRQAUUGigANHeig0AFFFGK&#10;ACiiigAooooAKKKKACiiigAooNHegAooooAKKMUUAFAoxRQAUUYooAKKMUYoAKKKKADFFFFABijF&#10;FGKACiiigAooNGKACiigUAFFFFABRRRigAxRRRigAooxRQAUUUUAFFFFAB1ooxzRQAYooooAKKKK&#10;ACiiigAoxRRQAYpDS0hoAx54mM8h/wBo/wA6KmlI81/940UAadFFFAB2ooooAKKKKACiiigAoooo&#10;AKKOlFABRRRQAUUUUAFFFFABRRRQAUUdKMUAFFFFABRiiigAooooAKOtFFABRRRQAUUUUAFFHWig&#10;AooooAKKKKACiiigAo70UUABooooAOtFFH40AFFFFABR3oo/GgAooooAMUdKKKACiijFABRRRQAU&#10;GiigAooNH40AFFFFABRRRigAoooxQAUUUUAGaM0YooAKKMUUAFHrRQaAMqb/AFr/AO8aKWb/AFz/&#10;AO8aKANSiiigAooNFABRRRQAUUUUAFFFFABS0lFABRRRQAUUUUAFFFFABR1oooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACijFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFGKMUAFGKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiikoAWijNFABRRRmgAoopKAFpDS9qQ9KA&#10;MmZv30nP8Rops4PnScfxH+dFAGzS0lFABRRRQAUUUUAFFFFABRRRQAUUCigAooo60AFFFFABRRRQ&#10;AUUUUAGKKKKACiiigAoxRRQAUUUUAFFFJQAtFFFABRRnNFABRRRQAUUUHigAopKWgAoAoooAKKKK&#10;ADFFFFABRRRQAUUUUAGKKKKACiiigAoxRRQAfhRRRQAUYoooAKKKKACiiigAoxRRQAUUUUABoooo&#10;AMZooooAKBRRQAUUUUAHakNLSGgDOl/1r/7xool/1r/7xooA0qKKKACiiigBaSiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooxQAUUUUAFctqup6vN4r/srTp7O2jWyF00lz&#10;btKSS5XAw64HFdTXD6ro8uq/EchL6809V0sZe0Kru/etwSymtaaTbucmJclFKPVrbQvaP4wENtqa&#10;a49tZXGm3ItZZkfEUpZFdCoPIJVx8vJBB5NO13xjAPCOranpNzDdSWkTMOdwVgM4YdR9KxtT0Sx8&#10;H6toN2Y5DpsM88l1cys0jCeRAFmkY89mXceBuHQVl+KLiLXE8X6hpg8+xbSEt2niB2TzBnPyn+La&#10;rAEj+8Bng46FCEpKS209N7WOGderCEoSeqv67Xvfy226fI9Js9QguxMsMqStA/lyqpyUbAOD6HBB&#10;/GqNz4y0azihkm1G3VJtxjO/O4KcMRjsD1PSuT8XPe6Bre7TUYSeIY1sgyDPk3QHyykegj3k/wDX&#10;JRVXVZP+ER8U2trpKbYo9JjtmBtJroRqjt5fEQLKeWJ3cNgY6Gs40k0n3NZ4qULq1rOz+e3bpudu&#10;/jDRksI746lataSPsjmSUMrt6LjqfYVJH4o0ubThfJf25sy/l+d5gChs42k9jnjBrhNJm03Rb7w7&#10;eG6E+j29lcWYvZEKJDcGRCwdT/qyQrAZxjbt7jMOorHrFzqN7bQ+bpV1q2lhW2ZSd0mTzJAO642D&#10;d0Ow+lV7GN+v9O1vUj63Plvpft8r39L6fqehaV4l03W5JUsbyK5eIAuqNyAehx6H16VX8baxPoHh&#10;XUdStVja4toi6LKCVJ9wCDj8ao3cRX4jaVIqkBtMuVZgODiSHAJ/FsfU0nxTXf8AD3XFwSDbNnb1&#10;xkelZxjHnj2dvzOmdSfsaj6xv+VyK61XW9B1DSlvprG/tL64FqVtoHhkjZlJDDLuGHy8jjA57VsX&#10;Hi3SLTUVsJtQt0uyyp5RkGQx6A+hPYHrXCXH9hNqWkT+Grya/wBXS5iTCXMl0qwFgJt+9mCDZuOe&#10;DkADOcGv4x16XUtI1+1WW2tJUneIaalq0l1LsYYlJBGAwAYNtIAxz6b+yU2rq34fgcX1p0oyad+2&#10;t1ttfTX8vM9D1LxdpGj3CwXt/BbzFd+x35VfU+g9zVSx8Rb9V8QC6khistPaIrKTtAVolclmPHU1&#10;i6VrVh4a1nxHHq8i21zc3f2iNpFJNxCY0VBHx8xGCu0ZOe3Izj6nY3Eni7WNUMMt9pFtcW8s+mrG&#10;QzjyExKB1coedh69vmAFRGkndPt/lsazxM9JLvt2Vnv+e33neX/i/SdL8n7XfQ2/nJ5iB2wSn972&#10;HueKbN400S3tYrl9TtRbyqXjkEoIcAgErjryQOPWuJ1fXWg8Y3k+myCWC80238yYWU12q8yFcCIE&#10;r8rZw2M5GO9W/D9np7eI/CgspPt1nZ6NdRQ3DLyGWS3Q54+VuGGOo5FHsoqN3f8ApB9anKTjG29v&#10;xSvvr36dvM6y88ZaPYR27z6hBGtwnmxZfl0/vAdce9XIdasrhrZY7mKQ3SGWDY4PmIMZZcdR8w59&#10;xXKLqdn4a8Y65Nq0iWYu0ga1uZztR41TBjDHjIbcdvX5gawdFlXQr/RdUvUaw0qS41PymnUosKTS&#10;q8W7P3AwRiAcYyBweKlUk1df1pct4qUZWdt9fLVK79U7/wCZ6RPrthbC4Mt1DGLd0SUu4GxmxtB9&#10;M5GPrUOl+KNL1qWWKyvYbmSIBnRHyQp6H6e/SvPtSmi1tPEk0UTTWs+raXtLxHbKoltwSMjleDz0&#10;49K1viHYXd1qix6ejC8l0PUIomTg7z5W0Z7c9KpUo3Sb3/yTE8VOznFXS/G8mtPuTL+q+P7F7rS7&#10;bTL62uJri+S3dQ27KHO4qehwQORnFdj2rzS+17SNWt/ClrpQ8zyL+3YwRxHdaqFYYcY/dkdMHBr0&#10;odKzqRUUtLG2GqOo5NyT2222FoozRWB3BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUdKA&#10;CiiigAooooAKM0UUAFAoooAKQ9KWkNAGbK371/8AeNFJN/rn/wB40UAalFFFABRS0UAJRRRQAUUt&#10;JQAUUUUAFFFFAB2ooooAKKKKACiiigAooooAKKKKACiiigAozRRQAUVleKtRl0jw3ql7AVE1tbSz&#10;IXGQCqkjP5Vm+GtanvtVurb7ZFqdpFEri6hj2hXJIKEgkE4APHTPParUG48xi6sYzVN7v+v0OnpA&#10;O/GfWsrw/qM2pxXbzBQY7yeBdo/hRyo/HArK8UeKZtG1S3ihMRt4QJ74v1SEsEBHPBGWbvxGR3oU&#10;G5cq3FKtCMPaPY6ogHqBRtHTArG1/U7myhtIrQR/ar2cW8bTAlEO1mLEAgnCo3GRk45qxplrqFsJ&#10;ReXqXinGwrD5bD1zyQe2OB+NK2ly+e8uVIW70SC81az1CQsZbRXWJM/IC2AWx64GM+hPrVG/8Km6&#10;1OW/tNQudNuZkWOY2+xlkC5xkOrDIyeRg/pVHRNauNR1e4jfUdvl3c0QtRanBVGIHz+uBmusboap&#10;80HYxiqdZNpdfx+TKGi6JBodj9mh3SKXaR5JW3PI7HLMx7kmr+0egrkYvEGovqo0XYv9opN5kk20&#10;+X9kzkSD/aP3MZ+9uPQVev7vUL7WpNOsp0s47eBJpp2TexLswVVGcD7hJJz2ocZX1CNWCjaC8rfp&#10;8joNo9BQQCPWsPQdTurlNQt7zy2u7GfyHkiBCPlFdWAJOPldcjJ5BqnB4gupfCujai2zz7xrUSDB&#10;C/vHUNgfRjS5GX7aNr+v4aM6jaB2FGxck4Fcr4v8Qvol3psZv4tOt51laSeWPfjaFIHX3Na/hy8u&#10;r7SLWe9j8q4dMsu0rnnhtp5XIwcHkZx2ocWoqQRqxlUdNbr/AIH+Zp7R6DijaPQVgeM7jUNO0a5v&#10;rG6W3a3jLFHiDhzxjvxT9VubzRPC2pXb3C3N1b28syyGPaCVUkZAPtQotpPuN1VFyTWyv/X3DL7w&#10;mZtSuL2z1K60yS5C+etvsKyEKFDYdWw2ABkY4A9K0tG0e30PT47O3UiNCzZdtzMzEszEnqSSST6m&#10;qHh+6lvEmdtQN6owADbGLafx61mp4jvm8Rf8I+RF/aAb7QZ/4Psm7rjP38/Jj/gXTirtKXu9jFSp&#10;QtUtv89/w1/4c64oG6qD9RQVB6gGue8Uy6lZC2ls75bdZLiC3ZGhD/fkCk5yOzfpW5aRSwwIk0vn&#10;ygfNJt27vw7Vm1ZJnQp3k422Jdo9BRgHsKwtY8QrpPiCwtZm2W89rPKSEZjuR4gvQHjDt+lP8Ma4&#10;dcGpvkGKC7aGMhCp2hEPIPfLGnyStzdCfbQc/Z31/wCBc2tg9BS1yXg/WbnWoobibURKzxb3tltS&#10;gUn0Y9cVQ8S+LL3TtdvbS2u4o5YrWGW1s2hLtdSuZfkyCCP9WPpyTwKr2b5nEyeJgqaqdH6evc7y&#10;isDxZqs+l6baSRSi2eW4jheQxmTYGznAHWr2hyyT2ayPdG83E4kMXl8ZxjFRyu3MbKonPk6/18zR&#10;xRRR+FSahRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB1ooooAMUUUUAFFFFABRRRQAUcUUUAFIelLS&#10;GgDKmRjM/B+8aKtv99vrRQBbooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAFpKKKACiii&#10;gAooFFABRRR3oAKKKKAKes6ams6Vd2MjMkdzE8TMnUBgQcfnVpYwoHFLS076WJ5Vfm6mHp3h640y&#10;+mkh1KZrWWeSdrVo025ckn5sbup9aJfCGm3l1fT3tpFfSXRG5riNXKqFChFyOB1P1Jrco6VXPK9z&#10;P2MLcrWhjT+G0uNGtbF7ifzLUIYroMPNV1GA+cYz1zxg5PHNT6Zp13ZmQ3OoTXzPgDzFRVUD0Cgd&#10;c981pdKKXM2rFKnFPmRhWHh650++kki1Ob7LJO87WxjjIyxLEbtu7GT61unkUUUm29xxgoKyKA0i&#10;NdXfUAzea0CwFe2AxbP1+aq2p6C13ere2t3LYXgj8ppIgrCRM5AZWBBwSSD15PrWx3opqTWonTi1&#10;YztG0aPR4JUEkk8kzmWWaYgvI56k4AHQAAAYAAFZdr4MFtJbRm+uJdPtZPNgsm27EYZ28gbiFzwC&#10;eMDrgV0tHSmpSXUTpQdlbYzL7Q4dRvLaecbxCkkfltgq4cAEEd+lS6Tpv9lWUdqsskscWQhlbcyr&#10;nhc98DAyeeOcnmr1FTd2sUoRUuZLX+v8ilrOmJrOl3FlIzJHMu1mTqKXVdNTVtJu7GRmRLmJoWZe&#10;oDAgkfnVyii7QOEXe630MvTdNvLPf9p1GS+BACh40Tb9NoGfxqqPCUACyCWUXi3X2v7XkeYX6EdM&#10;bdnyY9Pfmt6inzPcn2UWrPUo6jpi6nFCkjMojnjnBU90cMB9Mir1FFTfoaWV7lKfS0m1a3vyzCWG&#10;CSBVHQh2Qk/+Qx+ZpNM0pNNe9dGZjdTmdt3Y7VXA9vlFXqKd3sTyRve39bGFoXh660VYof7TmuLS&#10;JNiQSRxgAduQAeKW/wDCttqNxfTTGTddRRR5VgDGY2dkdT2YF859hW5RT5ne5CpQUeW2n9IytX0W&#10;TVbG2h+2SQTwSJKs6KpO5e5BGOee1WdMtLi0hKXN296+SfMdFU49MKAKuUUru1i1CKlzLcKKKKRY&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAGiiigApKWigBKWiigAooooAM0UUUAFIelLSNQBRkY+Y3&#10;Pc0VK6AseO9FAFqiiigBaSiigAooooAKKKKACiiigAooooAKKKKACijFFABRRiigAooooAKKKBQA&#10;UUUUAFFFFABRRRQAUUUGgAzRRRQAUZoooAKOtFFABRRR2oAKKKKACijNFABmjNFFABmjNFFABRRR&#10;QAZooooAKKKKADNGaKKACijNFABRnFFFABRmj8aKADNFFFABRRRQAZooooAKKKKACig0UAFFFFAB&#10;RRRQAUUUUAFIaWkNAFdvvH60U1yd7fWigC3RRRQAUUUUAFFFFABRRiigAooxRQAUUUUAFFH4UYoA&#10;KKKKACiijFABRmiigAozRRQAUUUGgAooooAKKKKACiiigAzRRiigAzRRRQAUUUdqACiiigAoozRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAGaKKKACiiigAooooAKO9FFABmijNFABRmiigAz&#10;RmijNABRRRQAUUUUAFFFFABRRRQAZpD0paQ9KAKjn52+tFMkP7xvqaKAL9FFFAB2ooozQAUUUUAF&#10;FFFABRiiigAxRRRQAYooooAKO9FFABRRRQAUUUlAC0UUUAFJS4ooAKKKMUAFFHWigAoNFFABRRRQ&#10;AUUGigA7UUYooAKKMUdqACiijFABRRRQAUUYoxQAUUUYoAKKMUUAFFFGKACiijFABRRRQAUUUUAF&#10;FGKKACiiigAooxRQAUUUcUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFIaWkPSgChJ/rG+pook/1&#10;jfU0UAaNJS0lABRRRQAGiiigAooooAKKKKACiiigAooooAKKKKADtRRRQAUlLRQAUUYooASloooA&#10;KSlooAKKKKAEpaO1FABRRRQAUdKKKACj8KKKAD8KKKO1ABR+FFFABRRRQAUYooxQAUfhRRQAUfhR&#10;iigA/CijFFABR+FGKKACiiigAooo60AFH4UUUAGKKOtFABRRRQAfhRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFHWiigAooooAKDRSHpQBmyt+9f/eNFMmRjM/H8RooA1hRS0lABRRRQAUUUUAFFFFAATxRRRQA&#10;CiiigAooozQAGg0UUAFFFFABRiiigA60UUUAFFFFABiiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKQ9KWkPSgChIf3jfU0VDNMwmcY6MaKANaijdRkUAHaijNJm&#10;gBaKKM80AFFGRRQAUUUUAHWikzRmgBaKTNGaAFo70maM0AKBRSZozQAtHekzRmgBaKTNG6gBcUUm&#10;aN1AC0YpM0ZoAWikzRuoAWik3UbqAFopN1GaAFopM0ZoAWikzRmgBaKTNGaAFopM0ZoAXvRSZ4oz&#10;QAtFJmjNAC0UmaM0ALRSZozQAtFJmjNAC0UmaM0ALRRmkzQAtFJmjNAC0UmaM0ALRRRmgAopMijN&#10;AC0UZoJoAKM0maXNABRSZooAWjNJkUA5FAC0UgOO9GR60AGaWkDD1ozQAuaM0mRRketAC5pCeKMj&#10;1oJyKAMK4b/SJef4j/OimXJ/0mX/AHz/ADooAv8AnSf32/OrULExqSSTiiigCTNGaKKAGknPWlBO&#10;KKKABicHmo9x9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1N&#10;FFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFF&#10;ABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqabvb+8fzoooAcGOOp/OkLHHU/nRRQAm9v7&#10;x/OmSyMAMMR+NFFAEfmv/fb86USuf42/OiigBfMf+8350eY/95vzoooAUSNj7x/OpN7f3j+dFFAB&#10;vb+8fzo3t/eP50UUAPhYleSTUmaKKADNV53YPwxHHrRRQA1Xbj5j+dP3t/eP50UUAZ2pXEscqhZH&#10;UY7MRXGalq99HqEyre3CqG4AlYAfrRRQBENZ1A/8v1z/AN/m/wAacusX/wDz/XP/AH9b/GiigBf7&#10;Yv8A/n9uf+/rf407+17/AP5/bj/v63+NFFACtq99t/4/bj/v63+NOXVr7P8Ax+3H/f1v8aKKAJl1&#10;S9IH+mT/APf1v8aeup3n/P3P/wB/G/xoooAkXUrvj/Sp/wDv4f8AGpk1G6x/x8zf9/DRRQBIL+6z&#10;/wAfM3/fZp4vrnH/AB8S/wDfZoooAlW9uMf6+X/vs1Il5OQf38n/AH2aKKAHrdz/APPaT/vo1Ktz&#10;N/z1f/vo0UUAL9pm/wCer/8AfRqC4u51cYmkHHZzRRQAgu58D99J/wB9mni6m4/fSf8AfRoooA5+&#10;6upvtU376T75/iPrRRRQB//ZUEsDBBQABgAIAAAAIQAlUo0U4gAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BaoNAEIbvhb7DMoXektWahGhdQwhtT6HQpFB6m+hEJe6suBs1b9/11NxmmI9/vj/d&#10;jLoRPXW2NqwgnAcgiHNT1Fwq+D6+z9YgrEMusDFMCm5kYZM9PqSYFGbgL+oPrhQ+hG2CCirn2kRK&#10;m1ek0c5NS+xvZ9NpdH7tSll0OPhw3ciXIFhJjTX7DxW2tKsovxyuWsHHgMM2Ct/6/eW8u/0el58/&#10;+5CUen4at68gHI3uH4ZJ36tD5p1O5sqFFY2CWRjFC89O03IVg5iYRRT7PicF6xhklsr7EtkfAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQA9/K5oFAEAAEcCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARQEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEjjxY0rBQAANBQAAA4AAAAAAAAAAAAAAAAARAIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKDG0pXQAAAAKgIAABkAAAAAAAAAAAAAAAAA&#10;mwcAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAKAAAAAAAAACEAHfoP3Dt1AAA7dQAA&#10;FAAAAAAAAAAAAAAAAACiCAAAZHJzL21lZGlhL2ltYWdlMy5wbmdQSwECLQAKAAAAAAAAACEAtdHy&#10;MDkXAAA5FwAAFAAAAAAAAAAAAAAAAAAPfgAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAKAAAA&#10;AAAAACEAezh38v5jAAD+YwAAFQAAAAAAAAAAAAAAAAB6lQAAZHJzL21lZGlhL2ltYWdlMS5qcGVn&#10;UEsBAi0AFAAGAAgAAAAhACVSjRTiAAAADAEAAA8AAAAAAAAAAAAAAAAAq/kAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAACAAIAAECAAC6+gAAAAA=&#10;">
+              <v:group w14:anchorId="110A34C0" id="Grupo 13" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-69.7pt;margin-top:-78.45pt;width:789.6pt;height:82.9pt;z-index:251663360" coordsize="100280,10528" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEA2ObYNl4EAADsDwAADgAAAGRycy9lMm9Eb2MueG1s7Ffb&#10;buM2EH0v0H8g9L6x7rKNOIs0adIA6a7RbJFnmqIsYSWRJenY6df3kJIcX4Jmk95QIA+Wh7fhzOHh&#10;cOb046apyQNXuhLtzAtOfI/wlom8apcz79cvVx/GHtGGtjmtRctn3iPX3sez7787XcspD0Up6pwr&#10;AiWtnq7lzCuNkdPRSLOSN1SfCMlbDBZCNdSgqZajXNE1tDf1KPT9dLQWKpdKMK41ei+7Qe/M6S8K&#10;zsznotDckHrmwTbjvsp9F/Y7Ojul06WisqxYbwZ9gxUNrVpsulV1SQ0lK1UdqWoqpoQWhTlhohmJ&#10;oqgYdz7Am8A/8OZaiZV0viyn66XcwgRoD3B6s1r26eFayTs5V0BiLZfAwrWsL5tCNfYfVpKNg+xx&#10;CxnfGMLQGfh+OPbD0CMMg4GfhOOoR5WVgP5oISt/fGnpaNh6tGeQrNgUvx4FSEcovMwWrDIrxb1e&#10;SfNNOhqqvq7kBxyYpKZaVHVlHh35cDTWqPZhXrG56hoAdK5Ilc+8ENRvaQPS3zR0yVtiO3KuGejX&#10;9yheU4abQ3NqmWiV2fWdNmq9vRXsqyatuChpu+TnWoLRwNnOHu1Pd809UxZ1Ja+quiZKmPvKlHcl&#10;lbAmcES1gz0KsOeATs8A2VH1UrBVw1vT3T1rvoH5uqyk9oia8mbB4bm6yZ2FdKoV+wUWE9y1JJyM&#10;s+6+aaO4YeXgw2BnB4AGF8li/bPIYStdGeHMtVwkBWz+aXCgZ2U8maThGPwD/bIoSLodBnomfhRk&#10;MS5+x844CQPHzi3FALLS5pqLhlgBtsNctyN9uNXGmvg0xV6GVlhI0U+ndbvXgYm2x52DdaIXcUqd&#10;YxD+P9zNDrmLjnfu4tDfyN2X4mjih0k02RJ1G0bfiYrLaAPdXmTbCbLJIVHR8V8Q1R7wPxxTwz56&#10;djHVhaCejXbzAmHJxtouZG0HXDj61gi7w9Kxn8R+lLq4GkRBmsX7kTUIwkmaAmwbWZMsTjMXet/5&#10;+ud8DQ7o6t7J/Yf8b3v3/wVKRjh/pPcGT7VUVWv23vfXs9KuOMg6kyyb+EDNZZdhHESHNMz8yO9p&#10;OPHjEI99dwMGPa963599vNcStYkesiW0jvKlV6XfLg0DS6zanUA2EONiRXMlEMOIQRYjiLv1/Vyb&#10;pxOz+UHYzNv6afu7XOMIuDAax1nSX2D/GLkkTLMoHJCL0ihO/wpyB5kRWc+8NEp8+LkzMqRIT2Zb&#10;yWwWm96Xhcgf4SISVldvaMmuKqRlt1SbOVWozPBCoto0n/EpaoFNRC95pBTq9+f67XycGEY9skal&#10;N/P0bytqi4D6psVZToLYZojGNeIkC9FQuyOL3ZF21VwIFJOgJKxzop1v6kEslGjuUZSe210xRFuG&#10;vWeeGcQLgxYGUNQyfn7u5K62uG3vJCqSLkG3vP2yuadK9pmppcMnMbCHTg8S1G5uB/c50uaick+B&#10;BbhDFfmobYDJTnIlJaS9mnW37WY9FelnfwAAAP//AwBQSwMECgAAAAAAAAAhAHs4d/L+YwAA/mMA&#10;ABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAAABAAEAAP/+ADtDUkVBVE9S&#10;OiBnZC1qcGVnIHYxLjAgKHVzaW5nIElKRyBKUEVHIHY4MCksIHF1YWxpdHkgPSA5MAr/2wBDAAMC&#10;AgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYU&#10;GBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBT/wAARCAJyAnIDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAA&#10;AAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEI&#10;I0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlq&#10;c3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW&#10;19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL&#10;/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLR&#10;ChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOE&#10;hYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn&#10;6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD7XfSlGflFQPpa9lrp3thzioHtR6Zr7VYhn8+Symn2&#10;OXk0pT1Aqu+kJ/drqZLYelV3tRnpWyxDOOeU0/5TC09X0uffGMofvIehFddbRQ3sIliOVPbuD6Vj&#10;vbA9qdZTy6bPvTlT95OzCs6svaarc6cJQWGfJJe7+RrPpyntUDaap7VswSR3cIkjOQeo7j2NDwcV&#10;xKq1oz3ngKUldI599MXPQVXfTF/uiuieDjpUDQAdq1jWaOOeW030Obl00f3aryaYvpXSSQe2ageA&#10;elbxrvuefPLKfY5mTTF/u1Uk0xf7tdRJbj0qtJbjsK6I12efPK6fY5aXTB/dp1j4ZbUZOhWJfvN/&#10;SuostFa+lxgrEPvN/St9bKO3iEca7VXoBTni3HRbk08jhUfNJaHMrosNtEI449qjpioZdMX+7XTS&#10;W/tVaSDPasViH3N55TTtpE5iTS17Diq8mmAoflrpZLYdMVA1vlTx3roWIZ5k8op/ynLPpQ/u1Xk0&#10;peeK6l7UelV5bb2rdYh9zhlk9NfZOWk01QDwKqyab6CupktBg8VUktvQYrdYhnLLKYdjmZNP6nFQ&#10;wwtayblBIPVc8Guiktf84qpLbY6itVXb0OR5XFO9hIrSO5i3oOO4PaopdMHPH5U6B2s5dyjI7qeh&#10;raj8u7iEkfI7juKzdWUWdcMvp1Fa2pzMmmDPeqklgM9K6qW2HPy1VlthjOP0q1XZMsqguhykumgd&#10;ufrVOXT+DwQK6qW2HPFUpbUAHit412ccsrguhy0tgP7v6VTm08dcYP0rqZbYHtzVGa1xmuiNdnNL&#10;LYrocxLZf5xVKey9q6ea2PpVCe19RW0axg8vS6HNzWxXtXSJaDyk47VRmt/augji/dqPYUTqvQun&#10;gE7poyzZgVb0KyD6pCMc8/yNTvFV3w9CDrEH/Av/AEE1lKs+VmsMti6kVbqbJ01efl/Guv8Ahhp4&#10;XVbzj/lj/wCzCst4efu11fw3g26ndn/piP8A0IV4uJrN0ZH1mXZXTjjKbt1/Q682K+lH2FemK09g&#10;x0pNg9K+b9qz9FeAh2MPU/DtprNhNZ3kCz28y7WRh/nB96+aPiT8NLvwJqAZd8+lzHENwR93/Yb0&#10;P86+s9g7VU1XRbTXNOmsr6BLi1mXa6N/P2PvXo4PMZ4Wd94vdf11PnM44ao5nRsvdmtn+j8vyPip&#10;ABgAZqVFyefyFdh8R/hleeAdT8xd1xpEzfuLjHKn+43of5/mBykIzg9DX3MK8KsFUpu6Z+KVcuq4&#10;aq6FeNpLoSpbKQOADViO2UUkS8Z7VZRc1nKbO2lgo22IxAM9KkS3G7p+lTqo4qZV9qxdRnbHARfQ&#10;qi2HWtbT7MNbDjuarBfatzSogbQf7xrKVV2No5fF9Cn9hA7Vr2HiOK322VwwM7DEcjdvZv6Vn6le&#10;LZrsTDTHt/d+tcxLG0jszZZjySe9T/EXvB9VjSl7iO8k00u5JGSTkk96hbSgeox+FV/C3iISFLK9&#10;bDdI5mPX2P8AjXXNZ4J4/KuaVWVN2Z1wyynUjeKOUfTAucLj8KhbTMDpXVtZexqF7PHahYh9ynlM&#10;V0OUk07PaoG00L2z+FdU9lg9KhktAc5FaLEMyllUexyj6cP7v6VE+nAr92upey9qryWftWqrs55Z&#10;ZFdDl30/Ht+FQPYZJOK6d7L2qvJZ47Vqq5zvLl2OYksMdqgex9q6Z7T2qu9oMdK1VYwlgF2Oaez9&#10;qhay5ropLTPaq72mDWiqmX1TlOeezxnioHtPauie1GelV5LTHaq9oarDI517T2qSx0KbVLkRRL7s&#10;/ZR6muhsNCm1S4EMS/7znoo9a7iy0OHS7YQxDA7tjlj6ms54jl0W51U8G5a2OZtNAh063EUSj1Zi&#10;OWPqaWSwHpXTy2eRVeSz46Vzqu2TLLlu0cy9gCOBivKfiX8LDMJdW0qH97y09sg+96so9fUV7pJa&#10;ADpzWJqEgcmOP7vdh3qufn0NqNJ4OXtIf8OfKkc0SRopPIABor6ObwRok7GSTSrZ3c7mYxjknqaK&#10;82UXd6n3cMZDlXus+0XhHcVC0PNaJQFcjnNQvFx0r41SZ+kSopmc8PNV5IR6VptHkVC8XFbKZyyo&#10;GW8HtVd4OelarxVBJFWymcc6CKdpcyafNuTlT95fWukhlju4hJGcg9R3Fc+8VLaXElhLvTlf4lPe&#10;onHn1W5pQk6L5ZfCb7xZqB46swzJdxCSM5U9R3FI6c965k2j1HTUldFF4+tQSJ7VfdOaheP1FaqR&#10;ySpGbJEO1LaaY15JxxGPvNWjBp7XT+iDqa11gWGMIi7QO1OVW2iFTwfO+aWxTW2SCMRou1R0FRSR&#10;+1XXBqBx1rBSdzqlRSWiKLpxVeSPvV91zVeROtdEZXOCdIz5I6h8rg1ddccVGEyD9a2UjidFXKEk&#10;GQaqyQcGtSSPg1WkjrVSOWdAy5Ic1Wkiz9K1JI/aqssdbxmcc8OjKkiqpJFgHitWSOqs0fFdEZHH&#10;LDmRLEB2qOCd7KbenIP3l7EVoSR8dKpyRg9q2Ur6M5XR5XdGtFJHeRCSM5HcdwfSo5LfNZFvcyWM&#10;+9On8S9jW/DNHexCSM5HcdwaxleL8jshGNVWe5ly2/WqUsGR0rblhqnNDVqZnPDow5rfrxVKaDjk&#10;VuSxdeKpTRZFdEZnFPDowZrfriqE8B54remj5qjPF1rojM45YdGDNDz0rWC/u1HtVeeM85q7jCD6&#10;VpKVzOFFK5AyDNX/AA4n/E5g4/vf+gmqZFaPhvnW7cf73/oJrKb91m9Ol+8j6o7Fo/auo+Ha41G6&#10;4/5ZD/0KufKYrp/h+uNRuv8Arl/UV4td/upWPrcFStiYM7gLRtPpTwDilCnPWvCufbcpHt9qNvtU&#10;hU5pxXNO4chn6to1rrmnz2N9AtxazLteNh19/Y+9fMXxG+Gl34A1Hcu640mY4guMdP8AYb3/AJ19&#10;WqM9aqarpFprenzWV9AtxazLteN+/wDgfeu/B42WEnprF7r+up8/m+SUs0p3elRbP9H5HxnGdwHO&#10;MVajPQV0/wARfhtd+AtR3JuuNKmY+RcY+7/sN6EfrXKRN0r7KNaNaCnB3TPyiWDqYWo6NZWki4gq&#10;ZR3zVdDUynHWsWzshSROox71qW16Lew2pgykn8K5+6vvJGxOZD+lXtETfZbiSTuOSalrS7NHGyst&#10;wkjLMS3zMeST3qu8P51pvHUDR4NPmMlRM1osZPeu08IeKg+ywv2AbpFM3f0Un+Rrlnj54qCSM1M0&#10;qiszalF0pc0T2NrbPaoHt+elc34M8XiTZp+oPhvuxTsevorf0Ndu8HHSvKnem+Vn0FOnCtHmiYz2&#10;3tUElrjtmtqSL2NQPCKFUE8Muxiva8dKrva1uvBVd7f2rVVDmlhvIw5LbHaq72vfFbj21V3txWyq&#10;HLLCrsYUltVaS19q3pLbnpUElvkVsqhxzwpgNa8Hiq0lr7Vvvb1Wktq2jUOSWGXYwXtPQU+w0SXV&#10;bkRRD/ecjhR61u2OizalcCKIcdWc9FHrXZ2WkRaXbCGJfdmPVj6mpnieXRbmlHAOo7vYxrHRYdLt&#10;RDCvuzHqx9TT3tuvFbLw1Xkgri9o3qz1Pq6SskY0lv7VBJbj0rYeH8PesDVLvzSYoj8o6sO9awk5&#10;bGFSkoK7MjUrjzCYoj8vdvWsl4ME8ZrWe3FQPBz0rsjLlVjzJ0eZ3ZTWL5Rx2oq2EwO9Fcbnqz24&#10;0Xyo+p4ZFADIweNhkEHII9RU7AMMjkV494C8eNojpp+oOWsGOEkPJh/+x/lXr8TKVDowdGGQQcgj&#10;1FfLV6MqMrM/TMHiYYqHNH5rsRvGahZKvlQwqJ4sVgmdsqZQaPNQvFkVfaP2qF0xWilY5ZUjOeKq&#10;7xVpPHx71A8Wa2UzklSKtrcyWMu9eQfvL61vwzJdRB0OQf0rDeLrxRbXD2Uu5eVP3l9aU482q3Kp&#10;TdJ8r2Npl9aWCza5fuEHVqmskXUFEiH5O59PatMRiNQoGAK45T5dD1qdFVPe6FdYVjQIowo6Uxh6&#10;VYZaiYc1CZvKNtEVnFQN34q061DIOK1TucrjYqt6VA4q0y57VXcVomck49ipKOTTFXKn61PItMjG&#10;Q31rdPQ5HDUruvHvVaRavOtV5F9atMxlAoSJVaVM1fkXFVpFxWyZyygZ0iYqrIvrWjKmKqSqa2jI&#10;45UzOlTOapSpWpKmBzVOZc9K6Ys45UzLljxmore7ksZvMTkfxKehFXZlqjOnBxWqd9Gczg4u6Oig&#10;uI72ESRHg9R3B96jljrnLa9l0+cSR9D95T0YV0kF1FfwCWJsjuO4PoaycXD0OuElUVnuUZYsZqjN&#10;EcHFbEqVSmjOKuMjOdMxp4+KpTR5rZmiznFUJosGt4yOOVMxp4qVgcYq1PGOarNxXQpXOZwsyI8d&#10;a0PDIzrluP8Ae/8AQTWeTmtHwx/yHrb/AIF/6CaU37jHSj+8j6o7wqc+1dN4BH/Eyuf+uX9RXOEG&#10;uk8B8ajcn/pl/UV4VZ/u2fW4SNsRA7mgUgb1o3CvFZ9dYdnml3UzcDQTQOw/NFNBpciiw7FXVdLt&#10;NbsJrK9gW4tpl2ujD9fY+9fNHxF+HN14E1AOu6fSpm/c3GOV/wBhvf8An/L6jzVPVNKtdasJrK9h&#10;W4tpl2ujjr7+x967sLi5YWX917o8XM8rpZhDXSa2f6PyPj2Nhn2omutoKry38q6v4kfDq88C3+6I&#10;NPpczfubkj7v+y3+1/OuL24XivrKc41YqcXoz82q0KmHm6VRWkhhHOT+ddP4fXdpmf8AbNczgmus&#10;8NrnSx/vt/Sqm9BQp6k7x1A8WTWg0feoHSsOY6PZlB46ryR5rQdKryJVKQezRnyJ6V3vgjxpv8vT&#10;tRf5vuwzsev+y39DXEyLzUEiHNKcVVjZmtJyoy5onu7wcVE8Fcb4F8c7jHpmpyYbhYLhj19FY/yN&#10;egtH7c1404ypSsz6KnyVo80TJaDk1DJDWs0PtULwe1JTJlRMl4Qe1V3t613gxUEkGa1VQ5pUTGkt&#10;6geD2rZeDAqB4OK2U0ckqBiyWw9KWz0iXUbgRxjA/iY9AK2bTSpL6cRoOOrN2ArqLTTYrCARRLx1&#10;LHqxpTr8istwpYF1Xd7GZZ6XFp0AiiHuWPVj6mlkiOeea1HhzUDxHHrXKp31PRdBJWSMt4smoHiH&#10;PoK05IvSuf1XUDKWihPyfxMO/tW8G3ojjqU1BXZmareeYTFCfk/iYd//AK1YzRdK02jzUDxZ7V3R&#10;fKeVODk7sznhqF4a0mj5qFoua05jL2RnGPmirLRkMfrRXM3qetGn7qLE0WDXZfD/AMftociadqLl&#10;tPY4jkY5MJ/+J/lXMTRe1UpoqJQjWjyyFRqVMNUVSnufSsbqyB0YOjDIKnIIp+M854rxr4ffEJtC&#10;dNO1Jy2nscRynkwn/wCJ/lXsqMpRXRg6MMgg5BHtXzdejKhLlkffYPFU8XT5o79V2IymahePNXGH&#10;p0qJxzWKZ1SgUnSoHT06VedMjionSrTOaUDPkSiCxa5buEHVqvRWhnf0UdTV0IsS7VGAOgqvaW2J&#10;jQ5nd7DLZvsWBGPlHGPWtNZFmQMp4rNYDFNima3fcvI7j1rCUebU7IT9np0NJqhIqRJUmUMvQ/pT&#10;WHNZo6XqQEcnPSopBip26ZqJ+RWqOaUSq4qFxxVmQVA61ojlkitIOKbEPlb61I64OKSNeD9a0voc&#10;3LqRuuPpVeRc1acdqgdSKuLM5RKMi9aruMGrsi1UlHWt4s5ZRKki4qpKtXnHWq0qDmtUckolCVc5&#10;xVKVeTV+UYqpKua3izklAz5V4NUpV7VoyLVKYV0xZySiZs61Ha3sunXHmRng/eU9GqzMvNUZ1rVa&#10;6M52uV3R1lvdRahAJYjn1HcH0qOVciuStNQl0y48yPp/Ep6MK6u2u4tQtxNCcg9VPVT6GspRcH5H&#10;VCaqLzKkqdaoTpya1poxzVGZPaqTIlEyZ4xzWaxHOa25061gStya6Iu5wziISM1peFmz4gtv+Bf+&#10;gmsndxWp4T58Q2v/AAL/ANBNVN+4yKa/eR9UehtXQ+BONQue37r+orAYYxXQ+CB/p9x/1z/qK8Ks&#10;/wB2z63Cr99E7PNGeaSk/CvJPqUPzg0ZzTeTQOOlMZJmlFRZNPzzQMeG9acozzTUTdgnpUlZtlpF&#10;TVdLtdb0+ayvYVntpl2vGw4P+B96+ZfiR8ObrwLflk3XGlzN+4uMcj/Yb3/nX1KTVLVNLtdasJrK&#10;9hWe2mXa6MOv+BrswuKlhpd090eVmGXwx0O0ls/09D40PFdd4XXOlD/fb+lSfEn4c3fgW/3puuNK&#10;mP7i4x0/2G9D/P8APCeEhu0gHv5jf0r6l1I1KanB3R+fOhOjUdOorNF914qB0q7ImDUDr7VkpGqg&#10;UnWq8i+lXZEqBlznirTFylCRfwqCReKuypVZ0wKtMhxKMic16N4B8feYY9L1SQbvuwXDnr6Kx/ka&#10;8+kTNVZUxRUpxqx5WXSqSoT5on0cYqiaOuA+HvxC8wxaVqsnz8LBcuevorH+Rr0pouv9a8OpCVKX&#10;LI+lpThXhzRM9o+KgeLNaLxZ7VC0RHapTCVMzWhottOe8lCIPqT0ArSt7B7uUIg+pI4Fb1vZR2cQ&#10;SMfUnqTSnV5dFuFPC+0d3sU7axisoRHGMep7k0PHV1k61Cy1gpX1O501FWRRkTmonTGc1edME54r&#10;ndX1HzSYYThP4mHetoXk7HHVSgrsp6vqHmkwxH5B95vX2rFZKusuDUTJ1r0YWSsjxqicndlF4xzU&#10;LR+lX3jqBo60uczgUHjqJo+frV9kJ7VC8fPSrUjP2ZmMBuPHeip3T52+tFc7kejGGiNCaMZNUpYs&#10;ZrXmjz2qnLFkdK1T6nNKBizxZzxXa/Dz4htoLx6bqTltOY4jlPJhP/xP8q5iaLrgVQmgqpwjWjyT&#10;Jo1amGqKpTep9PIyvGGQhkYZDKcgj1pCmRXjPw6+IzaC6aZqbl9OY4jlbkwH/wCJ/lXtKlZEV0YO&#10;jDIZTkEetfM16M8PLllt0Pv8HiqeMp80d+q7Fdkx9KI7fzT6KOpq0sJkPTC+tTFAowBgCsOax2+z&#10;T1ZXMYRQAMAdqjcVYbJzURXBpJjaK7ConGKsSDFRsMitUzmkiGKZraTcOQeo9a0UlWdAynINZjjO&#10;abFM1u+RyO49aJRuTCfJo9jSYVEwwcdqekizIGU5HpTXHeoRvLXUgcZzUMgqw3Q1A4yK0RzSRWcZ&#10;OaIhw31pzDFLAMq31q76GFtSJwKgcZq26461A4zVJkSiU5B1zVWRc5q5IuaryCt0zklEpOvNVJVF&#10;X5FqpKvNbJnLOJRmUEVTlWr8tVZQMGtYs5JRM+VPSqMyVoyiqcq8GumLOWUTOmXIqhMlac64qlMv&#10;NbpnLKJlTpnmmWeoTaXcCWM5H8SHowqzMncVRmXgnvW6d1ZmDTTujs7W9h1K3WaJgQeq91PoajmT&#10;FcZZalLpd0JYuh++h6MK7K1vIdSthNCcjup6qfQ1hKLj6HRCaqKz3KU8f5Vy0rDe2fWuxmj68Vxk&#10;5xKw9zWtMwqRIi2PpWv4RIPiG0/4F/6Caxyc1reDefEVoM/3v/QTWk37j9DGlH95H1R6WRk10Hgr&#10;i/uP+uf9RWCRit/wZxfTn/pn/UV4NX4GfWYaNq0TrzR19qTdRuNeYfRi96M0A5oyKCg4/GpokLnJ&#10;4Wmww+Ycn7tWsYHFRJmsY9RNopDTjwKbUFjWGaaafikb1oJKeq6Va63p81lewrcWsy7XR+/v7H3r&#10;xjVvh7P4HRkRmuNPklYwz45Gf4W9/wCde4mrQ0+31PTJLa5jWaCTKsjV1UcTLD+j3Rw4nAQxq7SW&#10;z/rofNjLmoHTBrsfG3gq48K3ZZd01hIf3c3cf7Le/wDOuTdRX0EJxqRUovQ+Iq0J0JuFRWaKUiHB&#10;qu685q861VlXFbJmNinInPpVaRcVekXINVpFBFaJkOJRlXvVWRTV+VO1VZBgHvWiZk0Z8i4NeofD&#10;r4jCTytJ1aX5uFt7lz19FY/yNeayofSqsq8H1oqU41o8siqVWeHlzR/4c+omjpILJ7uXYg+p7CvO&#10;PhV4+m1GSPRtTYsyjEN23THZXPr6Gva4bVbdNqDvyfWvnK6lQlyS3PscKoYqPPHYrQWaWkYRB9T3&#10;NIyZNW2WomFcV7npuCSsioyYqJ1wDnFXHHftXPatqXnFoYT+76M3r/8AWrWCcnY5aslTV2U9W1Lz&#10;t0MJ/d/xMP4qxWjx2q66YHSomTNehG0VoeHUvN3ZSdOKiKVcaOo2StVI5nG5SdKjaPirjR47VE6Z&#10;rRMxcCkyVC6dautHUTR8+1aJkchkOp3t9aKndPnb60Vzt6noRhojZlizVKaLBNbEkXXiqkkVXGRz&#10;TgY0sNUpos1tSw4BzVOWHIxiuhSOSUDDnhGeK774W+O59MnXS78tJpv8Ex/5YH0/3T6dq5aHTHvZ&#10;ticAfebHArch05LWIRxjCjv6n3qK/JUhySNsI6tCoqtN2t+J78hUopQhkIyCOQRTWXmvNvBfi99J&#10;K2N65azJwkh5MX/1v5V6UGDoGUhlIyCOQRXy1WlKjKzP0PDYiGKhzR36ogYdaYVzUzr3zUZFQmay&#10;RXcVCy9asuKhatUzBq5XZagdeastwTULqcZrQ5pRIYp2tnyvI7j1rRSZZk3KeKzZF60yOdrd9y8j&#10;uPWhq5MZ8uj2NI9aikHJqRZVmQMp4P6UwrSRrJJ7FZwSc9qWAcPTn44pYBjd9aowS1I5FJqu4q44&#10;qu49KaFKJUdM5qu6nvVt1NV5Fya2izmlEpyDrmqki1flXdVWRRzWyZySRnyLjPFVZVwT6VflFVJV&#10;rZM5ZxM+Zc+1U5UrRkSqkqda3izllEzJVzVKZcVpypmqUyZrpizmlEzJkqjMnWtOZfaqUyVqmcrj&#10;3MmeOmWOozaVdCWI5B++h6MKtzpwaoTx9a3WujMGmtUdxZ30OqWwmhOQeGB6qfQ1xVwf30n+8f51&#10;DYajNpN15sJyp++h6MPeq1pqsGro09u+RuIZT1U+hqVDlb7FuXP6lgnjrWx4NOfEdp/wL/0E1it0&#10;rZ8Fn/ipbMe7f+gmip8D9B0o/vI+qPUiMGt3wf8A8f0//XP+orE6itvwfxezf9c/6ivBqfAz6ugr&#10;VYnW0U3Jpc8V557ofjUsEJkOT93+dLBB5xyeFFXcbeAABWcpW0RrCF9WIqhRgdKSnE02sjewUm6l&#10;prH8KdyQoNIKXNO4hpHfNaFh/wAe/wDwI1nkd60tPGbf8TUT2NaK94TUNPg1S0ltrqNZoZBhlavC&#10;/G/gmfwvdb13S2Eh/dzY6f7Le/8AOvfDxVfULC31OzltbqNZoJFwytWmGxMsPLyMMdgYYuFtpLZn&#10;y86EVBIua7Pxv4Jn8K3e5QZbCQ/upsdP9lvf+dclInFfU06kakVKL0PgK1GdGbhUVmihIhyaqyLg&#10;1fdetV3StkzlaKEo4qq6VoSoOaqyJkVqmZNXM+VaLPS5dRuPKiGB1Zz0UVoWmmy6jP5cQx/ebsor&#10;q7Wwi063EcQwB1bux9aJVOXTqEKXPvsU7Swi02BYohjHJbux9TXpXgTx6JPL03U5MN92G4c9fRWP&#10;8jXn8g71Vk6muKrTjWjaR6FGvPCz5ofcfRrJUTJ17CvPvAHxADCPTNUl+f7sFw56+isf5Gus1XUD&#10;NuhhOE6Mw714cqM6c+Rn1sMVSq0vaR+4qatqRkJhhPyD7zD+KsZ1q40e2o2jrqjaKsjzKjdR3ZTM&#10;fvUbJ1q4yY7VCyZNaJnM4lMpzUboCauMlRPH1q7mTiVHSomT2q2Yz0qNkqrmTiU2SomTjFXWjBqJ&#10;4+vtVqRHKYkq/vH+poqSZR5r/wC8aKyud8Y6I6WWOqkkXWtSSPNVJI8E8UJmEoGXNEMVDDp8l5Ls&#10;QYHdiOAK1YbF7qTavA7t2FbENmltGEUcDv61bqcuhEaHO7vYy4rBLWMRouAOSe5NDQVqNDnNRtDg&#10;dKy5+50+ztoZjQZ7V1HhDxU2mMtneMWtCfkc8mP/AOt/KscwZ6Co2h9qmajUXLIulKdCfPDc9d4d&#10;QwIYEZBHQ1A4PSuM8LeJW00raXTFrUn5XPJj/wDrV3LKsqhlIIIyCOhrx6lN0nZn1VGtHER5o79U&#10;VmGaiYY4qVxjPao26UkxyRA4xmoWHNTtyTUTritUzCSK7iq7rVhxmomFWc8kQxzNbuWHQ9Qe9aCy&#10;rMmVOR/Ks51xTI5mt3yvI7j1qrXIjLl0exosOM063GUf61GkqzR5U5qe2GFce9QzZasawqCRRzVl&#10;1yKgfjNMJIqyDFV5BjNWpF4NQOuatHM0U3XGaqyLg9Kuyiq0grdM5ZIoyrxmqkqGr8g61VlBxWyZ&#10;yyRQlXjpVOZa0JV61TmWtkzllEz5kqnKvWtGUe1UpE5NbxZyyRnTICKozJwa1Jk4qjOnXjiuhHPJ&#10;GZInWqM6Z4rTmXGaz5xnNbRZzNGZcIBmvKbDXJ9D1SSaE5XeQ8Z6OM163OnWvDb1sXU3/XRv510w&#10;10J5T1/S9Xt9Ys1nt2yOjKeqn0NdN4JbPiezH+9/6Ca8B0bXLjRLwTwHKnh4z0YV7d8MdYt9Z12x&#10;nt2yDuDKeqnaeDWVaNoS9Dakv3kfVHtGOBW14SP+mzH/AKZ/1FYx+7Wx4TOLyb/rn/UV89P4GfU0&#10;V+8R1YOantrczMSeFH6020tjMcnIQdfetJVCjAGB6V5k5W0R78Kd9WJjaMAYFB9KUikrFHSJj2ox&#10;xS0lMkb1prdaeR69aZgMelCFYTNJS0mKZIorT08f6Of941mdK09N5tvxNRPY2or3ycjOKQ8U8jFN&#10;I5rE7WirqGnwapaS2t1Es0EgwyMK8H8c+CLjwrd7l3TWEh/dTEdP9lvf+dfQLdap6jp1vqdnLbXU&#10;SzQSjDI1deGxMqEvI8rHYGGLhbaS2f8AXQ+XZI+tVpEzXa+OfA9x4Uu9y5m0+U/upvT/AGW9/wCd&#10;cdIvtX1MJxqRUovQ/P61GdGbhNWaKMq0WunyahNsjGB/E3YCr1tp8l9N5aDjqzHoBXRW9lHYwCOM&#10;fU9yfU1cqnKtNzGFLm1exWtbKPT4BFEMDqT3Y+tNk6GrUnSq0grFO7uzoasrFWSqkv8AWrcgz+Nd&#10;l4S8HCPZfX6fP96KFh0/2j7+1VOpGmrsUKMq0uWJW8I+DfLCX1+mH+9FCw+7/tEevtXYkYqxtzTC&#10;vtXlSqObuz36dCNKPLErMuajdODVllqNxxSTE4lUr61G0eR61aZPaomTHaquZuJWKHvUTLxVtlyP&#10;SoymRVpmTiUynNRsnerbL14qN0yKtMzcSo0fFQlMVcKVEy9RiquQ4mFMoE0n+8f50VLMn75+P4jR&#10;WN2dkUrI6qSPPamR2TXUm1eAPvH0rSS0a5fao78n0rQjtEhTaowB+tZupylqi577FCKySCMJGuB/&#10;Oh4c9qvmHmmtF6VnznR7NIzzDx0phhzWgYjjpUbRe1UpEOmUDCajeAnnFaBi54pjRHPSqUjN0zPM&#10;HHSt/wAN6++nlba5Ym2P3WP8H/1qzzDx0qNoQTRJKasyqblRlzRPRHVZVDDBBGQR3qqy4JB4Nc/o&#10;OttZEW85Jtz91j1T/wCtXVSxrIoI78gjvXmSg6bsz36dSNaPMtzPYVEwzmrLg8jGDULccd6pMmSK&#10;rqOtQsMVZfvxUT4xWqZg0VX71A4xVlxUUi8VSZzyRBHM0D5XkHqK2bGRZo2ZeRmsVxVnTJWh8wj1&#10;GR605K6Cm+WVmarrzULrUyusq7lNRuOtZo6mrlR15PpUEi1bcVXk5FWjmlEqSjrVWVauuKruvXit&#10;Ys55IoypkVWkXPFXZB1qtIOTW6OSUShIvHSqkq57VoSKaqTIa2TOaSM6ZeuKpyL1rRlXFVZF68Vq&#10;mc0omZKnWqUyZ6CtOZetUplwK6Is5pIypk61RnXrWrMvJ4qhNHnIrZMwcTJnXrXgd8+Luf8A66N/&#10;OvoOdOvFfPF+SLy4HX9438666TvcxcbEJeur+Feu3GheNbGaE5BL74yeHG01yDN6da2vA7f8VVZf&#10;8C/9ANayScWmVG8XdH2VpOr2+tWS3Fu2VPDIeqn0Ndf4KsHuLuZ2BWLZjPqc9BXhvgKC9i1H7UjF&#10;LMcSqekv+yP8e1fRfhK8t71N9vgIExs7qc9DXy+Lj7JNI+py+SryTlv+Z0KoEUKBgDikPSnHpTT0&#10;rxD6oQnNJRRTJEIpDTs5zTSOKZLExTSfwp3TmmkjtQISkyRS0jH3pk2AnIrU03/j2/E1lVq6Zzbf&#10;8CNTU2NqPxlknNJ2pxFIRWB3NDSM0w81JTSKZNilqGn2+qWctrdRLNBIuGRu9eG+L/h5daBqIWPM&#10;2nyn93Of4f8AZb3/AJ178E3Hii6sIb60ktp4xJC4wynvXVQxMsO9NjzcZl8MbHXSS2Z8829pHZwi&#10;OMYHcnqTTZBXUeL/AAlN4cucrmSzkP7uX0/2W9/51zD9696E1UXMmfGVaMqMnTkrNFWQHmq8lWn+&#10;tdh4U8IeXsvr5Mv96KFh09yPX2q5VFTV2ZU6Mq0uWJW8KeEPLKX18nz/AHooT/D7n39q65kxx1qw&#10;VJppUV5U6kpyuz36dGNKPLErEe1R7c1ZZcA8UwocZpJlNFcrmo3XirDJTCuBVpmbRVKdajK57VaK&#10;1GyYq0zNxKzpkVEUx0q0yZpjL7VdzJxKpTrUbJVtk5qJlJqkzJxKbR1GU68VbZCajaOrTIcTn51/&#10;fSf7x/nRT7gYnk/3j/OioOhRPT47ZYY9qjH9aDF7Vc8sntTfKzXn8x7XJYpGOmGLParrQ00xVVyX&#10;ApGL2ppi46VdMXtTDHRczdMpNFTDCPSrxixTfL/KqUmQ4FAxYNNaHPar5h9qb5WafMQ6ZQ8nFa2i&#10;6ubQiCYkwnoT/D/9aqph570hholaSsxw5qcrxOsliEq5GPYiqMiFScjmqelak1qRDMSYj0Y/w/8A&#10;1q2ZoRKuVPPY1xtODsepFqrG63MthkmoXXFWpVKkjvULqTWqZi0VXHFQuOKtOuPrUTrWhjJFRxUt&#10;muUf6ikZcjNT2SfLJ65FNvQyjH3hUcwtuHTuPWrW8SruWq7pmo0doWyOncVNjW/KTuKgZRk1ZDCV&#10;AQahdM5pg1cqSrVd1q4y/jUDrj3qkzmkrFF1JzVaVavSDA6VXkWt0znlG5nuuaqyrV+Rc9KrSJxW&#10;0WcsomfKmapzL2rSlSqcyVsmc0omZKnBqlMua0pk9aqTJwTWyZhKJkzjrVGZfataVM9qozJ1roTO&#10;dxMqePivmzUG23tz/wBdW/nX01OlfMeof8f9z/11b+Zrro9TGSKxY13vwc8LTa94ts55AY7KMtuf&#10;oXO0/Kv+NY3g7wbN4kuPNlDRafGcPJ0Ln+6v+PavdPA9rDZ65YQQRiKKMMqoo4A2mqq1LRaQ4q8k&#10;j0WO2jtYliiQJGgwqr0FdD4IvJLHUZnQ5Hl/Mp6HkVjuorS8LjF7N/1z/qK8KprBpnsUbxqRaPVr&#10;S6jvIRIh4PUdwfepG9utchZ3stjP5iHg/eX1rqbS7jvYRJGcjuD1BrxJwcfQ+ro1lUVnuPopSKSs&#10;joDGKQZ70p4ppNUhWGmkIIp2MGm96ZA1jikJyKcQD2ppGOtAhBWvpY/0X/gRrJrX0v8A49f+BGom&#10;9DegvfLJGKTrUmM00rXOd7QwigKW+lLsLYqVVCincXLcaFC9KWlIApKRZXvrGHUbWS3uIxLC4wyt&#10;XjPjHwjP4budy5lsnP7uX0/2T717aTRJYRXURSeNZFODtYZHtXTRxDoO/Q87GYKOMjbZrZnkPhbw&#10;ls2Xt6nz9Y4WHT/aPv7V1jLitTUdNaxk4y0R6N/Q1RZc/Wut1XUfMzy44ZYdciRXKgio2TFWSnam&#10;MtFxuJWK0xlz24qwyZppj4zTM3ErFKjKmrRXg4qMpTTsZuJWZajK1aK0x0quYy5SqwqMpVpk5ppU&#10;VaZLRUKVGU9sVcZQajKVakZuJUaPg1Cy4HSrpj4qJ4+KtMycTmrhf9Il/wB4/wA6KnuY/wDSJf8A&#10;eP8AOipubpM9X2YNN21aKZpuyvKue/ylUx5NIYR1qztFIUyKpSI5CoYsHpSeX+FWTHzTSvPtT5iH&#10;EqtFmmGLjFXNgx05pvl1akTylMxYpvlVc8vJpDHzT5iXApeSDzTTDV0x+lJ5Q70+YjkKPk8Vf06/&#10;NviKU5j7H+7/APWphi9KYYs03ZqzHFODujZngEy5GM9jWdKhUkYwRUlldNAAjnKdj/dq7cwLMmRg&#10;N2NYfC7M67KorrcyGUkVCy9qtOhTgjBFQsM9a2TOZoqunFT2K4WT6imOuKsWC/u3+opt6EJe8I65&#10;qGRPxq4681BInpSTKcSqGMTZHTuPWp8iRcjpUbDOaiDGNsj8asyvYe64qB1q0WDrkVC64oJkrlSR&#10;aqyJzV6QcVXkXrWkWczRRkSqsy4q9IvJqrKK3TMJRKMq5NU5k61fkXnNVZVxmtkzlaM6Ve1UplrS&#10;lXOapTpnNapmEomdKo/CqU8YrRlXtmqcqY61smc8omXOnWvAvDngubxNrFzLMGi06OZt8g4LnJ+V&#10;f6ntX0JMmc1zy28dsgiiRYo1zhVGAK64TsnY55RKtvaQWVvHBbxrFDGu1UUYAFbHhBf+KktPq3/o&#10;JrMcYHFanhDnxHaf8C/9BNRJ+6wgveR6O64FaXhvi8l9fL/rVFx61f8AD3F3J/1z/qK8yXws9amv&#10;fRvsals76SxmDxnI/iXsRVctmmk49647X0PSTad0draXkd9CJIzkdx3BqUiuLsdQksJxJHyP4lPQ&#10;iuts72K+hEkZ46EdwfQ1x1Kbhr0PWo1lUVnuSmmmn9abiskdIlIRTqTOKogbSHHejpQcGgmw3NbG&#10;lDNt/wACNY9bGk/8ev8AwI1nPY3ofGWyMUY3cUpHNPAxWB6KQiqAPSilxmkIxQMawpMU4n1qWOPk&#10;E0m7AlcSGE/eNTEYFGMUfWs9zS1iOWJJo2R1DKeoNc1qGmtZP3MZ6N/Q10/emSwrOhR13Ke1aQm4&#10;MwrUVVXmcaVprLxitHUNOezkH8UZ6N/jVJlrvjJNXR4koOLsyArTGSp9uKaatMzaK5THamMvFWGX&#10;NMdeKtMzcSsycU1lAFWCoNMZaZDiVitMKc1YZaaQKdzNxKxSmFKssuKYyZqkzNxKpTFRsvNWilRs&#10;tWmQ0c1cr/pEv+8f50VJcoftEv8AvH+dFFzVI9aC+opNo9KtSwGFyD+B9aiKeleTc+gatoyExg9q&#10;b5dT7TSFOelVcXKiApTDHVnZzSFaaZPKVfLo8v2qyUGKbsp3J5SqY8UbDirLR80nl8U7kcpV2Umz&#10;1FWTGabsz2ppk8hWMeKTy6ssnammPNO4uUrGPNWLacxgI33O3tR5ftSGPI6UXuJJxdyee3E68cN2&#10;NZkkRViCMEVowSGM7W+729qfcWwmX0fsaSdtC5R51dbmLImasWK4R/qKZIhRypBBFT2K/I/1Fat6&#10;HOl7w5kJOagkHNWm44qF15qUymio6VA6elXHU+lQuuK1TMZIqhjEcjmn5DrkUSL7VFyhyKoy2Edf&#10;eq8q1bLB1yKhkGaZEkUJFqtIMjpV+Qc9KqyCtos5pIoSLxVSRe3etGVeKpypjmt0znlEz5VwaqSr&#10;WjKtVJErVM52jMlTrVKVK1Jo+apSx1qmYSiZkyVzU3327c11c0ffH6Vy0w+dvqa6YM5pqxWPpWr4&#10;QA/4SS0H+9/6Cay2BFavg8f8VJaevzf+gmqn8LJj8SPS3WrmhcXUn+5/UVVYc1c0QYun/wBw/wAx&#10;XmS+FnqQXvo2GphY/hTj1xTDxxXMjvELYqewv5NOnEkZyOjL2YVXJwaQ07X0ZKbi7o7myvYr+ASx&#10;Hjup6qfQ1N9a4Ww1GTT7gSRnjoynowrs7O+i1CASxnI7juD6GuGpTcNVsexRrKorPcmbtTSDTz1p&#10;ueayOlobSGlopk2GdK2NJybb/gRrJCFjgD8a29MXbagD+8aynsdGHXvloUtGKSsT0QzSEZ6UvWpY&#10;os8kc0m7AlcbHFjBIqUU4jik6Gs9zZJISjHFFFANABSdDS0hFBAyWJJ42VxuB6g1zl/p7WcnrGeh&#10;rpQabNEk8bK43A9q0hNwZz1aSqLzORKZpjR+laF9YNZPnloz0b/GqhGa7VK+qPHlBxdmV2XFMK56&#10;1YZRzTCnHSrTMmiApUZWrDL6U0pVpkNFYr7UxkxzVkrntTGTAqkyeUrFOaay1YK/jTGTI6UzNxKx&#10;Tmo2j61ZZeaYU5pmbicxcr/pMvT75/nRUl0g+0zf75/nRQXY9qliEi4aqLw+WxDdOxrUI39eKieM&#10;OuCK8dM+qlHmM3bTSpzVl4ipwfzppQVpc5nErlaTZzU5T0pNvFO5PKQFaQpmrBXNNK4NO4uUg2Yp&#10;CpqcpmkKcdKLi5SEgmm7eOlTlKGX2p3FYgKDtTSvtU+z1oKYp3JcUVymaTyzmp9ntQEPancTiVzF&#10;mnxnaMHPtUpTNN2YouHLYhurZZ1J6MOhqtaIU8xSMHNaA6UhTOTimpdCXBN3KrjIqF0xVplxUTp6&#10;VSZm4lZ1yKgdcdqtMOKiZc1omYtFR05qvIuauyJiq7pzWqZjJFPJVjilJDjOafItQkFeRVGNrEci&#10;+9VpV4q42GHFQSpVpmUkUJFJqrKuM1oSLxVWRK3TMGjOlWqsqda0ZY+tVJUrVM5pRM6RKpyx8mtO&#10;VOOaqSpWqZg1Yy5464+Zfnb6mu5mj4riZ1/eOfc10U2c1RFNwR2rV8H8+JLT/gX/AKCaznFavg8Y&#10;8R2Y/wB7/wBBNbSfusziveR6YRVrSABcv/uf1FV2FWdM/wCPh8/3f6ivKl8J6cVaSNVsYqNutL+N&#10;IRWKOsYc5pM0p4NIaolkbYPXip7C/k06cSIcg/eU9GFRFRmmEY609HoxJuLujvrG+iv7cSxNkd1P&#10;VT6GpsZrgtO1GXTZxJGcg8Mp6MK7awvodRtxLEcjup6qfQ159Sm4O/Q9mhXVVWe5KRQqFjTxHuPt&#10;UqqFGBWNzrSuNCheBWppv/Hv/wACNZhHNamm/wDHt/wI1nPY6aPxFo03vTiKljix8xrC9jutfQSK&#10;LAy3XsKlAxRRUGqVgpCKWikAyinEZpCMUxiUEd6KDQRYaKKdgGkJ9qBDJYUmjZXAYHsa5++09rR+&#10;m6M9GrogabLGsylXGQeoq4ScTnq0lUXmcoUppXFaF5ZNbP8A3oz0NVSgFdid9UeVKDi7MrlBTGSr&#10;BSmbMDiruZOJBt9qYUwKslNwphXPQVVyOUrsmaaY6sMlNMfrVJktFVlx2qIpntVtk59qjaOqTIcT&#10;lLpP9Jm/3z/Oin3aD7XN/vt/OiquLlPZ6MZpSKTNeKfVNEciBhg81XeMqcVd+9xUbqOhq0yGrlTb&#10;SbOamKYpCoFUZWIilIV9qlwKTFO4cqItp9KTBqbbmk2mi4nEi2UmypSuaNoouTykJXNN2VOEFG2n&#10;cTiQ7OKbsqfb7UhSi4uUhKe1N257VPtpCvOKZLiVynNKUwKmKU0pii4uUrMmahZKusmRUDp7VaZn&#10;KJUZMCoXUVbZcZqBlzmtEzCSKzrkVXdKtuvNQsM1omYOJTdKrunFXZFFQSLzkVsmYtFJhs6Gmkbh&#10;U7x1AwweOKoxaIJE9qrSJx0q63IqvItWmYyRQeP2qrLF1rQmWqsi9a3TMGjOkjwTVWWPINaTpiqk&#10;ic9K1TMJRM2SPBNcLOn75/qa9ClXg8VwE6/vX47muimzkqIpspJNavg5P+KktPq3/oJrNdcc9TWt&#10;4PH/ABUlmfdv/QTW0n7rMor3kelunOam04YuG/3f6imsvNSWQxOx7bf8K817HpJaov8AQUg+lBNJ&#10;39azNxWGTTCMUpPakNADfWk4YU73pr1SZLGFcVZ0y9msblXh5z95T0IqBVLttA5q3FEIlwBn1NTK&#10;1rMcbp3R21ldxXkAkiPHcHqDVjtXGWN7JYzb06d1zwRXWWl3HeQiSM5HcdwfQ1504cj0Pdo1lUVn&#10;uSkYrV0wZtf+BGsrGa3NMgMduA4wSScVzVHZHo0VeRYjiAOSKkxinUhFch6NrDfwopTSVQgoNFFM&#10;ApCM0tFADMZopaKm4xKQgmnUlUS0JtpOlOpGFBIySNZUKsAVI6ViXlk1s2eSh6Gt2myRrKpVhkHt&#10;VxlymFSmprzOb25phTPtV67tDbt6p2NV2XFdSdzzpQadmQFKZsqcpTdvtVXMnErlcUhXI5qcrj3p&#10;rJmquS4kBTioymO1WCtRsKaZnynJXkf+lz/77fzoqW8H+lz8fxt/OiquHKeuEZoxTqTtXln0g2lK&#10;5FGKORQSyN0FRlSDU5wR70wjHBq0ybERXnpRjPan9DRVCsMK4o6Zp9JtFBNhgWjbT8CkC0BYZtFJ&#10;tz0qQjPSjbQFiPGKQipMCjA6UE2ISAaNtS4pCuaBWRFtpCvapCtGOKLi5SEpio5I89KskZ60hXNN&#10;MlxuZ8idu9VXTkitSWDIyOtVJYvbmtYu5zyhYoOnNQsuDwKuOu3PGDUDDrWqZzNFR16moHXnFW3G&#10;O1QuoNaJmDRSkXmoHj61ddKgdDj2rVMycSi67TTGUH/CrLIDUDoQciqMWirKlVZEq+y5zj8qryLi&#10;tYswkjPePINVJE5NaMkZqvJHjNbJmLRmSJ7V57cLiaTp94969Lkjwema85ulPnP/ALxrpps46q2K&#10;DryemPrWt4NH/FS2fH97/wBBNZ7qa1fByf8AFSWZH+1/6Ca2k/dZjFe8j0xlpbQbZTj0NOYc0sA/&#10;ecf3TXn9D0balgmkzRmioLDOKQn6UE80maAF6D3pERnYKACf5U5ULttHWrsUYjXA/E+tJysNRuNi&#10;gES46nuadtI7U80Dmsrmthm0j0qxY3cljMHTkHgqe9RYOeldX4f8O+SFublcydUQ/wAPufeonOMV&#10;qb0KUqk7RNfS7XfGs8ilWIyEb+H61rwjiqqgrVqE5XivIm29T6qklFWJO1FHaisjpGmkxT8UhFAr&#10;DaMUp4pDTuSHvQQcUUhz2pgIRiindRzzSEUrAJSYpaShMYY70YzS9KKomwhGBTafimkcUCGSIJUK&#10;sMg1kXVqbd+OUPQ1s02SMSqVYZBq4y5TGdNTMEpn0ppTNWrm1aB+pKHoah6V0ppnnuNnZkBSkKZq&#10;bbSGmQ4ldkx70wr7VYKZpjpVXIaOOvV/0yf/AK6N/Oipb1B9tn/66N/Oii4uU9V70tJR0rgPeTFN&#10;NNLRigVhtIwBpSOaKCbDOhoIzT8ZppBFUmIZtpdlPGDSjAouBFtoxipsLikAFFwIsH0o6U/bzxQV&#10;zTuKyGUhApxX2pNtO4WExxTafjijBpisMxmjbTsZFGKAsMxzSFakxSEZoFYjKYqGaDepI61axSYo&#10;2Jcb7mPJHngjpVV0IJBFbVxblwSMA1Qki3D0YVspHHOFjOdahZKuuhz0xUDIM1qmcsolJk5qF0q6&#10;y9aiZMj3rRMxcShJGe1QSISOavuuOKhePNapmUkZzoRzULKD9avvFmq7xYzVXMZRKEkZGarSpmtF&#10;48jmoHirSMjBxM2RK82u1HnSdfvH+depSRcGvNLqL99J/vH+dddJ3ucVZbGey5B4rU8Gp/xUdpnP&#10;8X/oJqm0R9P1rU8Hxf8AFSWv/Av/AEE1tJ+6zniveR6OyYNJCu2X/gJqwVApgTEgPsa4Lno2FKe9&#10;NxipMUhAwaQWGbcjIpVjLkADJpY0Z22gVdjh8scfiaHKxUYtjYohGuO9SbTjrTinvS7cDrWRukIg&#10;9aDGTjHWpAme3XtXU6DoPkBbi5X951RD/D7n3rOc1BXZ0UqMqsrIj8P+HvI23N0MydUjP8Pufeui&#10;6Ud6DXnSk5O7Pfp0o0o8sQ79ang4XPvUFTw/cqJbHRDcmBzS0wHFOBrE3FNFFFACGkp1JgUCsNop&#10;QKSmmIKKKKYhMUmDTqKVgG4NBGKd+NIRTASkpaKAYhFNxTsUYpk2I3QOpU8g1mXFsYm45Xsa1yKY&#10;6B1IIyD2qoysZTgprzMQpikKgVauLYwn1U9Kh2Vve5wuLWhBs5prJxU+3J6U1l61SZLRxl8D9tuO&#10;f+WjfzoqS+X/AE244/5aN/OincVj06g0ZpCa4z1gB9ad1pnWlFAXFxmkIx9KXrS0DsMBoPNKRSUE&#10;WEwRmlHNLk4pp4PFPcQ4LQRSg5FGM0i7DaKdgUmOaBWEoIz1pcUYoFYbtFG0UtFAWG7efagpTs0Z&#10;p3CxHtpCvFS0mM07iIsY7UtSEU3aadxWQwjNV7i235ZQA3p61bxTSvNO4nFMxpoN3saqNH1GOa3L&#10;i335ZfvenrVCSLcvo1bRkcU6djMZByO9ROnarskZBwetQMoJ5rVM5pRKboKhaOr0keTxUDL+VaJm&#10;LiUnjzUDxdavMtRMh9K0TMmjOki61WePGa1HjODkVXePI96u5k4ma8fWvM7uIedJ/vH+deqPGwzk&#10;V5rdAmaQADO4110Xqzz68djNaLA7VqeD4v8Aio7QjH8Wf++TVR4z3GPxrT8IKf8AhIbTgYy3/oJr&#10;ok/dZywj7yPRGjBqIx4cfQ1aK/MeMVG6ncOnSvOTPTcSIrQsRc7R1qVUZ2wBmrSR7AMdaL2Eo3I4&#10;4BGvGPc1Ltp4BI6UoUipubqOgwJmnbMkAAGnBCTx1rqNC0ERBbi4UGTqqH+H3+tZzqKCuzelRlVl&#10;ZDdB0AQ4ubhR5nVUP8Pufet4jFSACkIzXmSm5O7Pep0401yxGUn+elPYdKTB9DU3NBhqxABs/Gos&#10;VND938aTehcdx+0UnQ06jpUGofjRSHOfaloAOlHeiigAppWnUUCsMzRn8qdjmkxTuITpRR/OimAd&#10;aDzxRRmgQ3FGKdQaLDG4pOtPODTSKNhCEZoAxS9KKYrEboGBB5B7VQngMR/2exrS4proGUg9KpOx&#10;lOFzJKc00pirU0DRN/snoai2kda1TvscjjY4y+H+m3H/AF0b+dFPv/8Aj+uP+ujfzopi5T0QnNJR&#10;RXOd4uKaW7U7dio2NNK5I5Xx1qSoM0sb4602ik+5LjikIApetBGakqw0+1FLiigkbjHSng5FNo6H&#10;NDBOw+ihfm9qXFLUsSkxSgUY5oAbt4o2inUmKAsJgUFeDS0UxWG4NGD6U+igVhn1opxGaTbQKwmK&#10;AozzQRg4ooFYaU54qvcWu8FlHzenrVqimmxON9GYksO4nswqnJHjPHNb1zaiT5l+/wDzrOlh39sM&#10;K6IyOKpTszMdRj+lROgxVuRCCc8VEUJrW5zOJUZODUTxDBq40ZI61C0fvWiZi4lNl4waglj9jV54&#10;81E6Yq0zJozpIiR9K8wuo8XMgI6sf51600ea8zuod00nPO44/Ouyi9zz8RHYyJEPStTwhH/xUVrk&#10;f3v/AEE1VaLBIzg+1anhOM/2/aZOT83/AKCa6JP3WckV7yO/ZBmoWiLOABzzV0RF2AFSNAIwOcnn&#10;Jrz7o9RxuVo4QgwP1p+3ipcYFGwk9aVykrEaj2pwXn3qQISP6V0mh6F5IW4uFzJ1RD/D7n3rOdRQ&#10;V2b0qUqrshuiaCIdtxcJ+86op/h9z71vUvKik715spObuz3adNU48qDtRRmipNBc5ozSdqSgVh3X&#10;rT4gACB0qOpIuhpMqO5J0oooqTUKKOlGaACiijNABRRmigAoo/GjNACYFJinUUCaGYo/Cnnmmng0&#10;0ISg/SjIoqhBSN1paCM0mA2ilxRilqAlJTsUmKYDXUOMEZFUZoDG3qD0rQproGBB6VSdjOUEzzy/&#10;B+3XH/XRv50VrXmhF7udhMoBdjjHvRV8yMOQ6ynAY702lJzWZuxj9aSnEZptUhDT1pMZpxBx7U3N&#10;UA5JNvB6etT9qrHpzTo5NuAelS0UnbQnpCKKWoLGUU7aPSggfSmS0IDing5FRmgEigFoS0c4pAci&#10;lpFgRkUUUUAGaRueaWikIbRSkZNG00bAJRS7aQjFFwExRgUtFFwEwPSkIOad3oxTuFhmDUE9t5nz&#10;KMHv71aop3sS4pmJNb7+nBFU2jIJyMVv3FuH+ZR8386zpYQ4PYit4yucU6bRmmOoWjq66bcgjBqL&#10;yxWyZzNFMx5PSo3iz1FXGXJpjRj1qrmTiUJI+Oleb3MX76TAz8x/nXqTw4HevOri3HnyHH8R/nXX&#10;RluefiY6IyJLYsOVGaveE7dj4htlC4I3f+gmp7ewe8mEaL9T2A9a63QNGt4r62RR8ykneeudprap&#10;NKLOalTcpI2FgCL0qOZOV4rRlgMbFSMGq08YIWvPUj15QsimEx2pdmegyTU4jyfWt7R9GEJE84+f&#10;+FT2/wDr0SqKKuwp0XUdkM0XRBEFnnQeZ1VD2+vvW30paOa4JTcndnt06caceVCUhFLijFTdGlhu&#10;KXFLiloCwzaaXaadSUxWG4NSxdDTKkT7tJjSHZoooqSwzRn3oooAKM0UUAGaKKKADNGfeiigAozR&#10;RQAZpKXmigBu2kwafRQKwzFFOIyKbg07iCiiimAmfag0tJjNAhKKUjFJSuBkzr++k/3j/Oilm/10&#10;n+8aKdwNKin0EUXJaIzikJqTFHHpVXFykJpKnxmkK07hYgo61MPpRxRzEtXI4pNnB5HrVjdmosCn&#10;K2Dg9KllxfRjqKUYpeKRQ38aQ8mn0cUXHYjXg8VMrZFN4pN2OlINh5FJtpwORRSGN280beKdRTuF&#10;hlLt4p1FFwsMop+KMUXCwzFIBipMUY9qLhYZRin4oxRcLDKKfijFFwsRkd6gngD/ADAYbvVujFF7&#10;CcbmLLBvHoaqPGwJBFdE6A84qJkDdua1UzmlRuc8Y8DJFN8s10HlrnpR5S+gq/aGLoeZzbRkjtXC&#10;/wBnSXV26oAPmOSe3NeveUvoPyqssKISAo/KtYVuXoYVMJ7S2pw1tYpawhEH1OOSa0NGixqcP4/y&#10;NdZsQ/wj8qfCiCRflA/CnKtdNBDCKMlZ7FWe3EoweMdDWVcwshUMK6nA9KQwK5UsoJByM9q5o1LH&#10;ZKhzdTK0vSfLxNMPm6qp7e9a4GBTgo9KMD0qHJyd2bwpqCshtFOwPSjA9Km5pYZj6UlSFc0mwUhW&#10;GUU8qBSYoENop+2kx7UwG4p6fdpMe1OXpQykLRRRSGFH4UUUAFFJS0AFFFFABRRRQAUUUGgAoooo&#10;AKKKKACgUUUAFIRmlooFYaRikp9FO4WGYGKTGKkxSHpRcLGNN/rpP94/zorQYDceO9FFwsTBaMUt&#10;BpiG4xRTsUEA0gG0UpGBSUxCEcUY5paKLhYaRgUlPopisIjY47U+mEUqnA5pMadh1FFHFSUH6Uf5&#10;6UcUcUxACRTgc0lGcUDQ7tQaQHNFIYtFFFABRRRQAUUUUAFFFFABRRRQAGiiigA7U1lzTqKAISM0&#10;gGTipmHpim4p3M3EYowKrkA1ZwRVYnB4qokyGn2FPh5kWgAGpoYsHcapvTUSV2SgdKdRRmsjcKKK&#10;KACiiigAooozQAUYozRQAUm2looATaKWijNABRRRmgAooooAKKKKACijNFABRRQKACijNFABRRmi&#10;gAooooAKKKKACiiigAooooAKQ0tB6UAVWPzH60Uj/fb60UAWitJs96dRQKwykqTaPSjAp3Cwyin7&#10;RSYp3FYaORQRTsUhpAMxRinYopDsN20EYp2M0EZ7ZpisNB96dSbTTlB70hoTNANPwKMCgYyin4FJ&#10;gelO4mhvSnA0YHpRjBoAWiiikMKM0UUAGaKKKACijrRQAUUYooAKKKKADNFFFABTSPSnUUAMI4qs&#10;Vwat7aYIuckc1SdiJK4yKHHzMM+lT9KPwopN3KSsGaKKKQwooooAKKKKACjNFGKACij8KPwoAKKK&#10;KACiiigAooooAM0UUUAFGaKKADrRRRQAZozRRQAUUUUAFFFFABRR2pKAFoopKAFopKWgAoo/CigA&#10;pDS0h6UAVX++31oof77fWigC3RRRQAUUUUAFFFFABRRRQAUUUUAFFAooAKKKKACiiigA7UUUUAFF&#10;HaigAo7UUUAFH4UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AdaKKKACiiigAooooABR0oooAKKKKACiiigAooooAKKKKACiiigAoooNABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFB6UUhoAqORvb60UyQnzG+pooA0KSiigAooooAKKDRQAUUUUAFFFFABRR2ooAKKKKACi&#10;iigANFFFABRRRQAZooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACj&#10;rRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR2ozRQAUUUUAFGaKDQAUUUUAFFFFABRRRQAUlLRQAUUU&#10;UAFJS0UAFJS0UAFJS0UAFIaWkPSgChJ/rG+pookP7xvqaKANCilpKACiiloASiiigAooooAKO9FF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR3oAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACijNFABRRRQAUUUUAFFFFABRRRQAGiiigAooo6UAFFFFABRRRQAZooooAKK&#10;KKACiiigAo6UZpKAFooozQAUUUZoAKKKM0AFIaXNIaAM6X/Wv/vGiiX/AFr/AO8aKANKiiigAooo&#10;oAKKWigBKKKKAFpKKKAClpKKACiiigAooooAKKKKACiiigAoxRQaACiiigAooooAKKKKACj1oooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACjvRRQAUUUUAFFFFABRRRQA&#10;dKKKKACiiigAooooAKKKKACiiigAooooAKKKM0ABoozRQAUUZooAKKKQ0AZc3+tf/eNFLN/rn/3j&#10;RQBqUUUtACUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABQaKKACiiigAooooAKKKKACi&#10;iigANFFFABRRRQAUUUUAFH40UUAFFFFAB0oooxQAUUUUAFFFFABRRRQAUUUUAGKKKKACiijvQAUU&#10;UUAFFFHNAB0ooooAPxooooAKKKO1ABRiiigAooooAKM0c0UAFFFFAB2oNFFABRRRQAUZo60UAFIa&#10;WkPSgDKmb98/+8aKjnb9/J/vH+dFAG3RSUUAFFFFABRRiigAooxRQAUUUUAFFFFABRRRQAUUUUAF&#10;FBooADR3ooNABRRRigAooooAKKKKACiiigAooooAKKDR3oAKKKKACijFFABQKMUUAFFGKKACijFG&#10;KACiiigAxRRRQAYoxRRigAooooAKKDRigAoooFABRRRQAUUUYoAMUUUYoAKKMUUAFFFFABRRRQAd&#10;aKMc0UAGKKKKACiiigAooooAKMUUUAGKQ0tIaAMeeJjPIf8AaP8AOippSPNf/eNFAGnRRRQAdqKK&#10;KACiiigAooooAKKKKACijpRQAUUUUAFFFFABRRRQAUUUUAFFHSjFABRRRQAUYoooAKKKKACjrRRQ&#10;AUUUUAFFFFABRR1ooAKKKKACiiigAooooAKO9FFAAaKKKADrRRR+NABRRRQAUd6KPxoAKKKKADFH&#10;SiigAoooxQAUUUUAFBoooAKKDR+NABRRRQAUUUYoAKKKMUAFFFFABmjNGKKACijFFABR60UGgDKm&#10;/wBa/wDvGilm/wBc/wDvGigDUooooAKKDRQAUUUUAFFFFABRRRQAUtJRQAUUUUAFFFFABRRRQAUd&#10;aKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooxRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RijFABRiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoopKAFoozRQAUUUZ&#10;oAKKKSgBaQ0vakPSgDJmb99Jz/EaKbOD50nH8R/nRQBs0tJRQAUUUUAFFFFABRRRQAUUUUAFFAoo&#10;AKKKOtABRRRQAUUUUAFFFFABiiiigAooooAKMUUUAFFFFABRRSUALRRRQAUUZzRQAUUUUAFFFB4o&#10;AKKSloAKAKKKACiiigAxRRRQAUUUUAFFFFABiiiigAooooAKMUUUAH4UUUUAFGKKKACiiigAoooo&#10;AKMUUUAFFFFAAaKKKADGaKKKACgUUUAFFFFAB2pDS0hoAzpf9a/+8aKJf9a/+8aKANKiiigAoooo&#10;AWkoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKMUAFFFFABXLarqerze&#10;K/7K06ezto1shdNJc27SkkuVwMOuBxXU1w+q6PLqvxHIS+vNPVdLGXtCq7v3rcEsprWmk27nJiXJ&#10;RSj1a20L2j+MBDbammuPbWVxptyLWWZHxFKWRXQqDyCVcfLyQQeTTtd8YwDwjq2p6Tcw3UlpEzDn&#10;cFYDOGHUfSsbU9EsfB+raDdmOQ6bDPPJdXMrNIwnkQBZpGPPZl3Hgbh0FZfii4i1xPF+oaYPPsW0&#10;hLdp4gdk8wZz8p/i2qwBI/vAZ4OOhQhKSkttPTe1jhnXqwhKEnqr+u1738ttunyPSbPUILsTLDKk&#10;rQP5cqqclGwDg+hwQfxqjc+MtGs4oZJtRt1SbcYzvzuCnDEY7A9T0rk/Fz3uga3u01GEniGNbIMg&#10;z5N0B8spHoI95P8A1yUVV1WT/hEfFNra6Sm2KPSY7ZgbSa6Eao7eXxECynlid3DYGOhrONJNJ9zW&#10;eKlC6tazs/nt26bnbv4w0ZLCO+OpWrWkj7I5klDK7ei46n2FSR+KNLm04XyX9ubMv5fneYAobONp&#10;PY54wa4TSZtN0W+8O3huhPo9vZXFmL2RCiQ3BkQsHU/6skKwGcY27e4zDqKx6xc6je20Pm6Vdatp&#10;YVtmUndJk8yQDuuNg3dDsPpVexjfr/Ttb1I+tz5b6X7fK9/S+n6noWleJdN1uSVLG8iuXiALqjcg&#10;Hoceh9elV/G2sT6B4V1HUrVY2uLaIuiyglSfcAg4/GqN3EV+I2lSKpAbTLlWYDg4khwCfxbH1NJ8&#10;U13/AA91xcEg2zZ29cZHpWcYx549nb8zpnUn7Go+sb/lciutV1vQdQ0pb6axv7S+uBalbaB4ZI2Z&#10;SQwy7hh8vI4wOe1bFx4t0i01FbCbULdLssqeUZBkMegPoT2B61wlx/YTalpE/hq8mv8AV0uYkwlz&#10;JdKsBYCbfvZgg2bjng5AAznBr+Mdel1LSNftVltrSVJ3iGmpatJdS7GGJSQRgMAGDbSAMc+m/slN&#10;q6t+H4HF9adKMmnftrdbbX01/LzPQ9S8XaRo9wsF7fwW8xXfsd+VX1PoPc1UsfEW/VfEAupIYrLT&#10;2iKyk7QFaJXJZjx1NYula1YeGtZ8Rx6vIttc3N39ojaRSTcQmNFQR8fMRgrtGTntyM4+p2NxJ4u1&#10;jVDDLfaRbXFvLPpqxkM48hMSgdXKHnYevb5gBURpJ3T7f5bGs8TPSS77dlZ7/nt953l/4v0nS/J+&#10;130Nv5yeYgdsEp/e9h7nimzeNNEt7WK5fU7UW8ql45BKCHAIBK468kDj1ridX11oPGN5PpsglgvN&#10;Nt/MmFlNdqvMhXAiBK/K2cNjORjvVvw/Z6e3iPwoLKT7dZ2ejXUUNwy8hlkt0OePlbhhjqORR7KK&#10;jd3/AKQfWpyk4xtvb8Ur769+nbzOsvPGWj2Edu8+oQRrcJ5sWX5dP7wHXHvVyHWrK4a2WO5ikN0h&#10;lg2OD5iDGWXHUfMOfcVyi6nZ+GvGOuTatIlmLtIGtbmc7UeNUwYwx4yG3Hb1+YGsHRZV0K/0XVL1&#10;GsNKkuNT8pp1KLCk0qvFuz9wMEYgHGMgcHipVJNXX9aXLeKlGVnbfXy1Su/VO/8AmekT67YWwuDL&#10;dQxi3dElLuBsZsbQfTORj61DpfijS9allisr2G5kiAZ0R8kKeh+nv0rz7UpotbTxJNFE01rPq2l7&#10;S8R2yqJbcEjI5Xg89OPStb4h2F3daosenowvJdD1CKJk4O8+VtGe3PSqVKN0m9/8kxPFTs5xV0vx&#10;vJrT7ky/qvj+xe60u20y+tria4vkt3UNuyhzuKnocEDkZxXY9q80vte0jVrfwpa6UPM8i/t2MEcR&#10;3WqhWGHGP3ZHTBwa9KHSs6kVFLSxthqjqOTck9ttthaKM0VgdwUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFHSgAooooAKKKKACjNFFABQKKKACkPSlpDQBmyt+9f/AHjRSTf65/8AeNFAGpRR&#10;RQAUUtFACUUUUAFFLSUAFFFFABRRRQAdqKKKACiiigAooooAKKKKACiiigAooooAKM0UUAFFZXir&#10;UZdI8N6pewFRNbW0syFxkAqpIz+VZvhrWp77Vbq2+2RanaRRK4uoY9oVySChIJBOADx0zz2q1BuP&#10;MYurGM1Te7/r9Dp6QDvxn1rK8P6jNqcV28wUGO8ngXaP4UcqPxwKyvFHimbRtUt4oTEbeECe+L9U&#10;hLBARzwRlm78Rkd6FBuXKtxSrQjD2j2OqIB6gUbR0wKxtf1O5sobSK0Ef2q9nFvG0wJRDtZixAIJ&#10;wqNxkZOOasaZa6hbCUXl6l4pxsKw+Ww9c8kHtjgfjStpcvnvLlSFu9EgvNWs9QkLGW0V1iTPyAtg&#10;FseuBjPoT61Rv/CputTlv7TULnTbmZFjmNvsZZAucZDqwyMnkYP6VR0TWrjUdXuI31Hb5d3NELUW&#10;pwVRiB8/rgZrrG6GqfNB2MYqnWTaXX8fkyhouiQaHY/Zod0il2keSVtzyOxyzMe5Jq/tHoK5GLxB&#10;qL6qNF2L/aKTeZJNtPl/ZM5Eg/2j9zGfvbj0FXr+71C+1qTTrKdLOO3gSaadk3sS7MFVRnA+4SSc&#10;9qHGV9QjVgo2gvK36fI6DaPQUEAj1rD0HU7q5TULe88truxn8h5IgQj5RXVgCTj5XXIyeQapweIL&#10;qXwro2ots8+8a1EgwQv7x1DYH0Y0uRl+2ja/r+GjOo2gdhRsXJOBXK+L/EL6Jd6bGb+LTredZWkn&#10;lj342hSB19zWv4cvLq+0i1nvY/KuHTLLtK554baeVyMHB5GcdqHFqKkEasZVHTW6/wCB/mae0eg4&#10;o2j0FYHjO41DTtGub6xult2t4yxR4g4c8Y78U/Vbm80TwtqV29wtzdW9vLMshj2glVJGQD7UKLaT&#10;7jdVRck1sr/19wy+8JmbUri9s9SutMkuQvnrb7CshChQ2HVsNgAZGOAPStLRtHt9D0+Ozt1IjQs2&#10;XbczMxLMxJ6kkkk+pqh4fupbxJnbUDeqMAA2xi2n8etZqeI75vEX/CPkRf2gG+0Gf+D7Ju64z9/P&#10;yY/4F04q7Sl7vYxUqULVLb/Pf8Nf+HOuKBuqg/UUFQeoBrnvFMupWQtpbO+W3WS4gt2RoQ/35ApO&#10;cjs36VuWkUsMCJNL58oHzSbdu78O1ZtWSZ0Kd5ONtiXaPQUYB7CsLWPEK6T4gsLWZtlvPazykhGY&#10;7keIL0B4w7fpT/DGuHXBqb5Bigu2hjIQqdoRDyD3yxp8krc3Qn20HP2d9f8AgXNrYPQUtcl4P1m5&#10;1qKG4m1ESs8W97ZbUoFJ9GPXFUPEviy907Xb20truKOWK1hltbNoS7XUrmX5Mggj/Vj6ck8Cq9m+&#10;ZxMniYKmqnR+nr3O8orA8WarPpem2kkUotnluI4XkMZk2Bs5wB1q9ocsk9msj3RvNxOJDF5fGcYx&#10;UcrtzGyqJz5Ov9fM0cUUUfhUmoUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAdaKKKADFFFFABRRRQA&#10;UUUUAFHFFFABSHpS0hoAypkYzPwfvGirb/fb60UAW6KKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigBaSiigAooooAKKBRQAUUUd6ACiiigCnrOmprOlXdjIzJHcxPEzJ1AYEHH51aWMKBxS0tO&#10;+lieVX5uph6d4euNMvppIdSma1lnkna1aNNuXJJ+bG7qfWiXwhpt5dX097aRX0l0Rua4jVyqhQoR&#10;cjgdT9Sa3KOlVzyvcz9jC3K1oY0/htLjRrWxe4n8y1CGK6DDzVdRgPnGM9c8YOTxzU+madd2ZkNz&#10;qE18z4A8xUVVA9AoHXPfNaXSilzNqxSpxT5kYVh4eudPvpJItTm+yyTvO1sY4yMsSxG7buxk+tbp&#10;5FFFJtvccYKCsigNIjXV31AM3mtAsBXtgMWz9fmqtqegtd3q3trdy2F4I/KaSIKwkTOQGVgQcEkg&#10;9eT61sd6Kak1qJ04tWM7RtGj0eCVBJJPJM5llmmILyOepOAB0AAAGAABWXa+DBbSW0ZvriXT7WTz&#10;YLJtuxGGdvIG4hc8AnjA64FdLR0pqUl1E6UHZW2My+0OHUby2nnG8QpJH5bYKuHABBHfpUuk6b/Z&#10;VlHarLJLHFkIZW3Mq54XPfAwMnnjnJ5q9RU3drFKEVLmS1/r/IpazpiazpdxZSMyRzLtZk6il1XT&#10;U1bSbuxkZkS5iaFmXqAwIJH51coou0DhF3ut9DL03Tbyz3/adRkvgQAoeNE2/TaBn8aqjwlAAsgl&#10;lF4t19r+15HmF+hHTG3Z8mPT35reop8z3J9lFqz1KOo6YupxQpIzKI545wVPdHDAfTIq9RRU36Gl&#10;le5Sn0tJtWt78swlhgkgVR0IdkJP/kMfmaTTNKTTXvXRmY3U5nbd2O1VwPb5RV6ind7E8kb3t/Wx&#10;haF4eutFWKH+05ri0iTYkEkcYAHbkAHilv8AwrbajcX00xk3XUUUeVYAxmNnZHU9mBfOfYVuUU+Z&#10;3uQqUFHltp/SMrV9Fk1WxtoftkkE8EiSrOiqTuXuQRjnntVnTLS4tISlzdvevknzHRVOPTCgCrlF&#10;K7tYtQipcy3CiiikWFFFFABRRRQAUUUUAFFFFABRRRQAUUUUABooooAKSlooASloooAKKKKADNFF&#10;FABSHpS0jUAUZGPmNz3NFSugLHjvRQBaooooAWkoooAKKKKACiiigAooooAKKKKACiiigAooxRQA&#10;UUYooAKKKKACiigUAFFFFABRRRQAUUUUAFFFBoAM0UUUAFGaKKACjrRRQAUUUdqACiiigAoozRQA&#10;ZozRRQAZozRRQAUUUUAGaKKKACiiigAzRmiigAoozRQAUZxRRQAUZo/GigAzRRRQAUUUUAGaKKKA&#10;CiiigAooNFABRRRQAUUUUAFFFFABSGlpDQBXb7x+tFNcne31ooAt0UUUAFFFFABRRRQAUUYooAKK&#10;MUUAFFFFABRR+FGKACiiigAoooxQAUZoooAKM0UUAFFFBoAKKKKACiiigAooooAM0UYooAM0UUUA&#10;FFFHagAooooAKKM0UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABmiiigAooooAKKKKACjvR&#10;RQAZoozRQAUZoooAM0ZoozQAUUUUAFFFFABRRRQAUUUUAGaQ9KWkPSgCo5+dvrRTJD+8b6migC/R&#10;RRQAdqKKM0AFFFFABRRRQAUYoooAMUUUUAGKKKKACjvRRQAUUUUAFFFJQAtFFFABSUuKKACiijFA&#10;BRR1ooAKDRRQAUUUUAFFBooAO1FGKKACijFHagAoooxQAUUUUAFFGKMUAFFFGKACijFFABRRRigA&#10;oooxQAUUUUAFFFFABRRiigAooooAKKMUUAFFFHFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABSGl&#10;pD0oAoSf6xvqaKJP9Y31NFAGjSUtJQAUUUUABooooAKKKKACiiigAooooAKKKKACiiigA7UUUUAF&#10;JS0UAFFGKKAEpaKKACkpaKACiiigBKWjtRQAUUUUAFHSiigAo/CiigA/CiijtQAUfhRRQAUUUUAF&#10;GKKMUAFH4UUUAFH4UYooAPwooxRQAUfhRiigAooooAKKKOtABR+FFFABiijrRQAUUUUAH4UUUUAF&#10;FFFABRRRQAUUUUAFFFFABR1oooAKKKKACg0Uh6UAZsrfvX/3jRTJkYzPx/EaKANYUUtJQAUUUUAF&#10;FFFABRRRQAE8UUUUAAooooAKKKM0ABoNFFABRRRQAUYoooAOtFFFABRRRQAYooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACkPSlpD0oAoSH9431NFQzTMJnGOjGi&#10;gDWoo3UZFAB2oozSZoAWiijPNABRRkUUAFFFFAB1opM0ZoAWikzRmgBaO9JmjNACgUUmaM0ALR3p&#10;M0ZoAWikzRuoAXFFJmjdQAtGKTNGaAFopM0bqAFopN1G6gBaKTdRmgBaKTNGaAFopM0ZoAWikzRm&#10;gBaKTNGaAF70UmeKM0ALRSZozQAtFJmjNAC0UmaM0ALRSZozQAtFJmjNAC0UZpM0ALRSZozQAtFJ&#10;mjNAC0UUZoAKKTIozQAtFGaCaACjNJmlzQAUUmaKAFozSZFAORQAtFIDjvRketABmlpAw9aM0ALm&#10;jNJkUZHrQAuaQnijI9aCcigDCuG/0iXn+I/zoplyf9Jl/wB8/wA6KAL/AJ0n99vzq1CxMakkk4oo&#10;oAkzRmiigBpJz1pQTiiigAYnB5qPcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+p&#10;o3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3&#10;H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mm72/vH86KKAHBjjq&#10;fzpCxx1P50UUAJvb+8fzpksjADDEfjRRQBH5r/32/OlErn+NvzoooAXzH/vN+dHmP/eb86KKAFEj&#10;Y+8fzqTe394/nRRQAb2/vH86N7f3j+dFFAD4WJXkk1JmiigAzVed2D8MRx60UUANV24+Y/nT97f3&#10;j+dFFAGdqVxLHKoWR1GOzEVxmpavfR6hMq3twqhuAJWAH60UUARDWdQP/L9c/wDf5v8AGnLrF/8A&#10;8/1z/wB/W/xoooAX+2L/AP5/bn/v63+NO/te/wD+f24/7+t/jRRQAravfbf+P24/7+t/jTl1a+z/&#10;AMftx/39b/GiigCZdUvSB/pk/wD39b/Gnrqd5/z9z/8Afxv8aKKAJF1K74/0qf8A7+H/ABqZNRus&#10;f8fM3/fw0UUASC/us/8AHzN/32aeL65x/wAfEv8A32aKKAJVvbjH+vl/77NSJeTkH9/J/wB9miig&#10;B63c/wDz2k/76NSrczf89X/76NFFAC/aZv8Anq//AH0aguLudXGJpBx2c0UUAILufA/fSf8AfZp4&#10;upuP30n/AH0aKKAOfurqb7VN++k++f4j60UUUAf/2VBLAwQKAAAAAAAAACEAtdHyMDkXAAA5FwAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAKcAAABVCAYAAAAsTPT+&#10;AAAACXBIWXMAAC4jAAAuIwF4pT92AAAAB3RJTUUH1wUOFgYKRfTvLgAAFthJREFUeNrtnXuUXEWd&#10;xz+3Z6Ynmcmjk0lCwiNJJwQ2mPD0gaAgiEiEZSMLgnEVXXVXRcSzh5ZVIz7oRbB3cddVXB+LigKC&#10;ykMNJBAChENMBAKESCQh6QAJSUg6ucnMJPPqrv2jvte5Nt23e2a6Z3pm7++ce5Izt/reW1Xf+v4e&#10;9asqCGXYiIE3h60QSq2C80cG6sOWCKXWgHm4gYMG5vx/qXMk7PZhI58ERgMLwqYIpZZYc7SBXQaM&#10;gdUGnLBVQqkVcH5CwDQGcgbeErZKKLUATMfA0z5wGgP3mrBpQhlCUM7Uv3MNZPPAmTVwethKoQwF&#10;MKcZ+JX+/+k8YHrXGgMNobceymACcxQWmKP1p3iRom8FrjAhOEMZJGAC/AdWZUf1566An1wXAN5Q&#10;QqkoOC+SN24MbDX2bxcUUeve9eOw5UKpNjAnG9iRFzKaZyBqYH0AOPcbaA5bMJSqqXMDtxRjRQNv&#10;M3AoAKBnh60YSrXA+WYD3QVA12XgNJVZGADQfwlbMZRqsebvAlhxi4FpKvtuA68XKPOdsCVDqQY4&#10;jysQZM+/njEwReVnGHgi7/4vw5YMpRrgvKkEML3rRQNz9ZuogRsN9Ojew2FLhlJpYEYMvFomOI2B&#10;jMJNnjnwAQPtBp4PWzOUSoNzvi+uWe6VNfBdL3xk4CwDL4/0qcxQBh+cH+8jMP3XCwZOE4NeauCo&#10;sEVDqSQ4bxgAOI2BTgPXKxl5fNiioVQSnLcMEJzetVYmwoiSMPFjaKWuQs85CViDTa+LhOAMpRKy&#10;t4LPGg3cjGXjphCcoQxUXqrCMy8HlhqYONwbJ1zFV2WJxVOOWO1wrEc9FWgBYgsOvjD3tl0/WVSl&#10;TngWOMsBd9iDMxZPTQaOBMZgY2jeNRqbnT0GaMTG08bot16qlvf3IOkBOoB2oBXYB2SAXcCrwHZg&#10;r5tO5IY5GMcCp2ATNk4B5gHT1YZ5asvwzKvfZHrPvmp9zgrgfQ505n3jFGAW1sOfAIxTn472/Vun&#10;/6NvL7XTSLuuvcBu9edmIA3sd9OJPn+8/4VPMLS7SXQBe2Lx1AbgGeAPwBNuOrFrGAByKnARcKFA&#10;ObbAwPQ66jUNzNYcTm5DdOr86T373l+lTzsb+BLw1by/Pw4cM0jNcxDYFIunHgWWAI+66UR3X5nz&#10;SlVmOnAs5SewZsV8G4FtYsM2XfhGXjPWDjpM6m22Rm6kBNs+B9yLXVez0U0nTI0Asg54N3AFcB69&#10;yyq8714NLAVWSsW2Ffp2AzHgz2qXasghYK4DL/u+/fPAqcAkYLJYdEwZz2oFHgM2qJ+7RXAT1KfH&#10;6WoMeMYrwPeAm910oq3PNmcsnmoCPgj8VwmQ3gp8yU0ntvejcyMyI07Crpk5B5gfoD5y6vDvAb9x&#10;04nOIQJlBFgIfAU4Me/2NuAHwK1uOvFKuc808CHg51X0Aa534MsBdRqlOn0fO1gKyX5grptO7CjR&#10;PhOAc4GPa/AWI5+t2C12lhdT+U6JF31OAC0mc9x04qUKdbqjEXwJ8I8lTIxNwPXAL9x0omcQgXky&#10;8J/AO/Nu7QH+Dfihm04c7Otztb3MrcA/VOnT1wPzndL1u5LiuaHPuunESX1oK4AzBPjjihTrBv7J&#10;TSd+2h9wTsOqg0LOThtwWH86o4yK1QN/B1wLHB9Q9EngU246sbbKoGwQU16Tp74B7gaucNOJnQN5&#10;h7F26io5UJWWLNCc7xgVqOd0fOo/T9a66cQp/Wi7ccCdMn2KmW4L3HRi+RsdxmB5neKB4jaCl632&#10;W9x0osdNJ34jb/cKqZRC8hZgVSyeSsgGrAYwD5fX+5UCdmUCuHigwBRLtALvFwtXWupkF5aS1xRR&#10;qWRfHgAuBtYFOOU/iMVTo/sETjedyAYAo0sjsmoikN4skD5ZpFgj8C3g54UqOEBgzhebvaOAOvoo&#10;8O+VdNAcG5S/tNIA6SXnkpKT01PpfmwHPhPwDbM0MPvEnF4ooGBFBstzdtOJzYok3BtQ7IPAfXLm&#10;KgHM47EZ5jMK3P6sm07c1p/YXRkAXQF8SkCplHRT/lRpd5W6cRXwx4D7F/YHnDURulHY4VLgnoBi&#10;7wFuk404EGDOAO5XmCVfvg/8sJp1deBnwNcr+Mg/lQk6U0VTzQAPBBSZJyeqT+CsGXHTiS55tE8G&#10;FFsIfC2/on0AZhM2pnpEkSjBF6rBmAUkKQ++EvJwjcxT/zmo6cnL0hp2iR+KDnwowBYG+AJwZj+A&#10;CfANCm/OagTMtsGop2PV+qewM3cDtTXvqJHuaw+415FvygzLrCQ3ndjEG6fk8j3Am2PxVLSPj34r&#10;cFWRe08Bvx3Mejp2ducD2Hnq/srjwNoa6bqg/ngp34cZzilz/4OdMi0mxwEf7gNrOkCK4jNU3x2K&#10;pBTHhnc+3M/ISA64zqkRvwE7ZV1MHuyPQ1Sr7NkJ3FSi2NUK6JcjZ/LGmR+/Orp7CKv7SBl1LST3&#10;UCNr2mUynVXk9l7s9O3IAKfkNoLjcn8TALh8uZLiM2aPDJatWYQ9PVs43YefvQ5cWUOseQx2rr2Q&#10;TXy1m07sHlHgFGB+X6LYxWWM6ikEn+/z2FDX1bEzcuWGl3qAyx3YUSOsGcUuIYkWAOY33HTiJ4V+&#10;NxKWaSwrcf9sZRIFybn0bnNdSJ6tkbr+EpvNU8o7vwabrlcLwBwvDZfPmi52ScnXgrza4S6rStyf&#10;g80jDZqzLrW/5eZaqKhj16nfjk0gLiY3At92hh6UTcAiYDF/PcvWI/vyWjed2EaJkMtwl1ewMc9i&#10;mwrUyd7ZE+ClBx06lcUuO6gVeaAIOA1wA/ClKgHzqFg8NclNJ/bktV89Npk8BhwNnIBNlTsHu/zD&#10;kwPATxX12FTOC0cCODuBnQTveHFkwL1GdOZPEemisvPcA5V1+p5IHhtdU2XGnAxsjsVT2+l1spro&#10;XXdUauXEbmyceF8snqKcWbZhD043nSAWT5VKaggCbozylijUhDhwwNhkHO+b98t2u28QVPm4PDbs&#10;i8wGlmuwb4rFU0uAn7vpxPqRzJye6g2SaD+B6/22ZhxH02uqgJ21WuTYOf/BePWtwEPYKIA/QaRJ&#10;dv0RPtV+fBE2jQJv0pWIxVPLgC9iM+1HJDhLgScoFjqqxG/rBOC2GqnrZEugXI+d/ekYpPduBD5W&#10;bpqklkifgc2DWFgkGuJgM+TPBm6MxVPX+VdmjpQdP0qpmkw/gevJ4TVU1xjwDge+PIjABGjvS/6u&#10;m060uunEEjedWISdDLklwHaPYlca3BWLpxpHDDi1PKPUEoStAff2luHwzKmV+jqwyYGnh5lf8Ap2&#10;NeYFJYhiIfAzLy49EtR6E9rMv4i0AVtK3N+FTqwoIvOrPMAcqeusLzrgqbeslssE/b5eRNOgPm0A&#10;urR+p2YcV+CBWDx1LjbJo6VI0UuxM3LfHwngPJrgrXDWYlPPijVaTyyeWl8CnG+vch3eip1M6BEo&#10;c/o/QDYWT5Vy+Dxw1stGjmITe+fXWme56cTaWDx1OTasVExzfz0WT90+EmzON5e4v7SMmNrKEvdP&#10;1RLXaslW7NTkauzGDAa7VDiG3ZXjsBJXi0ybZmmBx4C7arjPlmCXCwc5fYtGAnMGZbz3AL8u4xm/&#10;xyZVFBusjfIq76oSm+ySV+tX1eOwkwcnYBfvXUDwPgPrgcurvYa/Uio+Fk99Syq8WJtfOKyZUwvZ&#10;3htQZAXlxQDXUTq54yOD3IEH3HTiBTeduAO7wcT/BhTPAh8ZDsD0yXPACwH3Txnuav08qb1CYoBU&#10;OdNkynD/7xLF3hOLp+YMEdMY4EcBRbaps4eTB28ITtqZPGzBqczqK0rYmsv78MjbCV4dGAWu6e+q&#10;zgrIJoqHvLYP031NA7XacGbOU7GZL8XCQ1f1cSR3YU/fDQo0f5jgvZuqKV0UD7q3DtM+DNo1t2Mg&#10;4KwrI4m3WqxZh92Cptj+SFeXm5aVz7bAT0qw5/eGqN5eDLSYCTMcJSjnYdNAGrmRyh1V0ld1/jmK&#10;rw36Ef3ckUN20FUEL6V9B/DlIVTvQyWjqvDMGQH3Vg4klNQs5HcPciOdAXyzyL17sfsYBTJJC4uj&#10;2LBMZ4ZkPkDbYvHURcCjFM/zvBYburmnkhVrYbFDb45kI72ho5zZ2e7kpjRBpKqJcU4ACGNVIJm3&#10;B2iC250yHvICOkq5gMx204ktg8iaJ2JTtgp56Hc7rV2XR/YcmoadNTpaI/NIbKB6Eja7aDR2JsXR&#10;wOrErmfZid0+fBOwPtcyut2Mi/44AKDtwEVuOvFgP4HYArwNOBm7J+dseg+MiOapPAN04zgNRHBM&#10;XQTqHKiPYBoiUOesiew+dBnwSoZkbgDtG8GmwxWaDj4ETKnUKtRYPDVboaRCqn0F8J5ymDOIzt9O&#10;8Lx1JUfZOdgguE3yMAanKwedWZzOnm6nvXs2hp0C3h56T+jYjV0D1Jpns0WxszBTsFlHs7Hbf48C&#10;iGQO5XA72k1zA6apATOqPj8E3gzcG4unPgbcWSpkJVY8Bht4vgCbTJLGpqK9jD2Bba9A731nnd4z&#10;HpiIMVPIcoSTzU4H4sB4x5Z5m+rotrD4Gexubn/QlcmQNH1gzsYAHBxNBRb7KZfgq0WA2QZc6aYT&#10;uVI7GzdoJBWbpH8IOLeaG1tpWekXyJlrnc5sAx09OB1ZnM5sDmN2YU/eeBYbSN8AbM2QPNBPNmuS&#10;ljgVu1rwrL+os/oIubFRzNioZa1eyQHfBr7iphOHCjyzHptt80mVXYadLv1ThmS/97UX2KcKMPMV&#10;RTgJu9PJGJ8TtR67KcNDwBMZkvsD2nq0wFHMF/mim07cUIE+/YT8AqeA07fITSfugtLbbk8XM9YF&#10;2AYfdNOJOysOyunfcpy2rnPJmRucruyJTkfWkDOb1LErxQpbMyR7AjpvInae9jB6z9tplGrPSlW1&#10;YdO4dgLbMyRd3zPGYJcNfwwb8K8n4pAbF8WMb8y3/9YBn3fTiUd8778Qu8f9KuBXGZK7C3zneLFg&#10;XAw+Sd/pT2bp1nfuw26WsMPTDBmSh/KeNwabZX6qnMbTBWKPlVZhp2vvBzb7bW5tlrsuoFu2Aif0&#10;N9tJZsPnKLztz0Hg42468Us/jQep0qv1oCA5iN0N7RcD3UzWp/r+Xtdsjfql2DSrl/NtKjHTLDHH&#10;XAEyorq5Al4Gu/qvQx1dpzJjVX4a9oibWQJHWqrxEex2i93YhNl/xc6B11MfITdpNGZ0fT6LPuC4&#10;ncnIvo4FesbSDMmsr37TsPuIHiu11omd4dnu+872PPOhSdprkoA2Xfb0dNVlixjyGezSjb+0k9pn&#10;Hnaa9zzsOUlRDc7n5UTeDazPxsd/Tc5ekCwDLnPTCbcPoHQU5fgG8K4CRdYKmM/m2xiFHjYem2xw&#10;E8GbDfjlUeyuDiuATLmqPnbUjaPqXm2djt2Z4xJ1wBLgPuBRPzOoc6eIFU6Syu1S56wD/pwhuXeA&#10;AyQi4JypzpyPXZj1U9mFJwDfVSeTizViYqO8ltzvtHbdFckcehjDbzxWb2HxOOB8AWsvNmtoa36k&#10;oJ/f69mCx2OPnjlFbfSSNMxjwPoMyS6VnyigLpRW8LzwF3OxxpmmuaGRaMkI4U61we9k6x70iElA&#10;HKVBP1/sfSGFD2J4SeR3S6FTURw98GI5N0eqon05JCtfOgSWzarEfv56ZqMZiNGVjURau2Y47T1x&#10;sjkjVfMr4A8Zkt2+xm8WEDz7b5dU01MZkvv60IlRMVCDrh4B+6DXcUV+F8OezvbPYsYbsWvHE+gQ&#10;A9PcQG7y6I2RvR0p50DX8gzJrT6P/Byx1MNB39vC4tHq0PFS6367r0sO3QHAzVflBZ7VKA10ugbZ&#10;HAFhmTTQ9gxJzwQ4G7vN4vkeUE1DBNPcgGluoAygtkpDeWw/Rtf4IuS3T5rwduBBzcwV9c6IxVNP&#10;acRR5gxE/4JtObPLaevucFq76p2uLNiE0zuA1R4gW1iMVNjfYpNwO7AbqD4C7C3ENvrNKA0qz76K&#10;+L61Tqq5S5c3uqNqxCZ6E3XrpGZXA6957xOjng1cJ1V8pWzEO4G9RJxPkzMrMyQPqey7NABW+e1i&#10;fetUMZ03UOr1zAP0nn5nfF5yk2zmmAA8xufNd4sI1guAufw2kmp/E3Y/qHOkDe+XSn8hQ9IIqO+V&#10;xlygd2Kidb1AbejTnI2hdxXCBqnuVcDTbjpR1tonD5zHYZd1HhQYevT/nC7/oQV1+vCxGuHjfdc4&#10;n43UDDjkTItzsHu+09pV73Rkoxq5dwCP5AFyqgB5gkbXEuCPBWxM9O65Ul85NcQh4MUMyR0DVJOO&#10;nJN3Yo/M68JuI/hMhmROwPuoQPodqfxOYEOGZLaFxYeJtdb4VKk3GzJTg2a3V74Car1e2m6ebGYv&#10;frtRZsie/FCSGP18aYQjxWT3AM+qDuOwaXqLNMhsOLEhcsDUR5aapoYlZmw0jfOGc917/I5bX+zS&#10;ouCstLSweKxCMRdpRmcNNtP7wQzJdl+5ibJHjpct9jtgXYHGbBKzHy4gumKK1ypht5URXlogFn9e&#10;XndnC4tnYPf8eR34aIZkWwuLpwMRn1p35EiNA7ZlSG5nEESAnY1dJTBRYN0kDdVeIFpwnlT7LDHq&#10;r4HnNBinyj69TOZVgwhhvUyxJcDTAwmLVRWcYobZMrAXYPceWi2GXOaPrcmAf59s3P0C5Pp8Fmlh&#10;8TR5eI2yZ55SBw9JkoOAdjL2wITH5eGOwu6wPFVsetCLsQqoMWBTKRtxEL69Tux6qrRaq2zgHXnl&#10;Jkh7fUCRgLsFVG9XjiPFqJfInvVCFa/L+XpY/26oRD85/axsg0bZaVJ/Z0qNPyQvexnQ6rPXGsSg&#10;Z4r5HshX2er8mZrt8IL/j1djRFZgIJ6vgXiDHLSj5X13yRmZLadjPzUmPrPoHIW1OuTRb/EApTKT&#10;FUG5TOU9oG4Uc04W4y6Qs3qY8GQUElutUNrT2EToXcVi0v0Cp+yrCQLicbJrTpRdGNWLH9a1Ns/L&#10;rpcqPFNlHxfYuvPecZTKNXrTeH2txBB18gTs3pK/zpB83KciY4ozMhxEUYJ3aUB1yvHc7Gc+mTCX&#10;KPbcIEf2Pk/jiZnnSdOdLs05My/QvkumxUZ6z57fRu/58+3kJeI4AuB7NYomS0UdIWdgpmwWo4d6&#10;Qd41+rCDBWJuZ0h9RDRyVmRIduSVmyjGbVTw+cmgcE4Nd2xEExVbNECdgcZZh7g+zWLUYxQ5WJoh&#10;+XKedpslX2Kh8LJcmnKlFypTu0wSYOcrUnCMfjutwOxQpxj8qgzJn/nB+Rns3HC7VOk27J6XW4T0&#10;FxWi6CjgqNSLUc8QkA8qGP9EvjqWY3GanIN9KtPFMBepwGPFlh2MEJEWOF9Rhr1yfrb7TDVHqvxc&#10;kdtpYseVCv2tAV7PM90iIqTDRYCHKeIyQeC8yV/eUeijNZ8Fi7DEFKn0k/SCLDbtaYXfZslj0pPF&#10;vh0KsLcTynAD6mQx5REisPuBV/0qWGA9Vqr9VEVXGqVxn8MecbgBmxNwoJzUPqeAVzdRiJ4hGp4l&#10;Zycnr+w5qfZXC73AF/YZp9jjM32ZyQml5rXEUXKCpivassKLjxYoO07O4psUUpsjUouKrHYK7Lux&#10;aY73Z0i+4mfOM4DP4iW0Wk9rhwzWzVLpRZHu87Lnyc5swyZLHBguTkEo/QbqRGw8+wTs5MxmqfSN&#10;QRMMMgcbZbNOln06Fvit3zRy+vFRo+TZzZbnlhWQnx9IFnYoIwKsM+XoHq0/t8pvWS97tU82uRPw&#10;sqjU+2yNEM/DOiQ2fSk/LBRKKAW8fy8MOc1HZt1ynndLS+8RkF1/GNFpYXFcsSk/63lb8O2Q154J&#10;gRhKBUFbh00+8fwbL5lluX/i4v8AvgLfUnWy9KsAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAB36&#10;D9w7dQAAO3UAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEZAAAA&#10;2ggGAAAB5RwGLwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEE&#10;nLSdAAB00ElEQVR4Xu1dB5gURdPecLt3eznnfAcc4cg5CipBARXEQBBQJKmgImZExYCCgDlnMWDO&#10;4Tfn+Jlz+Mw562ci1F9v9dTc7N4eoJJO+32e2u7p7umZ7emp6a6urvJZ/JvwlhPGxQuFFeRENz6+&#10;LqmhJ/LLvRd8adHsQgol+N51jn1fcZlvSms3zU29c2NLAiEeDKVQy4En0OjpF9NDT70jcS3DweWI&#10;b3SEQ365IVxcqaIo4TqEn3/1oxxff1LZpmsdXHDvw66R8LJjSvTCpfjZoX/qz0hXunHRRr4xXKTr&#10;yFPozlNNpy3IDtK8Kfk0vG8qXTivxH2UAzonuzeF442FWyYfdKVc5IIjS+iaExr+fdDn8174U9xY&#10;dvkAvaE9TPIGhj4uhNv2SJUbeOqSanmb0vwBNw/pb17fgq7jfgS0rkz03uyGAy64cuUqrVz40NlZ&#10;+TSqZ5rcUM8OOe4jevlq88rjWNM2OFDxY8++p5VPwk9COI1AHKWCQJDevK6F5HdpE1mFcNbRN2y8&#10;G2ox4Fhqu+1CVD45Ocn/X6ThYtculL5EvY7o4zLD/Kwgwo+Qn5aZv3FuiBHBBbz/+MR9C/SY0LG1&#10;DwGxZTcK9CK1/Y+VC7WuDL33xEXVckOem7msqtchlFs9hJLCUW/fxoG2COJ4TFefUCo3w9+y95Ge&#10;XWc690ZvHQAXSc1v714ovTJ9cNtJ9e7NBcIBajOu7aa7IQ/ci+FGEiKhLzjaJZQSokBI3rojJfOf&#10;jhFOuL4YyhQw0Y2DD50wti/wG+67wUR9JzDNZCqRo4ayk50Q+I4Jj1SBMsJY/wwSnfAupnKmveUo&#10;GquZIiYahTUOKW5hwvHhTJ8y/ciUx/SnsK0THsj0fybqO9kJAdxIpYkKZjDpV30xE46BsUyIz5cj&#10;E0erblDoAB+PLh7wZ2If8xaBF5zQwsJinbgut2idr3FFMGHTvOrHZuTgQu7FMPbxjgzPyy7YtPN4&#10;hLcuKXfHOL//sUrC+86qlDzvzW1UtK1KpLbVifTsyx/Rfz/6hhbuV0Zv8Xxr2/Fn02df/kCY48/b&#10;a+MN4F3g369evYY+cwQHTnKCE0r+C699LHm1/eZvvBvC5O6331dSTd8j3YvgcczaLRvj5bgzirrK&#10;8Ma5IVQ+ac6VfHHpwGVMb0qGibutA+DGVq9e7W29DQv9txO2y5QLDOwUeQBvDUjz7j+7kgJ+00pj&#10;Z1++0W5mVN3WJ0rlC6YX4AJyEdzIGXMLKcyPKTs9QF1bJ9G4YRlyM9V9jqDvfviFwmH/wyi7ISGS&#10;icriEJ1zWLGEuKDO1TFPB+01MpNvrkjyargDA2nJgQ3fOqgYLYM5+CmzC+SCeGOQhha6IqeIIGo5&#10;bFKulEH6R599t1Eek/SZa+94ga45sYwyUgMrNW1wzxS5GZAUZPznihq5mRH9jTxoY2A3XOCeMwyX&#10;XTankPp1MuK3L0pqKC/Lf39pfsLvyHvovCpJR3yjIat8IL16jWmBbnN6IHwbccYo/HSc0ZkSkrJW&#10;OzeycW+msscB0lecQ5kCt9qlNaUUplBKkTwSyetYX7HxWwaYMTrb5cIF3YoonBn+rPO+XUXQhLTi&#10;+gkIT0V8o6N1RfgZJ7pJMcwJtyig2UXgyKhnUoEB0r3T23eYakzUfUwo85WJupDH+WcQO48GdF6u&#10;QD4qrmLqy/Qq0xNMCp32xtbzM9OfuqHlTFrZEUwLTNTXxwl3ZVrIdArTfkhgjGPScwDEd3bCWUyL&#10;mIBCpjNM1MLCwsLi3wgMlD//++oG3kH336lny8IrPGeH1OK1FbIe6jepgtUY0mK4GktpyX6aODzD&#10;bYRXV9TK8Bf0+rVmXfUfgeF90+jeMyvpgLEiQxA5gTbCH3+sou9//IXaDz2ZBux6Ou139PW09diz&#10;ZHKqZXROoI3D0TQcN3vM3DmLlh5Q6P7Rp1/8QMJr73iejlx8OwUTjZwjFvOm5Eq5y65/RsJ6bjyE&#10;Nf2OippANUvs0D9N/gyo8/an0H2Pv+UejzQT81RT0oAn9XTHqRUyj25RFia/31WPCmDSXztgAY2e&#10;drGc32/MaW5d++6S3fwaSm9eaezQDHm1nOxvmT5DJDPNfy4HU/t1TNa825kQR3pCOOT/NhgwDBg9&#10;ZlA3o87lJeQ1J8hNdx2xRMLaAceKzHL8MHmF7h4/rIHR4g/rV0hVfUDeV+fsQ4tpCb+aSFP66puf&#10;3bKQXzlFmwECIWq77UkuU+WU3yC2rCoOIf4UikArTBvl7rxSmjQi022ca04odf/4mQebZZU+HSIi&#10;OXIa7QzNV0KZ5oBXcbPA0y98QKMHpcuNHzguF+GyXu0j7h8Z0tM00F0nVVB9TThKSQzhXac16Iai&#10;582fkq+N48tvuQPdet+rbuMU522idae/iSf1hpff9BwlZZouDxkzB92dP/f+OYcVSZna/kfTI+dX&#10;iaCb06WxIC3TXtWjXTJt1ydVG+UPbRy9BoCQk7KQvsVDn/x7H34tIY733lH4Tcqzlzfwh8SUIsos&#10;60tv39CC+nbOQ7o0SFHPEgkL0huE8BVF0jMmr+Av1xs8CPzhp19o5pHXufWbUs0E0A7EjSvhc9yp&#10;LhE6JsCql66qpYru+0eV4XTaMZJKB7cqk8b5pFga8tMSfmXqdm1Nb3EjqpxeKSHYTKcSB080Azkv&#10;Ib1utzbUZVZX/VMIt0LvuXGRqIND1YkGdU12BYft9+5IKTl1lF05SBTFWmx1PAXDMla6zJRohkBj&#10;FLUdiz8hDYM/h3RI34t7lVD3uT1FEt/zsN6S7kER0wFMcm44O/wBEoGxI80r69TbvBHJMCtESw80&#10;Uwied8b+qSVoICU+9idEEqjzbLdnJeHHnOtL69o2ssFXJjc7sATLAeVWD6VQxLxufBzq3PB6Pe2E&#10;vk4zu0hacf14LQescMJNs85jsXHQyQmBbkzSK+Ro7VD1TsBbHqqewHlOeI4TvsGEJadMOTILKLE9&#10;R+vJZvLWqQz9NyYs2AAXOaHF5oL2FKinri/SndCL45zQi9OcUHuBXkOvqfAu1U1h+tVEfVOdEHiA&#10;aWsTlZ50lYlKL7PYEvCHE2J8Av3j6+XIoD1TmAkqVfsync7kxfZOqHrLqmYeYurBpD0CTx28R7W/&#10;wUsUWKGGCjqwExMWjoHZTF6ZtYWFhYWFhYWFxYZGr3AS7ZXcsCb1F1ECjQwOl5rD5o9zIfP90vwp&#10;7GH8S0AdoM+M7Lj5Y156jvwhJSc5Cqfsb1Yrb11S4W7Lj8XH3CCTUtLov8VVyNedHM0XHVskyjIJ&#10;6KT9ZCOGCzRGdvlWIsnzEoTjsUspOFZykpo9jvH8oV9Mki8Px9oQa9ascePvfvCVG8/LkjUo2duj&#10;dTj1/DNw4j4FdME8Mc8C6R2lZle6fx749bc/6NCTbqWLr32K6gaZbT7vf/SNhOmFnXHe6sMn5Uqj&#10;XHV86T+nYdJTArJK6e0lrQadQNfe/gLtMOVCOX7m0hrq2yGZsisGyfEl1z0tYcftFsmr9fzyGmpZ&#10;HqZrF0aZLmq2iKAxqnod7DbIrfe9Qv12OV16Co5vim/I5z9aHvTMSx/SthPOlniVWeKVTT7NEkW5&#10;YltF/sykg66kUdMvksbQVwV5UrABEHipQBzIOH5GvpR95Jl3acVtz8vWTxyDDpko2hfND/ra4JUY&#10;OeUCV58vq6yvfKGcYgKUPXVOEV1+bCkdMy1fVNc4eSDy8CnPKOkp57785mf0v19/p4mO8aTsdGn8&#10;ZgW58T3nXiW9BPEL54kKiWtoAo0BlVcw5h0HpIkqbYcWSbI98ZlLq+N9gXKhb/Pme19IfUqhBFFz&#10;ax7Q3qKUnGUYr5PNzNhPl8yXr0s7R5/vXslgwBoVBzCyMZHpQSZY8BCgjqk7ZdHrb3/u1h3TeFs2&#10;tGGAux56XXrGQ+caJce7Tzfh1ceXebdNBVMjAQoEooTdAKYQ2NAo56DelCTfml47LXMbxlHYbh7Y&#10;aaBRje2+g1Fy3GWbdOKG0D9wyN47Zrl/5vZl5e50Qf9sWaepyBf12dZVwm8GI669A2VgYAthZc85&#10;bl1bOspxw/j6LL/5Obl5Tltx0ATzFXnDmQvhT3rnUN6GUfK8JtPx420YYK+Dr9L6vVZ8tkzcxhNB&#10;3OyOUy+kjsMWUftasVw3f6suKfKnFkw3VhXOOqRIGmMxf3WqgiHZiKwNAiNhCJ3t/2LIENCGUaN0&#10;Sp4G3HKBm/Te9BMXiphgTGrDZnjZ/YhyaJgj98yThtkj2bx+MC+QVWEmlrF/WI+hWov8gbufKeHM&#10;Mc1A2/zFK82TBxBy0qVIjyS6ikWyfTQc9I1Bwxw4LkcaZlQkVcqDoFWOcPu+KV/LGQ6/edw0si83&#10;M+BqlYJaVWwke4obEg+cYyaInoZZgnRtmNSIn4b3S/3itRW1rtmFWPMLSughSSHf/Xwazt3ppsVm&#10;nqS98tZ7X5GwtKAZ6Ag/d7npMW//90sJd9nWKFDDagsMnOJP3X264UPF7cbTNt1Tqao8h4ryG7TN&#10;ubjhP7MLEd8O52zbPYW0Yf7vTNP4Z13+qIT6im3R0KeJ/Ux60wkJvhsdu5RAbyckbNIoaTGAutQX&#10;USTDmCBFOghxzx8WO3ROHSFsDxo94yJ6/xMzd+rYUlTdtnjk4maBZRc+KDfOaRVX8DyoMDuBHrtQ&#10;RJNuA4ZCCdIAD59X5TZMWkW6xLHtB2WRxnTOrF2FySbjPCUnr3lAGbBqfOP1UvMcjPvwE/b56vTP&#10;QRhVVRKRxgB9WOz2njYoO9gxbLv0gCJKSkqk+iEniXAL5z59qQjZmw220T+tpAO7rTqbPU5zJ0SP&#10;RUBojHH9a+npAjMadl4l1ZJKWb6gLKr8IXs0Q9GDvipKzp/8weT6/sc0BJ9fpIdTjHlaNAZm2VNH&#10;yZShorIohLkS7Gis8vn9dO7hxVRQt5NbJwxPcV7zQyAh4v4JkJMMIA5V+h+G9UqRDV3lXfelhalZ&#10;0AfeBTt6OUxhirQe22ZNt4N6rPEHZM5EJe0nUk2/o72MuVliBRokMbVYX6XbTLLvuS6zu6nGeBjm&#10;wTnMYUr3/uHyQRXUanSdHHsb2GlkqLI1T+APwDByQSvT/TkJspV3OkzvRGmlaV51elh2ESTlyEax&#10;7xHvMqsbZVTK0i6MsfiUx0A9v6zLDKQ3T+BPwORRMCHZZb5eFPcodhvHH/KLJVhszug2VwxLDa4c&#10;UkWRXGmoF33+4EpYwUKdTiN75cPNDrllnafJH0HDOH/Ii8Qeh/SiysFV0jiJGYm3OT0I1EFKcBmc&#10;l17UzTUP9o9CvIZBo3Cw3GkMX3JhymqeLrYp7V9GBZ1kObcnkz8BG+H9QTr/SJEb/7OAhsHulIpu&#10;s7SBrjA5vtaVQ+JqMLzbYsACSkyTFUwYcvL9I3sMGKcTtfi3YWRMaOGg2AmvY1KdfwXWlCF109cG&#10;ewEmML0oRwbeVwp1ANgrUGuigpZMam4cMt/YvQiQAqqhdyB2f5Mae/dey92DubGgGyNaMeEP6fwH&#10;wDAewA1hIxga5iwkeBCP12DrDOoD2jJ5LeGhYWJN96Fh4tXjtX6PfFCdHBno/VlsKuDJqYKhPkVs&#10;pfECcx4AhhsBfbLY3KXnYNMVAIuS/ZhiX0kxOOsA56Dn4RXW8/UaqBuvKoA876YtUQpgoBepUB3b&#10;eFSCuEHh7b6dnRBAOhoIIfgDQjUw+QkTjtGNEYIAtYh5JtPHJiqTzGSmfeTIwF1XYvRyQm/DeIF7&#10;wuvtTd+fCd4wFNj7vcGBLXj6JI53QuyfhjAJedhAhY1UQL4T6rY9NJzGr3FCNAqAdHjBABDXfEDT&#10;MQH1ltEQHjcAzcOmVBjPOJRJ07Q+KBBYbAmAbGR9bPm+7IQbE7Gv12YHXiO8y9gZCxVUvUGIMb3Q&#10;dITXMoHXaBo+rSiP/ZZq/ldN/mI3fxcTFeAcXBPhrUx4OIijPlxfZcXxdvRaWFhYWFhYWFhYWFhY&#10;WFhYWGxUwOzVmonJ4hh7c+NFv89HpZvKn6jFn8M2SUZJdtvECJ2YkUOTUoye+ubAPXmlci8jk1Jo&#10;n9RM2iV543kbtPjroBATHhSoZUKIBoRNJ+I8XYRfX8BfCdyr41wQtJrWG0E+p2so0b2XwYnJcj/O&#10;vVjDfVsKbsgtpln8RuuD+rqkho5nbuPYMJ9rSsUFHuLKB8+pEp3izNQAVfacK9pgXipsvQsVZJst&#10;RGO2Fg6mC4CxSLk8p1DsqOu9gK7ILqRTMpvp5vp/KErwMJuiQd1c9y0uZu6cLXnoCLEdRGn8/ldQ&#10;z52Wxs0rbj9RdlOff0QjXcqrvdd+8uKGffegioIE1T2w2BKw+5AM0RSG/x/QxfNFHxS6EIr34FPs&#10;P5fXUHWfw6I6wc4zjUMkbAb64adfJf78Kx9J+PvvK2V3Vv0Q41Vq+J7nS6gUDKVIh+D6rzaX8fke&#10;OtdwLqWnLxWOJ5uoLbYgYGMmTIjgIV16dKn44Ib7DBzHuuuA5R+EAMJ+Y053zQMowc9Si62Oi0qD&#10;XSn4c0Mc/t0Q7n/sjRIW1I2Ra3Vrk0Q1pWG3w8DF/z/FYtA/DeWwK4GHBPsT8SyqwfTTXodcTVfd&#10;YswvgH751WwzBNXXFdENxkqSamO4aF0V/hV1Z1cMdMv/+POvwpleeO0T1zDZqlWr3fyyztO58xgv&#10;90W5dsq9RSCS6P8RDwR+68MpDU4NQWppbtvxZ9PdD70u8evvepEmHHAFHbn4Drfc8gWlsK4Qq0O5&#10;Lky889QKyirr59YDevalD8Xs1hU3PkN/rFxFx556t2uhClTV+1CaMdp0bK5jU+haWXhwutPwUQ/t&#10;xdc/cT83oB95bDJiygVRZUA7m9nPtlJTDLLSAmKZ4oZF5UIXHFksRuk4azdTohFqX7yyVhxFav29&#10;R53q3gc+e7vPuszN8xKEfs5OUYuNjBnoMMFQOOoB/Pb7H/xpWEXvf9xgPw40cftMOvfQYjygz/lc&#10;3RsArFQLh0pitcMZA8XSUVPy6OlLaqhXfXJUOtej7jUUdxw3M5/evL4FZZb2lXtQrnfp9cZCYiw5&#10;9WALssXGwK1LyykUaWwVAJ1G43gIBdnGxoRzmhdQvEb6hzBChjJX8CcKIR70/WdX0sj+svwAml5X&#10;EV4NToP87m0idBtfH5ylbVWYB90BqixKgEYqdg3D20cUcM487mywf4H7uvHul+jDT791zTUoYQdx&#10;E/dqsQHQB43rbfAuI06hIxbfTvsdZSy5zN49Rxynotwtp0TPWI7cK49yMoIYv+wGA2z8KfoRjgv9&#10;fh/V14ihIzg/zEDZJgCbiO8wETzWwrgsPNEO7ZUK63aPwOislHKAe1CCNQfc36rVDQNlL4HrOadZ&#10;bGDIwFcbesRe51PXkcZCn9J9Z1WKDTVY60MnwUkZyQEVqOW3rhTLErF75D7yPuD5PXNFiquOZxfM&#10;7uDmwZNmYsj/jXOeAAY0zza+WoGk2jLx9hvVafiw+sDx0YP186963I2npQQox+Oe1GIDYfLITErN&#10;ayeNPHnuVfT9j7/K7GTQWGMvznHOLeMYWDJ0/FgLCnOClJbsJwjdcAzbLugAx2Tk/HHH0gq6oLww&#10;Suzv7TReglFjdIKkjMrfYXnokqOks4jJk4PG59KQnimUk2nsVeFz5+k0rs2ZnaZdRF9+85M7WFZq&#10;VnY1mwlo4T7GaHLrbcw09gfuND//7zeJQ6x/lOEsV0/YLpO275tK7ZkDmFN9Ca9e0/BAzj60iF7i&#10;B+7tIBAEwrU17PkhDpt+sZ3m8Mny+YlKe2F5LU/bRbaDXYFAINkxi6djJu00W3dNIbWTAZo450qZ&#10;mutxTuW2zcyx+hYONLxKZ1tvfaJIY08+5z63wfXBMMbAITxMg2Iw7KR927oyhLGI4i5IiL2d5ime&#10;Gd3ED/+MrDyJezvNEdxZYMt5u3451Ko6mztKDdX2my956ICeawu6tTa+1l9xnMp78xHHefNOuUM4&#10;zceff091/H9i/od1dLgBcJvaWwTtuu9l/Gn6hRade78ch5MLxLi/U7YNOo1jNlUMb6enSly3yQrw&#10;cGAyVTvNtNQMmu2skiN+ZlZ+I04zelCa+JPXY9g6uZfHUE6VioRc5/N00bwSMZTn7TSRkP/90o57&#10;y/nnLjdjmrnH3+LWWVeZiMF6bJ0WfwFf6BsKGrDr6RI+/YIxfz9uqBjD6muK+nwHjsslx3Kq7JeG&#10;lcMz5ha5D+LA3bMxTX7v0DbZbqep5BkX3ALh81ReaHRfYjsNvE94j3FPj15QRfvzjM3UzD0m4Pu0&#10;v2MwcMbO2aR28SST0adDhArqRsv5kCAPnXgu9dn5NLfOYp7NFebYJYcNgS+uXdhgfbHriOgZE+eD&#10;MF0WnMMzGSxecnSHpy42q80Y4yAPg9+L5hVHnQ+K7RAgLu52KlDvcFLUMQhjpc6tkqg4N2FNJNF3&#10;Aq4Fepmvw+evhGVab6fB1FrrX716DXkNzIMOGi8dUEwGW/w9DEPDa8MuvcAYkIUXEk3zPhh0Gmcm&#10;BXe5A7fpnkJbdUpWmxx7oSxM/eG8im6zZazUqsPWdPvSclLDkcGwEfBp50C8zYR2VNyrREylazo6&#10;84h+UbrITzkm14Ffzzu82Htv06bumOne884zjDqGEu4Dg2enrMXfBRwbpWXkSeOefO59tO9R19GH&#10;n37nNnhlOefxuGbWLlm/opPsvHWarBvxqWEsSjoGuwXBoO90CNvwkI41NvTlE4eH+8RF1ZRTtS0N&#10;7yfrU1GdRi3+PZZfJmkPcnj8TDnfXXxEZ3WsGAtXgfQYsiO+5sAbTm7glq+9/Rl12n6xewzCZ5RP&#10;g/95iw2FnbZK56n1JGngDsMW0Xsffk19eTxw4HE3SVplcQKVFyTQsgMLvZaaAcSjBsKXHFVCPdtF&#10;m6Ot6L6/dJyF+xbQ02bq63YacBcclwUS3DQsL+zMg2OpsAE7FWQFnnPiYu0ZdaKTZpb2kescc+pd&#10;1HPHZa5WIAwIooPBb4pzmsWGxAG7Z7vGlgF94Erl3faja04sizWkOgZifycu8pMHzqmibm2iO00s&#10;cVG3g2BFGsdKbxRVSmc4bLLIhqCEDpxWVRyKsqgCGc5/rmjw/PHTz7+JugZ0e3Bc0c10VC6qVp0s&#10;NgYgZMsu6eg+iFiCyic6Tbe24sbFNWWz58hM6sHchaMjVnDHwsN6/MIqSstrH7ceLud2GhA6ypD0&#10;ZPdT5jxseE+a6rhmACLlAyto0vBM5iDH0oIZ+VGdxks1fedpHbBIZbGxEQ75ZPUZjR9KNmOdeOQU&#10;x1usdtdg9j0DKhDHmfGM2jwCEvYakbkKYyKcO3qg8bzwf9wJnYerqMH5cITCcam3tH85tdhJymB3&#10;Q1rsfSiVdZkpYVZpT3rLLFJalYhNjEp9GF5z+fD0GfN5Agpajm6FNNfWd9lWDavgw3qnSsdYMC0P&#10;xkivx1IEjidsJ5+1M2/mqbPjqBedwkVCcgJVbSfjH1hGk89U2NOJ8XnCajji6UVdJIQfFB4ww/ig&#10;xWbAd3gIianmocQjyF+cssDzrXdvQ4XdimB2k4KJQbcDlfRZpw9dcUbsQLT+UopE9kP+oJ+ceHem&#10;WUyT4ZoWOsLlXWbIelN6AXz2+t3lB5zHZLGpEUgwn5FYAoeIw2nKslpmU4tRrajdHvVUsXUlJUQS&#10;qO34dtTz8N5u50nKSiL+YLjuLx0k5hv78Q9nVMvKudYt8aphwmnQYWKRgvHViK0b+waMZDUvfzn/&#10;IAS+jH0YoNuXVTR4W/DHFclf0ePQXm5HiUdd9u9GiXmJz6JwekU6uBPltTcynexW2aZz+XwzUotT&#10;KTlflg1A0ODLquAZnN4L3OW0roqsLO2wJ1X2OIBS89t5Df9abCk4jmcsDqf5NadqsOk8TWNu94N7&#10;Ut2uralsgIxxqKhHMcFrhXYgHsVIetuJ9eKxIik3QgVdCymY1HhhEdfCfqnaAccgL+g4bXhYMi22&#10;XGzdLUU6DXRvnQ4DJamWiGPfkhRqAPxdFqNzBMKucK2j4+rEna5n1GS87kTj4UVMn1G/EgSFyHA6&#10;TazFfYstDT3bRt7VMU04xShuBRKMQpY/aHYxRDLkYeYibWPijINldd12mmYAmG1/z0QtLCz+VYBh&#10;Ia9xIPXQI+5cGV7PFwj7M/3GpK5AzmeCWTTkgeAtYwcmuAuBUpXiWyZYuwc+Y0I91Uw4B6vRyPdC&#10;rwncw/QmE9JgTT8W3rL4LxUm6juFSZ1XTGWClX+4T8HUfSzTa0wAlMKeMFHxjXcjE/7jaCQ4ULcr&#10;Cvw/eFv0XlvrA7z//b9M5Sbqehtp1kCncbXrGF63Tmg4fbCAt4G8cQDHGIuo6xVIcFeZqAAPRs+5&#10;wQkBbz2qfqCzGj0fnklwP4rYawNI62qibj4MBmA5AR2nNRJicB4T7hllxDk9w+uuaj4TvK/sKEcN&#10;9ca7/s9McP8wWI5MGbQr2hAdFtCliXjnNzvggeBNVnNmaEBtROAWJ4xNh9sbheZhZuMthzr3ZXqe&#10;STma5sM9DsLLmHStyXvuNCY9XsAErhYL5InvQw/0HCUFBr7qcMWbF1vucqalJir3rnnohBqH7yL4&#10;RsN9IU0tWmhdWg5AWXBWb5o3/o8E3p4LTPRPwyuRnci0h4luEKCzefeB/x2MZxpjonKfQ5gw7bfw&#10;wMsi18Z2AaTrZwfA5wONCsDtmfc8dZOmgPQW+TrOUE89a7vmf5wQ0LGBeihTYC3Je24882cYt+gq&#10;OlRM1dlWvGvi/53IhH1S6kFNMcUJvaZPPmTCpwu4kmkXExV4xz/euCqciUTbAa4Ttdi6JcPbKBrX&#10;0OslUccCA5xQffndxITPk25GA3C+9xjwrhojX+vWa6GDxBor0jwAYyMgttMovGW3cUKFt9PgXtUB&#10;tPccRSGTDpoBb5l4nUZFBzruupRJH752FHQqbz36AnjT4t2LhcW/F/i8PMr0V96MeOd40/CG/lmb&#10;wvHQlFfB2Osrt9wQaIoD/uvhnToDWBHW6SM+H4iD7mQaxaTwsnMYGcK0VIEZCgwa4dOEwSw+a5Dj&#10;qH4MHjTqBtuPlZEA6hQZHhIxe9LP3hwmdEJsoX2FCdNgxUtOCI1BnK9yFQzWP2LC52kQE+4B4w/M&#10;oHTg7q0HMppjTdS3iEllTDjvfROVGdNBTPCA79X5+VdBvcgCGMxiCqno54TwSq2eqQGUUSGgV6jV&#10;zgnRWTCWQFiGBAf1TqjX0FAVxQFNg20aAOMV3JcaMdLr6jgGgNxEhWze+0eH1v+gYzJ1PY6BPgSd&#10;uE90BAVEC9pRIdCMVQ+FOgbGURB8WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhsYMSq&#10;KlhsIcDWl/uYoDClOsSbCyt6hZMoFF9L0GILwKgFGTlUHAjSy4UVm/shUV1CiOZlZNOnxjysxRaG&#10;FkxiJPHjkmp6vUgsPHg1+jYlXhiUmCz38rVjqZzTJpssiy0FNC45TR5OmOOlwQR61XSazWFnl45M&#10;z5F74YELZfoD9JnhMpkm22JzI+ndoip5QErLs4voomyxdQf6sxjOpOdCIfvP7JC894OYe7kqp5Bu&#10;zhWvu3/lXiw2As6clZpJrRPC7kM6mt9wuM55v9i4D1wPYOeiOKSAocbbllbQotmFEgfBmRfnew0Q&#10;NIXfDkrLcn0/gRbwvXA6HZJufB5YbH5Q51Ai3Z1XIg+I2QF9XFxNBTz4RZ4p0iR2hgVydIqL55eI&#10;0y6vCTOlxJRCuuo440Y5lLDWOml3/jQ+VVDu3svizDyalGyca5giFpsbPS4+qkQcfr7BHAKOQsEp&#10;YBY+NSJ7nuKhGPnoACkRv3hSiddRYimrrL+c47gy3tlUFYXP3rwu2rk7CI4wpuyQ4d1XZbG5sHT/&#10;hk9HLDkPNhZ3I+/lq2uptNPUuB0DNOvoG+KmgxLDxrs/1wVjQi7g0Mt7/VhyillsbuRnBxs9nNeN&#10;i2HdTCbw+32/I+/WJeVU2/+YqE7QdvBJ1M/jym/lqtXi4QTxV9/6jLbf83w3D5RXO5zgjJSrdb3Q&#10;ATNGZze6F5CTbbGF4J7rTiqje8+sFLr79Erq1sZ1h6yQB5eblRT14EH/eeUjCW+8+yU37Zzlj9GE&#10;A66gU85/gB5++l03Hb6VNA6/SrctLaetHB+TwIj+aavholA7CrjcFceW2A6zJYE5x/mHTcqjS3jg&#10;ig5z1JQ86tvBfYgTjpmaT9ecUNaIq4BuuOtFcRaqx59/+aOEByy4kfrtcnqU/6fd9rvUjXs9uM0Z&#10;l0MXzhOPc9g2e4WOj5RK8qzT0S0O3geEQSYnPTR1VJYcez2pKAHjZl9O77z/lRyf5PHFjUEwrIPr&#10;MajVIOPjGhiw6xkS9ucOpfkdWiTKtfi6lyJ8fnmU72yvQSWLLQF4MAU5CXTp0SXug1p+bCmVdpzi&#10;PlSlQbufScef8X+0/zE30kqPl/yCVqPkPPhkKsgO/OemReV0IHMPzYd7wqde+ICOP/P/5JP12+8r&#10;ac+DrxLXhciHf8qR/dOkjg4tksTPJeJ8e7bDbEkIBHxv4sHAsWcglBx3mrxmzRoJ3//4GwknzllO&#10;7YeeLPHqPofJWKOyKPiWU6UXs+84tUK8vSnX6TpyCY2ZeYnEL7rmSQlB6s8bBJeGcBB/w6IydBiv&#10;ZSqLzYhvVe7B4xj3YYGmH3EttdnGfEbe/u9X9Ogz78lnpNN2i+gPD1c5Zf8Cqi5KWB8prv/6k8so&#10;q3yAey7onoffkPCnn3+lS657mlbx7MqbHwyny/09eI6sbW1vqrLY1Ki4fZlxXt65LsKD2YbxxuLz&#10;7qdWHAJPv2gGs8+/+jF1Hn6KxPuMPlXCnJIO4pKY6/La41snHuAHX1RUSDX9jnKvufymZyXEbGu/&#10;+ddLfNmFD7n5oKT0cuFii2fLGpf1JbkJkY6OAucRCZGG8QVIZzgAwrqtT6QLrn4iyqd2cf0ehLEJ&#10;1wMbw/GAhwlDiAVMTVmofOV5ngkl59S59YKGTTyXXn7zU/rym5/keOBuZ1K7wSdFlQkEzeCYK7Y+&#10;sTcFMHWGwKyq1yFRD8JL4DI9djQ+qL2UnN1CBsVOVbHIwRjotDmFPO4op6uPN2tH++3S9KLhlB2y&#10;KJJW2Og6StpxMVD2psPtDqbeXIXr8N1i4+BUPMSEUKLb+A8/9Y6EAMYPPXdaRvXOYBYEn9l1VWl0&#10;7cIy6tk2Ebbn4iLo9x0/ZYdMGj0onS7n2RUGuot5fNO2OpEqC0PftSgLU16WLGh6TcUDj71xbS31&#10;7ZhGJR32lGu2dsZOvUeZz9/JPGUH9J5Atf2Plg7J53tN3FtsSGSk+GUc4G140E//+43abruQ/vuR&#10;mQGBIpnV4rArMSzuiNV5huCu0yrkYSmhzgPH5ogAzpvupdRkP5XmJ7jHmDI71SlSwgl+ybtonln1&#10;Hj39YrpoxVO0erWZocUSBupH7ClO2S02BrAaHQilug3+0uufihwFmHPcTZKWklEkDy0zJRBvigz8&#10;jPwF0/Ol3IoTS2nelHxadmAh5WQE6bUVtXQ+dwbIUdrVJOJhivQYnymU9xLneT2SuAAnQj1Z5f3l&#10;ntoNaRjHDHbWp0BYWnDqsdgIeBELitrYSqOmXUQ33mPWgLLSAvJwnYdwoTnNRSA5yf8Th0ckhsy6&#10;0oh+aaTT8mcvq5E1n9RkcQkIc6fvXcefMeRdyBxjnzFZ9PhF1eLd//zDi2n5Atclch8mmGV1UV4Y&#10;oo4tk+jmxWUUTjFjHJUke9eiQOccJspZ1jfBhsawPqk0uEd8d8ZKeLi68MenLDNnGiA9JeJ/vLwg&#10;hDyYhM9gmpaZ5j8XxPHOuw3OoPQUP2z5KhLGDcnQtaB7mVAOBKVzX/ta4UAtj58hHmxdFGQnSIe5&#10;4WTDlar7HEGjZ1wsn87Ye05PkQ56pjnTYoMBEtOQx6M9VA4Q/vjzr27a4ZNz5QE5HeZAc6agQ9+O&#10;EerUMhF+Cf7bujr8LbzfHzIxly7lWdfBe+SiPDrC2nACvPP/H3OYE2bm026D0ykx5KfK4hDlZQfB&#10;kdQngS8jNeB2mOF9U2mP7TLk/rbazaxBYRCs98zFqYI5kjnTYoNBNOjy692GXrV6tTQ+ZC04drzr&#10;ezvMCJznqFR+WpxrXBDfcorIYNRYsxeQuSTwQPSSe06vkM8bH+8kOU2gosisQpcVJNDx3Ik4is+T&#10;jz99NG5opnSY5y6vlvvBPa7me8YquP4HUGZJT+mEOM9iAwKNjsVBNPLIKRfQ0InnSvzgE2+RMDUt&#10;S8Ykng4jFrgHdDJqDuAKr/P0l6OdcOzAD0fres41J5TSffmloo+LOtsN2F9WvjX/HKMM7o5XksL+&#10;79FZOCqOvsZtlwFvIzmYmWmHOf+IErqTp+ioT6n7Dktd5SyoXDj3a7EBkYBG9TY6xgOT515FrbdZ&#10;KMcQ2WNmog/XOc/3qtGKmz1vikxf1Q2NAGMWlFUNfy95r6WEAfLLVzXayXgoE/VqH5F05kzwIicd&#10;5uxDi+nUOYXUujL8g+riLLvwQQk/+/IHt97Lj5EB9PU432LD4Exvh/nuh1/oxrteot//MIuItf3m&#10;ux1FyTkP6IxOM7J/Opxi7MYk+iocPv5OWSU9dUn1encYyHWev6odzl2KOlIjflHs5k7yW8Dvo7v5&#10;U8aH8E/wpHaYaTtnQRH9guQsU+ePP/1Kv/z6R5QkOjWvHU0anum9Z4u/gzBPg6t4cInGPeW8B9yG&#10;VvUEnz9IWemBpjrMxwXZ8tYLNH96SkbcjqKk14hHrdt1lDrAcRKC4o1EMJQHxU70tKOn5kmHGTcs&#10;Ax2mXadWRjUUC6HApx4OA4q5Z4u/AzRmWadp0rBdhp9Ci869XxpdG/voqTLgLNLO4G381pUy9R1m&#10;jkxdPUKJbsc4YGw2Td0xS+L77pLNn5zGHYZPo/vPrpTpsaaVdtq70bUWzZKVaGDcCfsUSIfp2iYC&#10;L7E+rIzjvKOX3UX3PfYWvfb2525doCcuqsa58Ghi8TexAp8Ub+Pedu+rUR3GGae43MP7EE/ez32I&#10;AuQtycxzO8xxM/Kpa+uIxBfvX0hdqpMadRis+7x4ZU1UGij2WsxNNN5PO0ybyrB0GCyYxp7vpdZV&#10;Yf5spv5Pzrb46yji6XCv+mRp1OF7nifhVbc8R1fe/JzEcyq3oc51ZoeAPkDvQ3zxStOZFE6e22EO&#10;GZ8rK9iIYzaj3AZ1q+i+ZVU6nXVICXVvE6GbeVqOPBCEgd6dkNgU50RrtMNwXByB8YyKkjMNlznZ&#10;4ZBX3Gj0aEApPI7Rjm/xN3D63ELKrRnqNizGLTOPvI7aOLOjhfvI5wje8n0PnFPVqMN448D00Vm0&#10;67bpboeBXsvhkw3HuXlxueya1A4DwrQ5Lb8DLZsDtQg/tSoPS3pyNhS9Zcbk6sx0aOlubSm5cVFZ&#10;VIdhdPAunHYbscTV1pPrdJkRdd8WfxHyhjuN+sVXP8p0FNA0byPH6TAJ2OHoxBXVyNcO82ZRJU1L&#10;NQPgZfyp0rjWrwThmvcYY5qhPZOxNuUizaxDwadlNjrficxlOK7uAd3/ctzp99CQCedQvWdREuT9&#10;LxZ/EWjEso57S4NiGq2I18jQY8GxJy187LTG6gN407XD9GwXcTkMprY4N7bDJDh6uZAm4xgcb2HM&#10;2AiAQhUHMGQUQYc5em/hfurD0e0wXZm77DzzYokP2eMc9zqe+7b4q0Aj5tVuJw2qHWX8/pfHbeTY&#10;DhMK+mjhvlEP9hCsSR08Pvs37TBYWc5PCkq8oihEu6YZw0Rav5J3J0K3thHK5mk8NPS4zidM1T7f&#10;njtkUseWMivzeTrMbTgGcF9aBxYjsb/Ju6vS+18s/iLQiHkthkuDKr79/n9xGxmfABx70j7HgqET&#10;l7pAwVAKc420tRLMhTRFOQkBUaB65HzzCXSqbwt9miMmy0KmXMvpMBfgmDFw1q7Z7n3/+tsf9Phz&#10;/6UjF98R979Y/EWgEcs7T5cGffH1T9wdiPEaOabD7KVxzGyQ76S7567NzIdyIKUvHXt1SgMTk73X&#10;8h041mzCdxY3t0Xc6TCHIR8qEuU8sNX6dZ+UUnXfeWKuBGUt/gb+w2xfOQwIOruAHj9wtliZgoa/&#10;D7sU9SGedlCDGRBn8Gk6jD/ongvZyC1LyqmubXs5hh7vg+dWSdzbOfhUoc9jOo3Wj7rxCXr8QsNx&#10;inOCXyB0OswQ5GO63sLZCAed3xW3PU9vvvclfeXsMMgq7ihqEyhr8TcAXdugo5Z5zyMN01DdDD+s&#10;l3xyvkTZfcboW27MrkIvBaqYiANYecZMRutA54D1hbLqdnIMcf4zl1ZL3NsxSvrI4qCQpj2Qb8ZL&#10;UA6Xyhk962UB8jrEPR1GNslhI5sOmo9eepd7D0pXHifX8Dpvt/iL+P7/zjDqAdB9+eHHX2V5AOJ1&#10;pGWXD6DzjjAK2VCKUsKx3+f7EVtcEQf4+CTMkHSLCjjMTTwIzqkaLMeQ+EJlEnHtGHunpFOLUa2o&#10;08zOqMdNrwgmUC/TQeCUXPA0dzYOdmGq0vvAuAZ56ECoFwQdX+zT9nJK5HMxr8d8i78Kb2N/9Nl3&#10;9OTz77vHnsbORwiC8I2PI5AAD+qSIg9MgXzdVqv6vNguW9h6DI0eZPRpkKcdo11CmPwBP3U7qAfq&#10;cdOhO4OyplZBEBxs4vaZlJUReB0DXHymsMLNeS1gvwb17nXI1XTXg6+79w5KSjc6OaYai7+NvMwA&#10;lTkD324jl9AOUy4QfZgOwxZJWnee5hbw2zxqYDpdwVPrvIyg7D+6Y1kFOWtJ9TgGKguD72qnAGHL&#10;LR401C3V2gI23WvHAPFpFE4Liw1gTUO5mpLQp6ZWwb5YOtBP1NmHFNFB48WCZndsa0kr6CjXw3YY&#10;hMpd8JnC2AdbWHCexYZBPsTw+pBhl+WVNz+lbcY1bNnAAxw/LEPWY7LTAtDdBQKTRzTWM/F2GFBl&#10;jwNlwxoGvdJh+h8T1WFgjp5Pc4+fK6igZXMKG9WLlW4n6ruTOwmWBrDWBBNpuM4Bx95IEw9cLpYf&#10;Pv/KbOtFPq7Jp4TMmRYbBAdPyKGM4u7SyKrH690gBn3fHQekS4fJyQxe5Jzmw9vrRF3gAVX1nOue&#10;C8IUu7LnHHl4OPZ2GBDGMBrvlxyJN6NpU292EQi0w8CqJxYxB08wnXvgbme4HR1bZp3OssKcZbEh&#10;UaaLd3WDTuS31IjWvRSvw9x+qshFHjFHvpvxgB69wEyd10baOU7JkKWFKII/A4TOJ0fgKI270A7j&#10;rVPNjIyefpGEC3m6b3cMbERgxpNZ0jvqIXhJO8zJs6I+Fy0xQOUwgekOdBho+8c730voLK8VVtLA&#10;xAhN71JJ5xcbFQilXXm89IqzsIkVcA66M+3OtEdtaZjidRgvlXfdT7mLxUbEHl4VgVjSDgP7u9ih&#10;6JwDjO1vLF22wcxFdwJgT1FTViC8nQN0ZU4RFecliOwG5zr6uz7oBHMwk+m9zrO6Ih64fWkFXXdS&#10;pewaiFc3KD9LOJLUYbERMXWnLOrSOj3uQ+jGsxTot1R0myWzHucURQ42yU8ckQENuHrspT7z4EI6&#10;Yk+z+W3aqCwZU2hd2lF2HWRWqtERW5bLDAi7JoElWOXmMCe/Y/6qjtM7IQ7Pa+f6E5LohsUtpMMU&#10;tNmVuWIvqu57pFs3BtkOd7G27zYBRN4BA4Ro/HimVEF5LUZqh1nghIJIyH//W8yleCb1gZOkmIuH&#10;iAEqzv+o2OwmQFq3Nkn3OGWwMe5+pBXlBN9xkvbowpwlpSDld45DteGP2HtR8vnNp/DJi6spvHaf&#10;BRYbGIuxByn2gXiJy7xnigrebrFDSwomyvRYdGwZ+QXZgTVFuSL/uItJ9j7xbGnNYxdW0/mO9Jhx&#10;J1MEW18h7+G4q9+iSEgJUUJE6mmHa2dXDqJIhszOKCWnjbvIiWMoYt1hBuIWmxLh5AJ5CLADo1wB&#10;Bgsdy06uoA5Iyk6ihOQQlfQtpV5H9BHiZLXuUHTM1Dz9RBTNHJ3Ng+YCmr93nnymoOeLKXTryvDj&#10;priLn/wJ/j/KBlasKegkwsF8pgm4DyyWHr9fC1q+wEh3QSm5bSRER5ezLTY9yrvu6z4QyGgwVnA6&#10;jHQeU6oBZVtVuB0GVL29lA1v1SX5N4w3OA71St/FR5WsWTDdaOqtWFi6+ljPAqaDwckFyZRWYdza&#10;FHYtpJLepdh/5NP7iUfVfQ5HeXcfk8UmRH6rHamm33yheA8HxMXU5Uxy5ZBqqh3ZglJKZCsHFfcs&#10;lk6T01pkKddKqaaBKbkX1GKnlnJ+j0N64fx3mfZkutzvDwqHge4LCHGoeOIc3BO4IcctNjGk8TEl&#10;zm+5o1hAiGRUyOwD6ZBxoIwp6ssqH2Q4CzoMOgjUFZTLKKWXp692ysciXNDZyHW6z+2JsIqJ0pm7&#10;5LTJpZRCWdykxGwxJeLuINhtcNoPsGSlnVc6C49lcL9OEYtNiKgH4SVnLBI1hmE8UbF1JbXbo57a&#10;jm9HWa2yKadtLnU/qGdUp3FWpKNQOqBMlgXq9+xAKcWplMvncfJFdWPbSKfheNwOUF8b/iS2wyg5&#10;RSw2FdQMWE3fI6ms8zTKrR4sptrDycZuHRfZzpRsEvmp5anvdJjaSTpK1wO6U9f9u0u8x6HyiXFR&#10;2q9MuEhiluw5Am0fSg1R+6kdXe7SckwdRXIjMoZhtKpgDtehTaHYyovtLKGI0fm12MRAZ4l9GCB0&#10;GFjpLm43Hg9mP1O6AeAKXq4Sj7ofLJ8eQbc5PajnYb2pw/RO1JY5VN2urZEHOzCU214Gw0oM/xd6&#10;H+i86DCZpb2povtsKu24F8qcZ8pZbB74g6uxVTZeh0HcsUrVlB1cjDfS8urzpJPUT+kgnyztND0P&#10;7+10At8qJ06BUIBCPD03yS60/t/1Hjj+ItMT6DCSY7Hlwvkk7Zxbuz1llvVF/CvJiAOMWdAB8BlK&#10;zEyk5IIUqt3RzH5ASO92YA8Kp4epZvtayqjKpMzaLCofKOtIvU0tBmkFnaSz+IOyfIAB9Jm2wzQD&#10;OB0mv6r3ofq269giFkcyrQpnhN1ZU/spHVF+KFO6zIgCvreQjsKM7zDWqdutDSXliMRXVSaAG5io&#10;qO3uSKfKngcjPNZ2mGYAqGVy8Ip0Fr9RwE7KMPuiOXosjgV+GXesqh1Zu6bDNFk4FO3+7DY5/4vk&#10;N/hwBDrs3bEpbX54zTd1+xt2I3Aa1Bym2A7TDHDtQrNOk1s9lGdPQ8WQIh+O04eZXixTZ/2clAfC&#10;we+d+Ix2E+uRF09zv7DDtA6nOfFgTuW2VNFttreDiAFGxjNMugLd2XaYZgDtMIwPPQ8UeLS8y0yd&#10;rWySB2k7TDNAzOZ7C4t14hMntLCwsLCwiAFmJCOZCuXIxAeYaLNFRye02EjwDkQvdsI1TgjAQjc6&#10;EfwAoOxAJwTg9RV24uYyIU3TEcIY4tVy5POVMC1mgiUHrFZruWuYPmTCsVhWiINWTFrfZ0iIwRim&#10;HUxUoHXD6jfiumsR93kEk+YjhCmSZCeeyQRgi+0Spq/lqAFeO70TmeByB6R6yV2dEICOji5LdGNS&#10;HWPgISdsttAGBLTDIE3ToW2v0DQNy5wQAHdSxJaDEna8emBNQQGNOrG4yUAnUv1eQMsD3jgAqa6m&#10;bcMUr2zsOUC8cli49EIl0UcxaRl0BOgZK7QN4GZnHxOVDoMlCO00Jzkh0uPdS7OC9w94OwweMDhN&#10;vAeNtxIcw3suJKijTVTSwU282nBIO8VE3fO8HQbQ9KYePIDO5wXy8EA7MD3nHCs07k1TIC3XoabK&#10;6TE4ITT/ID0GRxvEFA9aXjuKHmuHQXvCAdi6VDy2aHi12VTMrn80icnbiE3FgbVxGChhA3BCAWg6&#10;OoxYqGLgTQX7PlWOTGfTNaG1XVf9R2o6Pk/ilY2hafgc6XUU8erE9UR32MFVTGkmKtBy3nOxfUU5&#10;EToGnHlphwHQSSabqLxogPf8ZgmMH7wLdtBViW1gcBCk65iglxMCSFcCYuNYTLxPjny+UUzePLio&#10;uUyOzJhI8wDEBzshyrgGghxg0K7l1WcBOh7SipxQxx6o+yWmY+TI5E0zUYlrPcVMcLSu/1PTAcR3&#10;NFHhllD9RGeILaOkgM8mHNfIUeN8C4t/N+CcU8cnfwcwQlhuon8b85jamujfBurBvemUHGOM8SZq&#10;AeC7qqRsGaxf07zQ7+3+Tgjc6ITAj04IxJ6bxeRN07oWMqndFUzXUQaDZN2QhnEVpp86vsJ4Jrbu&#10;W50QwOfjKSbduqLAOSDvOE3TYj3xe8cVGLvoWEavi+l9vPqAk50QQL67Q4GBcdsDTFoPgPORFlvP&#10;FgvcrAIyFMgVADR6LOAAy7sFtSeTt3Ex4MM0GHjQCRW1THVMWl5DjCvUI/79TghgTBLrZib2XMXl&#10;TDqYRp73ISm85zRVjwLpUIUAwUK4dhhveYyBFJqO/+Et01Rc4RUXAM2i03g7DKDyD4Te2Y4CCtKf&#10;m6hwFAx4Vf6AdLBvbKCP2lzPQIcBIPhD46kpdx2IwjPscSbqIraR9dibjmk34E3Dm3y6ibrw5mun&#10;RxoGz+hwXnjLejmMNz1eh0EH2IMJg2rAWz42DkGfNw2IPd4i4e0wcM6piknxOIyiqT+qSk4Y4+i0&#10;WaEPFoDsQs9Bh+lnolH1Qg6ETguupLjCCbWcl2Op4UMvp/HCe6zx2DIKb/r6dBisvENGpZxNPzne&#10;8t8wwWk7oK4K72DKM1GBa31iS8YMJgjeVKAEQPil6V7gGIIrAPmYdgKIz3dCRazPaeQdb6ICLCsA&#10;c5i852EMgGtox8VnD8f60A5nQnncyyImnA+go2A8hM+q3qMCyxE4Bxv7sbyhQBq4Gs5TYAqO9BPk&#10;yMRBENQhnMqEe8TSAiYAqBtAnnIWxLUNUb+2Iz5ZuDdvO8CHNtJUG9DCwsLC4k8BVhAeY9Kxx/ri&#10;bCb9tCggbYWhQkVT203+DFTsHounnVCB6+ryw9+FrohbxMArQ/iziKefsil1Vm53QkVTHeuvwrtu&#10;ZOHAqwvSwwnxZmEQ+ywT/CvqOk/s1BrlMPBLlSMDqBEkMmHQivUYrEBPYoJOiVf4hjJYHYZU17vy&#10;rYBg8P+YMFv5mElnImojDw/TO7PBgB3lFOAQABZBUQcGqhBK4v9gn9Q4Jgyw8R9wr1jExIIsAJsz&#10;uDdAdWoweIYd4i+YTmT61+7X3tUJIT7H3uThTJVMy5gAyFPQYJjy4iEDsOaEKSdkFMjz4hYmdBCd&#10;FXn1RDADGcGETxmAmUrsfiTvZ0ZXk/W66IxYTFW1DE3HqjKAhcVYKW/sJxH3DYEaOod2dNwPZjVe&#10;QRs6+gEmKp0Jn23gZia957/DnZstoCWHqSDQ3wnRqLqWg4cab10HZfDgIMBTeYVC65FdjQx98DpG&#10;wnl4Y/HAsHzgBR5GNpNqyenKstbZjknTvMAUGOeA83jVFvACKOfQVXiUVeGk1os8zUcelgsAiAEA&#10;GDQCtLyGFpsB6JQbA1i/ipX6WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhY&#10;WFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYbDLAdwpsdHqt1vzbAWMx/2WCZSB142FhYbEemFseTKBs&#10;f4AuzCqgq3OKaHxyGmXysZP/bwTMda2akJJOh6ZlU9uEMIdZ9FZRFdrkSSlhYWGxTrzCRJ+X1NBV&#10;zFgeyi+l/dIyadukZHqvuIr8jc24/RtQjv+dEwjQN6W1dGl2Ab1RVEnXcPsUBIP0NbcVl/k3M18L&#10;i/XGf/AShfiFQQg6LD1bvtSIn5WVL2HYvFBeh7T/ZMBpjvzvFgkht10m82jmjrwSer6wgs5z2qUo&#10;EES7wJGdhYVFHNCBPPR/jb/QeGFe5pdHX6gbc4upNJBA7zKz6R1OkrTjM3LwQsV6UvongsbyNPHJ&#10;gnL531/xqEXb5WZulxJmLB8XV1OWM8pZmJGLdoGvYAsLCw8uv5inACMiKSJ3edNhNLEU5BfuC37J&#10;9Iu+b2omXqhYW/cbCvD380tqxE8Xzy+ml6+upTeva0Hv3NhSCHGkXX5sCYVDYo0aZtXVKvaGwi9P&#10;M3PB/5yfkU3vMzOJbRMwnQRuF4TdwomStkskFe0Sa2LewuJfjZUVwQR5UbL85ouMUQvCZ/glwwhH&#10;X6olmbmU63y1jzNfbdDfBfwq3JOVHqDzjyhxGcmLV9bQniMzKS0lgZJzWlJu9RDKrRlKOZWDKK2g&#10;I4WS8+T6JXkJNHu3bHrlmlo5745lFdShRSLy4BhMrbf/WWAljYqDQXqH20LlMUq38ShmttMuHzLz&#10;eYlHfsl+vxwXc1vyuV4nZRYW/3q8hSE/DwNor5R0apcQphf5pcFX/IH8UnmRb88rEVkNmNCQxGRJ&#10;Y4L/iz9rKR+uFa7PywrS1SeURjGUWbtmUyCUTJklvajFVsdRy4En/CXKKO5p7nlZuVv/vWdVUnpK&#10;AK4+vW4s14Vfni0spxSfn5K4vrpImHqnRmhQTjJ1yUqirLQAFaYGKSnsl+sVGeYCshb+LSxicPRh&#10;k3Jp3pQ8WjA9n848uIhuXFROty+toDtOrXDDC+eV0KlziuiQibl0wj4FNGabdLxQ8MmyPji5e9sk&#10;evP6hinPsN6plFHS/W8xlHVRbf+jKTG1mEYNTHOveyLfO9/P+vi7+/ig8Tl0z+mVdM8ZlfTERdX0&#10;/PIatx7Qayta0PNX1NAj51cJIzvv8GIqzBZmM91UYWFhkd6vYzK96kw1rl1YRotmF9Ihe+TSjJ2z&#10;6GAOQbswQzmKmdBpBxXSQ+dWStnHLqim5CQ/FNGaAkY5bx+9d577Uv7fmZX8Avqpovv+cZmC0la7&#10;nRE3HQR0Hn4Kvffh1zRyrwskbeKc5Y3KxRKYWWJqKc3cOVvu5YIji8EM4G4vHjITQ76VFzFjhdxn&#10;7oQcOnZavjAb/S+gV1fU0sVHFXNbZdOCGfl0w6IyGjcsAwLxWAdaFhYWpXkJa7wv0Ns3tIgibzoX&#10;XxtzgRyEXnC++ig/fXQWZZb2ivvyg8bMvIQuvOZJ9/jX3/4QZuItAzpn+WP02HPvSbz/LqfTqlWr&#10;Ja5ld9/vMlp+87Nu+aaotv8x+A/0Hx6F4B4jiTLlycHNxyI7PfCLtx1uYkZyxbGlQt70y44uQR1T&#10;zFkWFhaNcPjkhhHHuqg4Lwi/o17AOe8f7Vsk0Vv8wqHMDgPSKK/FyLgvOejW+14V5vDeB19T71Gn&#10;0r2PvknD9zxP8sBkHn76XXr3g6+E9Jwvv/6JZh55HbXe+kT6Y+UqGsEjmR9+/JUmHXQlffL59245&#10;UK+dltHP//ud6oecRJ99+UNUnpdSctvQkgMK5Z7njJOl+c/lHxlknsHTR+9/B2EK9ShPkWLTufxd&#10;5jQLC4t46PzAOVUEwrTpqCn5dMDYHAlBNy0up4fPq6KT9xOZRmtziu8srOTgBQNz2a5PGlV0m9Xo&#10;RVZacNo99O0P/+PpzmI53nrcWcJcEH/mpQ+F6Sw49W765dffadT0i6LObYrG738Fvfb2Z8KADjnx&#10;VknT6dZ/P/qaHnzibbds9x2WyDX02EtZ5VvRrttmyH95jadB4ZAIceGz+NADuR322C6TCnOClBIJ&#10;UGqyocSQn7bulkLHTS+ggpyg1/O4hYVFPIT5pcFLlp0elPD1a1vQzlunywuVFPbRWfxV12mQ0nXM&#10;kDIK6uO+uKCPP/ueVq1eTTvPuFiOX3ztE9p2wtnysr/+zufUbvBJPOL4jfY6+KpG54KK242j6vJM&#10;unR+CT3MowfQzYvLqE+nbMpr2Xik1GrQiXTS2ffS7rMuo4efeoeuvf0FOmLR7cKIZhxxrYycUG63&#10;fS+Ve9gz5rqVPeYwI/HTYxeakQoEuwO6pFB1SYieu7yGnl9u5FegeXvlS3jtwnIwpLjTLQsLCw+C&#10;AZ98naGf8vq1DS/TFQtKabfBGZSZGhD9lLSCTlRcv0fUy6mE0YnGf/r5N+o64pSofEyNrr/zRYnv&#10;ss8lzBQa8kBlnafT7kNyROHugXMqqa4y4V2+tXirWNl+v++Bi48yujXTRmVRdsVWUXWBuo5YQn13&#10;Pk3iX37zozCVY0+7mxadez+9wAxv4Vn30nMvf0TbTTZTtVgqbj+RIhmVlBD0yXQKK0q4HoTBSMOo&#10;zzIZC4umkR7w+37cZ4xZcQG9wS93+9pECobTZQk43oun1G7ISbTk/Adp1jE3uGkYlaxevYbmL72T&#10;2myzkNasWUM33PWS5GG0ErsShGukpOXQvWdW0sVHFWJl5gBza38JCzu2SlqF1bKJ22dSTtU2UdcC&#10;zZp/Az3gTKEe4pEO0MXDCKcdtkIEypdc97QwQMh/NM9L4Uie6Mq8dJVhxk9fIqttYDYjzK1YWPx7&#10;cU/v+ogsvypjeeyCKirOS6CCutFxXyilR555l774+ieJ3/3wm3TQCTdLHC8jgBWfw0++jR579j06&#10;asmd9NvvK+mFVz+OqgNU0W0/6lSXJKOCbm2S8GJCw3ZDY++rji+l+XvnUXmXfRrdA6j90JOplef4&#10;/ifeomGTzhP5EJjMh598S913WMpTvu/olTc/jTrXS1W9D6VwahEN79ugj3PLknJKDPu/4/voaW7H&#10;wuKfjbq21UZAC8LSbRs+hs5KU9Me0PA9z5fwd2YW0w5fIVOddz74ij789FsaO+syYSxadskFDzI9&#10;QN1GLqEP+OXUdFCLrY6n7PIBBJ0cXH/CdhlgLJeZW9vomPXQuQ0rQfU1iZRV1j/q/pSWXviQhCqE&#10;ruNRDLD3oVdLiJEP8j/67HvqMGxR1Llequk3X6aVmFJhZIjr9ukQwX+eaW7JwuKfhdVvOZq2x03P&#10;R0enmr7z4r4cSv/75XcJMd3RNIxKph52jcRvvOtFOcby8PgDLhc5R5ttG8oqZRT34K+5T6YU4QT/&#10;J3ztiNzRutGC6Ucmgpyoc12EpuyQSUN6pkgc6UzYGPkVUwrTn0GvGaOz6M5TKyi7YlCje1Y6/ox7&#10;hbEoo+m2wxI3DyOgSQddRSt5WnUfj37++9E3TU6rQMUdJosuDp4BpnL8nz5z7sXColkjHEowHRu0&#10;Q/+0Jl8qvDQjp1wgL9Mp5z8g2rR3Pfi6m4/l5Lkn3kIz510XdV5TlJldQLctrSC8zHwf7c3trB/8&#10;Pt/xmLphJUfvfV2UmyG2XP4sCob3TRVFusMn51JmUecmZVBHL72Lzrvycdpv/vWE0dz9j79Fjz5j&#10;lAJBO029iL78xkwjMeLT9FiC1rHfH6T/8H+7/2xoP/uOMLdiYdE84b6EC/ctoPKu+8bt+I8/+19h&#10;Lp86ymzQvAUgq7j9gdfojXe/oLqYFSBozGaU9KD8rCBdf1KZXOOZS2vo1DmFa9JTZcRSb24hCjP9&#10;fh/lMEOoKAxRZZGhotwESk8NwOre+ygT9PtO0/v20gvLa/la5UKxecvmNFaY8xLMQgzsmkzMdDGC&#10;KGWKhwtSU/z/W3FimejJ4Lz9dsmm/JxkKusyI+r/n3zOfTRo7Jkyynn3g69FeRDCY2DphQ9GlY1H&#10;2RUD+Z6NAiBfd23a0xYWWyy+2ZdfEHRihNV9jojq5JgGrV69Wob5WO3BNOj2+1+VrzVwxY3PihDX&#10;e04ko4rOPaxY6sQmSR7yf8TX6czE/GGtOFJXYEDXLyyjdjWJlMGMhfOEwHygm4P0k/YrkHIYySye&#10;XUhVxSE6fqbRR4lHqBvL7ohD1jRrtxxRCtyeRynQ84ktD3JGEYtxc+tABdM5YIZPXVIt5x44No8q&#10;us122+WyG54R7ePzr34iqr3WRVnMaG5ZXE4vXSnmO7PlahYWzQQHtCwPywvRqz4St4MrnXHZI/TS&#10;G5/SsEnn0sNPvSt6I5pX0nEv6tshIvXgRd6qSzKdeUgRXohbzGXWG4dgFQmCZ4wo9EUHMygrSKDT&#10;5xbS3adXyk5mhGcfWkRzJ+SKJm0Fv9x8vshlIERVAS4Y0N47ZlFNaZimj86Wuu48tVLOh6xlyYGF&#10;NIKZTF1lWPYY6TVBFx5ZLNfiev/MFoB03AvOb8f/A9d5/MJqSsqodNvrwSfNcviEA66gw0++ne55&#10;+A36/sdfJG0PTtNyXopkGsY1YZgIwi0smg1+QceFWYaavkfF7dyxBI1Y7zGWsi87xii5QfcDcgvE&#10;QVz/ueYycRFKjfhWD+2VKjuuj56aJ+e2LA/BlktvJoL5BNSD9AfPqaQBnZOpe9uI0H67ZgtTgKAa&#10;y8+wOwN7LWlJ/i+kdg9qSzHVElmM3OOx0xtGO6gbdXjpvjMrZFsAl5e6UiP+1Y9eUEULpuXTsgML&#10;CPIZTr4QefFQkJ0gdXdsmSThwn3N9aCBnN9qx6j267njMtEPUn2cpgirbhipoR6+hN25bdE8oJ0/&#10;PS05bseGBu6Hn34nX9gff/qVDjnJ7PfxUnFRrtSBkQZCJSjM8SUONFdqjONnFlCApz6hUNQLc+Wk&#10;4WKq815z2AhlTNOYbutTn/w/bEjctkcKjxjC2Auke6TWBrgqWQwLeR1bJMnGxbRkv9ir4fTXmK5l&#10;OpwJSnKtmMLta5NERsNxL/4DmzEcxn3ZczPNVgtlMjecXC7TMzApHKdll7vtBxyw4CaJf/LF9/Tx&#10;59/TF1//6OZ7Ce2F81OSAz87l7Kw2KIx70FnShHJrIrbqS+4usGkgtIrb34WdXzdSWVUmp9AnVqZ&#10;F0rpgiPFnEGsRmufUmZGHNKzl9VQKMFn5Cgz8mWkcQIzHoxYkA97NBh1YMSSlxn8jl+wVzn9EqZe&#10;TOtCCdP3TJVytP7AJsdjmB5ner5FSfgV3ANo7oTsL5MTfWu6tk6i8sKQjJy4DLSOYRI0CpAhoQ28&#10;TAYhDFndvtTESzpMlvYDY0E4bv8raOXKVdRjx6X0/sfRukNKPn9QjHmN2VqMgNmtCRZbPL5VUwuZ&#10;ZX0bdei6QUaXA1qs85fcKUp2AOy5aBkIJHE+XkLIOhC/+nizgnTMNLGrC7MOitefvUy+/lNxEAr4&#10;Hn2Ov+4czWZm8wleHMhS+HhtGr39mN6uKA79MG5YBp20XyHdtqRcRiQqwzl4XC69UlhBaf4A1Q44&#10;hk7Yv41sXLxjWTlNGp5BPMr4hev4hulT1MV0KVMRU1M4xhldYXqUCvlKUU4QzA7oW5KbQGA8HB9l&#10;kny+RJ624V7GDc2UUJkM7BJz9juI9+3Vzm3H9SUIka9y2pfreVMuZmGxBeM3dFZYdCuPMblw6kUP&#10;yVcVJhG8OPXih6PK7btrHp2yfyGdPreoEZM5ci9hMoXmUj7fhO0yvnC+/uopYCxGMY6sZG2yG19K&#10;xDcLshLUe+VxpTR/Qh7N75kjBspfb8JjApiM916VKupH0u4j6+jsQ4tliwTqVGpTHcboJx4Cfr/v&#10;WVgBhLCZR1WYnnldzZbD7jCHcM3Lhc20pgkm4ztmaj5dc0Jp1H0tPPteevWtz52WJnr2pQ/pnkfe&#10;iCoD8gfCsiEUTJarAtO1sNgikY+lYHT8zLRgo46sBM1UMJuOwxY12gGdlF4mGqkqi1Ems3iWWVYe&#10;P0y+/rFYk54SkJHPExfLqKaHo0J/iuQaJIeDvmEcKoMKQgEOdYJgPiIeU4mlpphMLPkDRpiqxNdT&#10;OUtKMOgbzmGsQfGfJm4vL/jbMG2x+xCZutwEm8ccno8CjFdQlzIZMDSE00ZnQfMYeATH+a12cu/j&#10;zXe/iLqvIRPOIWwe9aYpQUnPuVeQhcUWCXrhyhqx8oblZ+28UBi76Z6XaLtJ54k+DCzIffv9/2jQ&#10;7mdGdXKsKEH5DIp7XNdL6PATtjMv1EETDEPYtocIU2Nx2GVHl1KLsjAdxowDui2cpqOY9hCm4lyl&#10;kvwGT4x/ltaXyYCgMOhVQNyqZ7QSH4ynH79PPla9XI8LgYBvNw6eLisIibmLNpWJK02O4EnIThox&#10;mZ2ztMwer69oQcFwWtR9YC/X9COupV33uVSO95l3XaO2B+F+IbO6/2xZXj/HVGlhseXg5vlTjPnM&#10;YGJGVOdVfPXtT7TPUdfJFoKtdj1djEVpmRYDFlBORoDeuFbs94JBrEBdsUwGy81yNQ8GdUuh/p0k&#10;vdGGx8MmNZj0TE3204XZhY0Yx+5t0yUfKzVzRudIGjxZQicH6WfxVGZUJFXS18VkSjtNpXxmllga&#10;js1D2thRPWjymHr3nqCf4siZYh3DRbCEDobtHAOnQbkPnhpwrjKZrnWRP5x8H4ytHzM1L+q6F614&#10;itv7DDF9scPeF0ra8pueiyqjhJEk6sQUzqnSwmKLwFC4G0HnxCY87wum+5GwmfGZFz8Uu7dtmblc&#10;f5cxGqWUktNazue6dOg/H8fwVIBwqy4pEsKGr5OvmHHtSWViSc45joIyGawmnZFpfEbHEgS40OiF&#10;jeHrjymTtKpgyPWgAFofJoPNmFo+FE6MW0ZJ/9fyBa7A1SvMFhRkB+kAY/NXMS4uk2kTcd31+n2+&#10;75GWXtjZvRbsDMMolh6vbSNlZc+DaLYzReXqnjW1WlhsfvyBTgnfSLF7bABo8mIJ9ann3yfYSBm/&#10;/+VRZbApEP6CYOGN64I+CSBMZsF080Ipk4FCmpOv+PDGRWVqD7cRakqNbOSVq2upbUI4irkovc2j&#10;lqVZeUJnOs7rQctzitz0m3KLJS2Wyfj8CZRXO8I97tkuQhcdVcKM1vhyKqjbudH0BaSM4ulLq+mA&#10;3UW428hJ3TbdU6gwJ+r/1oLxxTIZTv+fyRa0Gjc0Q2whtxhwbKPrKsHWzlff/hw3z8f/EfXyNBMM&#10;f11bNiwsNjpCuw02043YlwnTIggZgadf/MBNV5soSh3aGGUyrgvyCcUYGBRXJlPIX3WnzFsm28Uv&#10;PdvJ6Ob/zGEjDFd7KjDdCXeuykSUIOfBKhNGMnedZPIxkoGzObywODfeSKa4fqJM75CP88HIQBrX&#10;6+IYHgn0PCyBYx/S/51RIQJnvsemHLHJ9Z04UIIl9ThMJlaJbsVLV9YSDIPpNQ9YcKMoQGLLwYuv&#10;N2zd6Ly9MajuJTDGG52VK65rpKnSwmLz4Xjok0AJrjbmywlh4w8//UorbntejkdMOV+G7t4yOVWD&#10;5UU71sglvB26jZfJwJC40+mfMdmCwE5bpYviHcf3NkmNUZAdkFUX7GzuFDJO6b2EfVa1ZWHK4mt8&#10;XGKc2oPJ1JaGpe4x6Wlu2diRDHYzV/c53D3u2jpCSw4ockcykDUVtN7FzQcN7pFC2E4Acwt8e035&#10;rA7uPCiNZptRjiIbNodvXmwYgIfJxLqH8WErBPK8TuweffY92RumjB/WA2Hq03tvIIyAerQ1e8bS&#10;uE2cKi0sNhueRGeEi9TYznrHA69Sr1Gn0g57X0AHn3iLpKlBbaW0VDMN4nq+NdW5aImNhgeNN7IL&#10;D5O53WQLQoO6plBP/mJzfCeTFB/YF4TzW1c1ZjKH7ZErLmDP5SmbjmTg2B+O85E+fVTWeslkMALA&#10;dAYjl0hm4/YAw9GX/0UeaeC2zN3FRXjXbdPFdCfHO5gkXzr0j8BkoLx39N7uCLARk0lN9ou5ivyW&#10;O7jX33HqheL+BZ4bFJ9+8QMdvNA8Gy+1qjBWDJ29VhYWmxVfoDOC8mq3a9RZlaAPs+u+l9J5V0Wb&#10;IzhyT8NEuJ5Gxq8vP7aUDhxn8tWqGycvM7mCMHZHgzj+vElqEsEnL66mIT0Ns/DSoZNy+T7yZLrU&#10;qdQwIYxkDp2IndjJYq5hj2Qzmlkbk6nsOQc2aSjg94tsKnaFKcD3iY2T2PjJ9zORqZGwV8H1XAIT&#10;GWcfVkTtW4RVGB6BO9o4TOY2k92AguygeOP0MhkQRjEwUg4zG4hjEyUYjbcMCEa7cD5Cp0oLi80G&#10;6YwY+scymcXn3S/ha+98LvZ4EVevAUrD+5kRBtcD/ZAogMmc49iP8TCZfUyuQKY62emuXRgvet/o&#10;TCtAmCr1bh+hj4rNdOiv0tqYzNoIOigDuxj7wpcebXaXK+07RqZEsIvjxTkHT8gVZcT6WthCNujf&#10;OXl9mEwS9F0gvynvul/UfXz3wy9RxyDoLMWmKZOBgS+nTguLzYaV6Ix3nVZB5Z2nR3VU+BPCEN1L&#10;cHTmLcPn64tyn9TmwYn7FLhMRp2+cfKOyAsFfI9giXf/3bPlhcMSdGKoYSp139kNjumLcxMonFLg&#10;ykn+DnHVcZnP+tCXJTXUqiAsdezCUyEIrLFbG/cImZDcOP+1bbun0EXzzP8GQUERwnVkdmkTWYU0&#10;eNP0MJnDkOfBFUgPhxozxOde/pB67rSM/o+nTTfd83Ijn1RKMHaOOhISrC1gi82Pt9AZ7zmjMZM5&#10;7ox7xG80fEn/8usfYrcX7kq8ZeBbCefHEzA2wWS6D++dunLG6AY/TSBowjr52O3sg+4LjjHlCAQb&#10;66xUdD9AVo8grE6OJFJyWr5oKbeoMCtk8OIIh2qIZxT3dHc3c9VxGQhoUabITyjA9BkzlHhlQPfl&#10;l4i8B/fXoYXRL0oK+cWA1U5bpf0R6yFTibOxY1zUBdbGZPp1jKx1CXvMPpfQxdc9Lf6564ec3Ci/&#10;uN14GfnBUBhXB9MUFhabFcthkxadHQp13s56490vyXwf8/6zL39Uthd480GlHafIZkh8ubku3YUs&#10;gMM3L5O55ZQKlGk7tFeKWK67/NgS0cY9cZ98evCcKtFR4Xz58k4akf4RzoMglg8bXbes01TRUQGT&#10;uZ1f+N6d86muRZFYrEN+pzbZRu+Hy6GetrWpko664jGO7ZOSKbUkjVqNaS1lEpITaBinxSsLwn9G&#10;vZjq4Tp8ju6pWsJ0CfSCOrZKEkE1VqM4Da5M9mT6FefBrrGHyfRlUrSFpjK2VkDQ7P3P/cacJsLe&#10;3/9YKYbIDz3pVtk/5i0DGtLLMH6ua7Wp0sJiM6NFmVF4G9AlPaqzdtp+kXwpoc6uKxrYGHnZ9c9E&#10;lQuEjKwCglGnSl9Gsv9RvGixlJcZ8CqeFTDhHFAmErw4bHKuCD9vXQIXrv6oa2YVtTPL7v2PkR3e&#10;RW3HiZAUCoHIT0jKFMNViMNIeFp+B4lztY0YxrtFsteHOu/ThXod0YfqdjWMBnSjo8TnpWkpRvcG&#10;ejLwa+33+9xtAR7UYLMphyB149If2ypi26Sv2VIBw1nAZai7urSxwTDIY2ALGLjy5udE8zq2DDZX&#10;4vyrjy9FnVFM38Jic2ImTFq+fFUNVfQ4MKrTDnecs51+6SMiYARge9ZbBsN6LNViFYfrkhfuQkcm&#10;AXMPCM929hFBiY2zxdo/v4Q/Y58OjDjxIazbxSIwezczrTpl/wIKRXLda57Aox+k+3kqBaW5gT2K&#10;qXObXMIKFPIXzCwTQTE2OGI0FEgwim1cZyOmUZdg7ACDuYDJ9DikF4XTjOzlipyiRuUhvMW1Rw1M&#10;o7FDRNkunlbtebC0l5km00ixlVOUlyBTJci/EELhDyFWrNKTfYeiTO/2pu7c2mHufwU9+OTb9NIb&#10;DUp4IBhzxwfAmwbTEjifqwJZWGxRuAIrTJBzeJdu64eaOf/i8x+QpdO22y6UvTPvffSNWwZUwtMm&#10;vOww+M11vc5UfeK++TKt8FJeln+BXM3nO2rSCLN5EoLRM+ZGbST0IkmFqLCyV9RuvFyvOD+Zpo2S&#10;VR3J23mQmSLoC4YQtmsy8ox8BNM2CI6RF8s09kkVRiHUYWpH6jSjs3scW7YlMyTUB0EurP9xmXiW&#10;6DpefkyJjLRecfZPcdquTKGjmBnHtknLitBPOCkzNfA8ynaqM1M70O77XUYHn3ALjZ5+sbiWAbaf&#10;bBi/l6p6zaXKIrOihG0RzvUsLLY4fAwmUV9rphlK4/a/XDr3Jdc9RZ22W0xdRywRYfDi8x6IKgfB&#10;MTq5Y+f2V8hkoPGLkQSosiD4H3MZweL0iH8xFNbaVocpFBT3Ik35M2qDekFJ4cbyGeydquxxkGxa&#10;vHJBqch2UBaykn3HZEkcIxxMrbiuRowDVBU05j+9dH9+aVQZCIPBWGAgC8yDy8C+TTwEmNLUU4Kk&#10;eAC50dIDirwav/6BXZNllDOIp0/eVbQff/5VmPv7Hqb+zvtfyTPQ4wKeIsH+Ds7HPjCub4VcyMJi&#10;C8WXb1xbSx1aRcsEnn7hA3rq+Q+oy/DoJVMIIb3H8OF806JycT2y44B0uuZEY8QKlJUWeMi5hiIA&#10;P0y7m+XdGSYpPhIT/K/jJdp3lxyq6jk36pqxFAqbL/ou26TTcTPMtOrBcytlWsdVRTGOWEJ+p5md&#10;6cM4+jgz04ws5pZT5EWGec4m0bFlImG6xNHuJqUBd/J0SZkMzFOgTlAkpcHEBpg4nLy9+d6XwuAh&#10;B4Nh8R9+/JVab9MggE8v6kr3nG6W+51lcrtXyaJZ4COo1mMk4l3hgHvVPedeKZ0eS9pjZxsFvXgU&#10;CCZFMRmMkHIygxc59Xvxycn7FcjmR46HTJKLYCDgexdW/jm+Bsva8JGEEUm8a8ajorZjKSEpi2qZ&#10;+eGY62nEPECfllTT4CQRwFIg5CoHUr4/SDulpdGl2YU0Kd0wGScPxsWb9EoAJTyOdjUp0QCTgYkI&#10;ZTKJacVR9wyDVF9/F73DuteoZcLkvWmRdOMPCs/Kb4yXW1g0K3yJDgwH+96OPTCORbamyMtkIK9J&#10;jQS+43oTTPUNCIf8P51+UBHVlMj0wvtifox7AC3Zv1DcqYQSG+QVf4W4zijm0jYUprpdWlOX2d0o&#10;v1MBdZjWiXoe1ps679eVygdV0LCafHq7qMot/8DRlbTH9obZgFCf3KnBHnvvmMlTl+Qoa3mMKU4I&#10;LwlrYplMvPvENo6zLn9UGDpw232vROX7g8b5njM9atLXk4XFlg7R6ThiTyi9RetsrA+ByaxY2MBk&#10;4CIF9fG0Kd4+pT0h64AztwSzFJ7GVFBbFnLNMYAwusoubhu1O/nPENcZxWTWlx7OL6OjWuXyS222&#10;OkDZLSs98DtunDHoNGaSjneC2SbJ52+xU6vV1dvLFCwnHPbLTnL4WMIyO5gMhNFNMZm1USAYoZev&#10;qpW24rqb8kVlYdE8EEowmrorTiijqt6HxO30TVG3NhG654xKYTKwpI99OKWdp6lxq6acxLfDJkUs&#10;695xmvhaghAzr1OrRKljxwFpItxVpoNycNTfujJMCZFcqu59aNx7UeK64jKRcclptF3vVJnWYfqh&#10;9XvpiMm5lBAU/93pTMCbE7bLoIfPFT0beLecg8T0CpGN3ICREYfYgb3rqcyE0guMrs4Ni1vIjnF4&#10;K3jovPi+rZoi6As9flEVwUwn1+sVpFtYNGvIcixetPySukYdH5rCSRlVIvuAo7HE1GJKzm4h3gew&#10;AdKRqVBCOJ1S89pTQesxOI4VAjdCKOg7rdzxegDznK0qEj7k5LYmV3wi7bBV58iCsUMy7hk7JO2n&#10;Hu0isktb7xUO83Nrojd98jlRzCXXcbgG2mfnbNQ/AJXHAaZ5FzOthq4PvEfy/Z0tOYyCzoUr20/p&#10;QFVDq6mop2g/e41wXVLQemdZNSpuN4FyqwdTVnk/UR7EFoDyLjNd5ljTdx7nDaCExIwoVQJQOGyW&#10;zy+cJ0vU7rUtLP4p2E53IWM5OL92KAVC0Uvd60tcFygKgVDgi0iubCs4gQmyizSf0ZiFgFVx6/Z9&#10;Uv/AqObFK2soP1uY19VMLZm8QuPAbY5HRnhfqOg+W66bkGQU1bZPSREG83Vx9e/wU4Q0KMbxeWo6&#10;FMp1/cMh/29q/Ak+k2bvlg3nb/GEuQNKepdS693boA5KzE6imuG1FEwMQv/lq1AkRxywxbbDuoj/&#10;huzRKmy7m+thEgqAXGcVLmph8U/FxYmJSY1eCFiYCyfnU4hfZKVwch6FUwopMa2EMgq7UiSzlgKB&#10;ZFjGUxV6L/TlXRxKCYnWbY9De4kGLqj93h3xcr3D5BUcgxnUQUmPQ5lCYFNgdXHCp6nJgfmDe6b8&#10;UZSdwIwjOGj66CxmOLXUriZJ9klhmsPnlKMSRj7Tyyk88mpXk0hbdU5WEwnbMcWueCmg2dyT6Vem&#10;XflOLk3MTJT7xoiG0zoyzcbeKbQPRiW5NUOpus9hdMyMSrpkfilTCV18VDHV9p8v1vlgwwY2hzNK&#10;elJyVq3sy8JubzCX54wVPni2tLD4V+CC4vo9zMvDL0Jeyx0lnlO1LaUVdHTNWeZUbSPyEgg3Ifjl&#10;865kupPpKFQSB1Biu6Vqu2phLJWDqyilMIU6Tu/kMhtQt4N6UFJ2ElZwxGwEsE3XyOd4GUH3n11J&#10;cLAWDvnOdLID2ekB8YyplJsVeJHTgxihvL7CaOXed1YlYXpmTmkSH5f0E5kS1U9uTx1ndKbO+3aR&#10;lSmHuWQw9UNBANb28lvuRJGsGtnaADvKteWJ4hpmWK9UsVGTnF0rU0y4BYZiIdpOiavAtPNdU5uF&#10;xb8H1UyvMZE/0LTrEMgaQjy6wXJrKJJHOdVD3bx8Zkx8fqx/a4xMsPSrBIAxrazeriZqZOMlnpag&#10;rjqm7A4tE7Hz+EemJKZYQGALo92pctSAg0+dU0itKsJeQ+jxQBWDjOP/kj6l1G7P9lQ5tJpajGpF&#10;pcx4CrsW8X/1f2mKuniwuu8RUe2yNsKIp6bvUcx0SqjS2UcGUxVczyemOguLfzZuhVAy9sWo6nUI&#10;peS2pdJOUxrlNUVJmbIiIxsHGSux1JtSmArBK5ZkIWehQDhA2a2zRXfFy1S6zelBbca3o6ph1dRu&#10;UntJazOurYx4+LymVq3WhSuYomztMsMAs9rPHAnARKh6+xrKbZcnUyOkpRSlCqMr37qCKretMro2&#10;h/emSJ4o94XlTAO4ts07dELuj7cvraDzjyymsSNbNmobEQi3Hece59UOF81eU4WFxT8YMFBV0W0W&#10;D/kzKDWvnsq77hP1cmCoj2XqwtZjKKusn8gV+DQvQeO3Sbu4jCym5Uw/Z9flyEpN2z3qXRMM60tF&#10;PYqpYmsZcUCmsj54q+uB3andxHqcg42Fr4GBQEmP45P9AXE8B/kNQsqoyaQ6R8jbiadKuGbI7Npe&#10;L+w2OO0HLO2DyewytIRyq4fICh12mQdDqTKtAoVTi5iBHyxti+mpc7qFxT8XEOKCgUBXAy9BQmI6&#10;ZVduTWUxFvW8pDIQRyajgtamAJsyHXhUsDiYHHw7rSyNVD4TSxgpYETTemxbSitNk2lMbJniXiU6&#10;2sCUqym8hrpa8pSnbEA55XcokHq7HtBdRi3Q+uUyKnDFNIv8CX6q37MDdd2/O3ViBoipEtI472sm&#10;rIw1hc99gTDVt8wU/SEwmY71FXHbLZb43Fh/VRYW/0g8XrUOZbdYgtU6ZTJZ5f3JH5CtA5gSQc/l&#10;zwD7hE5PKU39Oa99vrzYSvkdC8yoZ0I76jKrayNmg5Wp7gf3pMSsRAh7o1C+VQXltc+jnDY5wpBg&#10;UwbTHVjGS8wQA+Dk8/uebDm6jjC6kmOm5PxkYXDe6+AaGEVx/ulMioO8LmdBWIVbvqBkvZgMZFpc&#10;R4WpysLi34N7Szrs1UhZLB7dssTod4DJ1PQ7KioPeitc1yRT5VoBuQZMQXya2ynvZzANjCIw4lDq&#10;MqsbtR7XVkYveNEhG8mtz6eSvqXUfW5PlxGAkTCz8fqIviW3XS513rerCHOxb4nTqMWOLSmzNosS&#10;UkJUs30t11cJtybY6qB4jGklk5R3CMvZ0PrN8yckifKd9/+ivap7H0JBHgHqSKZr28jDXN7CwmIt&#10;wJItpghQiINbkK2ZINc4kOnSpQcaW7hgMmmFnaJeuuq+R+rLeSTTn4Y/4H+k65zuwjyqh9VQmEce&#10;kOGA6ShTEcZyaC9hLrFpPMW5jqtJT8pO+im1OBUjFh5p+amwa6Eo1mGkAqW6tHJRgMMy8v647rqA&#10;5Wjv/0xKlykXaFsp4PM9oUyG45bJWFj8HahXAkcmA4ZUCpmOV2gMsxBSeP0RyuuQTxDWclys2ZX2&#10;F92V17HK02rnumiGclgvEepidMJM4/1W2HW9fzfJw8glEA4cLLX6fM9lVGdSZk2W6L2gXAcZNXWT&#10;EFOpnDa5ch2mpuRLHSG70v9W2HZXWXmDJwX8b84HozoT1v4cJnMNTrKwsPiLGOG4l3WYzOvevURq&#10;DpNJdVreZ4KuCqYd3qXfaAR87yRmJkLj9s5AWHRk9q7bzdjnBWGJGaMSTvdqFi9qP6XjGijy+QJ+&#10;CGhVcziUWZX5GzMsTIcSTZIA14dsRUY3ssJk6gTFWsSD/s2qoja7yf+C3AlTIygqVvacK/uRcAxm&#10;w+Wg/zPFM5I5lcnCwuKvYutuKXTtwnJlMnsmppW6ZiOw9YDTXmDCy3w/k8uAQMX1E5APpb9YbOWE&#10;WcGk4PdgLDmtZYRxmUl28TiWmJ1RTlOO8V2U9Cn9un5Ke9xPLFDvDUy4T5hymMV0OROlF3cXBoL7&#10;hYEs5oBwX1uRV7u9+z+yyrfC9fdiUvSwTMbCYgOhc6skL5MBjk7ObuW+gErwQ815RzDtHE/hD1TV&#10;5zCKZEk9b6IiBuQkTU03oOhXb6J/Cu2ZYOw83p4lmNJ8NSEp66eM4m6UWz0U+7EwAnqFCVsi1hf1&#10;MPVgmYyFxQZAXUX4JTCZR84X5TgvxjJRMJT2uS+QsC/HY6dHxUx7MMGqHLYMNLVRsVliz5GZNHqQ&#10;CJQtk7Gw+Dvo3DLxSljWgyU4J8nCwsLCwsLCwsLCwsLCwsJiS8L2TJBbDJajaGAZFwpgFhsX8McN&#10;ezNNAc8HO8UtLJolsJqCThzPYRgMWEMFXoFyoG5y1AAsoyLdCy2r2Ikp3rmwR+t1E4syXm+EuD8F&#10;8q4yUd8gJhyjXsX3TMNNVPCoEwLQN/HeD7ALU2waTELghcf+oNiVpRFMKB9vZWYmE/KgXazoxYQ0&#10;UNNKfj7fyUwoE4/RwHka8rDM7kUNE9K9bXceE4xnxZoZhdLeEBMV4Lx4/wHpXjs2OAdp2XLUAPQJ&#10;pGMLhxf4j0iP9z/0P2LHuxc4R/1DKaAUibJeJUUAioxIR5vE/sdzmE4y0ShgJzvOaeR3y2LT4c8y&#10;GTwsMAbE1YL/+jAZ4DgmpGlHu5nJyyQA5B/AVMI0hsm7axp5ymRgHxed0QtlJKBY6//ry2QUSAej&#10;UWAkgd3UtUzIa8HkhTKZiBxFQzc0NgXNQ+gt9y0TXqbYdCCWyUxgwrGXKTcFlINjNrSxktYXZSyL&#10;ybuz24tbmJDvfXmhuwMg3bsZVD8ITXlk8ALeFgqZ8MHAOV6gbZGGvooQ/qf0+tBPimUyTzP1YLqe&#10;KbYui00IWE3DAxgnR9F4lelEExWgnL5E+MrgJceXUzuoFziO92A/Y0I6NicehIQYIM87koFpTAXy&#10;lMmggz1poo2AF/MXJq9Zy7/CZLDdQIFjaOWCxAQok3cUoUwm9ksNgMmszVeR3gNU/9Ge+FK/x4SX&#10;H7iWCWW8X/ZYJgMD4jiGBvO6gHLrM5LB8csm2gh3MSFfATOd2j5gxshTLwxgyDhWZcamAO1o9A+t&#10;B88YjFahTEYBDWwcY6sHdJ4mMylwDGuFWhfKYVuHxWbCoUx4CBhu4yuCr+GDTOhIXqCMOhhTgAmg&#10;I3gfPoDj2DQF3MaqsW0v8ILiHBj9xiipHZPXrCXybjdRwdFMSIOBcHzRwHRwf3gZYWzpXCYFvBXE&#10;3g+G6Uibz4QODNu/Oq2DCj+A/4eXPpZ5QOsX5XQqgc2OOMboC9MspEPVH0xDd0HHA5j4AybqAswR&#10;GsAKfbm8WwQw7USajiYB/G+87EgHA8dzBB3ChC86AEaGfIxEvIBcCOlnyFED0I5Ix74pjFjRRmhL&#10;LzMD093TRF30ZcJ5+uLj+cDrA9LAfLDRE30NzwBthvO9ox8Fyj9ior4UJhzHAnZvwMj1WtiRH2XS&#10;lKH/e22yLwsLCwsLC4v1BZzHeWU+FhYWawGWudU9KgSk8ea+XtnKhgSGwBACxwPy1kfY6AWG5PHc&#10;mniBMn8H6nalKeD6f/cafxWQ8aDd5slRNFTYu7HMcv7dPoI2i12RigeUW9czsPiLwNwfncQLWNZH&#10;2qdy1ACkPWWiAiwRxgM6Bsp+JUdNA8K5eF/uHCacH48xQS6EVZOmgJUeCGdxPlY2UJcXSPfKkLow&#10;Ic11gsaA7AVpsYwKwmPIqADIPVAGcgsv9KXzLi9/zIS0tQH5kPPEAsLqGSYqWOiE8SAbPZm8wmfs&#10;/kYaZDrelwhp3nuC2YimoM/Dex8KCN2RF8tkkBZvGfolExXgfvAhQtl45i/+xwT5VTzgnFi5FQCZ&#10;F/Ji/WhBJobVKQVGjSgXuxSP54t0yKwsNhDiMRkF0r3CPBxjNWAHJghDIa1fG1AW54B0VUQBkwR4&#10;iVX/xAuYz/ycSVd6sKqigOmDdTEZFRZqRwJpp8NSezwmo4C7VxzrKkg8oMOiTLwvO3ATk7fOdTEZ&#10;zUMYu+KkwmPQ2v43EI/JKFTPRKF14lmCjmFqCspkwOAhnPeSCoH/CpNRjGdC+dFyZADHdFBV+Igp&#10;njM5lI9lMvhQIB3tsC6gXFOeI3R52yo7biCsi8lglUWBY+9IZn0B3RfvNbBChaVIfLlByMOLqACT&#10;8Y5iYKcXZdDxwGSQ3xTAZGI7ZX8mnA96gsk77Yg3ksHxcyYaF1hRwSjpCzlqjBuZUIdibUzmDSZt&#10;B22LplzngvE2VQ+wNiaDERFWchQot7a6vNhYIxmFKjRi1QuAwmRsm3jvHUBaLJPByhTS47nSBTPE&#10;yFmBcmj7eLiUCc/3z9jlsVgL0Ngg6FQAaNhjmdDIXudnOgXCEBajEnS8h5jiAS8uvsg6n8bD1OVp&#10;LM/eZqIudCkR3hoBnB9vWbE3E8qtjclAnwZl4gHLxsjzMhkYf0Kal8mgDdAp0QanMalyF6YUUFhT&#10;oDNjGuLVxYDngFiD3GBGuAa0ZVs7IRjn40yxL66OpFQ3BQxK2xHL8WBgTQHL2Th3uhwZKOOJ9cSA&#10;NBAMrmNkFk8zVgEGgrKnyFE0VA0g1igX0qAn5AXaE+mqV4WpChgKPgqq/QwPC7G6TrqU7l1ixzHU&#10;JNCeINwb/gee7TdMyPdOLTH19zIZPGMwLjw/7wgKfRoKexYWFhYWFhYWFhb/Aug8f12I3Xf0T8Da&#10;NmAq/ort4U2B2IUCC4smgR3QEPh58TzTxpbcQ47S1PJnLCAriIdqpq4mutmB/WR/xgYv5E93m2iT&#10;gPC9KX2izQnsy8KKk4XFOoHNlJeYaCPsxgThnAIrJxDoqikBCPAgPMaLoCYJoEQHyf9AJu+5Ciis&#10;YfVLVyvUlSt242JVCjoZKuBW4MXFEu49TLiWCgGxInU2E15ULIVDSIuVkfuYwDQhhD6faR8m74oJ&#10;lu1R/gMmLPPjXrDU7xUuxgJfbSgvYi8QVtAg3MW9nMCE/TYQaur/hUM2tB30ODoggYHrY18QmKrq&#10;wjSlOYxVs6FOqIJ2XB//C0vksUJ5CEEhNIVaAPaX4f8C2FcEsw7YvIg9VRCCowwE17gfvV/sM0M+&#10;GDkE2FCMQ514liijSo7YU4Y6lzJhcQFAWdSFZ6H/B2oDOE9tHkGAi31SMKEBIS52d2N1Dm2p92rx&#10;D4WuRhXIUWNgtQMMA4D+hWoHY9rifUF+dELv5jasuMR6TcRLp94XsVFQDWthZQeMJ97KiOq7YKMj&#10;OiviADo2dul6lQ3BZNTEBeJerWG83FDOw4oYllWxjA5AHwd17i5H8YFVndid59DTgB6RAu2EDX4A&#10;RoCoEwbFMFrzrsJh2R8v7QVMWL3yAumqjIbztI2xBA3GCHcu+sJ7gXbEChwA5ofVKiwrgymDISjA&#10;HLWNkY/lZACKjWCYAHxGQfcJAEPR9gVzUGCpHQDj8+7Qxn8GA8UIB/UDWFVCefQf3TyKMlhF+kvu&#10;hi2aH/SrgxcJnQMjAF1+Rjo6KjoH4sjDi44XVpdskYZOpPZToHeBJV/EY7WNwRigBIcREb7SULrD&#10;y4QOjBcDSl2xUzQYL1L9Dnxp8cKqmQssV+MFQz6+kl79IChx3cqEpVjVisayP1407AK/iAkv+igm&#10;MDLUg9FUvNEFRhB4eVcwYecxgOsroESIYyytgvngq45pHL7eaCed6iFf1edR3rtTHcDIC9cHg8SS&#10;O+JVTBhtQssVdU9j8gK7tHU5FyMVuIMBUD9Gl/gAgJFixKCKbZgeIx8fEV0yxv+DygMYPpQcseyN&#10;+1Y9I5SHMiDy8PzxbMEsdLqL9lM1Au/UFtfCc0a/gP4T2h7/AaNgbzkLi38FwExiFda2dODlt7Cw&#10;sLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsGiu8Pn+H87r39xaVJntAAAAAElF&#10;TkSuQmCCUEsDBBQABgAIAAAAIQAlUo0U4gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BaoNA&#10;EIbvhb7DMoXektWahGhdQwhtT6HQpFB6m+hEJe6suBs1b9/11NxmmI9/vj/djLoRPXW2NqwgnAcg&#10;iHNT1Fwq+D6+z9YgrEMusDFMCm5kYZM9PqSYFGbgL+oPrhQ+hG2CCirn2kRKm1ek0c5NS+xvZ9Np&#10;dH7tSll0OPhw3ciXIFhJjTX7DxW2tKsovxyuWsHHgMM2Ct/6/eW8u/0el58/+5CUen4at68gHI3u&#10;H4ZJ36tD5p1O5sqFFY2CWRjFC89O03IVg5iYRRT7PicF6xhklsr7EtkfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAoMbSldAAAAAqAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kcFqwzAMhu+D&#10;voPRvXGSQimjTi9l0OvoHkDYiuM2lo3tjfXtZ7bLCqW99SgJff+HtN19+1l8UcousIKuaUEQ62Ac&#10;WwUfx7flBkQuyAbnwKTgQhl2w+Jl+04zlrqUJxezqBTOCqZS4quUWU/kMTchEtfJGJLHUstkZUR9&#10;Rkuyb9u1TP8ZMFwxxcEoSAezAnG8xJr8mB3G0WnaB/3picuNCOl8za5ATJaKAk/G4V9z1US2IG87&#10;9M9x6O85dM9x6JpTpN9DyKsPDz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANDgc88UAQAARwIAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAABFAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2ObYNl4E&#10;AADsDwAADgAAAAAAAAAAAAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAezh3&#10;8v5jAAD+YwAAFQAAAAAAAAAAAAAAAADOBgAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAA&#10;AAAAAAAhALXR8jA5FwAAORcAABQAAAAAAAAAAAAAAAAA/2oAAGRycy9tZWRpYS9pbWFnZTIucG5n&#10;UEsBAi0ACgAAAAAAAAAhAB36D9w7dQAAO3UAABQAAAAAAAAAAAAAAAAAaoIAAGRycy9tZWRpYS9p&#10;bWFnZTMucG5nUEsBAi0AFAAGAAgAAAAhACVSjRTiAAAADAEAAA8AAAAAAAAAAAAAAAAA1/cAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCgxtKV0AAAACoCAAAZAAAAAAAAAAAAAAAAAOb4&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAIAAgAAQIAAO35AAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Imagen 28" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:49962;top:73;width:50318;height:10452;flip:x;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmF0xJwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X+h/CFHqrWRVK2RpFhUKxFOxqD96GzbhZ3EyWZNT13zeHgsfH+54tBt+pC8XUBjYwHhWgiOtg&#10;W24M7HcfL2+gkiBb7AKTgRslWMwfH2ZY2nDlH7pU0qgcwqlEA06kL7VOtSOPaRR64swdQ/QoGcZG&#10;24jXHO47PSmKV+2x5dzgsKe1o/pUnb2Bqt453h4avfZfsprG381NvjfGPD8Ny3dQQoPcxf/uT2tg&#10;ksfmL/kH6PkfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKYXTEnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                <v:shape id="Imagen 28" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:49962;top:73;width:50318;height:10452;flip:x;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKoqDhwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3YZM11hotUoMigMPK0Wz8/mrak2L6XJ2s6/3hwGO358v7f7ybZioN43jhW8LRIQxJXT&#10;DdcKylP+ugLhA7LG1jEp+CUP+93saYuZdiN/0VCEWsQQ9hkqMCF0mZS+MmTRL1xHHLlv11sMEfa1&#10;1D2OMdy2Mk2SpbTYcGww2NGHoepW/FgF60uZH/1qXRb1y+VM3fHK5v2u1PN8OmxABJrCv/jP/akV&#10;pHFs/BJ/gNw9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIqioOHBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId11" o:title="Imagen relacionada" cropbottom="34726f"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Imagen 27" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:50253;height:10528;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJHOEixgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6iYerEbXoEKhlF78Q6m3R/aZpM2+jdk1iX76rlDwOMzMb5hF2ptKtNS40rKCeBSB&#10;IM6sLjlXcNi/vUxBOI+ssbJMCq7kIF0OnhaYaNvxltqdz0WAsEtQQeF9nUjpsoIMupGtiYN3so1B&#10;H2STS91gF+CmkuMomkiDJYeFAmvaFJT97i5GwYR+vsrZydz88fLxfV5Ps0Ocfyr1POxXcxCeev8I&#10;/7fftYLxK9y/hB8gl38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACRzhIsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:shape id="Imagen 27" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;width:50253;height:10528;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCTh/bwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva2oPulSjiFQRb7p68PZonm2xeWmbqPXfG0HwOMzMN8xs0ZlK3Kl1pWUFo2EEgjiz&#10;uuRcwfF//fsHwnlkjZVlUvAkB4t572eGibYP3tP94HMRIOwSVFB4XydSuqwgg25oa+LgXWxr0AfZ&#10;5lK3+AhwU8k4isbSYMlhocCaVgVl18PNKMB6Q9vz86L1Lk1XpyZuUu0apQb9bjkF4anz3/CnvdUK&#10;4gm8v4QfIOcvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIJOH9vBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId11" o:title="Imagen relacionada" cropbottom="34726f"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Imagen 25" o:spid="_x0000_s1029" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:80540;top:1316;width:11297;height:5747;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9PzbXxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeAVvmq1gka1RpFbQIhatIN4em+dm6eZl3UR3/fdGEHocZuYbZjxtbSmuVPvCsYK3fgKC&#10;OHO64FzB/nfRG4HwAVlj6ZgU3MjDdPLSGWOqXcNbuu5CLiKEfYoKTAhVKqXPDFn0fVcRR+/kaosh&#10;yjqXusYmwm0pB0nyLi0WHBcMVvRpKPvbXayCw+x71Ry/3Hoz3xTNjzmv5tvLUKnuazv7ABGoDf/h&#10;Z3upFQyG8PgSf4Cc3AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9PzbXxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:shape id="Imagen 25" o:spid="_x0000_s1029" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:80540;top:1316;width:11297;height:5747;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB9dKSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EButRxD3OJGCcUQyCEU6vbQ4yKtf6i0MpbiOG9fFQo9DjPzDbM/Ls6KmaYweFawzXIQ&#10;xNqbgTsFnx+nx2cQISIbtJ5JwZ0CHA+rhz1Wxt/4neYmdiJBOFSooI9xrKQMuieHIfMjcfJaPzmM&#10;SU6dNBPeEtxZWeR5KR0OnBZ6HKnuSX83V6fga+A3rMen0rX19q7trAu0F6U26+X1BUSkJf6H/9pn&#10;o6DYwe+X9APk4QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9dKSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId12" o:title="Imagen relacionada"/>
-                  <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Imagen 1" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:5779;top:1024;width:11703;height:9042;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDaSb1OwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X+h/CFLzVrD3YshpFpFs8CFr14m3cjJvVzWTZpBr/fSMInobH+5zxNNpGXKjztWMFg34Ggrh0&#10;uuZKwW5bvH+B8AFZY+OYFNzIw3Ty+jLGXLsr/9JlEyqRQtjnqMCE0OZS+tKQRd93LXHijq6zGBLs&#10;Kqk7vKZw28iPLBtKizWnBoMtzQ2V582fVfBZ0KqoD/tl+RPj9/6UxbhbG6V6b3E2AhEohqf44V7o&#10;NB/ur9yvnPwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2km9TsAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                <v:shape id="Imagen 1" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:5779;top:1024;width:11703;height:9042;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqv4OawwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;EEXfBf9hGaFvurFSKdFVirQ0xII07QcM2TFJzc6G3W2S/r0rFHwahnvnnjvb/Wha0ZPzjWUFy0UC&#10;gri0uuFKwffX2/wZhA/IGlvLpOCPPOx308kWU20H/qS+CJWIIexTVFCH0KVS+rImg35hO+Kona0z&#10;GOLqKqkdDjHctPIxSdbSYMORUGNHh5rKS/FrIiR7Go/29Mo/uby4ZPWxYp+/K/UwG182IAKN4W7+&#10;v850rA+3V25T7q4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKr+DmsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata r:id="rId13" o:title=""/>
-                  <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:23847;top:1024;width:52673;height:9363;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6i3s7wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmlpYkWoUKYgi60HXi7dn82yLzUttonb99UYQ9jjMzDfMdN6aStypcaVlBcNBBII4&#10;s7rkXMHhd9kfg3AeWWNlmRT8kYP5rNuZYqLtg3d03/tcBAi7BBUU3teJlC4ryKAb2Jo4eGfbGPRB&#10;NrnUDT4C3FQyjqKRNFhyWCiwprSg7LK/GQWbdLnF3Sk242eVrn7Oi/p6OH4r9dVrFxMQnlr/H/60&#10;11pBDO8r4QbI2QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB6i3s7wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                      <w:p w14:paraId="37C6E0C5" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                         <w:pPr>
                           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                             <w:noProof/>
                             <w:sz w:val="21"/>
                             <w:szCs w:val="21"/>
                             <w:lang w:eastAsia="es-MX"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="004A70F5">
                           <w:rPr>
                             <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                             <w:noProof/>
                             <w:sz w:val="21"/>
                             <w:szCs w:val="21"/>
                             <w:lang w:eastAsia="es-MX"/>
                           </w:rPr>
                           <w:t>UNIVESIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                      <w:p w14:paraId="63A9C300" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                         <w:pPr>
                           <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                             <w:noProof/>
                             <w:sz w:val="21"/>
                             <w:szCs w:val="21"/>
                             <w:lang w:eastAsia="es-MX"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                             <w:noProof/>
                             <w:sz w:val="21"/>
                             <w:szCs w:val="21"/>
                             <w:lang w:eastAsia="es-MX"/>
                           </w:rPr>
                           <w:t xml:space="preserve">DIRECCIÓN </w:t>
                         </w:r>
                         <w:r w:rsidRPr="004A70F5">
                           <w:rPr>
                             <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
                             <w:noProof/>
                             <w:sz w:val="21"/>
                             <w:szCs w:val="21"/>
                             <w:lang w:eastAsia="es-MX"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> DE BIBLIOTECAS</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00B10570" w:rsidRDefault="00B10570" w:rsidP="00B10570">
+                      <w:p w14:paraId="02AAC440" w14:textId="77777777" w:rsidR="00B10570" w:rsidRDefault="00B10570" w:rsidP="00B10570">
                         <w:pPr>
                           <w:spacing w:after="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                             <w:b/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                      <w:p w14:paraId="6C377848" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="004A70F5" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                             <w:b/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                             <w:b/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>INFORME DE AUDITORÍA INTERNA</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="006D57ED" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
+                      <w:p w14:paraId="270E425E" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRDefault="006D57ED" w:rsidP="006D57ED">
                         <w:pPr>
                           <w:pStyle w:val="Encabezado"/>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="006D57ED" w:rsidRDefault="006D57ED"/>
+                      <w:p w14:paraId="6914E364" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRDefault="006D57ED"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="350"/>
         <w:tblW w:w="14107" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14107"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D57ED" w:rsidRPr="009642A7" w:rsidTr="00DE4215">
+      <w:tr w:rsidR="006D57ED" w:rsidRPr="009642A7" w14:paraId="678A436F" w14:textId="77777777" w:rsidTr="00DE4215">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14107" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00241EED" w:rsidRDefault="00241EED" w:rsidP="00241EED">
+          <w:p w14:paraId="4417A702" w14:textId="77777777" w:rsidR="00241EED" w:rsidRDefault="00241EED" w:rsidP="00241EED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Instrucción: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Proporciona la información que se requiere. Este registro se utiliza para proporcionar evidencia de la realización de la auditoría.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D57ED" w:rsidRPr="009642A7" w:rsidRDefault="006D57ED" w:rsidP="00DE4215">
+          <w:p w14:paraId="5A6ECBB8" w14:textId="77777777" w:rsidR="006D57ED" w:rsidRPr="009642A7" w:rsidRDefault="006D57ED" w:rsidP="00DE4215">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00DE4215">
+    <w:p w14:paraId="3E49E140" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00DE4215">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2720"/>
         <w:tblW w:w="14142" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="1547"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="1485"/>
         <w:gridCol w:w="409"/>
         <w:gridCol w:w="2075"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="2CB13323" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="002617D8" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33532B9E" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="002617D8" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002617D8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>No. DE AUDITORÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BD1E4C" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A40118B" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>HORA DEL CIERRE DE LA AUDITORÍA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EDC35B" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6C6D4D" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t>FECHA  DE  LA AUDITORÍA:</w:t>
+              <w:t>FECHA  DE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009642A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  LA AUDITORÍA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="007C43FB" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA9E489" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="007C43FB" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="50FF6CBD" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2503979D" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15DC29F8" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A42D0F5" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305713E2" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A28684" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>FECHA DE ENTREGA DEL INFORME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="000E278A" w:rsidRDefault="00AA0DFD" w:rsidP="000E278A">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510F3F62" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="000E278A" w:rsidRDefault="00AA0DFD" w:rsidP="000E278A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="6323CB22" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FB7C34" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>ALCANCE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8C628" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3236E2B2" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>CRITERIOS DE AUDITORÍA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA38B4B" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="7E78C447" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F34C02C" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>OBJETIVO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="003D4816" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BD5C9B" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="003D4816" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9693A1" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AA61DB" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="3706746C" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0EE10F" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>DEPENDENCIA AUDITADA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="003D4816" w:rsidRDefault="00AA0DFD" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF3A9" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="003D4816" w:rsidRDefault="00AA0DFD" w:rsidP="002B716B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="627C73EF" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>COORDINADOR DEL CENTRO DE INFORMACIÓN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> / RESPONSABLE DE PROCESO DE SOPORTE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7873FC" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="220B8413" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAD1FF7" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>EQUIPO AUDITOR:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AFFA35" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>AUDITOR LÍDER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1E94EE" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>AUDITOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F44217D" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>OBSERVADOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C586A2" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>GESTOR INTERNO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCAE6F8" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidTr="00AA0DFD">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w14:paraId="3A644084" w14:textId="77777777" w:rsidTr="00AA0DFD">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED6876C" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77160EC0" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="00342FDD" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2440D7C2" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1F8A1" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECC1971" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F905E7" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="330BDA60" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="14"/>
         <w:tblW w:w="10336" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4658"/>
         <w:gridCol w:w="5678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidTr="00B64362">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w14:paraId="759D387D" w14:textId="77777777" w:rsidTr="00B64362">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C56738" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043654D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>FIRMA DE CONFORMIDAD:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B64362" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
+          <w:p w14:paraId="7815C115" w14:textId="77777777" w:rsidR="00B64362" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043654D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>ELABORADO POR:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidTr="00B64362">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w14:paraId="079A32C5" w14:textId="77777777" w:rsidTr="00B64362">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4658" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8D08F9" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+          <w:p w14:paraId="5C9E1225" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
+          <w:p w14:paraId="372AFF8A" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00AA0DFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidTr="00B64362">
+      <w:tr w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w14:paraId="4173115C" w14:textId="77777777" w:rsidTr="00B64362">
         <w:trPr>
           <w:trHeight w:val="147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4658" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00B64362">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="419A56AE" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00B64362">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
+          <w:p w14:paraId="58FC2401" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043654D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>COORDINADOR DE CENTROS DE INFORMACIÓN/RESPONSABLE DE PROCESOS DE SOPORTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
+          <w:p w14:paraId="5BFE2F8D" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="0043654D" w:rsidRDefault="00AA0DFD" w:rsidP="00B64362">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043654D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>AUDITOR LÍDER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF75F8" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="766DC7CA" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
+    <w:p w14:paraId="6C969AA0" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
+    <w:p w14:paraId="68B6CAE8" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
+    <w:p w14:paraId="47931DF1" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
+    <w:p w14:paraId="71F08376" w14:textId="77777777" w:rsidR="00AA0DFD" w:rsidRPr="009642A7" w:rsidRDefault="00AA0DFD" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="32F028B3" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="425624FB" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="7DD595BC" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="05DE445D" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="3AF14906" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="558B4F95" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00AA0DFD">
+    <w:p w14:paraId="5C78F040" w14:textId="77777777" w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00AA0DFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4215" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="26A5C163" w14:textId="77777777" w:rsidR="00DE4215" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009642A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">RESULTADO DE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00AA0DFD">
+    <w:p w14:paraId="3FF8A94A" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00AA0DFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009642A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>AUDITORÍA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="24"/>
         <w:tblW w:w="4607" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4607"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="00DC5729">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="64B36071" w14:textId="77777777" w:rsidTr="00DC5729">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4607" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DE4215">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="418349CF" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DE4215">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t>NO CONFORMIDAD  (NC)</w:t>
+              <w:t xml:space="preserve">NO </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009642A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t>CONFORMIDAD  (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009642A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t>NC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009642A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="00DC5729">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="41C4F610" w14:textId="77777777" w:rsidTr="00DC5729">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4607" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DE4215">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5087AB83" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DE4215">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+          <w:p w14:paraId="7FCB9FF8" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="3C209F27" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2700"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="center" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="4A865EC1" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2700"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="center" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009642A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="1FEDE5CF" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="04960BEC" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="0B54086C" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1951"/>
         <w:tblW w:w="13008" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4219"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="7B77EBD4" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D3C6BD" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>REQUISITO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+          <w:p w14:paraId="247C20A5" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FD2791" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>DECLARACIÓN DE LA NO CONFORMIDAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E3C669" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>EVIDENCIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> DE AUDITORÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673F70BA" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>RESULTADO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+          <w:p w14:paraId="07D46D76" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="6E763BC8" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002B716B" w:rsidRPr="00DE65D2" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="429F2B69" w14:textId="77777777" w:rsidR="002B716B" w:rsidRPr="00DE65D2" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FB647B" w:rsidRPr="000961E5" w:rsidRDefault="00FB647B" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F513DAC" w14:textId="77777777" w:rsidR="00FB647B" w:rsidRPr="000961E5" w:rsidRDefault="00FB647B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE65D2" w:rsidRPr="00DE65D2" w:rsidRDefault="00DE65D2" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB7EA38" w14:textId="77777777" w:rsidR="00DE65D2" w:rsidRPr="00DE65D2" w:rsidRDefault="00DE65D2" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DE65D2" w:rsidRPr="009642A7" w:rsidRDefault="00DE65D2" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA12E34" w14:textId="77777777" w:rsidR="00DE65D2" w:rsidRPr="009642A7" w:rsidRDefault="00DE65D2" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="67FBA7F7" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000961E5" w:rsidRPr="000961E5" w:rsidRDefault="000961E5" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E05F04" w14:textId="77777777" w:rsidR="000961E5" w:rsidRPr="000961E5" w:rsidRDefault="000961E5" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00160F6E" w:rsidRPr="000E5984" w:rsidRDefault="00160F6E" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AA03ED" w14:textId="77777777" w:rsidR="00160F6E" w:rsidRPr="000E5984" w:rsidRDefault="00160F6E" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F659562" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E2744E" w:rsidRPr="009642A7" w:rsidRDefault="00E2744E" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672094DC" w14:textId="77777777" w:rsidR="00E2744E" w:rsidRPr="009642A7" w:rsidRDefault="00E2744E" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="69DF30AA" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E04F31" w:rsidRPr="009642A7" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C67AC16" w14:textId="77777777" w:rsidR="00E04F31" w:rsidRPr="009642A7" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3CF8" w:rsidRPr="00E04F31" w:rsidRDefault="008C3CF8" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70419D68" w14:textId="77777777" w:rsidR="008C3CF8" w:rsidRPr="00E04F31" w:rsidRDefault="008C3CF8" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00086D08" w:rsidRPr="00086D08" w:rsidRDefault="00086D08" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2040A1AF" w14:textId="77777777" w:rsidR="00086D08" w:rsidRPr="00086D08" w:rsidRDefault="00086D08" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8776A3" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="53960D9D" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="325AE7B7" w14:textId="77777777" w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="00E04F31" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="647817EB" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="00E04F31" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="00537F70" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3A744D" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="00537F70" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A36EAB" w:rsidRPr="009642A7" w:rsidRDefault="00A36EAB" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="538C9752" w14:textId="77777777" w:rsidR="00A36EAB" w:rsidRPr="009642A7" w:rsidRDefault="00A36EAB" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w14:paraId="68893157" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E951E4C" w14:textId="77777777" w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E86021" w:rsidRDefault="00E86021" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B8106A" w14:textId="77777777" w:rsidR="00E86021" w:rsidRDefault="00E86021" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255AA54D" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="218438F1" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w14:paraId="6C911719" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7236D4DB" w14:textId="77777777" w:rsidR="00E04F31" w:rsidRDefault="00E04F31" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00786A45" w:rsidRPr="002C1C37" w:rsidRDefault="00786A45" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C90D83C" w14:textId="77777777" w:rsidR="00786A45" w:rsidRPr="002C1C37" w:rsidRDefault="00786A45" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC4473F" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EE005F" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w:rsidTr="002B716B">
+      <w:tr w:rsidR="00537F70" w:rsidRPr="009642A7" w14:paraId="4B481B21" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15300B14" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00786A45" w:rsidRPr="002C1C37" w:rsidRDefault="00786A45" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F25AE71" w14:textId="77777777" w:rsidR="00786A45" w:rsidRPr="002C1C37" w:rsidRDefault="00786A45" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A21D63" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4E2E04" w14:textId="77777777" w:rsidR="00537F70" w:rsidRDefault="00537F70" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="2845AC5D" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="13F22A6E" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="4C526BBE" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="10FC3131" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="35F7DE1F" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
+    <w:p w14:paraId="01112362" w14:textId="77777777" w:rsidR="00CF75F8" w:rsidRPr="009642A7" w:rsidRDefault="00CF75F8" w:rsidP="00CF75F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="09870B18" w14:textId="77777777" w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="1CC15CCE" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="41121BF2" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B716B" w:rsidTr="002B716B">
+      <w:tr w:rsidR="002B716B" w14:paraId="612EE168" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12996" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+          <w:p w14:paraId="6EC6F195" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>CUMPLIMIENTO DE PLAN DE AUDITORÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B716B" w:rsidTr="002B716B">
+      <w:tr w:rsidR="002B716B" w14:paraId="75B0A380" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12996" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+          <w:p w14:paraId="5E8A2B6B" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">(   </w:t>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>) Se cumplió de acuerdo a lo establecido en el plan de auditoría.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B716B" w:rsidTr="002B716B">
+      <w:tr w:rsidR="002B716B" w14:paraId="602DE181" w14:textId="77777777" w:rsidTr="002B716B">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+          <w:p w14:paraId="147D5A77" w14:textId="77777777" w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">(   ) No se cumplió debido a: </w:t>
+              <w:t xml:space="preserve">(  </w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009642A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) No se cumplió debido a: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28044F8A" w14:textId="77777777" w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
+          <w:p w14:paraId="486C1F79" w14:textId="77777777" w:rsidR="002B716B" w:rsidRPr="009642A7" w:rsidRDefault="002B716B" w:rsidP="002B716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2700"/>
                 <w:tab w:val="left" w:pos="7088"/>
                 <w:tab w:val="center" w:pos="7920"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009642A7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Procesos No auditados: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
+          <w:p w14:paraId="77004397" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="5B30F032" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="7F7BA24D" w14:textId="77777777" w:rsidR="002B716B" w:rsidRDefault="002B716B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC5729" w:rsidTr="00DC5729">
+      <w:tr w:rsidR="00DC5729" w14:paraId="055472ED" w14:textId="77777777" w:rsidTr="00DC5729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DA3F50">
+          <w:p w14:paraId="450E52A4" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DA3F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">OPORTUNIDAD DE MEJORA: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRPr="003D16EE" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
+          <w:p w14:paraId="5185425B" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="003D16EE" w:rsidRDefault="00DC5729" w:rsidP="002B716B">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DA3F50">
+          <w:p w14:paraId="004F82AA" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DA3F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00241EED" w:rsidRDefault="00241EED" w:rsidP="00DA3F50">
+    <w:p w14:paraId="13C9A64C" w14:textId="77777777" w:rsidR="00241EED" w:rsidRDefault="00241EED" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00241EED" w:rsidRPr="009642A7" w:rsidRDefault="00241EED" w:rsidP="00DA3F50">
+    <w:p w14:paraId="39FD7C4D" w14:textId="77777777" w:rsidR="00241EED" w:rsidRPr="009642A7" w:rsidRDefault="00241EED" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="76"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC5729" w:rsidTr="00DC5729">
+      <w:tr w:rsidR="00DC5729" w14:paraId="3F6B0172" w14:textId="77777777" w:rsidTr="00DC5729">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13149" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
+          <w:p w14:paraId="4C965C98" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>INVIABILIDAD:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="07233E2C" w14:textId="77777777" w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="6E14C399" w14:textId="77777777" w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
+    <w:p w14:paraId="2DA0A577" w14:textId="77777777" w:rsidR="00935A9B" w:rsidRPr="009642A7" w:rsidRDefault="00935A9B" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="92"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidTr="00DC5729">
+      <w:tr w:rsidR="00DC5729" w:rsidRPr="009642A7" w14:paraId="7D6490A8" w14:textId="77777777" w:rsidTr="00DC5729">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13149" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
+          </w:tcPr>
+          <w:p w14:paraId="06F89AD4" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>CONCLUSIONES:</w:t>
             </w:r>
             <w:r w:rsidR="003D16EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00812981">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
+          <w:p w14:paraId="0A586D44" w14:textId="77777777" w:rsidR="00DC5729" w:rsidRPr="009642A7" w:rsidRDefault="00DC5729" w:rsidP="00DC5729">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
+    <w:p w14:paraId="160E7DC3" w14:textId="77777777" w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
+    <w:p w14:paraId="44FB57B7" w14:textId="77777777" w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
+    <w:p w14:paraId="7960D1F5" w14:textId="77777777" w:rsidR="00DE4215" w:rsidRDefault="00DE4215" w:rsidP="00DA3F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00984828" w:rsidRPr="009642A7" w:rsidRDefault="00984828" w:rsidP="005841F1">
+    <w:p w14:paraId="126392FA" w14:textId="77777777" w:rsidR="00984828" w:rsidRPr="009642A7" w:rsidRDefault="00984828" w:rsidP="005841F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00984828" w:rsidRPr="009642A7" w:rsidSect="005841F1">
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1581" w:right="1417" w:bottom="1135" w:left="1417" w:header="708" w:footer="74" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00752D45" w:rsidRDefault="00752D45" w:rsidP="001963AF">
+    <w:p w14:paraId="7EBB71EE" w14:textId="77777777" w:rsidR="00037716" w:rsidRDefault="00037716" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00752D45" w:rsidRDefault="00752D45" w:rsidP="001963AF">
+    <w:p w14:paraId="64FCA548" w14:textId="77777777" w:rsidR="00037716" w:rsidRDefault="00037716" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4189,107 +4186,107 @@
   <w:font w:name="Atlanta">
     <w:altName w:val="Century Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000013" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4332"/>
       <w:gridCol w:w="4332"/>
       <w:gridCol w:w="4332"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidTr="0021133F">
+    <w:tr w:rsidR="005841F1" w:rsidRPr="0021133F" w14:paraId="6DBB5250" w14:textId="77777777" w:rsidTr="0021133F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4332" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="00512DC5" w:rsidP="005841F1">
+        <w:p w14:paraId="54E11821" w14:textId="77777777" w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="00512DC5" w:rsidP="005841F1">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">VIGENTE A PARTIR DE: </w:t>
           </w:r>
           <w:r w:rsidR="00DC5729">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>DICIEMBRE DE 2022</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4332" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="005841F1" w:rsidP="005841F1">
+        <w:p w14:paraId="5A6787F2" w14:textId="77777777" w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="005841F1" w:rsidP="005841F1">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0021133F">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="0021133F">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
@@ -4303,51 +4300,51 @@
           </w:r>
           <w:r w:rsidR="00C02137" w:rsidRPr="00C02137">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="0021133F">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4332" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="0092234F" w:rsidP="005841F1">
+        <w:p w14:paraId="50D74693" w14:textId="77777777" w:rsidR="005841F1" w:rsidRPr="0021133F" w:rsidRDefault="0092234F" w:rsidP="005841F1">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>pc</w:t>
           </w:r>
           <w:r w:rsidR="005841F1" w:rsidRPr="0021133F">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>_</w:t>
           </w:r>
@@ -4359,124 +4356,593 @@
             </w:rPr>
             <w:t>R_</w:t>
           </w:r>
           <w:r w:rsidR="00DA3F50">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>IAI_</w:t>
           </w:r>
           <w:r w:rsidR="0030145F">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidR="00515E9B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
-            <w:t>.2.2.f</w:t>
+            <w:t>.2.</w:t>
           </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="00515E9B">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+              <w:caps/>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:t>2.f</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidR="00DC5729">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>_2022</w:t>
           </w:r>
           <w:r w:rsidR="00DA3F50">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>_0</w:t>
           </w:r>
           <w:r w:rsidR="00DC5729">
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
               <w:caps/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="005841F1" w:rsidRDefault="005841F1">
+  <w:p w14:paraId="4651A9E5" w14:textId="77777777" w:rsidR="005841F1" w:rsidRDefault="005841F1">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="005841F1" w:rsidRDefault="005841F1">
+  <w:p w14:paraId="45EF8025" w14:textId="759FC05D" w:rsidR="005841F1" w:rsidRDefault="005841F1">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00752D45" w:rsidRDefault="00752D45" w:rsidP="001963AF">
+    <w:p w14:paraId="62FCE294" w14:textId="77777777" w:rsidR="00037716" w:rsidRDefault="00037716" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00752D45" w:rsidRDefault="00752D45" w:rsidP="001963AF">
+    <w:p w14:paraId="348B3AC1" w14:textId="77777777" w:rsidR="00037716" w:rsidRDefault="00037716" w:rsidP="001963AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6942AA82" w14:textId="0CA3B84F" w:rsidR="007C1233" w:rsidRDefault="007C1233">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1BE10C" wp14:editId="1585D5A3">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>9525</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-449580</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="10047072" cy="1052830"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="233860230" name="Grupo 233860230"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="10047072" cy="1052830"/>
+                        <a:chOff x="-19050" y="0"/>
+                        <a:chExt cx="10047072" cy="1052830"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="525984457" name="Imagen 525984457" descr="Imagen relacionada"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect b="52987"/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm flipH="1">
+                          <a:off x="4996282" y="7315"/>
+                          <a:ext cx="5031740" cy="1045210"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1397937473" name="Imagen 1397937473" descr="Imagen relacionada"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect b="52987"/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="-19050" y="0"/>
+                          <a:ext cx="5044389" cy="1052830"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1468220246" name="Imagen 1468220246" descr="Imagen relacionada"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId2">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="8054036" y="131674"/>
+                          <a:ext cx="1129665" cy="574675"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="2074121669" name="Imagen 2074121669"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId3" cstate="print">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="577901" y="102413"/>
+                          <a:ext cx="1170305" cy="904240"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                    <wps:wsp>
+                      <wps:cNvPr id="130588820" name="Cuadro de texto 130588820"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="2384756" y="102413"/>
+                          <a:ext cx="5267325" cy="936346"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="34984706" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                                <w:lang w:eastAsia="es-MX"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A70F5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                                <w:lang w:eastAsia="es-MX"/>
+                              </w:rPr>
+                              <w:t>UNIVESIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="50E98BC4" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                            <w:pPr>
+                              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                                <w:lang w:eastAsia="es-MX"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                                <w:lang w:eastAsia="es-MX"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">DIRECCIÓN </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004A70F5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                                <w:noProof/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                                <w:lang w:eastAsia="es-MX"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> DE BIBLIOTECAS</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2AA3CF32" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="695087B4" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                                <w:b/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>INFORME DE AUDITORÍA INTERNA</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5172FCBA" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                            <w:pPr>
+                              <w:pStyle w:val="Encabezado"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="43563A78" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="4D1BE10C" id="Grupo 233860230" o:spid="_x0000_s1032" style="position:absolute;margin-left:.75pt;margin-top:-35.4pt;width:791.1pt;height:82.9pt;z-index:251659264;mso-position-horizontal-relative:page;mso-width-relative:margin" coordorigin="-190" coordsize="100470,10528" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAecLB5pEEAABGEAAADgAAAGRycy9lMm9Eb2MueG1s7Ffb&#10;buM2EH0v0H8g9J5Y94sRZ5EmTRog3TWaLfJMU5QlrCSqJB07/foeUpJvCbqb9IYCebBMcsjhzOHh&#10;cObsw6apySOXqhLtzPFOXYfwlom8apcz59fP1yepQ5SmbU5r0fKZ88SV8+H8++/O1t2U+6IUdc4l&#10;gZJWTdfdzCm17qaTiWIlb6g6FR1vISyEbKhGVy4nuaRraG/qie+68WQtZN5JwbhSGL3qhc651V8U&#10;nOlPRaG4JvXMgW3afqX9Lsx3cn5Gp0tJu7Jigxn0DVY0tGqx6VbVFdWUrGT1TFVTMSmUKPQpE81E&#10;FEXFuPUB3njukTc3Uqw668tyul52W5gA7RFOb1bLPj7eyO6+m0sgse6WwML2jC+bQjbmH1aSjYXs&#10;aQsZ32jCMOi5bpi4ie8QBqHnRn4aDKiyEtCbhSde5kYAf7ealT9+bf1k3H9yYFVXsSl+AxRoPYPi&#10;65TBKr2S3BmUNN+ko6Hyy6o7wal1VFeLqq70k2UgzscY1T7OKzaXfQeoziWp8pkT+VGWhmGUOKSl&#10;DS7AbUOXvCV74zlXDIwcBJLXlOEy0ZwachrVRluvmxrf7wT7okgrLkvaLvmF6kByQG9mTw6n2+6B&#10;YYu66q6ruiZS6IdKl/cl7WCUZ7lrhAMmsOeIYS/A2rP3SrBVw1vdX0djvob5qqw65RA55c2CAwd5&#10;m1sL6VRJ9gssJrh+kZ+lSX8FlZZcs3L0YbSzB0CBnmSx/lnksJWutLDmGnqSAjb/NDowEDXMsthP&#10;QUkQLgm8qN9hZGzkBl4Sgo49YcPI9yxht4QDyFLpGy4aYhqwHebaHenjndLGxN0Ucz9aYSDFOJ3W&#10;7cEAJpoRew7GiaGJU+odQ+N/w2QvyJIsSMIkOKLyvuCdyyDBG7m8F2qfR8wde8MwSLORvdtw+85e&#10;3FAT/Q7C3S4Oe2Gc+r7rh/Exe/cE/wV7zan/w4HXH0JsH3htnBooajYvELtMQO7j2lZgY9a3huE9&#10;6qZuFLoBUDbpQODFSXgYfj3Pz+I46gkcJWGc2Pj8zt8/56/vJqHne3GMq3+QSOwJcIKH7//fli78&#10;CyTFq8JQKGi88J2sWn2QFryep2bFUf4aJUnmej0xEQi84JiYiRu4AzEzN/SRI/R3YtTzqrTgxTd/&#10;3aHKUWOShd6zNOtVibzN3sAbo3Yv1MGLNE19pDg9Uy5XNJeC5JxoPCOCeNsJ8G9YayoAojc/CJPT&#10;G7/NeJ+yPAPSD9IwiYYr/gKSkR8ngT8iGcQBgu5fQPIowSLrmRMHqCfMEW9TrzHT2pltWnqz2Ay+&#10;LET+BBeR99pKRnXsukJ2d0eVnlOJmg9woY7Vn/ApaoFNxNBySCnk7y+Nm/k4QUgdskYNOXPUbytq&#10;Kov6tsXZZl5oEk1tO6gBzJHIfcliX9KumkuBMhUUhXW2aebremwWUjQPKHcvzK4Q0ZZh75mjx+al&#10;Rg8ClMuMX1zYdl+w3LX3HcqcPs83PP68eaCyGxJcQ4uPYmQTnR7luf3cHu4LZN9FZR8LA3CPKtJa&#10;0wGzbcsWq2gdVMP7fTtrV/6f/wEAAP//AwBQSwMECgAAAAAAAAAhAHs4d/L+YwAA/mMAABUAAABk&#10;cnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAAABAAEAAP/+ADtDUkVBVE9SOiBnZC1q&#10;cGVnIHYxLjAgKHVzaW5nIElKRyBKUEVHIHY4MCksIHF1YWxpdHkgPSA5MAr/2wBDAAMCAgMCAgMD&#10;AwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/&#10;2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBT/wAARCAJyAnIDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQF&#10;BgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS&#10;0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4&#10;eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi&#10;4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREA&#10;AgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl&#10;8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImK&#10;kpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP0&#10;9fb3+Pn6/9oADAMBAAIRAxEAPwD7XfSlGflFQPpa9lrp3thzioHtR6Zr7VYhn8+Symn2OXk0pT1A&#10;qu+kJ/drqZLYelV3tRnpWyxDOOeU0/5TC09X0uffGMofvIehFddbRQ3sIliOVPbuD6VjvbA9qdZT&#10;y6bPvTlT95OzCs6svaarc6cJQWGfJJe7+RrPpyntUDaap7VswSR3cIkjOQeo7j2NDwcVxKq1oz3n&#10;gKUldI599MXPQVXfTF/uiuieDjpUDQAdq1jWaOOeW030Obl00f3aryaYvpXSSQe2ageAelbxrvue&#10;fPLKfY5mTTF/u1Uk0xf7tdRJbj0qtJbjsK6I12efPK6fY5aXTB/dp1j4ZbUZOhWJfvN/SuostFa+&#10;lxgrEPvN/St9bKO3iEca7VXoBTni3HRbk08jhUfNJaHMrosNtEI449qjpioZdMX+7XTSW/tVaSDP&#10;asViH3N55TTtpE5iTS17Diq8mmAoflrpZLYdMVA1vlTx3roWIZ5k8op/ynLPpQ/u1Xk0peeK6l7U&#10;elV5bb2rdYh9zhlk9NfZOWk01QDwKqyab6CupktBg8VUktvQYrdYhnLLKYdjmZNP6nFQwwtayblB&#10;IPVc8Guiktf84qpLbY6itVXb0OR5XFO9hIrSO5i3oOO4PaopdMHPH5U6B2s5dyjI7qehraj8u7iE&#10;kfI7juKzdWUWdcMvp1Fa2pzMmmDPeqklgM9K6qW2HPy1VlthjOP0q1XZMsqguhykumgdufrVOXT+&#10;DwQK6qW2HPFUpbUAHit412ccsrguhy0tgP7v6VTm08dcYP0rqZbYHtzVGa1xmuiNdnNLLYrocxLZ&#10;f5xVKey9q6ea2PpVCe19RW0axg8vS6HNzWxXtXSJaDyk47VRmt/augji/dqPYUTqvQungE7poyzZ&#10;gVb0KyD6pCMc8/yNTvFV3w9CDrEH/Av/AEE1lKs+VmsMti6kVbqbJ01efl/Guv8Ahhp4XVbzj/lj&#10;/wCzCst4efu11fw3g26ndn/piP8A0IV4uJrN0ZH1mXZXTjjKbt1/Q682K+lH2FemK09gx0pNg9K+&#10;b9qz9FeAh2MPU/DtprNhNZ3kCz28y7WRh/nB96+aPiT8NLvwJqAZd8+lzHENwR93/Yb0P86+s9g7&#10;VU1XRbTXNOmsr6BLi1mXa6N/P2PvXo4PMZ4Wd94vdf11PnM44ao5nRsvdmtn+j8vyPipABgAZqVF&#10;yefyFdh8R/hleeAdT8xd1xpEzfuLjHKn+43of5/mBykIzg9DX3MK8KsFUpu6Z+KVcuq4aq6FeNpL&#10;oSpbKQOADViO2UUkS8Z7VZRc1nKbO2lgo22IxAM9KkS3G7p+lTqo4qZV9qxdRnbHARfQqi2HWtbT&#10;7MNbDjuarBfatzSogbQf7xrKVV2No5fF9Cn9hA7Vr2HiOK322VwwM7DEcjdvZv6Vn6leLZrsTDTH&#10;t/d+tcxLG0jszZZjySe9T/EXvB9VjSl7iO8k00u5JGSTkk96hbSgeox+FV/C3iISFLK9bDdI5mPX&#10;2P8AjXXNZ4J4/KuaVWVN2Z1wyynUjeKOUfTAucLj8KhbTMDpXVtZexqF7PHahYh9ynlMV0OUk07P&#10;aoG00L2z+FdU9lg9KhktAc5FaLEMyllUexyj6cP7v6VE+nAr92upey9qryWftWqrs55ZZFdDl30/&#10;Ht+FQPYZJOK6d7L2qvJZ47Vqq5zvLl2OYksMdqgex9q6Z7T2qu9oMdK1VYwlgF2Oaez9qhay5rop&#10;LTPaq72mDWiqmX1TlOeezxnioHtPauie1GelV5LTHaq9oarDI517T2qSx0KbVLkRRL7s/ZR6muhs&#10;NCm1S4EMS/7znoo9a7iy0OHS7YQxDA7tjlj6ms54jl0W51U8G5a2OZtNAh063EUSj1ZiOWPqaWSw&#10;HpXTy2eRVeSz46Vzqu2TLLlu0cy9gCOBivKfiX8LDMJdW0qH97y09sg+96so9fUV7pJaADpzWJqE&#10;gcmOP7vdh3qufn0NqNJ4OXtIf8OfKkc0SRopPIABor6ObwRok7GSTSrZ3c7mYxjknqaK82UXd6n3&#10;cMZDlXus+0XhHcVC0PNaJQFcjnNQvFx0r41SZ+kSopmc8PNV5IR6VptHkVC8XFbKZyyoGW8HtVd4&#10;OelarxVBJFWymcc6CKdpcyafNuTlT95fWukhlju4hJGcg9R3Fc+8VLaXElhLvTlf4lPeonHn1W5p&#10;Qk6L5ZfCb7xZqB46swzJdxCSM5U9R3FI6c965k2j1HTUldFF4+tQSJ7VfdOaheP1FaqRySpGbJEO&#10;1LaaY15JxxGPvNWjBp7XT+iDqa11gWGMIi7QO1OVW2iFTwfO+aWxTW2SCMRou1R0FRSR+1XXBqBx&#10;1rBSdzqlRSWiKLpxVeSPvV91zVeROtdEZXOCdIz5I6h8rg1ddccVGEyD9a2UjidFXKEkGQaqyQcG&#10;tSSPg1WkjrVSOWdAy5Ic1Wkiz9K1JI/aqssdbxmcc8OjKkiqpJFgHitWSOqs0fFdEZHHLDmRLEB2&#10;qOCd7KbenIP3l7EVoSR8dKpyRg9q2Ur6M5XR5XdGtFJHeRCSM5HcdwfSo5LfNZFvcyWM+9On8S9j&#10;W/DNHexCSM5HcdwaxleL8jshGNVWe5ly2/WqUsGR0rblhqnNDVqZnPDow5rfrxVKaDjkVuSxdeKp&#10;TRZFdEZnFPDowZrfriqE8B54remj5qjPF1rojM45YdGDNDz0rWC/u1HtVeeM85q7jCD6VpKVzOFF&#10;K5AyDNX/AA4n/E5g4/vf+gmqZFaPhvnW7cf73/oJrKb91m9Ol+8j6o7Fo/auo+Ha41G64/5ZD/0K&#10;ufKYrp/h+uNRuv8Arl/UV4td/upWPrcFStiYM7gLRtPpTwDilCnPWvCufbcpHt9qNvtUhU5pxXNO&#10;4chn6to1rrmnz2N9AtxazLteNh19/Y+9fMXxG+Gl34A1Hcu640mY4guMdP8AYb3/AJ19WqM9aqar&#10;pFprenzWV9AtxazLteN+/wDgfeu/B42WEnprF7r+up8/m+SUs0p3elRbP9H5HxnGdwHOMVajPQV0&#10;/wARfhtd+AtR3JuuNKmY+RcY+7/sN6EfrXKRN0r7KNaNaCnB3TPyiWDqYWo6NZWki4gqZR3zVdDU&#10;ynHWsWzshSROox71qW16Lew2pgykn8K5+6vvJGxOZD+lXtETfZbiSTuOSalrS7NHGystwkjLMS3z&#10;MeST3qu8P51pvHUDR4NPmMlRM1osZPeu08IeKg+ywv2AbpFM3f0Un+Rrlnj54qCSM1M0qiszalF0&#10;pc0T2NrbPaoHt+elc34M8XiTZp+oPhvuxTsevorf0Ndu8HHSvKnem+Vn0FOnCtHmiYz23tUElrjt&#10;mtqSL2NQPCKFUE8Muxiva8dKrva1uvBVd7f2rVVDmlhvIw5LbHaq72vfFbj21V3txWyqHLLCrsYU&#10;ltVaS19q3pLbnpUElvkVsqhxzwpgNa8Hiq0lr7Vvvb1Wktq2jUOSWGXYwXtPQU+w0SXVbkRRD/ec&#10;jhR61u2OizalcCKIcdWc9FHrXZ2WkRaXbCGJfdmPVj6mpnieXRbmlHAOo7vYxrHRYdLtRDCvuzHq&#10;x9TT3tuvFbLw1Xkgri9o3qz1Pq6SskY0lv7VBJbj0rYeH8PesDVLvzSYoj8o6sO9awk5bGFSkoK7&#10;MjUrjzCYoj8vdvWsl4ME8ZrWe3FQPBz0rsjLlVjzJ0eZ3ZTWL5Rx2oq2EwO9Fcbnqz240Xyo+p4Z&#10;FADIweNhkEHII9RU7AMMjkV494C8eNojpp+oOWsGOEkPJh/+x/lXr8TKVDowdGGQQcgj1FfLV6Mq&#10;MrM/TMHiYYqHNH5rsRvGahZKvlQwqJ4sVgmdsqZQaPNQvFkVfaP2qF0xWilY5ZUjOeKq7xVpPHx7&#10;1A8Wa2UzklSKtrcyWMu9eQfvL61vwzJdRB0OQf0rDeLrxRbXD2Uu5eVP3l9aU482q3KpTdJ8r2Np&#10;l9aWCza5fuEHVqmskXUFEiH5O59PatMRiNQoGAK45T5dD1qdFVPe6FdYVjQIowo6Uxh6VYZaiYc1&#10;CZvKNtEVnFQN34q061DIOK1TucrjYqt6VA4q0y57VXcVomck49ipKOTTFXKn61PItMjGQ31rdPQ5&#10;HDUruvHvVaRavOtV5F9atMxlAoSJVaVM1fkXFVpFxWyZyygZ0iYqrIvrWjKmKqSqa2jI45UzOlTO&#10;apSpWpKmBzVOZc9K6Ys45UzLljxmore7ksZvMTkfxKehFXZlqjOnBxWqd9Gczg4u6OiguI72ESRH&#10;g9R3B96jljrnLa9l0+cSR9D95T0YV0kF1FfwCWJsjuO4PoaycXD0OuElUVnuUZYsZqjNEcHFbEqV&#10;SmjOKuMjOdMxp4+KpTR5rZmiznFUJosGt4yOOVMxp4qVgcYq1PGOarNxXQpXOZwsyI8da0PDIzrl&#10;uP8Ae/8AQTWeTmtHwx/yHrb/AIF/6CaU37jHSj+8j6o7wqc+1dN4BH/Eyuf+uX9RXOEGuk8B8ajc&#10;n/pl/UV4VZ/u2fW4SNsRA7mgUgb1o3CvFZ9dYdnml3UzcDQTQOw/NFNBpciiw7FXVdLtNbsJrK9g&#10;W4tpl2ujD9fY+9fNHxF+HN14E1AOu6fSpm/c3GOV/wBhvf8An/L6jzVPVNKtdasJrK9hW4tpl2uj&#10;jr7+x967sLi5YWX917o8XM8rpZhDXSa2f6PyPj2Nhn2omutoKry38q6v4kfDq88C3+6INPpczfub&#10;kj7v+y3+1/OuL24XivrKc41YqcXoz82q0KmHm6VRWkhhHOT+ddP4fXdpmf8AbNczgmus8NrnSx/v&#10;t/Sqm9BQp6k7x1A8WTWg0feoHSsOY6PZlB46ryR5rQdKryJVKQezRnyJ6V3vgjxpv8vTtRf5vuwz&#10;sev+y39DXEyLzUEiHNKcVVjZmtJyoy5onu7wcVE8Fcb4F8c7jHpmpyYbhYLhj19FY/yNegtH7c14&#10;04ypSsz6KnyVo80TJaDk1DJDWs0PtULwe1JTJlRMl4Qe1V3t613gxUEkGa1VQ5pUTGkt6geD2rZe&#10;DAqB4OK2U0ckqBiyWw9KWz0iXUbgRxjA/iY9AK2bTSpL6cRoOOrN2ArqLTTYrCARRLx1LHqxpTr8&#10;istwpYF1Xd7GZZ6XFp0AiiHuWPVj6mlkiOeea1HhzUDxHHrXKp31PRdBJWSMt4smoHiHPoK05IvS&#10;uf1XUDKWihPyfxMO/tW8G3ojjqU1BXZmareeYTFCfk/iYd//AK1YzRdK02jzUDxZ7V3RfKeVODk7&#10;sznhqF4a0mj5qFoua05jL2RnGPmirLRkMfrRXM3qetGn7qLE0WDXZfD/AMftociadqLltPY4jkY5&#10;MJ/+J/lXMTRe1UpoqJQjWjyyFRqVMNUVSnufSsbqyB0YOjDIKnIIp+M854rxr4ffEJtCdNO1Jy2n&#10;scRynkwn/wCJ/lXsqMpRXRg6MMgg5BHtXzdejKhLlkffYPFU8XT5o79V2IymahePNXGHp0qJxzWK&#10;Z1SgUnSoHT06VedMjionSrTOaUDPkSiCxa5buEHVqvRWhnf0UdTV0IsS7VGAOgqvaW2JjQ5nd7DL&#10;ZvsWBGPlHGPWtNZFmQMp4rNYDFNima3fcvI7j1rCUebU7IT9np0NJqhIqRJUmUMvQ/pTWHNZo6Xq&#10;QEcnPSopBip26ZqJ+RWqOaUSq4qFxxVmQVA61ojlkitIOKbEPlb61I64OKSNeD9a0voc3LqRuuPp&#10;VeRc1acdqgdSKuLM5RKMi9aruMGrsi1UlHWt4s5ZRKki4qpKtXnHWq0qDmtUckolCVc5xVKVeTV+&#10;UYqpKua3izklAz5V4NUpV7VoyLVKYV0xZySiZs61Ha3sunXHmRng/eU9GqzMvNUZ1rVa6M52uV3R&#10;1lvdRahAJYjn1HcH0qOVciuStNQl0y48yPp/Ep6MK6u2u4tQtxNCcg9VPVT6GspRcH5HVCaqLzKk&#10;qdaoTpya1poxzVGZPaqTIlEyZ4xzWaxHOa25061gStya6Iu5wziISM1peFmz4gtv+Bf+gmsndxWp&#10;4T58Q2v/AAL/ANBNVN+4yKa/eR9UehtXQ+BONQue37r+orAYYxXQ+CB/p9x/1z/qK8Ks/wB2z63C&#10;r99E7PNGeaSk/CvJPqUPzg0ZzTeTQOOlMZJmlFRZNPzzQMeG9acozzTUTdgnpUlZtlpFTVdLtdb0&#10;+ayvYVntpl2vGw4P+B96+ZfiR8ObrwLflk3XGlzN+4uMcj/Yb3/nX1KTVLVNLtdasJrK9hWe2mXa&#10;6MOv+BrswuKlhpd090eVmGXwx0O0ls/09D40PFdd4XXOlD/fb+lSfEn4c3fgW/3puuNKmP7i4x0/&#10;2G9D/P8APCeEhu0gHv5jf0r6l1I1KanB3R+fOhOjUdOorNF914qB0q7ImDUDr7VkpGqgUnWq8i+l&#10;XZEqBlznirTFylCRfwqCReKuypVZ0wKtMhxKMic16N4B8feYY9L1SQbvuwXDnr6Kx/ka8+kTNVZU&#10;xRUpxqx5WXSqSoT5on0cYqiaOuA+HvxC8wxaVqsnz8LBcuevorH+Rr0pouv9a8OpCVKXLI+lpThX&#10;hzRM9o+KgeLNaLxZ7VC0RHapTCVMzWhottOe8lCIPqT0ArSt7B7uUIg+pI4Fb1vZR2cQSMfUnqTS&#10;nV5dFuFPC+0d3sU7axisoRHGMep7k0PHV1k61Cy1gpX1O501FWRRkTmonTGc1edME54rndX1HzSY&#10;YThP4mHetoXk7HHVSgrsp6vqHmkwxH5B95vX2rFZKusuDUTJ1r0YWSsjxqicndlF4xzULR+lX3jq&#10;Bo60uczgUHjqJo+frV9kJ7VC8fPSrUjP2ZmMBuPHeip3T52+tFc7kejGGiNCaMZNUpYsZrXmjz2q&#10;nLFkdK1T6nNKBizxZzxXa/Dz4htoLx6bqTltOY4jlPJhP/xP8q5iaLrgVQmgqpwjWjyTJo1amGqK&#10;pTep9PIyvGGQhkYZDKcgj1pCmRXjPw6+IzaC6aZqbl9OY4jlbkwH/wCJ/lXtKlZEV0YOjDIZTkEe&#10;tfM16M8PLllt0Pv8HiqeMp80d+q7Fdkx9KI7fzT6KOpq0sJkPTC+tTFAowBgCsOax2+zT1ZXMYRQ&#10;AMAdqjcVYbJzURXBpJjaK7ConGKsSDFRsMitUzmkiGKZraTcOQeo9a0UlWdAynINZjjOabFM1u+R&#10;yO49aJRuTCfJo9jSYVEwwcdqekizIGU5HpTXHeoRvLXUgcZzUMgqw3Q1A4yK0RzSRWcZOaIhw31p&#10;zDFLAMq31q76GFtSJwKgcZq26461A4zVJkSiU5B1zVWRc5q5IuaryCt0zklEpOvNVJVFX5FqpKvN&#10;bJnLOJRmUEVTlWr8tVZQMGtYs5JRM+VPSqMyVoyiqcq8GumLOWUTOmXIqhMlac64qlMvNbpnLKJl&#10;TpnmmWeoTaXcCWM5H8SHowqzMncVRmXgnvW6d1ZmDTTujs7W9h1K3WaJgQeq91PoajmTFcZZalLp&#10;d0JYuh++h6MK7K1vIdSthNCcjup6qfQ1hKLj6HRCaqKz3KU8f5Vy0rDe2fWuxmj68Vxk5xKw9zWt&#10;MwqRIi2PpWv4RIPiG0/4F/6Caxyc1reDefEVoM/3v/QTWk37j9DGlH95H1R6WRk10Hgri/uP+uf9&#10;RWCRit/wZxfTn/pn/UV4NX4GfWYaNq0TrzR19qTdRuNeYfRi96M0A5oyKCg4/GpokLnJ4Wmww+Yc&#10;n7tWsYHFRJmsY9RNopDTjwKbUFjWGaaafikb1oJKeq6Va63p81lewrcWsy7XR+/v7H3rxjVvh7P4&#10;HRkRmuNPklYwz45Gf4W9/wCde4mrQ0+31PTJLa5jWaCTKsjV1UcTLD+j3Rw4nAQxq7SWz/rofNjL&#10;moHTBrsfG3gq48K3ZZd01hIf3c3cf7Le/wDOuTdRX0EJxqRUovQ+Iq0J0JuFRWaKUiHBqu685q86&#10;1VlXFbJmNinInPpVaRcVekXINVpFBFaJkOJRlXvVWRTV+VO1VZBgHvWiZk0Z8i4NeofDr4jCTytJ&#10;1aX5uFt7lz19FY/yNeayofSqsq8H1oqU41o8siqVWeHlzR/4c+omjpILJ7uXYg+p7CvOPhV4+m1G&#10;SPRtTYsyjEN23THZXPr6Gva4bVbdNqDvyfWvnK6lQlyS3PscKoYqPPHYrQWaWkYRB9T3NIyZNW2W&#10;omFcV7npuCSsioyYqJ1wDnFXHHftXPatqXnFoYT+76M3r/8AWrWCcnY5aslTV2U9W1Lzt0MJ/d/x&#10;MP4qxWjx2q66YHSomTNehG0VoeHUvN3ZSdOKiKVcaOo2StVI5nG5SdKjaPirjR47VE6ZrRMxcCky&#10;VC6dautHUTR8+1aJkchkOp3t9aKndPnb60Vzt6noRhojZlizVKaLBNbEkXXiqkkVXGRzTgY0sNUp&#10;os1tSw4BzVOWHIxiuhSOSUDDnhGeK774W+O59MnXS78tJpv8Ex/5YH0/3T6dq5aHTHvZticAfebH&#10;Arch05LWIRxjCjv6n3qK/JUhySNsI6tCoqtN2t+J78hUopQhkIyCOQRTWXmvNvBfi99JK2N65azJ&#10;wkh5MX/1v5V6UGDoGUhlIyCOQRXy1WlKjKzP0PDYiGKhzR36ogYdaYVzUzr3zUZFQmayRXcVCy9a&#10;suKhatUzBq5XZagdeastwTULqcZrQ5pRIYp2tnyvI7j1rRSZZk3KeKzZF60yOdrd9y8juPWhq5MZ&#10;8uj2NI9aikHJqRZVmQMp4P6UwrSRrJJ7FZwSc9qWAcPTn44pYBjd9aowS1I5FJqu4q44qu49KaFK&#10;JUdM5qu6nvVt1NV5Fya2izmlEpyDrmqki1flXdVWRRzWyZySRnyLjPFVZVwT6VflFVJVrZM5ZxM+&#10;Zc+1U5UrRkSqkqda3izllEzJVzVKZcVpypmqUyZrpizmlEzJkqjMnWtOZfaqUyVqmcrj3MmeOmWO&#10;ozaVdCWI5B++h6MKtzpwaoTx9a3WujMGmtUdxZ30OqWwmhOQeGB6qfQ1xVwf30n+8f51DYajNpN1&#10;5sJyp++h6MPeq1pqsGro09u+RuIZT1U+hqVDlb7FuXP6lgnjrWx4NOfEdp/wL/0E1it0rZ8Fn/ip&#10;bMe7f+gmip8D9B0o/vI+qPUiMGt3wf8A8f0//XP+orE6itvwfxezf9c/6ivBqfAz6ugrVYnW0U3J&#10;pc8V557ofjUsEJkOT93+dLBB5xyeFFXcbeAABWcpW0RrCF9WIqhRgdKSnE02sjewUm6lprH8KdyQ&#10;oNIKXNO4hpHfNaFh/wAe/wDwI1nkd60tPGbf8TUT2NaK94TUNPg1S0ltrqNZoZBhlavC/G/gmfwv&#10;db13S2Eh/dzY6f7Le/8AOvfDxVfULC31OzltbqNZoJFwytWmGxMsPLyMMdgYYuFtpLZny86EVBIu&#10;a7Pxv4Jn8K3e5QZbCQ/upsdP9lvf+dclInFfU06kakVKL0PgK1GdGbhUVmihIhyaqyLg1fdetV3S&#10;tkzlaKEo4qq6VoSoOaqyJkVqmZNXM+VaLPS5dRuPKiGB1Zz0UVoWmmy6jP5cQx/ebsorq7Wwi063&#10;EcQwB1bux9aJVOXTqEKXPvsU7Swi02BYohjHJbux9TXpXgTx6JPL03U5MN92G4c9fRWP8jXn8g71&#10;Vk6muKrTjWjaR6FGvPCz5ofcfRrJUTJ17CvPvAHxADCPTNUl+f7sFw56+isf5Gus1XUDNuhhOE6M&#10;w714cqM6c+Rn1sMVSq0vaR+4qatqRkJhhPyD7zD+KsZ1q40e2o2jrqjaKsjzKjdR3ZTMfvUbJ1q4&#10;yY7VCyZNaJnM4lMpzUboCauMlRPH1q7mTiVHSomT2q2Yz0qNkqrmTiU2SomTjFXWjBqJ4+vtVqRH&#10;KYkq/vH+poqSZR5r/wC8aKyud8Y6I6WWOqkkXWtSSPNVJI8E8UJmEoGXNEMVDDp8l5LsQYHdiOAK&#10;1YbF7qTavA7t2FbENmltGEUcDv61bqcuhEaHO7vYy4rBLWMRouAOSe5NDQVqNDnNRtDgdKy5+50+&#10;ztoZjQZ7V1HhDxU2mMtneMWtCfkc8mP/AOt/KscwZ6Co2h9qmajUXLIulKdCfPDc9d4dQwIYEZBH&#10;Q1A4PSuM8LeJW00raXTFrUn5XPJj/wDrV3LKsqhlIIIyCOhrx6lN0nZn1VGtHER5o79UVmGaiYY4&#10;qVxjPao26UkxyRA4xmoWHNTtyTUTritUzCSK7iq7rVhxmomFWc8kQxzNbuWHQ9Qe9aCyrMmVOR/K&#10;s51xTI5mt3yvI7j1qrXIjLl0exosOM063GUf61GkqzR5U5qe2GFce9QzZasawqCRRzVl1yKgfjNM&#10;JIqyDFV5BjNWpF4NQOuatHM0U3XGaqyLg9Kuyiq0grdM5ZIoyrxmqkqGr8g61VlBxWyZyyRQlXjp&#10;VOZa0JV61TmWtkzllEz5kqnKvWtGUe1UpE5NbxZyyRnTICKozJwa1Jk4qjOnXjiuhHPJGZInWqM6&#10;Z4rTmXGaz5xnNbRZzNGZcIBmvKbDXJ9D1SSaE5XeQ8Z6OM163OnWvDb1sXU3/XRv510w10J5T1/S&#10;9Xt9Ys1nt2yOjKeqn0NdN4JbPiezH+9/6Ca8B0bXLjRLwTwHKnh4z0YV7d8MdYt9Z12xnt2yDuDK&#10;eqnaeDWVaNoS9Dakv3kfVHtGOBW14SP+mzH/AKZ/1FYx+7Wx4TOLyb/rn/UV89P4GfU0V+8R1YOa&#10;ntrczMSeFH6020tjMcnIQdfetJVCjAGB6V5k5W0R78Kd9WJjaMAYFB9KUikrFHSJj2oxxS0lMkb1&#10;prdaeR69aZgMelCFYTNJS0mKZIorT08f6Of941mdK09N5tvxNRPY2or3ycjOKQ8U8jFNI5rE7Wir&#10;qGnwapaS2t1Es0EgwyMK8H8c+CLjwrd7l3TWEh/dTEdP9lvf+dfQLdap6jp1vqdnLbXUSzQSjDI1&#10;deGxMqEvI8rHYGGLhbaS2f8AXQ+XZI+tVpEzXa+OfA9x4Uu9y5m0+U/upvT/AGW9/wCdcdIvtX1M&#10;JxqRUovQ/P61GdGbhNWaKMq0WunyahNsjGB/E3YCr1tp8l9N5aDjqzHoBXRW9lHYwCOMfU9yfU1c&#10;qnKtNzGFLm1exWtbKPT4BFEMDqT3Y+tNk6GrUnSq0grFO7uzoasrFWSqkv8AWrcgz+Ndl4S8HCPZ&#10;fX6fP96KFh0/2j7+1VOpGmrsUKMq0uWJW8I+DfLCX1+mH+9FCw+7/tEevtXYkYqxtzTCvtXlSqOb&#10;uz36dCNKPLErMuajdODVllqNxxSTE4lUr61G0eR61aZPaomTHaquZuJWKHvUTLxVtlyPSoymRVpm&#10;TiUynNRsnerbL14qN0yKtMzcSo0fFQlMVcKVEy9RiquQ4mFMoE0n+8f50VLMn75+P4jRWN2dkUrI&#10;6qSPPamR2TXUm1eAPvH0rSS0a5fao78n0rQjtEhTaowB+tZupylqi577FCKySCMJGuB/Oh4c9qvm&#10;HmmtF6VnznR7NIzzDx0phhzWgYjjpUbRe1UpEOmUDCajeAnnFaBi54pjRHPSqUjN0zPMHHSt/wAN&#10;6++nlba5Ym2P3WP8H/1qzzDx0qNoQTRJKasyqblRlzRPRHVZVDDBBGQR3qqy4JB4Nc/oOttZEW85&#10;Jtz91j1T/wCtXVSxrIoI78gjvXmSg6bsz36dSNaPMtzPYVEwzmrLg8jGDULccd6pMmSKrqOtQsMV&#10;ZfvxUT4xWqZg0VX71A4xVlxUUi8VSZzyRBHM0D5XkHqK2bGRZo2ZeRmsVxVnTJWh8wj1GR605K6C&#10;m+WVmarrzULrUyusq7lNRuOtZo6mrlR15PpUEi1bcVXk5FWjmlEqSjrVWVauuKruvXitYs55Ioyp&#10;kVWkXPFXZB1qtIOTW6OSUShIvHSqkq57VoSKaqTIa2TOaSM6ZeuKpyL1rRlXFVZF68Vqmc0omZKn&#10;WqUyZ6CtOZetUplwK6Is5pIypk61RnXrWrMvJ4qhNHnIrZMwcTJnXrXgd8+Luf8A66N/OvoOdOvF&#10;fPF+SLy4HX9438666TvcxcbEJeur+Feu3GheNbGaE5BL74yeHG01yDN6da2vA7f8VVZf8C/9ANay&#10;ScWmVG8XdH2VpOr2+tWS3Fu2VPDIeqn0Ndf4KsHuLuZ2BWLZjPqc9BXhvgKC9i1H7UjFLMcSqekv&#10;+yP8e1fRfhK8t71N9vgIExs7qc9DXy+Lj7JNI+py+SryTlv+Z0KoEUKBgDikPSnHpTT0rxD6oQnN&#10;JRRTJEIpDTs5zTSOKZLExTSfwp3TmmkjtQISkyRS0jH3pk2AnIrU03/j2/E1lVq6Zzbf8CNTU2Nq&#10;PxlknNJ2pxFIRWB3NDSM0w81JTSKZNilqGn2+qWctrdRLNBIuGRu9eG+L/h5daBqIWPM2nyn93Of&#10;4f8AZb3/AJ178E3Hii6sIb60ktp4xJC4wynvXVQxMsO9NjzcZl8MbHXSS2Z8829pHZwiOMYHcnqT&#10;TZBXUeL/AAlN4cucrmSzkP7uX0/2W9/51zD9696E1UXMmfGVaMqMnTkrNFWQHmq8lWn+tdh4U8Ie&#10;Xsvr5Mv96KFh09yPX2q5VFTV2ZU6Mq0uWJW8KeEPLKX18nz/AHooT/D7n39q65kxx1qwVJppUV5U&#10;6kpyuz36dGNKPLErEe1R7c1ZZcA8UwocZpJlNFcrmo3XirDJTCuBVpmbRVKdajK57VaK1GyYq0zN&#10;xKzpkVEUx0q0yZpjL7VdzJxKpTrUbJVtk5qJlJqkzJxKbR1GU68VbZCajaOrTIcTn51/fSf7x/nR&#10;T7gYnk/3j/OioOhRPT47ZYY9qjH9aDF7Vc8sntTfKzXn8x7XJYpGOmGLParrQ00xVVyXApGL2ppi&#10;46VdMXtTDHRczdMpNFTDCPSrxixTfL/KqUmQ4FAxYNNaHPar5h9qb5WafMQ6ZQ8nFa2i6ubQiCYk&#10;wnoT/D/9aqph570hholaSsxw5qcrxOsliEq5GPYiqMiFScjmqelak1qRDMSYj0Y/w/8A1q2ZoRKu&#10;VPPY1xtODsepFqrG63MthkmoXXFWpVKkjvULqTWqZi0VXHFQuOKtOuPrUTrWhjJFRxUtmuUf6ikZ&#10;cjNT2SfLJ65FNvQyjH3hUcwtuHTuPWrW8SruWq7pmo0doWyOncVNjW/KTuKgZRk1ZDCVAQahdM5p&#10;g1cqSrVd1q4y/jUDrj3qkzmkrFF1JzVaVavSDA6VXkWt0znlG5nuuaqyrV+Rc9KrSJxW0WcsomfK&#10;mapzL2rSlSqcyVsmc0omZKnBqlMua0pk9aqTJwTWyZhKJkzjrVGZfataVM9qozJ1roTOdxMqePiv&#10;mzUG23tz/wBdW/nX01OlfMeof8f9z/11b+Zrro9TGSKxY13vwc8LTa94ts55AY7KMtufoXO0/Kv+&#10;NY3g7wbN4kuPNlDRafGcPJ0Ln+6v+PavdPA9rDZ65YQQRiKKMMqoo4A2mqq1LRaQ4q8kj0WO2jtY&#10;liiQJGgwqr0FdD4IvJLHUZnQ5Hl/Mp6HkVjuorS8LjF7N/1z/qK8KprBpnsUbxqRaPVrS6jvIRIh&#10;4PUdwfepG9utchZ3stjP5iHg/eX1rqbS7jvYRJGcjuD1BrxJwcfQ+ro1lUVnuPopSKSsjoDGKQZ7&#10;0p4ppNUhWGmkIIp2MGm96ZA1jikJyKcQD2ppGOtAhBWvpY/0X/gRrJrX0v8A49f+BGom9DegvfLJ&#10;GKTrUmM00rXOd7QwigKW+lLsLYqVVCincXLcaFC9KWlIApKRZXvrGHUbWS3uIxLC4wytXjPjHwjP&#10;4budy5lsnP7uX0/2T717aTRJYRXURSeNZFODtYZHtXTRxDoO/Q87GYKOMjbZrZnkPhbwls2Xt6nz&#10;9Y4WHT/aPv7V1jLitTUdNaxk4y0R6N/Q1RZc/Wut1XUfMzy44ZYdciRXKgio2TFWSnamMtFxuJWK&#10;0xlz24qwyZppj4zTM3ErFKjKmrRXg4qMpTTsZuJWZajK1aK0x0quYy5SqwqMpVpk5ppUVaZLRUKV&#10;GU9sVcZQajKVakZuJUaPg1Cy4HSrpj4qJ4+KtMycTmrhf9Il/wB4/wA6KnuY/wDSJf8AeP8AOipu&#10;bpM9X2YNN21aKZpuyvKue/ylUx5NIYR1qztFIUyKpSI5CoYsHpSeX+FWTHzTSvPtT5iHEqtFmmGL&#10;jFXNgx05pvl1akTylMxYpvlVc8vJpDHzT5iXApeSDzTTDV0x+lJ5Q70+YjkKPk8Vf06/NviKU5j7&#10;H+7/APWphi9KYYs03ZqzHFODujZngEy5GM9jWdKhUkYwRUlldNAAjnKdj/dq7cwLMmRgN2NYfC7M&#10;67KorrcyGUkVCy9qtOhTgjBFQsM9a2TOZoqunFT2K4WT6imOuKsWC/u3+opt6EJe8I65qGRPxq46&#10;81BInpSTKcSqGMTZHTuPWp8iRcjpUbDOaiDGNsj8asyvYe64qB1q0WDrkVC64oJkrlSRaqyJzV6Q&#10;cVXkXrWkWczRRkSqsy4q9IvJqrKK3TMJRKMq5NU5k61fkXnNVZVxmtkzlaM6Ve1UplrSlXOapTpn&#10;NapmEomdKo/CqU8YrRlXtmqcqY61smc8omXOnWvAvDngubxNrFzLMGi06OZt8g4LnJ+Vf6ntX0JM&#10;mc1zy28dsgiiRYo1zhVGAK64TsnY55RKtvaQWVvHBbxrFDGu1UUYAFbHhBf+KktPq3/oJrMcYHFa&#10;nhDnxHaf8C/9BNRJ+6wgveR6O64FaXhvi8l9fL/rVFx61f8AD3F3J/1z/qK8yXws9amvfRvsals7&#10;6SxmDxnI/iXsRVctmmk49647X0PSTad0draXkd9CJIzkdx3BqUiuLsdQksJxJHyP4lPQiuts72K+&#10;hEkZ46EdwfQ1x1Kbhr0PWo1lUVnuSmmmn9abiskdIlIRTqTOKogbSHHejpQcGgmw3NbGlDNt/wAC&#10;NY9bGk/8ev8AwI1nPY3ofGWyMUY3cUpHNPAxWB6KQiqAPSilxmkIxQMawpMU4n1qWOPkE0m7AlcS&#10;GE/eNTEYFGMUfWs9zS1iOWJJo2R1DKeoNc1qGmtZP3MZ6N/Q10/emSwrOhR13Ke1aQm4MwrUVVXm&#10;caVprLxitHUNOezkH8UZ6N/jVJlrvjJNXR4koOLsyArTGSp9uKaatMzaK5THamMvFWGXNMdeKtMz&#10;cSsycU1lAFWCoNMZaZDiVitMKc1YZaaQKdzNxKxSmFKssuKYyZqkzNxKpTFRsvNWilRstWmQ0c1c&#10;r/pEv+8f50VJcoftEv8AvH+dFFzVI9aC+opNo9KtSwGFyD+B9aiKeleTc+gatoyExg9qb5dT7TSF&#10;OelVcXKiApTDHVnZzSFaaZPKVfLo8v2qyUGKbsp3J5SqY8UbDirLR80nl8U7kcpV2Umz1FWTGabs&#10;z2ppk8hWMeKTy6ssnammPNO4uUrGPNWLacxgI33O3tR5ftSGPI6UXuJJxdyee3E68cN2NZkkRViC&#10;MEVowSGM7W+729qfcWwmX0fsaSdtC5R51dbmLImasWK4R/qKZIhRypBBFT2K/I/1Fat6HOl7w5kJ&#10;OagkHNWm44qF15qUymio6VA6elXHU+lQuuK1TMZIqhjEcjmn5DrkUSL7VFyhyKoy2Edfeq8q1bLB&#10;1yKhkGaZEkUJFqtIMjpV+Qc9KqyCtos5pIoSLxVSRe3etGVeKpypjmt0znlEz5VwaqSrWjKtVJEr&#10;VM52jMlTrVKVK1Jo+apSx1qmYSiZkyVzU3327c11c0ffH6Vy0w+dvqa6YM5pqxWPpWr4QA/4SS0H&#10;+9/6Cay2BFavg8f8VJaevzf+gmqn8LJj8SPS3WrmhcXUn+5/UVVYc1c0QYun/wBw/wAxXmS+FnqQ&#10;Xvo2GphY/hTj1xTDxxXMjvELYqewv5NOnEkZyOjL2YVXJwaQ07X0ZKbi7o7myvYr+ASxHjup6qfQ&#10;1N9a4Ww1GTT7gSRnjoynowrs7O+i1CASxnI7juD6GuGpTcNVsexRrKorPcmbtTSDTz1pueayOlob&#10;SGlopk2GdK2NJybb/gRrJCFjgD8a29MXbagD+8aynsdGHXvloUtGKSsT0QzSEZ6UvWpYos8kc0m7&#10;AlcbHFjBIqUU4jik6Gs9zZJISjHFFFANABSdDS0hFBAyWJJ42VxuB6g1zl/p7WcnrGehrpQabNEk&#10;8bK43A9q0hNwZz1aSqLzORKZpjR+laF9YNZPnloz0b/GqhGa7VK+qPHlBxdmV2XFMK561YZRzTCn&#10;HSrTMmiApUZWrDL6U0pVpkNFYr7UxkxzVkrntTGTAqkyeUrFOaay1YK/jTGTI6UzNxKxTmo2j61Z&#10;ZeaYU5pmbicxcr/pMvT75/nRUl0g+0zf75/nRQXY9qliEi4aqLw+WxDdOxrUI39eKieMOuCK8dM+&#10;qlHmM3bTSpzVl4ipwfzppQVpc5nErlaTZzU5T0pNvFO5PKQFaQpmrBXNNK4NO4uUg2YpCpqcpmkK&#10;cdKLi5SEgmm7eOlTlKGX2p3FYgKDtTSvtU+z1oKYp3JcUVymaTyzmp9ntQEPancTiVzFmnxnaMHP&#10;tUpTNN2YouHLYhurZZ1J6MOhqtaIU8xSMHNaA6UhTOTimpdCXBN3KrjIqF0xVplxUTp6VSZm4lZ1&#10;yKgdcdqtMOKiZc1omYtFR05qvIuauyJiq7pzWqZjJFPJVjilJDjOafItQkFeRVGNrEci+9VpV4q4&#10;2GHFQSpVpmUkUJFJqrKuM1oSLxVWRK3TMGjOlWqsqda0ZY+tVJUrVM5pRM6RKpyx8mtOVOOaqSpW&#10;qZg1Yy5464+Zfnb6mu5mj4riZ1/eOfc10U2c1RFNwR2rV8H8+JLT/gX/AKCaznFavg8Y8R2Y/wB7&#10;/wBBNbSfusziveR6YRVrSABcv/uf1FV2FWdM/wCPh8/3f6ivKl8J6cVaSNVsYqNutL+NIRWKOsYc&#10;5pM0p4NIaolkbYPXip7C/k06cSIcg/eU9GFRFRmmEY609HoxJuLujvrG+iv7cSxNkd1PVT6GpsZr&#10;gtO1GXTZxJGcg8Mp6MK7awvodRtxLEcjup6qfQ159Sm4O/Q9mhXVVWe5KRQqFjTxHuPtUqqFGBWN&#10;zrSuNCheBWppv/Hv/wACNZhHNamm/wDHt/wI1nPY6aPxFo03vTiKljix8xrC9jutfQSKLAy3XsKl&#10;AxRRUGqVgpCKWikAyinEZpCMUxiUEd6KDQRYaKKdgGkJ9qBDJYUmjZXAYHsa5++09rR+m6M9Grog&#10;abLGsylXGQeoq4ScTnq0lUXmcoUppXFaF5ZNbP8A3oz0NVSgFdid9UeVKDi7MrlBTGSrBSmbMDir&#10;uZOJBt9qYUwKslNwphXPQVVyOUrsmaaY6sMlNMfrVJktFVlx2qIpntVtk59qjaOqTIcTlLpP9Jm/&#10;3z/Oin3aD7XN/vt/OiquLlPZ6MZpSKTNeKfVNEciBhg81XeMqcVd+9xUbqOhq0yGrlTbSbOamKYp&#10;CoFUZWIilIV9qlwKTFO4cqItp9KTBqbbmk2mi4nEi2UmypSuaNoouTykJXNN2VOEFG2ncTiQ7OKb&#10;sqfb7UhSi4uUhKe1N257VPtpCvOKZLiVynNKUwKmKU0pii4uUrMmahZKusmRUDp7VaZnKJUZMCoX&#10;UVbZcZqBlzmtEzCSKzrkVXdKtuvNQsM1omYOJTdKrunFXZFFQSLzkVsmYtFJhs6GmkbhU7x1Awwe&#10;OKoxaIJE9qrSJx0q63IqvItWmYyRQeP2qrLF1rQmWqsi9a3TMGjOkjwTVWWPINaTpiqkic9K1TMJ&#10;RM2SPBNcLOn75/qa9ClXg8VwE6/vX47muimzkqIpspJNavg5P+KktPq3/oJrNdcc9TWt4PH/ABUl&#10;mfdv/QTW0n7rMor3kelunOam04YuG/3f6imsvNSWQxOx7bf8K817HpJaov8AQUg+lBNJ39azNxWG&#10;TTCMUpPakNADfWk4YU73pr1SZLGFcVZ0y9msblXh5z95T0IqBVLttA5q3FEIlwBn1NTK1rMcbp3R&#10;21ldxXkAkiPHcHqDVjtXGWN7JYzb06d1zwRXWWl3HeQiSM5HcdwfQ1504cj0Pdo1lUVnuSkYrV0w&#10;Ztf+BGsrGa3NMgMduA4wSScVzVHZHo0VeRYjiAOSKkxinUhFch6NrDfwopTSVQgoNFFMApCM0tFA&#10;DMZopaKm4xKQgmnUlUS0JtpOlOpGFBIySNZUKsAVI6ViXlk1s2eSh6Gt2myRrKpVhkHtVxlymFSm&#10;przOb25phTPtV67tDbt6p2NV2XFdSdzzpQadmQFKZsqcpTdvtVXMnErlcUhXI5qcrj3prJmquS4k&#10;BTioymO1WCtRsKaZnynJXkf+lz/77fzoqW8H+lz8fxt/OiquHKeuEZoxTqTtXln0g2lK5FGKORQS&#10;yN0FRlSDU5wR70wjHBq0ybERXnpRjPan9DRVCsMK4o6Zp9JtFBNhgWjbT8CkC0BYZtFJtz0qQjPS&#10;jbQFiPGKQipMCjA6UE2ISAaNtS4pCuaBWRFtpCvapCtGOKLi5SEpio5I89KskZ60hXNNMlxuZ8id&#10;u9VXTkitSWDIyOtVJYvbmtYu5zyhYoOnNQsuDwKuOu3PGDUDDrWqZzNFR16moHXnFW3GO1QuoNaJ&#10;mDRSkXmoHj61ddKgdDj2rVMycSi67TTGUH/CrLIDUDoQciqMWirKlVZEq+y5zj8qryLitYswkjPe&#10;PINVJE5NaMkZqvJHjNbJmLRmSJ7V57cLiaTp94969Lkjwema85ulPnP/ALxrpps46q2KDryemPrW&#10;t4NH/FS2fH97/wBBNZ7qa1fByf8AFSWZH+1/6Ca2k/dZjFe8j0xlpbQbZTj0NOYc0sA/ecf3TXn9&#10;D0balgmkzRmioLDOKQn6UE80maAF6D3pERnYKACf5U5ULttHWrsUYjXA/E+tJysNRuNigES46nua&#10;dtI7U80Dmsrmthm0j0qxY3cljMHTkHgqe9RYOeldX4f8O+SFublcydUQ/wAPufeonOMVqb0KUqk7&#10;RNfS7XfGs8ilWIyEb+H61rwjiqqgrVqE5XivIm29T6qklFWJO1FHaisjpGmkxT8UhFArDaMUp4pD&#10;TuSHvQQcUUhz2pgIRiindRzzSEUrAJSYpaShMYY70YzS9KKomwhGBTafimkcUCGSIJUKsMg1kXVq&#10;bd+OUPQ1s02SMSqVYZBq4y5TGdNTMEpn0ppTNWrm1aB+pKHoah6V0ppnnuNnZkBSkKZqbbSGmQ4l&#10;dkx70wr7VYKZpjpVXIaOOvV/0yf/AK6N/Oipb1B9tn/66N/Oii4uU9V70tJR0rgPeTFNNNLRigVh&#10;tIwBpSOaKCbDOhoIzT8ZppBFUmIZtpdlPGDSjAouBFtoxipsLikAFFwIsH0o6U/bzxQVzTuKyGUh&#10;ApxX2pNtO4WExxTafjijBpisMxmjbTsZFGKAsMxzSFakxSEZoFYjKYqGaDepI61axSYo2Jcb7mPJ&#10;HngjpVV0IJBFbVxblwSMA1Qki3D0YVspHHOFjOdahZKuuhz0xUDIM1qmcsolJk5qF0q6y9aiZMj3&#10;rRMxcShJGe1QSISOavuuOKhePNapmUkZzoRzULKD9avvFmq7xYzVXMZRKEkZGarSpmtF48jmoHir&#10;SMjBxM2RK82u1HnSdfvH+depSRcGvNLqL99J/vH+dddJ3ucVZbGey5B4rU8Gp/xUdpnP8X/oJqm0&#10;R9P1rU8Hxf8AFSWv/Av/AEE1tJ+6zniveR6OyYNJCu2X/gJqwVApgTEgPsa4Lno2FKe9NxipMUhA&#10;waQWGbcjIpVjLkADJpY0Z22gVdjh8scfiaHKxUYtjYohGuO9SbTjrTinvS7cDrWRukIg9aDGTjHW&#10;pAme3XtXU6DoPkBbi5X951RD/D7n3rOc1BXZ0UqMqsrIj8P+HvI23N0MydUjP8Pufeui6Ud6DXnS&#10;k5O7Pfp0o0o8sQ79ang4XPvUFTw/cqJbHRDcmBzS0wHFOBrE3FNFFFACGkp1JgUCsNopQKSmmIKK&#10;KKYhMUmDTqKVgG4NBGKd+NIRTASkpaKAYhFNxTsUYpk2I3QOpU8g1mXFsYm45Xsa1yKY6B1IIyD2&#10;qoysZTgprzMQpikKgVauLYwn1U9Kh2Vve5wuLWhBs5prJxU+3J6U1l61SZLRxl8D9tuOf+Wjfzoq&#10;S+X/AE244/5aN/OincVj06g0ZpCa4z1gB9ad1pnWlFAXFxmkIx9KXrS0DsMBoPNKRSUEWEwRmlHN&#10;Lk4pp4PFPcQ4LQRSg5FGM0i7DaKdgUmOaBWEoIz1pcUYoFYbtFG0UtFAWG7efagpTs0Zp3CxHtpC&#10;vFS0mM07iIsY7UtSEU3aadxWQwjNV7i235ZQA3p61bxTSvNO4nFMxpoN3saqNH1GOa3Li335Zfve&#10;nrVCSLcvo1bRkcU6djMZByO9ROnarskZBwetQMoJ5rVM5pRKboKhaOr0keTxUDL+VaJmLiUnjzUD&#10;xdavMtRMh9K0TMmjOki61WePGa1HjODkVXePI96u5k4ma8fWvM7uIedJ/vH+deqPGwzkV5rdAmaQ&#10;ADO4110Xqzz68djNaLA7VqeD4v8Aio7QjH8Wf++TVR4z3GPxrT8IKf8AhIbTgYy3/oJrok/dZywj&#10;7yPRGjBqIx4cfQ1aK/MeMVG6ncOnSvOTPTcSIrQsRc7R1qVUZ2wBmrSR7AMdaL2Eo3I44BGvGPc1&#10;Ltp4BI6UoUipubqOgwJmnbMkAAGnBCTx1rqNC0ERBbi4UGTqqH+H3+tZzqKCuzelRlVlZDdB0AQ4&#10;ubhR5nVUP8Pufet4jFSACkIzXmSm5O7Pep0401yxGUn+elPYdKTB9DU3NBhqxABs/GosVND938aT&#10;ehcdx+0UnQ06jpUGofjRSHOfaloAOlHeiigAppWnUUCsMzRn8qdjmkxTuITpRR/OimAdaDzxRRmg&#10;Q3FGKdQaLDG4pOtPODTSKNhCEZoAxS9KKYrEboGBB5B7VQngMR/2exrS4proGUg9KpOxlOFzJKc0&#10;0pirU0DRN/snoai2kda1TvscjjY4y+H+m3H/AF0b+dFPv/8Aj+uP+ujfzopi5T0QnNJRRXOd4uKa&#10;W7U7dio2NNK5I5Xx1qSoM0sb4602ik+5LjikIApetBGakqw0+1FLiigkbjHSng5FNo6HNDBOw+ih&#10;fm9qXFLUsSkxSgUY5oAbt4o2inUmKAsJgUFeDS0UxWG4NGD6U+igVhn1opxGaTbQKwmKAozzQRg4&#10;ooFYaU54qvcWu8FlHzenrVqimmxON9GYksO4nswqnJHjPHNb1zaiT5l+/wDzrOlh39sMK6IyOKpT&#10;szMdRj+lROgxVuRCCc8VEUJrW5zOJUZODUTxDBq40ZI61C0fvWiZi4lNl4waglj9jV5481E6Yq0z&#10;JozpIiR9K8wuo8XMgI6sf51600ea8zuod00nPO44/Ouyi9zz8RHYyJEPStTwhH/xUVrkf3v/AEE1&#10;VaLBIzg+1anhOM/2/aZOT83/AKCa6JP3WckV7yO/ZBmoWiLOABzzV0RF2AFSNAIwOcnnJrz7o9Rx&#10;uVo4QgwP1p+3ipcYFGwk9aVykrEaj2pwXn3qQISP6V0mh6F5IW4uFzJ1RD/D7n3rOdRQV2b0qUqr&#10;shuiaCIdtxcJ+86op/h9z71vUvKik715spObuz3adNU48qDtRRmipNBc5ozSdqSgVh3XrT4gACB0&#10;qOpIuhpMqO5J0oooqTUKKOlGaACiijNABRRmigAoo/GjNACYFJinUUCaGYo/Cnnmmng00ISg/SjI&#10;oqhBSN1paCM0mA2ilxRilqAlJTsUmKYDXUOMEZFUZoDG3qD0rQproGBB6VSdjOUEzzy/B+3XH/XR&#10;v50VrXmhF7udhMoBdjjHvRV8yMOQ6ynAY702lJzWZuxj9aSnEZptUhDT1pMZpxBx7U3NUA5JNvB6&#10;etT9qrHpzTo5NuAelS0UnbQnpCKKWoLGUU7aPSggfSmS0IDing5FRmgEigFoS0c4pAcilpFgRkUU&#10;UUAGaRueaWikIbRSkZNG00bAJRS7aQjFFwExRgUtFFwEwPSkIOad3oxTuFhmDUE9t5nzKMHv71ao&#10;p3sS4pmJNb7+nBFU2jIJyMVv3FuH+ZR8386zpYQ4PYit4yucU6bRmmOoWjq66bcgjBqLyxWyZzNF&#10;Mx5PSo3iz1FXGXJpjRj1qrmTiUJI+Oleb3MX76TAz8x/nXqTw4HevOri3HnyHH8R/nXXRluefiY6&#10;IyJLYsOVGaveE7dj4htlC4I3f+gmp7ewe8mEaL9T2A9a63QNGt4r62RR8ykneeudprapNKLOalTc&#10;pI2FgCL0qOZOV4rRlgMbFSMGq08YIWvPUj15QsimEx2pdmegyTU4jyfWt7R9GEJE84+f+FT2/wDr&#10;0SqKKuwp0XUdkM0XRBEFnnQeZ1VD2+vvW30paOa4JTcndnt06caceVCUhFLijFTdGlhuKXFLiloC&#10;wzaaXaadSUxWG4NSxdDTKkT7tJjSHZoooqSwzRn3oooAKM0UUAGaKKKADNGfeiigAozRRQAZpKXm&#10;igBu2kwafRQKwzFFOIyKbg07iCiiimAmfag0tJjNAhKKUjFJSuBkzr++k/3j/Oilm/10n+8aKdwN&#10;Kin0EUXJaIzikJqTFHHpVXFykJpKnxmkK07hYgo61MPpRxRzEtXI4pNnB5HrVjdmosCnK2Dg9Kll&#10;xfRjqKUYpeKRQ38aQ8mn0cUXHYjXg8VMrZFN4pN2OlINh5FJtpwORRSGN280beKdRTuFhlLt4p1F&#10;FwsMop+KMUXCwzFIBipMUY9qLhYZRin4oxRcLDKKfijFFwsRkd6gngD/ADAYbvVujFF7CcbmLLBv&#10;HoaqPGwJBFdE6A84qJkDdua1UzmlRuc8Y8DJFN8s10HlrnpR5S+gq/aGLoeZzbRkjtXC/wBnSXV2&#10;6oAPmOSe3NeveUvoPyqssKISAo/KtYVuXoYVMJ7S2pw1tYpawhEH1OOSa0NGixqcP4/yNdZsQ/wj&#10;8qfCiCRflA/CnKtdNBDCKMlZ7FWe3EoweMdDWVcwshUMK6nA9KQwK5UsoJByM9q5o1LHZKhzdTK0&#10;vSfLxNMPm6qp7e9a4GBTgo9KMD0qHJyd2bwpqCshtFOwPSjA9Km5pYZj6UlSFc0mwUhWGUU8qBSY&#10;oENop+2kx7UwG4p6fdpMe1OXpQykLRRRSGFH4UUUAFFJS0AFFFFABRRRQAUUUGgAooooAKKKKACg&#10;UUUAFIRmlooFYaRikp9FO4WGYGKTGKkxSHpRcLGNN/rpP94/zorQYDceO9FFwsTBaMUtBpiG4xRT&#10;sUEA0gG0UpGBSUxCEcUY5paKLhYaRgUlPopisIjY47U+mEUqnA5pMadh1FFHFSUH6Uf56UcUcUxA&#10;CRTgc0lGcUDQ7tQaQHNFIYtFFFABRRRQAUUUUAFFFFABRRRQAGiiigA7U1lzTqKAISM0gGTipmHp&#10;im4p3M3EYowKrkA1ZwRVYnB4qokyGn2FPh5kWgAGpoYsHcapvTUSV2SgdKdRRmsjcKKKKACiiigA&#10;ooozQAUYozRQAUm2looATaKWijNABRRRmgAooooAKKKKACijNFABRRQKACijNFABRRmigAooooAK&#10;KKKACiiigAooooAKQ0tB6UAVWPzH60Uj/fb60UAWitJs96dRQKwykqTaPSjAp3Cwyin7RSYp3FYa&#10;ORQRTsUhpAMxRinYopDsN20EYp2M0EZ7ZpisNB96dSbTTlB70hoTNANPwKMCgYyin4FJgelO4mhv&#10;SnA0YHpRjBoAWiiikMKM0UUAGaKKKACijrRQAUUYooAKKKKADNFFFABTSPSnUUAMI4qsVwat7aYI&#10;uckc1SdiJK4yKHHzMM+lT9KPwopN3KSsGaKKKQwooooAKKKKACjNFGKACij8KPwoAKKKKACiiigA&#10;ooooAM0UUUAFGaKKADrRRRQAZozRRQAUUUUAFFFFABRR2pKAFoopKAFopKWgAoo/CigApDS0h6UA&#10;VX++31oof77fWigC3RRRQAUUUUAFFFFABRRRQAUUUUAFFAooAKKKKACiiigA7UUUUAFFHaigAo7U&#10;UUAFH4UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAdaKKKAC&#10;iiigAooooABR0oooAKKKKACiiigAooooAKKKKACiiigAoooNABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FB6UUhoAqORvb60UyQnzG+pooA0KSiigAooooAKKDRQAUUUUAFFFFABRR2ooAKKKKACiiigANFFF&#10;ABRRRQAZooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACjrRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABR2ozRQAUUUUAFGaKDQAUUUUAFFFFABRRRQAUlLRQAUUUUAFJS0UA&#10;FJS0UAFJS0UAFIaWkPSgChJ/rG+pookP7xvqaKANCilpKACiiloASiiigAooooAKO9FFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRR3oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACijNFABRRRQAUUUUAFFFFABRRRQAGiiigAooo6UAFFFFABRRRQAZooooAKKKKACiiig&#10;Ao6UZpKAFooozQAUUUZoAKKKM0AFIaXNIaAM6X/Wv/vGiiX/AFr/AO8aKANKiiigAooooAKKWigB&#10;KKKKAFpKKKAClpKKACiiigAooooAKKKKACiiigAoxRQaACiiigAooooAKKKKACj1oooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACjvRRQAUUUUAFFFFABRRRQAdKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKM0ABoozRQAUUZooAKKKQ0AZc3+tf/eNFLN/rn/3jRQBqUUUt&#10;ACUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABQaKKACiiigAooooAKKKKACiiigANFFF&#10;ABRRRQAUUUUAFH40UUAFFFFAB0oooxQAUUUUAFFFFABRRRQAUUUUAGKKKKACiijvQAUUUUAFFFHN&#10;AB0ooooAPxooooAKKKO1ABRiiigAooooAKM0c0UAFFFFAB2oNFFABRRRQAUZo60UAFIaWkPSgDKm&#10;b98/+8aKjnb9/J/vH+dFAG3RSUUAFFFFABRRiigAooxRQAUUUUAFFFFABRRRQAUUUUAFFBooADR3&#10;ooNABRRRigAooooAKKKKACiiigAooooAKKDR3oAKKKKACijFFABQKMUUAFFGKKACijFGKACiiigA&#10;xRRRQAYoxRRigAooooAKKDRigAoooFABRRRQAUUUYoAMUUUYoAKKMUUAFFFFABRRRQAdaKMc0UAG&#10;KKKKACiiigAooooAKMUUUAGKQ0tIaAMeeJjPIf8AaP8AOippSPNf/eNFAGnRRRQAdqKKKACiiigA&#10;ooooAKKKKACijpRQAUUUUAFFFFABRRRQAUUUUAFFHSjFABRRRQAUYoooAKKKKACjrRRQAUUUUAFF&#10;FFABRR1ooAKKKKACiiigAooooAKO9FFAAaKKKADrRRR+NABRRRQAUd6KPxoAKKKKADFHSiigAooo&#10;xQAUUUUAFBoooAKKDR+NABRRRQAUUUYoAKKKMUAFFFFABmjNGKKACijFFABR60UGgDKm/wBa/wDv&#10;Gilm/wBc/wDvGigDUooooAKKDRQAUUUUAFFFFABRRRQAUtJRQAUUUUAFFFFABRRRQAUdaKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooxRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRijFABRi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoopKAFoozRQAUUUZoAKKKSgB&#10;aQ0vakPSgDJmb99Jz/EaKbOD50nH8R/nRQBs0tJRQAUUUUAFFFFABRRRQAUUUUAFFAooAKKKOtAB&#10;RRRQAUUUUAFFFFABiiiigAooooAKMUUUAFFFFABRRSUALRRRQAUUZzRQAUUUUAFFFB4oAKKSloAK&#10;AKKKACiiigAxRRRQAUUUUAFFFFABiiiigAooooAKMUUUAH4UUUUAFGKKKACiiigAooooAKMUUUAF&#10;FFFAAaKKKADGaKKKACgUUUAFFFFAB2pDS0hoAzpf9a/+8aKJf9a/+8aKANKiiigAooooAWkoooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKMUAFFFFABXLarqerzeK/7K06ez&#10;to1shdNJc27SkkuVwMOuBxXU1w+q6PLqvxHIS+vNPVdLGXtCq7v3rcEsprWmk27nJiXJRSj1a20L&#10;2j+MBDbammuPbWVxptyLWWZHxFKWRXQqDyCVcfLyQQeTTtd8YwDwjq2p6Tcw3UlpEzDncFYDOGHU&#10;fSsbU9EsfB+raDdmOQ6bDPPJdXMrNIwnkQBZpGPPZl3Hgbh0FZfii4i1xPF+oaYPPsW0hLdp4gdk&#10;8wZz8p/i2qwBI/vAZ4OOhQhKSkttPTe1jhnXqwhKEnqr+u1738ttunyPSbPUILsTLDKkrQP5cqqc&#10;lGwDg+hwQfxqjc+MtGs4oZJtRt1SbcYzvzuCnDEY7A9T0rk/Fz3uga3u01GEniGNbIMgz5N0B8sp&#10;HoI95P8A1yUVV1WT/hEfFNra6Sm2KPSY7ZgbSa6Eao7eXxECynlid3DYGOhrONJNJ9zWeKlC6taz&#10;s/nt26bnbv4w0ZLCO+OpWrWkj7I5klDK7ei46n2FSR+KNLm04XyX9ubMv5fneYAobONpPY54wa4T&#10;SZtN0W+8O3huhPo9vZXFmL2RCiQ3BkQsHU/6skKwGcY27e4zDqKx6xc6je20Pm6VdatpYVtmUndJ&#10;k8yQDuuNg3dDsPpVexjfr/Ttb1I+tz5b6X7fK9/S+n6noWleJdN1uSVLG8iuXiALqjcgHoceh9el&#10;V/G2sT6B4V1HUrVY2uLaIuiyglSfcAg4/GqN3EV+I2lSKpAbTLlWYDg4khwCfxbH1NJ8U13/AA91&#10;xcEg2zZ29cZHpWcYx549nb8zpnUn7Go+sb/lciutV1vQdQ0pb6axv7S+uBalbaB4ZI2ZSQwy7hh8&#10;vI4wOe1bFx4t0i01FbCbULdLssqeUZBkMegPoT2B61wlx/YTalpE/hq8mv8AV0uYkwlzJdKsBYCb&#10;fvZgg2bjng5AAznBr+Mdel1LSNftVltrSVJ3iGmpatJdS7GGJSQRgMAGDbSAMc+m/slNq6t+H4HF&#10;9adKMmnftrdbbX01/LzPQ9S8XaRo9wsF7fwW8xXfsd+VX1PoPc1UsfEW/VfEAupIYrLT2iKyk7QF&#10;aJXJZjx1NYula1YeGtZ8Rx6vIttc3N39ojaRSTcQmNFQR8fMRgrtGTntyM4+p2NxJ4u1jVDDLfaR&#10;bXFvLPpqxkM48hMSgdXKHnYevb5gBURpJ3T7f5bGs8TPSS77dlZ7/nt953l/4v0nS/J+130Nv5ye&#10;YgdsEp/e9h7nimzeNNEt7WK5fU7UW8ql45BKCHAIBK468kDj1ridX11oPGN5PpsglgvNNt/MmFlN&#10;dqvMhXAiBK/K2cNjORjvVvw/Z6e3iPwoLKT7dZ2ejXUUNwy8hlkt0OePlbhhjqORR7KKjd3/AKQf&#10;Wpyk4xtvb8Ur769+nbzOsvPGWj2Edu8+oQRrcJ5sWX5dP7wHXHvVyHWrK4a2WO5ikN0hlg2OD5iD&#10;GWXHUfMOfcVyi6nZ+GvGOuTatIlmLtIGtbmc7UeNUwYwx4yG3Hb1+YGsHRZV0K/0XVL1GsNKkuNT&#10;8pp1KLCk0qvFuz9wMEYgHGMgcHipVJNXX9aXLeKlGVnbfXy1Su/VO/8AmekT67YWwuDLdQxi3dEl&#10;LuBsZsbQfTORj61DpfijS9allisr2G5kiAZ0R8kKeh+nv0rz7UpotbTxJNFE01rPq2l7S8R2yqJb&#10;cEjI5Xg89OPStb4h2F3daosenowvJdD1CKJk4O8+VtGe3PSqVKN0m9/8kxPFTs5xV0vxvJrT7ky/&#10;qvj+xe60u20y+tria4vkt3UNuyhzuKnocEDkZxXY9q80vte0jVrfwpa6UPM8i/t2MEcR3WqhWGHG&#10;P3ZHTBwa9KHSs6kVFLSxthqjqOTck9ttthaKM0VgdwUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFHSgAooooAKKKKACjNFFABQKKKACkPSlpDQBmyt+9f/AHjRSTf65/8AeNFAGpRRRQAUUtFA&#10;CUUUUAFFLSUAFFFFABRRRQAdqKKKACiiigAooooAKKKKACiiigAooooAKM0UUAFFZXirUZdI8N6p&#10;ewFRNbW0syFxkAqpIz+VZvhrWp77Vbq2+2RanaRRK4uoY9oVySChIJBOADx0zz2q1BuPMYurGM1T&#10;e7/r9Dp6QDvxn1rK8P6jNqcV28wUGO8ngXaP4UcqPxwKyvFHimbRtUt4oTEbeECe+L9UhLBARzwR&#10;lm78Rkd6FBuXKtxSrQjD2j2OqIB6gUbR0wKxtf1O5sobSK0Ef2q9nFvG0wJRDtZixAIJwqNxkZOO&#10;asaZa6hbCUXl6l4pxsKw+Ww9c8kHtjgfjStpcvnvLlSFu9EgvNWs9QkLGW0V1iTPyAtgFseuBjPo&#10;T61Rv/CputTlv7TULnTbmZFjmNvsZZAucZDqwyMnkYP6VR0TWrjUdXuI31Hb5d3NELUWpwVRiB8/&#10;rgZrrG6GqfNB2MYqnWTaXX8fkyhouiQaHY/Zod0il2keSVtzyOxyzMe5Jq/tHoK5GLxBqL6qNF2L&#10;/aKTeZJNtPl/ZM5Eg/2j9zGfvbj0FXr+71C+1qTTrKdLOO3gSaadk3sS7MFVRnA+4SSc9qHGV9Qj&#10;Vgo2gvK36fI6DaPQUEAj1rD0HU7q5TULe88truxn8h5IgQj5RXVgCTj5XXIyeQapweILqXwro2ot&#10;s8+8a1EgwQv7x1DYH0Y0uRl+2ja/r+GjOo2gdhRsXJOBXK+L/EL6Jd6bGb+LTredZWknlj342hSB&#10;19zWv4cvLq+0i1nvY/KuHTLLtK554baeVyMHB5GcdqHFqKkEasZVHTW6/wCB/mae0eg4o2j0FYHj&#10;O41DTtGub6xult2t4yxR4g4c8Y78U/Vbm80TwtqV29wtzdW9vLMshj2glVJGQD7UKLaT7jdVRck1&#10;sr/19wy+8JmbUri9s9SutMkuQvnrb7CshChQ2HVsNgAZGOAPStLRtHt9D0+Ozt1IjQs2XbczMxLM&#10;xJ6kkkk+pqh4fupbxJnbUDeqMAA2xi2n8etZqeI75vEX/CPkRf2gG+0Gf+D7Ju64z9/PyY/4F04q&#10;7Sl7vYxUqULVLb/Pf8Nf+HOuKBuqg/UUFQeoBrnvFMupWQtpbO+W3WS4gt2RoQ/35ApOcjs36VuW&#10;kUsMCJNL58oHzSbdu78O1ZtWSZ0Kd5ONtiXaPQUYB7CsLWPEK6T4gsLWZtlvPazykhGY7keIL0B4&#10;w7fpT/DGuHXBqb5Bigu2hjIQqdoRDyD3yxp8krc3Qn20HP2d9f8AgXNrYPQUtcl4P1m51qKG4m1E&#10;Ss8W97ZbUoFJ9GPXFUPEviy907Xb20truKOWK1hltbNoS7XUrmX5Mggj/Vj6ck8Cq9m+ZxMniYKm&#10;qnR+nr3O8orA8WarPpem2kkUotnluI4XkMZk2Bs5wB1q9ocsk9msj3RvNxOJDF5fGcYxUcrtzGyq&#10;Jz5Ov9fM0cUUUfhUmoUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAdaKKKADFFFFABRRRQAUUUUAFHF&#10;FFABSHpS0hoAypkYzPwfvGirb/fb60UAW6KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigB&#10;aSiigAooooAKKBRQAUUUd6ACiiigCnrOmprOlXdjIzJHcxPEzJ1AYEHH51aWMKBxS0tO+lieVX5u&#10;ph6d4euNMvppIdSma1lnkna1aNNuXJJ+bG7qfWiXwhpt5dX097aRX0l0Rua4jVyqhQoRcjgdT9Sa&#10;3KOlVzyvcz9jC3K1oY0/htLjRrWxe4n8y1CGK6DDzVdRgPnGM9c8YOTxzU+madd2ZkNzqE18z4A8&#10;xUVVA9AoHXPfNaXSilzNqxSpxT5kYVh4eudPvpJItTm+yyTvO1sY4yMsSxG7buxk+tbp5FFFJtvc&#10;cYKCsigNIjXV31AM3mtAsBXtgMWz9fmqtqegtd3q3trdy2F4I/KaSIKwkTOQGVgQcEkg9eT61sd6&#10;Kak1qJ04tWM7RtGj0eCVBJJPJM5llmmILyOepOAB0AAAGAABWXa+DBbSW0ZvriXT7WTzYLJtuxGG&#10;dvIG4hc8AnjA64FdLR0pqUl1E6UHZW2My+0OHUby2nnG8QpJH5bYKuHABBHfpUuk6b/ZVlHarLJL&#10;HFkIZW3Mq54XPfAwMnnjnJ5q9RU3drFKEVLmS1/r/IpazpiazpdxZSMyRzLtZk6il1XTU1bSbuxk&#10;ZkS5iaFmXqAwIJH51coou0DhF3ut9DL03Tbyz3/adRkvgQAoeNE2/TaBn8aqjwlAAsgllF4t19r+&#10;15HmF+hHTG3Z8mPT35reop8z3J9lFqz1KOo6YupxQpIzKI545wVPdHDAfTIq9RRU36Glle5Sn0tJ&#10;tWt78swlhgkgVR0IdkJP/kMfmaTTNKTTXvXRmY3U5nbd2O1VwPb5RV6ind7E8kb3t/WxhaF4eutF&#10;WKH+05ri0iTYkEkcYAHbkAHilv8AwrbajcX00xk3XUUUeVYAxmNnZHU9mBfOfYVuUU+Z3uQqUFHl&#10;tp/SMrV9Fk1WxtoftkkE8EiSrOiqTuXuQRjnntVnTLS4tISlzdvevknzHRVOPTCgCrlFK7tYtQip&#10;cy3CiiikWFFFFABRRRQAUUUUAFFFFABRRRQAUUUUABooooAKSlooASloooAKKKKADNFFFABSHpS0&#10;jUAUZGPmNz3NFSugLHjvRQBaooooAWkoooAKKKKACiiigAooooAKKKKACiiigAooxRQAUUYooAKK&#10;KKACiigUAFFFFABRRRQAUUUUAFFFBoAM0UUUAFGaKKACjrRRQAUUUdqACiiigAoozRQAZozRRQAZ&#10;ozRRQAUUUUAGaKKKACiiigAzRmiigAoozRQAUZxRRQAUZo/GigAzRRRQAUUUUAGaKKKACiiigAoo&#10;NFABRRRQAUUUUAFFFFABSGlpDQBXb7x+tFNcne31ooAt0UUUAFFFFABRRRQAUUYooAKKMUUAFFFF&#10;ABRR+FGKACiiigAoooxQAUZoooAKM0UUAFFFBoAKKKKACiiigAooooAM0UYooAM0UUUAFFFHagAo&#10;oooAKKM0UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABmiiigAooooAKKKKACjvRRQAZoozR&#10;QAUZoooAM0ZoozQAUUUUAFFFFABRRRQAUUUUAGaQ9KWkPSgCo5+dvrRTJD+8b6migC/RRRQAdqKK&#10;M0AFFFFABRRRQAUYoooAMUUUUAGKKKKACjvRRQAUUUUAFFFJQAtFFFABSUuKKACiijFABRR1ooAK&#10;DRRQAUUUUAFFBooAO1FGKKACijFHagAoooxQAUUUUAFFGKMUAFFFGKACijFFABRRRigAoooxQAUU&#10;UUAFFFFABRRiigAooooAKKMUUAFFFHFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABSGlpD0oAoSf&#10;6xvqaKJP9Y31NFAGjSUtJQAUUUUABooooAKKKKACiiigAooooAKKKKACiiigA7UUUUAFJS0UAFFG&#10;KKAEpaKKACkpaKACiiigBKWjtRQAUUUUAFHSiigAo/CiigA/CiijtQAUfhRRQAUUUUAFGKKMUAFH&#10;4UUUAFH4UYooAPwooxRQAUfhRiigAooooAKKKOtABR+FFFABiijrRQAUUUUAH4UUUUAFFFFABRRR&#10;QAUUUUAFFFFABR1oooAKKKKACg0Uh6UAZsrfvX/3jRTJkYzPx/EaKANYUUtJQAUUUUAFFFFABRRR&#10;QAE8UUUUAAooooAKKKM0ABoNFFABRRRQAUYoooAOtFFFABRRRQAYooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACkPSlpD0oAoSH9431NFQzTMJnGOjGigDWoo3UZ&#10;FAB2oozSZoAWiijPNABRRkUUAFFFFAB1opM0ZoAWikzRmgBaO9JmjNACgUUmaM0ALR3pM0ZoAWik&#10;zRuoAXFFJmjdQAtGKTNGaAFopM0bqAFopN1G6gBaKTdRmgBaKTNGaAFopM0ZoAWikzRmgBaKTNGa&#10;AF70UmeKM0ALRSZozQAtFJmjNAC0UmaM0ALRSZozQAtFJmjNAC0UZpM0ALRSZozQAtFJmjNAC0UU&#10;ZoAKKTIozQAtFGaCaACjNJmlzQAUUmaKAFozSZFAORQAtFIDjvRketABmlpAw9aM0ALmjNJkUZHr&#10;QAuaQnijI9aCcigDCuG/0iXn+I/zoplyf9Jl/wB8/wA6KAL/AJ0n99vzq1CxMakkk4oooAkzRmii&#10;gBpJz1pQTiiigAYnB5qPcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFA&#10;BuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABu&#10;PqaNx9TRRQAbj6mjcfU0UUAG4+po3H1NFFABuPqaNx9TRRQAbj6mm72/vH86KKAHBjjqfzpCxx1P&#10;50UUAJvb+8fzpksjADDEfjRRQBH5r/32/OlErn+NvzoooAXzH/vN+dHmP/eb86KKAFEjY+8fzqTe&#10;394/nRRQAb2/vH86N7f3j+dFFAD4WJXkk1JmiigAzVed2D8MRx60UUANV24+Y/nT97f3j+dFFAGd&#10;qVxLHKoWR1GOzEVxmpavfR6hMq3twqhuAJWAH60UUARDWdQP/L9c/wDf5v8AGnLrF/8A8/1z/wB/&#10;W/xoooAX+2L/AP5/bn/v63+NO/te/wD+f24/7+t/jRRQAravfbf+P24/7+t/jTl1a+z/AMftx/39&#10;b/GiigCZdUvSB/pk/wD39b/Gnrqd5/z9z/8Afxv8aKKAJF1K74/0qf8A7+H/ABqZNRusf8fM3/fw&#10;0UUASC/us/8AHzN/32aeL65x/wAfEv8A32aKKAJVvbjH+vl/77NSJeTkH9/J/wB9miigB63c/wDz&#10;2k/76NSrczf89X/76NFFAC/aZv8Anq//AH0aguLudXGJpBx2c0UUAILufA/fSf8AfZp4upuP30n/&#10;AH0aKKAOfurqb7VN++k++f4j60UUUAf/2VBLAwQKAAAAAAAAACEAtdHyMDkXAAA5FwAAFAAAAGRy&#10;cy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAKcAAABVCAYAAAAsTPT+AAAACXBI&#10;WXMAAC4jAAAuIwF4pT92AAAAB3RJTUUH1wUOFgYKRfTvLgAAFthJREFUeNrtnXuUXEWdxz+3Z6Yn&#10;mcmjk0lCwiNJJwQ2mPD0gaAgiEiEZSMLgnEVXXVXRcSzh5ZVIz7oRbB3cddVXB+LigKCykMNJBAC&#10;hENMBAKESCQh6QAJSUg6ucnMJPPqrv2jvte5Nt23e2a6Z3pm7++ce5Izt/reW1Xf+v4e9asqCGXY&#10;iIE3h60QSq2C80cG6sOWCKXWgHm4gYMG5vx/qXMk7PZhI58ERgMLwqYIpZZYc7SBXQaMgdUGnLBV&#10;QqkVcH5CwDQGcgbeErZKKLUATMfA0z5wGgP3mrBpQhlCUM7Uv3MNZPPAmTVwethKoQwFMKcZ+JX+&#10;/+k8YHrXGgMNobceymACcxQWmKP1p3iRom8FrjAhOEMZJGAC/AdWZUf1566An1wXAN5QQqkoOC+S&#10;N24MbDX2bxcUUeve9eOw5UKpNjAnG9iRFzKaZyBqYH0AOPcbaA5bMJSqqXMDtxRjRQNvM3AoAKBn&#10;h60YSrXA+WYD3QVA12XgNJVZGADQfwlbMZRqsebvAlhxi4FpKvtuA68XKPOdsCVDqQY4jysQZM+/&#10;njEwReVnGHgi7/4vw5YMpRrgvKkEML3rRQNz9ZuogRsN9Ojew2FLhlJpYEYMvFomOI2BjMJNnjnw&#10;AQPtBp4PWzOUSoNzvi+uWe6VNfBdL3xk4CwDL4/0qcxQBh+cH+8jMP3XCwZOE4NeauCosEVDqSQ4&#10;bxgAOI2BTgPXKxl5fNiioVQSnLcMEJzetVYmwoiSMPFjaKWuQs85CViDTa+LhOAMpRKyt4LPGg3c&#10;jGXjphCcoQxUXqrCMy8HlhqYONwbJ1zFV2WJxVOOWO1wrEc9FWgBYgsOvjD3tl0/WVSlTngWOMsB&#10;d9iDMxZPTQaOBMZgY2jeNRqbnT0GaMTG08bot16qlvf3IOkBOoB2oBXYB2SAXcCrwHZgr5tO5IY5&#10;GMcCp2ATNk4B5gHT1YZ5asvwzKvfZHrPvmp9zgrgfQ505n3jFGAW1sOfAIxTn472/Vun/6NvL7XT&#10;SLuuvcBu9edmIA3sd9OJPn+8/4VPMLS7SXQBe2Lx1AbgGeAPwBNuOrFrGAByKnARcKFAObbAwPQ6&#10;6jUNzNYcTm5DdOr86T373l+lTzsb+BLw1by/Pw4cM0jNcxDYFIunHgWWAI+66UR3X5nzSlVmOnAs&#10;5SewZsV8G4FtYsM2XfhGXjPWDjpM6m22Rm6kBNs+B9yLXVez0U0nTI0Asg54N3AFcB69yyq8714N&#10;LAVWSsW2Ffp2AzHgz2qXasghYK4DL/u+/fPAqcAkYLJYdEwZz2oFHgM2qJ+7RXAT1KfH6WoMeMYr&#10;wPeAm910oq3PNmcsnmoCPgj8VwmQ3gp8yU0ntvejcyMyI07Crpk5B5gfoD5y6vDvAb9x04nOIQJl&#10;BFgIfAU4Me/2NuAHwK1uOvFKuc808CHg51X0Aa534MsBdRqlOn0fO1gKyX5grptO7CjRPhOAc4GP&#10;a/AWI5+t2C12lhdT+U6JF31OAC0mc9x04qUKdbqjEXwJ8I8lTIxNwPXAL9x0omcQgXky8J/AO/Nu&#10;7QH+Dfihm04c7Otztb3MrcA/VOnT1wPzndL1u5LiuaHPuunESX1oK4AzBPjjihTrBv7JTSd+2h9w&#10;TsOqg0LOThtwWH86o4yK1QN/B1wLHB9Q9EngU246sbbKoGwQU16Tp74B7gaucNOJnQN5h7F26io5&#10;UJWWLNCc7xgVqOd0fOo/T9a66cQp/Wi7ccCdMn2KmW4L3HRi+RsdxmB5neKB4jaCl632W9x0osdN&#10;J34jb/cKqZRC8hZgVSyeSsgGrAYwD5fX+5UCdmUCuHigwBRLtALvFwtXWupkF5aS1xRRqWRfHgAu&#10;BtYFOOU/iMVTo/sETjedyAYAo0sjsmoikN4skD5ZpFgj8C3g54UqOEBgzhebvaOAOvoo8O+VdNAc&#10;G5S/tNIA6SXnkpKT01PpfmwHPhPwDbM0MPvEnF4ooGBFBstzdtOJzYok3BtQ7IPAfXLmKgHM47EZ&#10;5jMK3P6sm07c1p/YXRkAXQF8SkCplHRT/lRpd5W6cRXwx4D7F/YHnDURulHY4VLgnoBi7wFuk404&#10;EGDOAO5XmCVfvg/8sJp1deBnwNcr+Mg/lQk6U0VTzQAPBBSZJyeqT+CsGXHTiS55tE8GFFsIfC2/&#10;on0AZhM2pnpEkSjBF6rBmAUkKQ++EvJwjcxT/zmo6cnL0hp2iR+KDnwowBYG+AJwZj+ACfANCm/O&#10;agTMtsGop2PV+qewM3cDtTXvqJHuaw+415FvygzLrCQ3ndjEG6fk8j3Am2PxVLSPj34rcFWRe08B&#10;vx3Mejp2ducD2Hnq/srjwNoa6bqg/ngp34cZzilz/4OdMi0mxwEf7gNrOkCK4jNU3x2KpBTHhnc+&#10;3M/ISA64zqkRvwE7ZV1MHuyPQ1Sr7NkJ3FSi2NUK6JcjZ/LGmR+/Orp7CKv7SBl1LST3UCNr2mUy&#10;nVXk9l7s9O3IAKfkNoLjcn8TALh8uZLiM2aPDJatWYQ9PVs43YefvQ5cWUOseQx2rr2QTXy1m07s&#10;HlHgFGB+X6LYxWWM6ikEn+/z2FDX1bEzcuWGl3qAyx3YUSOsGcUuIYkWAOY33HTiJ4V+NxKWaSwr&#10;cf9sZRIFybn0bnNdSJ6tkbr+EpvNU8o7vwabrlcLwBwvDZfPmi52ScnXgrza4S6rStyfg80jDZqz&#10;LrW/5eZaqKhj16nfjk0gLiY3At92hh6UTcAiYDF/PcvWI/vyWjed2EaJkMtwl1ewMc9imwrUyd7Z&#10;E+ClBx06lcUuO6gVeaAIOA1wA/ClKgHzqFg8NclNJ/bktV89Npk8BhwNnIBNlTsHu/zDkwPATxX1&#10;2FTOC0cCODuBnQTveHFkwL1GdOZPEemisvPcA5V1+p5IHhtdU2XGnAxsjsVT2+l1sproXXdUauXE&#10;bmyceF8snqKcWbZhD043nSAWT5VKaggCbozylijUhDhwwNhkHO+b98t2u28QVPm4PDbsi8wGlmuw&#10;b4rFU0uAn7vpxPqRzJye6g2SaD+B6/22ZhxH02uqgJ21WuTYOf/BePWtwEPYKIA/QaRJdv0RPtV+&#10;fBE2jQJv0pWIxVPLgC9iM+1HJDhLgScoFjqqxG/rBOC2GqnrZEugXI+d/ekYpPduBD5Wbpqklkif&#10;gc2DWFgkGuJgM+TPBm6MxVPX+VdmjpQdP0qpmkw/gevJ4TVU1xjwDge+PIjABGjvS/6um060uunE&#10;EjedWISdDLklwHaPYlca3BWLpxpHDDi1PKPUEoStAff2luHwzKmV+jqwyYGnh5lf8Ap2NeYFJYhi&#10;IfAzLy49EtR6E9rMv4i0AVtK3N+FTqwoIvOrPMAcqeusLzrgqbeslssE/b5eRNOgPm0AurR+p2Yc&#10;V+CBWDx1LjbJo6VI0UuxM3LfHwngPJrgrXDWYlPPijVaTyyeWl8CnG+vch3eip1M6BEoc/o/QDYW&#10;T5Vy+Dxw1stGjmITe+fXWme56cTaWDx1OTasVExzfz0WT90+EmzON5e4v7SMmNrKEvdP1RLXaslW&#10;7NTkauzGDAa7VDiG3ZXjsBJXi0ybZmmBx4C7arjPlmCXCwc5fYtGAnMGZbz3AL8u4xm/xyZVFBus&#10;jfIq76oSm+ySV+tX1eOwkwcnYBfvXUDwPgPrgcurvYa/Uio+Fk99Syq8WJtfOKyZUwvZ3htQZAXl&#10;xQDXUTq54yOD3IEH3HTiBTeduAO7wcT/BhTPAh8ZDsD0yXPACwH3Txnuav08qb1CYoBUOdNkynD/&#10;7xLF3hOLp+YMEdMY4EcBRbaps4eTB28ITtqZPGzBqczqK0rYmsv78MjbCV4dGAWu6e+qzgrIJoqH&#10;vLYP031NA7XacGbOU7GZL8XCQ1f1cSR3YU/fDQo0f5jgvZuqKV0UD7q3DtM+DNo1t2Mg4KwrI4m3&#10;WqxZh92Cptj+SFeXm5aVz7bAT0qw5/eGqN5eDLSYCTMcJSjnYdNAGrmRyh1V0ld1/jmKrw36Ef3c&#10;kUN20FUEL6V9B/DlIVTvQyWjqvDMGQH3Vg4klNQs5HcPciOdAXyzyL17sfsYBTJJC4uj2LBMZ4Zk&#10;PkDbYvHURcCjFM/zvBYburmnkhVrYbFDb45kI72ho5zZ2e7kpjRBpKqJcU4ACGNVIJm3B2iC250y&#10;HvICOkq5gMx204ktg8iaJ2JTtgp56Hc7rV2XR/YcmoadNTpaI/NIbKB6Eja7aDR2JsXRwOrErmfZ&#10;id0+fBOwPtcyut2Mi/44AKDtwEVuOvFgP4HYArwNOBm7J+dseg+MiOapPAN04zgNRHBMXQTqHKiP&#10;YBoiUOesiew+dBnwSoZkbgDtG8GmwxWaDj4ETKnUKtRYPDVboaRCqn0F8J5ymDOIzt9O8Lx1JUfZ&#10;OdgguE3yMAanKwedWZzOnm6nvXs2hp0C3h56T+jYjV0D1Jpns0WxszBTsFlHs7Hbf48CiGQO5XA7&#10;2k1zA6apATOqPj8E3gzcG4unPgbcWSpkJVY8Bht4vgCbTJLGpqK9jD2Bba9A731nnd4zHpiIMVPI&#10;coSTzU4H4sB4x5Z5m+rotrD4Gexubn/QlcmQNH1gzsYAHBxNBRb7KZfgq0WA2QZc6aYTuVI7Gzdo&#10;JBWbpH8IOLeaG1tpWekXyJlrnc5sAx09OB1ZnM5sDmN2YU/eeBYbSN8AbM2QPNBPNmuSljgVu1rw&#10;rL+os/oIubFRzNioZa1eyQHfBr7iphOHCjyzHptt80mVXYadLv1ThmS/97UX2KcKMPMVRTgJu9PJ&#10;GJ8TtR67KcNDwBMZkvsD2nq0wFHMF/mim07cUIE+/YT8AqeA07fITSfugtLbbk8XM9YF2AYfdNOJ&#10;OysOyunfcpy2rnPJmRucruyJTkfWkDOb1LErxQpbMyR7AjpvInae9jB6z9tplGrPSlW1YdO4dgLb&#10;MyRd3zPGYJcNfwwb8K8n4pAbF8WMb8y3/9YBn3fTiUd8778Qu8f9KuBXGZK7C3zneLFgXAw+Sd/p&#10;T2bp1nfuw26WsMPTDBmSh/KeNwabZX6qnMbTBWKPlVZhp2vvBzb7bW5tlrsuoFu2Aif0N9tJZsPn&#10;KLztz0Hg42468Us/jQep0qv1oCA5iN0N7RcD3UzWp/r+Xtdsjfql2DSrl/NtKjHTLDHHXAEyorq5&#10;Al4Gu/qvQx1dpzJjVX4a9oibWQJHWqrxEex2i93YhNl/xc6B11MfITdpNGZ0fT6LPuC4ncnIvo4F&#10;esbSDMmsr37TsPuIHiu11omd4dnu+872PPOhSdprkoA2Xfb0dNVlixjyGezSjb+0k9pnHnaa9zzs&#10;OUlRDc7n5UTeDazPxsd/Tc5ekCwDLnPTCbcPoHQU5fgG8K4CRdYKmM/m2xiFHjYem2xwE8GbDfjl&#10;UeyuDiuATLmqPnbUjaPqXm2djt2Z4xJ1wBLgPuBRPzOoc6eIFU6Syu1S56wD/pwhuXeAAyQi4Jyp&#10;zpyPXZj1U9mFJwDfVSeTizViYqO8ltzvtHbdFckcehjDbzxWb2HxOOB8AWsvNmtoa36koJ/f69mC&#10;x2OPnjlFbfSSNMxjwPoMyS6VnyigLpRW8LzwF3OxxpmmuaGRaMkI4U61we9k6x70iElAHKVBP1/s&#10;fSGFD2J4SeR3S6FTURw98GI5N0eqon05JCtfOgSWzarEfv56ZqMZiNGVjURau2Y47T1xsjkjVfMr&#10;4A8Zkt2+xm8WEDz7b5dU01MZkvv60IlRMVCDrh4B+6DXcUV+F8OezvbPYsYbsWvHE+gQA9PcQG7y&#10;6I2RvR0p50DX8gzJrT6P/Byx1MNB39vC4tHq0PFS6367r0sO3QHAzVflBZ7VKA10ugbZHAFhmTTQ&#10;9gxJzwQ4G7vN4vkeUE1DBNPcgGluoAygtkpDeWw/Rtf4IuS3T5rwduBBzcwV9c6IxVNPacRR5gxE&#10;/4JtObPLaevucFq76p2uLNiE0zuA1R4gW1iMVNjfYpNwO7AbqD4C7C3ENvrNKA0qz76K+L61Tqq5&#10;S5c3uqNqxCZ6E3XrpGZXA6957xOjng1cJ1V8pWzEO4G9RJxPkzMrMyQPqey7NABW+e1ifetUMZ03&#10;UOr1zAP0nn5nfF5yk2zmmAA8xufNd4sI1guAufw2kmp/E3Y/qHOkDe+XSn8hQ9IIqO+Vxlygd2Ki&#10;db1AbejTnI2hdxXCBqnuVcDTbjpR1tonD5zHYZd1HhQYevT/nC7/oQV1+vCxGuHjfdc4n43UDDjk&#10;TItzsHu+09pV73Rkoxq5dwCP5AFyqgB5gkbXEuCPBWxM9O65Ul85NcQh4MUMyR0DVJOOnJN3Yo/M&#10;68JuI/hMhmROwPuoQPodqfxOYEOGZLaFxYeJtdb4VKk3GzJTg2a3V74Car1e2m6ebGYvfrtRZsie&#10;/FCSGP18aYQjxWT3AM+qDuOwaXqLNMhsOLEhcsDUR5aapoYlZmw0jfOGc917/I5bX+zSouCstLSw&#10;eKxCMRdpRmcNNtP7wQzJdl+5ibJHjpct9jtgXYHGbBKzHy4gumKK1ypht5URXlogFn9eXndnC4tn&#10;YPf8eR34aIZkWwuLpwMRn1p35EiNA7ZlSG5nEESAnY1dJTBRYN0kDdVeIFpwnlT7LDHqr4HnNBin&#10;yj69TOZVgwhhvUyxJcDTAwmLVRWcYobZMrAXYPceWi2GXOaPrcmAf59s3P0C5Pp8Fmlh8TR5eI2y&#10;Z55SBw9JkoOAdjL2wITH5eGOwu6wPFVsetCLsQqoMWBTKRtxEL69Tux6qrRaq2zgHXnlJkh7fUCR&#10;gLsFVG9XjiPFqJfInvVCFa/L+XpY/26oRD85/axsg0bZaVJ/Z0qNPyQvexnQ6rPXGsSgZ4r5HshX&#10;2er8mZrt8IL/j1djRFZgIJ6vgXiDHLSj5X13yRmZLadjPzUmPrPoHIW1OuTRb/EApTKTFUG5TOU9&#10;oG4Uc04W4y6Qs3qY8GQUElutUNrT2EToXcVi0v0Cp+yrCQLicbJrTpRdGNWLH9a1Ns/LrpcqPFNl&#10;HxfYuvPecZTKNXrTeH2txBB18gTs3pK/zpB83KciY4ozMhxEUYJ3aUB1yvHc7Gc+mTCXKPbcIEf2&#10;Pk/jiZnnSdOdLs05My/QvkumxUZ6z57fRu/58+3kJeI4AuB7NYomS0UdIWdgpmwWo4d6Qd41+rCD&#10;BWJuZ0h9RDRyVmRIduSVmyjGbVTw+cmgcE4Nd2xEExVbNECdgcZZh7g+zWLUYxQ5WJoh+XKedpsl&#10;X2Kh8LJcmnKlFypTu0wSYOcrUnCMfjutwOxQpxj8qgzJn/nB+Rns3HC7VOk27J6XW4T0FxWi6Cjg&#10;qNSLUc8QkA8qGP9EvjqWY3GanIN9KtPFMBepwGPFlh2MEJEWOF9Rhr1yfrb7TDVHqvxckdtpYseV&#10;Cv2tAV7PM90iIqTDRYCHKeIyQeC8yV/eUeijNZ8Fi7DEFKn0k/SCLDbtaYXfZslj0pPFvh0KsLcT&#10;ynAD6mQx5REisPuBV/0qWGA9Vqr9VEVXGqVxn8MecbgBmxNwoJzUPqeAVzdRiJ4hGp4lZycnr+w5&#10;qfZXC73AF/YZp9jjM32ZyQml5rXEUXKCpivassKLjxYoO07O4psUUpsjUouKrHYK7LuxaY73Z0i+&#10;4mfOM4DP4iW0Wk9rhwzWzVLpRZHu87Lnyc5swyZLHBguTkEo/QbqRGw8+wTs5MxmqfSNQRMMMgcb&#10;ZbNOln06Fvit3zRy+vFRo+TZzZbnlhWQnx9IFnYoIwKsM+XoHq0/t8pvWS97tU82uRPwsqjU+2yN&#10;EM/DOiQ2fSk/LBRKKAW8fy8MOc1HZt1ynndLS+8RkF1/GNFpYXFcsSk/63lb8O2Q154JgRhKBUFb&#10;h00+8fwbL5lluX/i4v8AvgLfUnWy9KsAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAB36D9w7dQAA&#10;O3UAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEZAAAA2ggGAAAB&#10;5RwGLwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAB0&#10;0ElEQVR4Xu1dB5gURdPecLt3eznnfAcc4cg5CipBARXEQBBQJKmgImZExYCCgDlnMWDO4Tfn+Jlz&#10;+Mw562ci1F9v9dTc7N4eoJJO+32e2u7p7umZ7emp6a6urvJZ/JvwlhPGxQuFFeRENz6+LqmhJ/LL&#10;vRd8adHsQgol+N51jn1fcZlvSms3zU29c2NLAiEeDKVQy4En0OjpF9NDT70jcS3DweWIb3SEQ365&#10;IVxcqaIo4TqEn3/1oxxff1LZpmsdXHDvw66R8LJjSvTCpfjZoX/qz0hXunHRRr4xXKTryFPozlNN&#10;py3IDtK8Kfk0vG8qXTivxH2UAzonuzeF442FWyYfdKVc5IIjS+iaExr+fdDn8174U9xYdvkAvaE9&#10;TPIGhj4uhNv2SJUbeOqSanmb0vwBNw/pb17fgq7jfgS0rkz03uyGAy64cuUqrVz40NlZ+TSqZ5rc&#10;UM8OOe4jevlq88rjWNM2OFDxY8++p5VPwk9COI1AHKWCQJDevK6F5HdpE1mFcNbRN2y8G2ox4Fhq&#10;u+1CVD45Ocn/X6ThYtculL5EvY7o4zLD/Kwgwo+Qn5aZv3FuiBHBBbz/+MR9C/SY0LG1DwGxZTcK&#10;9CK1/Y+VC7WuDL33xEXVckOem7msqtchlFs9hJLCUW/fxoG2COJ4TFefUCo3w9+y95GeXWc690Zv&#10;HQAXSc1v714ovTJ9cNtJ9e7NBcIBajOu7aa7IQ/ci+FGEiKhLzjaJZQSokBI3rojJfOfjhFOuL4Y&#10;yhQw0Y2DD50wti/wG+67wUR9JzDNZCqRo4ayk50Q+I4Jj1SBMsJY/wwSnfAupnKmveUoGquZIiYa&#10;hTUOKW5hwvHhTJ8y/ciUx/SnsK0THsj0fybqO9kJAdxIpYkKZjDpV30xE46BsUyIz5cjE0erblDo&#10;AB+PLh7wZ2If8xaBF5zQwsJinbgut2idr3FFMGHTvOrHZuTgQu7FMPbxjgzPyy7YtPN4hLcuKXfH&#10;OL//sUrC+86qlDzvzW1UtK1KpLbVifTsyx/Rfz/6hhbuV0Zv8Xxr2/Fn02df/kCY48/ba+MN4F3g&#10;369evYY+cwQHTnKCE0r+C699LHm1/eZvvBvC5O6331dSTd8j3YvgcczaLRvj5bgzirrK8Ma5IVQ+&#10;ac6VfHHpwGVMb0qGibutA+DGVq9e7W29DQv9txO2y5QLDOwUeQBvDUjz7j+7kgJ+00pjZ1++0W5m&#10;VN3WJ0rlC6YX4AJyEdzIGXMLKcyPKTs9QF1bJ9G4YRlyM9V9jqDvfviFwmH/wyi7ISGSicriEJ1z&#10;WLGEuKDO1TFPB+01MpNvrkjyargDA2nJgQ3fOqgYLYM5+CmzC+SCeGOQhha6IqeIIGo5bFKulEH6&#10;R599t1Eek/SZa+94ga45sYwyUgMrNW1wzxS5GZAUZPznihq5mRH9jTxoY2A3XOCeMwyXXTankPp1&#10;MuK3L0pqKC/Lf39pfsLvyHvovCpJR3yjIat8IL16jWmBbnN6IHwbccYo/HSc0ZkSkrJWOzeycW+m&#10;sscB0lecQ5kCt9qlNaUUplBKkTwSyetYX7HxWwaYMTrb5cIF3YoonBn+rPO+XUXQhLTi+gkIT0V8&#10;o6N1RfgZJ7pJMcwJtyig2UXgyKhnUoEB0r3T23eYakzUfUwo85WJupDH+WcQO48GdF6uQD4qrmLq&#10;y/Qq0xNMCp32xtbzM9OfuqHlTFrZEUwLTNTXxwl3ZVrIdArTfkhgjGPScwDEd3bCWUyLmIBCpjNM&#10;1MLCwsLi3wgMlD//++oG3kH336lny8IrPGeH1OK1FbIe6jepgtUY0mK4GktpyX6aODzDbYRXV9TK&#10;8Bf0+rVmXfUfgeF90+jeMyvpgLEiQxA5gTbCH3+sou9//IXaDz2ZBux6Ou139PW09dizZHKqZXRO&#10;oI3D0TQcN3vM3DmLlh5Q6P7Rp1/8QMJr73iejlx8OwUTjZwjFvOm5Eq5y65/RsJ6bjyENf2OippA&#10;NUvs0D9N/gyo8/an0H2Pv+UejzQT81RT0oAn9XTHqRUyj25RFia/31WPCmDSXztgAY2edrGc32/M&#10;aW5d++6S3fwaSm9eaezQDHm1nOxvmT5DJDPNfy4HU/t1TNa825kQR3pCOOT/NhgwDBg9ZlA3o87l&#10;JeQ1J8hNdx2xRMLaAceKzHL8MHmF7h4/rIHR4g/rV0hVfUDeV+fsQ4tpCb+aSFP66puf3bKQXzlF&#10;mwECIWq77UkuU+WU3yC2rCoOIf4UikArTBvl7rxSmjQi022ca04odf/4mQebZZU+HSIiOXIa7QzN&#10;V0KZ5oBXcbPA0y98QKMHpcuNHzguF+GyXu0j7h8Z0tM00F0nVVB9TThKSQzhXac16Iai582fkq+N&#10;48tvuQPdet+rbuMU522idae/iSf1hpff9BwlZZouDxkzB92dP/f+OYcVSZna/kfTI+dXiaCb06Wx&#10;IC3TXtWjXTJt1ydVG+UPbRy9BoCQk7KQvsVDn/x7H34tIY733lH4Tcqzlzfwh8SUIsos60tv39CC&#10;+nbOQ7o0SFHPEgkL0huE8BVF0jMmr+Av1xs8CPzhp19o5pHXufWbUs0E0A7EjSvhc9ypLhE6JsCq&#10;l66qpYru+0eV4XTaMZJKB7cqk8b5pFga8tMSfmXqdm1Nb3EjqpxeKSHYTKcSB080AzkvIb1utzbU&#10;ZVZX/VMIt0LvuXGRqIND1YkGdU12BYft9+5IKTl1lF05SBTFWmx1PAXDMla6zJRohkBjFLUdiz8h&#10;DYM/h3RI34t7lVD3uT1FEt/zsN6S7kER0wFMcm44O/wBEoGxI80r69TbvBHJMCtESw80Uwied8b+&#10;qSVoICU+9idEEqjzbLdnJeHHnOtL69o2ssFXJjc7sATLAeVWD6VQxLxufBzq3PB6Pe2Evk4zu0ha&#10;cf14LQescMJNs85jsXHQyQmBbkzSK+Ro7VD1TsBbHqqewHlOeI4TvsGEJadMOTILKLE9R+vJZvLW&#10;qQz9NyYs2AAXOaHF5oL2FKinri/SndCL45zQi9OcUHuBXkOvqfAu1U1h+tVEfVOdEHiAaWsTlZ50&#10;lYlKL7PYEvCHE2J8Av3j6+XIoD1TmAkqVfsync7kxfZOqHrLqmYeYurBpD0CTx28R7W/wUsUWKGG&#10;CjqwExMWjoHZTF6ZtYWFhYWFhYWFxYZGr3AS7ZXcsCb1F1ECjQwOl5rD5o9zIfP90vwp7GH8S0Ad&#10;oM+M7Lj5Y156jvwhJSc5Cqfsb1Yrb11S4W7Lj8XH3CCTUtLov8VVyNedHM0XHVskyjIJ6KT9ZCOG&#10;CzRGdvlWIsnzEoTjsUspOFZykpo9jvH8oV9Mki8Px9oQa9ascePvfvCVG8/LkjUo2dujdTj1/DNw&#10;4j4FdME8Mc8C6R2lZle6fx749bc/6NCTbqWLr32K6gaZbT7vf/SNhOmFnXHe6sMn5UqjXHV86T+n&#10;YdJTArJK6e0lrQadQNfe/gLtMOVCOX7m0hrq2yGZsisGyfEl1z0tYcftFsmr9fzyGmpZHqZrF0aZ&#10;Lmq2iKAxqnod7DbIrfe9Qv12OV16Co5vim/I5z9aHvTMSx/SthPOlniVWeKVTT7NEkW5YltF/syk&#10;g66kUdMvksbQVwV5UrABEHipQBzIOH5GvpR95Jl3acVtz8vWTxyDDpko2hfND/ra4JUYOeUCV58v&#10;q6yvfKGcYgKUPXVOEV1+bCkdMy1fVNc4eSDy8CnPKOkp57785mf0v19/p4mO8aTsdGn8ZgW58T3n&#10;XiW9BPEL54kKiWtoAo0BlVcw5h0HpIkqbYcWSbI98ZlLq+N9gXKhb/Pme19IfUqhBFFzax7Q3qKU&#10;nGUYr5PNzNhPl8yXr0s7R5/vXslgwBoVBzCyMZHpQSZY8BCgjqk7ZdHrb3/u1h3TeFs2tGGAux56&#10;XXrGQ+caJce7Tzfh1ceXebdNBVMjAQoEooTdAKYQ2NAo56DelCTfml47LXMbxlHYbh7YaaBRje2+&#10;g1Fy3GWbdOKG0D9wyN47Zrl/5vZl5e50Qf9sWaepyBf12dZVwm8GI669A2VgYAthZc85bl1bOspx&#10;w/j6LL/5Obl5Tltx0ATzFXnDmQvhT3rnUN6GUfK8JtPx420YYK+Dr9L6vVZ8tkzcxhNB3OyOUy+k&#10;jsMWUftasVw3f6suKfKnFkw3VhXOOqRIGmMxf3WqgiHZiKwNAiNhCJ3t/2LIENCGUaN0Sp4G3HKB&#10;m/Te9BMXiphgTGrDZnjZ/YhyaJgj98yThtkj2bx+MC+QVWEmlrF/WI+hWov8gbufKeHMMc1A2/zF&#10;K82TBxBy0qVIjyS6ikWyfTQc9I1Bwxw4LkcaZlQkVcqDoFWOcPu+KV/LGQ6/edw0si83M+BqlYJa&#10;VWwke4obEg+cYyaInoZZgnRtmNSIn4b3S/3itRW1rtmFWPMLSughSSHf/Xwazt3ppsVmnqS98tZ7&#10;X5GwtKAZ6Ag/d7npMW//90sJd9nWKFDDagsMnOJP3X264UPF7cbTNt1Tqao8h4ryG7TNubjhP7ML&#10;Ed8O52zbPYW0Yf7vTNP4Z13+qIT6im3R0KeJ/Ux60wkJvhsdu5RAbyckbNIoaTGAutQXUSTDmCBF&#10;Oghxzx8WO3ROHSFsDxo94yJ6/xMzd+rYUlTdtnjk4maBZRc+KDfOaRVX8DyoMDuBHrtQRJNuA4ZC&#10;CdIAD59X5TZMWkW6xLHtB2WRxnTOrF2FySbjPCUnr3lAGbBqfOP1UvMcjPvwE/b56vTPQRhVVRKR&#10;xgB9WOz2njYoO9gxbLv0gCJKSkqk+iEniXAL5z59qQjZmw220T+tpAO7rTqbPU5zJ0SPRUBojHH9&#10;a+npAjMadl4l1ZJKWb6gLKr8IXs0Q9GDvipKzp/8weT6/sc0BJ9fpIdTjHlaNAZm2VNHyZShorIo&#10;hLkS7Gis8vn9dO7hxVRQt5NbJwxPcV7zQyAh4v4JkJMMIA5V+h+G9UqRDV3lXfelhalZ0AfeBTt6&#10;OUxhirQe22ZNt4N6rPEHZM5EJe0nUk2/o72MuVliBRokMbVYX6XbTLLvuS6zu6nGeBjmwTnMYUr3&#10;/uHyQRXUanSdHHsb2GlkqLI1T+APwDByQSvT/TkJspV3OkzvRGmlaV51elh2ESTlyEax7xHvMqsb&#10;ZVTK0i6MsfiUx0A9v6zLDKQ3T+BPwORRMCHZZb5eFPcodhvHH/KLJVhszug2VwxLDa4cUkWRXGmo&#10;F33+4EpYwUKdTiN75cPNDrllnafJH0HDOH/Ii8Qeh/SiysFV0jiJGYm3OT0I1EFKcBmcl17UzTUP&#10;9o9CvIZBo3Cw3GkMX3JhymqeLrYp7V9GBZ1kObcnkz8BG+H9QTr/SJEb/7OAhsHulIpus7SBrjA5&#10;vtaVQ+JqMLzbYsACSkyTFUwYcvL9I3sMGKcTtfi3YWRMaOGg2AmvY1KdfwXWlCF109cGewEmML0o&#10;RwbeVwp1ANgrUGuigpZMam4cMt/YvQiQAqqhdyB2f5Mae/dey92DubGgGyNaMeEP6fwHwDAewA1h&#10;Ixga5iwkeBCP12DrDOoD2jJ5LeGhYWJN96Fh4tXjtX6PfFCdHBno/VlsKuDJqYKhPkVspfECcx4A&#10;hhsBfbLY3KXnYNMVAIuS/ZhiX0kxOOsA56Dn4RXW8/UaqBuvKoA876YtUQpgoBepUB3beFSCuEHh&#10;7b6dnRBAOhoIIfgDQjUw+QkTjtGNEYIAtYh5JtPHJiqTzGSmfeTIwF1XYvRyQm/DeIF7wuvtTd+f&#10;Cd4wFNj7vcGBLXj6JI53QuyfhjAJedhAhY1UQL4T6rY9NJzGr3FCNAqAdHjBABDXfEDTMQH1ltEQ&#10;HjcAzcOmVBjPOJRJ07Q+KBBYbAmAbGR9bPm+7IQbE7Gv12YHXiO8y9gZCxVUvUGIMb3QdITXMoHX&#10;aBo+rSiP/ZZq/ldN/mI3fxcTFeAcXBPhrUx4OIijPlxfZcXxdvRaWFhYWFhYWFhYWFhYWFhYWGxU&#10;wOzVmonJ4hh7c+NFv89HpZvKn6jFn8M2SUZJdtvECJ2YkUOTUoye+ubAPXmlci8jk1Jon9RM2iV5&#10;43kbtPjroBATHhSoZUKIBoRNJ+I8XYRfX8BfCdyr41wQtJrWG0E+p2so0b2XwYnJcj/OvVjDfVsK&#10;bsgtpln8RuuD+rqkho5nbuPYMJ9rSsUFHuLKB8+pEp3izNQAVfacK9pgXipsvQsVZJstRGO2Fg6m&#10;C4CxSLk8p1DsqOu9gK7ILqRTMpvp5vp/KErwMJuiQd1c9y0uZu6cLXnoCLEdRGn8/ldQz52Wxs0r&#10;bj9RdlOff0QjXcqrvdd+8uKGffegioIE1T2w2BKw+5AM0RSG/x/QxfNFHxS6EIr34FPsP5fXUHWf&#10;w6I6wc4zjUMkbAb64adfJf78Kx9J+PvvK2V3Vv0Q41Vq+J7nS6gUDKVIh+D6rzaX8fkeOtdwLqWn&#10;LxWOJ5uoLbYgYGMmTIjgIV16dKn44Ib7DBzHuuuA5R+EAMJ+Y053zQMowc9Si62Oi0qDXSn4c0Mc&#10;/t0Q7n/sjRIW1I2Ra3Vrk0Q1pWG3w8DF/z/FYtA/DeWwK4GHBPsT8SyqwfTTXodcTVfdYswvgH75&#10;1WwzBNXXFdENxkqSamO4aF0V/hV1Z1cMdMv/+POvwpleeO0T1zDZqlWr3fyyztO58xgv90W5dsq9&#10;RSCS6P8RDwR+68MpDU4NQWppbtvxZ9PdD70u8evvepEmHHAFHbn4Drfc8gWlsK4Qq0O5Lky889QK&#10;yirr59YDevalD8Xs1hU3PkN/rFxFx556t2uhClTV+1CaMdp0bK5jU+haWXhwutPwUQ/txdc/cT83&#10;oB95bDJiygVRZUA7m9nPtlJTDLLSAmKZ4oZF5UIXHFksRuk4azdTohFqX7yyVhxFav29R53q3gc+&#10;e7vPuszN8xKEfs5OUYuNjBnoMMFQOOoB/Pb7H/xpWEXvf9xgPw40cftMOvfQYjygz/lc3RsArFQL&#10;h0pitcMZA8XSUVPy6OlLaqhXfXJUOtej7jUUdxw3M5/evL4FZZb2lXtQrnfp9cZCYiw59WALssXG&#10;wK1LyykUaWwVAJ1G43gIBdnGxoRzmhdQvEb6hzBChjJX8CcKIR70/WdX0sj+svwAml5XEV4NToP8&#10;7m0idBtfH5ylbVWYB90BqixKgEYqdg3D20cUcM487mywf4H7uvHul+jDT791zTUoYQdxE/dqsQHQ&#10;B43rbfAuI06hIxbfTvsdZSy5zN49Rxynotwtp0TPWI7cK49yMoIYv+wGA2z8KfoRjgv9fh/V14ih&#10;Izg/zEDZJgCbiO8wETzWwrgsPNEO7ZUK63aPwOislHKAe1CCNQfc36rVDQNlL4HrOadZbGDIwFcb&#10;esRe51PXkcZCn9J9Z1WKDTVY60MnwUkZyQEVqOW3rhTLErF75D7yPuD5PXNFiquOZxfM7uDmwZNm&#10;Ysj/jXOeAAY0zza+WoGk2jLx9hvVafiw+sDx0YP186963I2npQQox+Oe1GIDYfLITErNayeNPHnu&#10;VfT9j7/K7GTQWGMvznHOLeMYWDJ0/FgLCnOClJbsJwjdcAzbLugAx2Tk/HHH0gq6oLwwSuzv7TRe&#10;glFjdIKkjMrfYXnokqOks4jJk4PG59KQnimUk2nsVeFz5+k0rs2ZnaZdRF9+85M7WFZqVnY1mwlo&#10;4T7GaHLrbcw09gfuND//7zeJQ6x/lOEsV0/YLpO275tK7ZkDmFN9Ca9e0/BAzj60iF7iB+7tIBAE&#10;wrU17PkhDpt+sZ3m8Mny+YlKe2F5LU/bRbaDXYFAINkxi6djJu00W3dNIbWTAZo450qZmutxTuW2&#10;zcyx+hYONLxKZ1tvfaJIY08+5z63wfXBMMbAITxMg2Iw7KR927oyhLGI4i5IiL2d5imeGd3ED/+M&#10;rDyJezvNEdxZYMt5u3451Ko6mztKDdX2my956ICeawu6tTa+1l9xnMp78xHHefNOuUM4zceff091&#10;/H9i/od1dLgBcJvaWwTtuu9l/Gn6hRade78ch5MLxLi/U7YNOo1jNlUMb6enSly3yQrwcGAyVTvN&#10;tNQMmu2skiN+ZlZ+I04zelCa+JPXY9g6uZfHUE6VioRc5/N00bwSMZTn7TSRkP/90o57y/nnLjdj&#10;mrnH3+LWWVeZiMF6bJ0WfwFf6BsKGrDr6RI+/YIxfz9uqBjD6muK+nwHjsslx3Kq7JeGlcMz5ha5&#10;D+LA3bMxTX7v0DbZbqep5BkX3ALh81ReaHRfYjsNvE94j3FPj15QRfvzjM3UzD0m4Pu0v2MwcMbO&#10;2aR28SST0adDhArqRsv5kCAPnXgu9dn5NLfOYp7NFebYJYcNgS+uXdhgfbHriOgZE+eDMF0WnMMz&#10;GSxecnSHpy42q80Y4yAPg9+L5hVHnQ+K7RAgLu52KlDvcFLUMQhjpc6tkqg4N2FNJNF3Aq4Fepmv&#10;w+evhGVab6fB1FrrX716DXkNzIMOGi8dUEwGW/w9DEPDa8MuvcAYkIUXEk3zPhh0GmcmBXe5A7fp&#10;nkJbdUpWmxx7oSxM/eG8im6zZazUqsPWdPvSclLDkcGwEfBp50C8zYR2VNyrREylazo684h+UbrI&#10;Tzkm14Ffzzu82Htv06bumOne884zjDqGEu4Dg2enrMXfBRwbpWXkSeOefO59tO9R19GHn37nNnhl&#10;OefxuGbWLlm/opPsvHWarBvxqWEsSjoGuwXBoO90CNvwkI41NvTlE4eH+8RF1ZRTtS0N7yfrU1Gd&#10;Ri3+PZZfJmkPcnj8TDnfXXxEZ3WsGAtXgfQYsiO+5sAbTm7glq+9/Rl12n6xewzCZ5RPg/95iw2F&#10;nbZK56n1JGngDsMW0Xsffk19eTxw4HE3SVplcQKVFyTQsgMLvZaaAcSjBsKXHFVCPdtFm6Ot6L6/&#10;dJyF+xbQ02bq63YacBcclwUS3DQsL+zMg2OpsAE7FWQFnnPiYu0ZdaKTZpb2kescc+pd1HPHZa5W&#10;IAwIooPBb4pzmsWGxAG7Z7vGlgF94Erl3faja04sizWkOgZifycu8pMHzqmibm2iO00scVG3g2BF&#10;GsdKbxRVSmc4bLLIhqCEDpxWVRyKsqgCGc5/rmjw/PHTz7+JugZ0e3Bc0c10VC6qVp0sNgYgZMsu&#10;6eg+iFiCyic6Tbe24sbFNWWz58hM6sHchaMjVnDHwsN6/MIqSstrH7ceLud2GhA6ypD0ZPdT5jxs&#10;eE+a6rhmACLlAyto0vBM5iDH0oIZ+VGdxks1fedpHbBIZbGxEQ75ZPUZjR9KNmOdeOQUx1usdtdg&#10;9j0DKhDHmfGM2jwCEvYakbkKYyKcO3qg8bzwf9wJnYerqMH5cITCcam3tH85tdhJymB3Q1rsfSiV&#10;dZkpYVZpT3rLLFJalYhNjEp9GF5z+fD0GfN5Agpajm6FNNfWd9lWDavgw3qnSsdYMC0Pxkivx1IE&#10;jidsJ5+1M2/mqbPjqBedwkVCcgJVbSfjH1hGk89U2NOJ8XnCajji6UVdJIQfFB4ww/igxWbAd3gI&#10;ianmocQjyF+cssDzrXdvQ4XdimB2k4KJQbcDlfRZpw9dcUbsQLT+UopE9kP+oJ+ceHemWUyT4ZoW&#10;OsLlXWbIelN6AXz2+t3lB5zHZLGpEUgwn5FYAoeIw2nKslpmU4tRrajdHvVUsXUlJUQSqO34dtTz&#10;8N5u50nKSiL+YLjuLx0k5hv78Q9nVMvKudYt8aphwmnQYWKRgvHViK0b+waMZDUvfzn/IAS+jH0Y&#10;oNuXVTR4W/DHFclf0ePQXm5HiUdd9u9GiXmJz6JwekU6uBPltTcynexW2aZz+XwzUotTKTlflg1A&#10;0ODLquAZnN4L3OW0roqsLO2wJ1X2OIBS89t5Df9abCk4jmcsDqf5NadqsOk8TWNu94N7Ut2urals&#10;gIxxqKhHMcFrhXYgHsVIetuJ9eKxIik3QgVdCymY1HhhEdfCfqnaAccgL+g4bXhYMi22XGzdLUU6&#10;DXRvnQ4DJamWiGPfkhRqAPxdFqNzBMKucK2j4+rEna5n1GS87kTj4UVMn1G/EgSFyHA6TazFfYst&#10;DT3bRt7VMU04xShuBRKMQpY/aHYxRDLkYeYibWPijINldd12mmYAmG1/z0QtLCz+VYBhIa9xIPXQ&#10;I+5cGV7PFwj7M/3GpK5AzmeCWTTkgeAtYwcmuAuBUpXiWyZYuwc+Y0I91Uw4B6vRyPdCrwncw/Qm&#10;E9JgTT8W3rL4LxUm6juFSZ1XTGWClX+4T8HUfSzTa0wAlMKeMFHxjXcjE/7jaCQ4ULcrCvw/eFv0&#10;XlvrA7z//b9M5Sbqehtp1kCncbXrGF63Tmg4fbCAt4G8cQDHGIuo6xVIcFeZqAAPRs+5wQkBbz2q&#10;fqCzGj0fnklwP4rYawNI62qibj4MBmA5AR2nNRJicB4T7hllxDk9w+uuaj4TvK/sKEcN9ca7/s9M&#10;cP8wWI5MGbQr2hAdFtCliXjnNzvggeBNVnNmaEBtROAWJ4xNh9sbheZhZuMthzr3ZXqeSTma5sM9&#10;DsLLmHStyXvuNCY9XsAErhYL5InvQw/0HCUFBr7qcMWbF1vucqalJir3rnnohBqH7yL4RsN9IU0t&#10;WmhdWg5AWXBWb5o3/o8E3p4LTPRPwyuRnci0h4luEKCzefeB/x2MZxpjonKfQ5gw7bfwwMsi18Z2&#10;AaTrZwfA5wONCsDtmfc8dZOmgPQW+TrOUE89a7vmf5wQ0LGBeihTYC3Je24882cYt+gqOlRM1dlW&#10;vGvi/53IhH1S6kFNMcUJvaZPPmTCpwu4kmkXExV4xz/euCqciUTbAa4Ttdi6JcPbKBrX0OslUccC&#10;A5xQffndxITPk25GA3C+9xjwrhojX+vWa6GDxBor0jwAYyMgttMovGW3cUKFt9PgXtUBtPccRSGT&#10;DpoBb5l4nUZFBzruupRJH752FHQqbz36AnjT4t2LhcW/F/i8PMr0V96MeOd40/CG/lmbwvHQlFfB&#10;2Osrt9wQaIoD/uvhnToDWBHW6SM+H4iD7mQaxaTwsnMYGcK0VIEZCgwa4dOEwSw+a5DjqH4MHjTq&#10;BtuPlZEA6hQZHhIxe9LP3hwmdEJsoX2FCdNgxUtOCI1BnK9yFQzWP2LC52kQE+4B4w/MoHTg7q0H&#10;MppjTdS3iEllTDjvfROVGdNBTPCA79X5+VdBvcgCGMxiCqno54TwSq2eqQGUUSGgV6jVzgnRWTCW&#10;QFiGBAf1TqjX0FAVxQFNg20aAOMV3JcaMdLr6jgGgNxEhWze+0eH1v+gYzJ1PY6BPgSduE90BAVE&#10;C9pRIdCMVQ+FOgbGURB8WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhsYMSqKlhsIcDW&#10;l/uYoDClOsSbCyt6hZMoFF9L0GILwKgFGTlUHAjSy4UVm/shUV1CiOZlZNOnxjysxRaGFkxiJPHj&#10;kmp6vUgsPHg1+jYlXhiUmCz38rVjqZzTJpssiy0FNC45TR5OmOOlwQR61XSazWFnl45Mz5F74YEL&#10;ZfoD9JnhMpkm22JzI+ndoip5QErLs4voomyxdQf6sxjOpOdCIfvP7JC894OYe7kqp5BuzhWvu3/l&#10;Xiw2As6clZpJrRPC7kM6mt9wuM55v9i4D1wPYOeiOKSAocbbllbQotmFEgfBmRfnew0QNIXfDkrL&#10;cn0/gRbwvXA6HZJufB5YbH5Q51Ai3Z1XIg+I2QF9XFxNBTz4RZ4p0iR2hgVydIqL55eI0y6vCTOl&#10;xJRCuuo440Y5lLDWOml3/jQ+VVDu3svizDyalGyca5giFpsbPS4+qkQcfr7BHAKOQsEpYBY+NSJ7&#10;nuKhGPnoACkRv3hSiddRYimrrL+c47gy3tlUFYXP3rwu2rk7CI4wpuyQ4d1XZbG5sHT/hk9HLDkP&#10;NhZ3I+/lq2uptNPUuB0DNOvoG+KmgxLDxrs/1wVjQi7g0Mt7/VhyillsbuRnBxs9nNeNi2HdTCbw&#10;+32/I+/WJeVU2/+YqE7QdvBJ1M/jym/lqtXi4QTxV9/6jLbf83w3D5RXO5zgjJSrdb3QATNGZze6&#10;F5CTbbGF4J7rTiqje8+sFLr79Erq1sZ1h6yQB5eblRT14EH/eeUjCW+8+yU37Zzlj9GEA66gU85/&#10;gB5++l03Hb6VNA6/SrctLaetHB+TwIj+aavholA7CrjcFceW2A6zJYE5x/mHTcqjS3jgig5z1JQ8&#10;6tvBfYgTjpmaT9ecUNaIq4BuuOtFcRaqx59/+aOEByy4kfrtcnqU/6fd9rvUjXs9uM0Zl0MXzhOP&#10;c9g2e4WOj5RK8qzT0S0O3geEQSYnPTR1VJYcez2pKAHjZl9O77z/lRyf5PHFjUEwrIPrMajVIOPj&#10;Ghiw6xkS9ucOpfkdWiTKtfi6lyJ8fnmU72yvQSWLLQF4MAU5CXTp0SXug1p+bCmVdpziPlSlQbuf&#10;Scef8X+0/zE30kqPl/yCVqPkPPhkKsgO/OemReV0IHMPzYd7wqde+ICOP/P/5JP12+8rac+DrxLX&#10;hciHf8qR/dOkjg4tksTPJeJ8e7bDbEkIBHxv4sHAsWcglBx3mrxmzRoJ3//4GwknzllO7YeeLPHq&#10;PofJWKOyKPiWU6UXs+84tUK8vSnX6TpyCY2ZeYnEL7rmSQlB6s8bBJeGcBB/w6IydBivZSqLzYhv&#10;Ve7B4xj3YYGmH3EttdnGfEbe/u9X9Ogz78lnpNN2i+gPD1c5Zf8Cqi5KWB8prv/6k8soq3yAey7o&#10;noffkPCnn3+lS657mlbx7MqbHwyny/09eI6sbW1vqrLY1Ki4fZlxXt65LsKD2YbxxuLz7qdWHAJP&#10;v2gGs8+/+jF1Hn6KxPuMPlXCnJIO4pKY6/La41snHuAHX1RUSDX9jnKvufymZyXEbGu/+ddLfNmF&#10;D7n5oKT0cuFii2fLGpf1JbkJkY6OAucRCZGG8QVIZzgAwrqtT6QLrn4iyqd2cf0ehLEJ1wMbw/GA&#10;hwlDiAVMTVmofOV5ngkl59S59YKGTTyXXn7zU/rym5/keOBuZ1K7wSdFlQkEzeCYK7Y+sTcFMHWG&#10;wKyq1yFRD8JL4DI9djQ+qL2UnN1CBsVOVbHIwRjotDmFPO4op6uPN2tH++3S9KLhlB2yKJJW2Og6&#10;StpxMVD2psPtDqbeXIXr8N1i4+BUPMSEUKLb+A8/9Y6EAMYPPXdaRvXOYBYEn9l1VWl07cIy6tk2&#10;Ebbn4iLo9x0/ZYdMGj0onS7n2RUGuot5fNO2OpEqC0PftSgLU16WLGh6TcUDj71xbS317ZhGJR32&#10;lGu2dsZOvUeZz9/JPGUH9J5Atf2Plg7J53tN3FtsSGSk+GUc4G140E//+43abruQ/vuRmQGBIpnV&#10;4rArMSzuiNV5huCu0yrkYSmhzgPH5ogAzpvupdRkP5XmJ7jHmDI71SlSwgl+ybtonln1Hj39Yrpo&#10;xVO0erWZocUSBupH7ClO2S02BrAaHQilug3+0uufihwFmHPcTZKWklEkDy0zJRBvigz8jPwF0/Ol&#10;3IoTS2nelHxadmAh5WQE6bUVtXQ+dwbIUdrVJOJhivQYnymU9xLneT2SuAAnQj1Z5f3lntoNaRjH&#10;DHbWp0BYWnDqsdgIeBELitrYSqOmXUQ33mPWgLLSAvJwnYdwoTnNRSA5yf8Th0ckhsy60oh+aaTT&#10;8mcvq5E1n9RkcQkIc6fvXcefMeRdyBxjnzFZ9PhF1eLd//zDi2n5Atclch8mmGV1UV4Yoo4tk+jm&#10;xWUUTjFjHJUke9eiQOccJspZ1jfBhsawPqk0uEd8d8ZKeLi68MenLDNnGiA9JeJ/vLwghDyYhM9g&#10;mpaZ5j8XxPHOuw3OoPQUP2z5KhLGDcnQtaB7mVAOBKVzX/ta4UAtj58hHmxdFGQnSIe54WTDlar7&#10;HEGjZ1wsn87Ye05PkQ56pjnTYoMBEtOQx6M9VA4Q/vjzr27a4ZNz5QE5HeZAc6agQ9+OEerUMhF+&#10;Cf7bujr8LbzfHzIxly7lWdfBe+SiPDrC2nACvPP/H3OYE2bm026D0ykx5KfK4hDlZQfBkdQngS8j&#10;NeB2mOF9U2mP7TLk/rbazaxBYRCs98zFqYI5kjnTYoNBNOjy692GXrV6tTQ+ZC04drzrezvMCJzn&#10;qFR+WpxrXBDfcorIYNRYsxeQuSTwQPSSe06vkM8bH+8kOU2gosisQpcVJNDx3Ik4is+Tjz99NG5o&#10;pnSY5y6vlvvBPa7me8YquP4HUGZJT+mEOM9iAwKNjsVBNPLIKRfQ0InnSvzgE2+RMDUtS8Ykng4j&#10;FrgHdDJqDuAKr/P0l6OdcOzAD0fres41J5TSffmloo+LOtsN2F9WvjX/HKMM7o5XksL+79FZOCqO&#10;vsZtlwFvIzmYmWmHOf+IErqTp+ioT6n7Dktd5SyoXDj3a7EBkYBG9TY6xgOT515FrbdZKMcQ2WNm&#10;og/XOc/3qtGKmz1vikxf1Q2NAGMWlFUNfy95r6WEAfLLVzXayXgoE/VqH5F05kzwIicd5uxDi+nU&#10;OYXUujL8g+riLLvwQQk/+/IHt97Lj5EB9PU432LD4Exvh/nuh1/oxrteot//MIuItf3mux1FyTkP&#10;6IxOM7J/Opxi7MYk+iocPv5OWSU9dUn1encYyHWev6odzl2KOlIjflHs5k7yW8Dvo7v5U8aH8E/w&#10;pHaYaTtnQRH9guQsU+ePP/1Kv/z6R5QkOjWvHU0anum9Z4u/gzBPg6t4cInGPeW8B9yGVvUEnz9I&#10;WemBpjrMxwXZ8tYLNH96SkbcjqKk14hHrdt1lDrAcRKC4o1EMJQHxU70tKOn5kmHGTcsAx2mXadW&#10;RjUUC6HApx4OA4q5Z4u/AzRmWadp0rBdhp9Ci869XxpdG/voqTLgLNLO4G381pUy9R1mjkxdPUKJ&#10;bsc4YGw2Td0xS+L77pLNn5zGHYZPo/vPrpTpsaaVdtq70bUWzZKVaGDcCfsUSIfp2iYCL7E+rIzj&#10;vKOX3UX3PfYWvfb2525doCcuqsa58Ghi8TexAp8Ub+Pedu+rUR3GGae43MP7EE/ez32IAuQtycxz&#10;O8xxM/Kpa+uIxBfvX0hdqpMadRis+7x4ZU1UGij2WsxNNN5PO0ybyrB0GCyYxp7vpdZVYf5spv5P&#10;zrb46yji6XCv+mRp1OF7nifhVbc8R1fe/JzEcyq3oc51ZoeAPkDvQ3zxStOZFE6e22EOGZ8rK9iI&#10;Yzaj3AZ1q+i+ZVU6nXVICXVvE6GbeVqOPBCEgd6dkNgU50RrtMNwXByB8YyKkjMNlznZ4ZBX3Gj0&#10;aEApPI7Rjm/xN3D63ELKrRnqNizGLTOPvI7aOLOjhfvI5wje8n0PnFPVqMN448D00Vm067bpboeB&#10;Xsvhkw3HuXlxueya1A4DwrQ5Lb8DLZsDtQg/tSoPS3pyNhS9Zcbk6sx0aOlubSm5cVFZVIdhdPAu&#10;nHYbscTV1pPrdJkRdd8WfxHyhjuN+sVXP8p0FNA0byPH6TAJ2OHoxBXVyNcO82ZRJU1LNQPgZfyp&#10;0rjWrwThmvcYY5qhPZOxNuUizaxDwadlNjrficxlOK7uAd3/ctzp99CQCedQvWdREuT9LxZ/EWjE&#10;so57S4NiGq2I18jQY8GxJy187LTG6gN407XD9GwXcTkMprY4N7bDJDh6uZAm4xgcb2HM2AiAQhUH&#10;MGQUQYc5em/hfurD0e0wXZm77DzzYokP2eMc9zqe+7b4q0Aj5tVuJw2qHWX8/pfHbeTYDhMK+mjh&#10;vlEP9hCsSR08Pvs37TBYWc5PCkq8oihEu6YZw0Rav5J3J0K3thHK5mk8NPS4zidM1T7fnjtkUseW&#10;MivzeTrMbTgGcF9aBxYjsb/Ju6vS+18s/iLQiHkthkuDKr79/n9xGxmfABx70j7HgqETl7pAwVAK&#10;c420tRLMhTRFOQkBUaB65HzzCXSqbwt9miMmy0KmXMvpMBfgmDFw1q7Z7n3/+tsf9Phz/6UjF98R&#10;979Y/EWgEcs7T5cGffH1T9wdiPEaOabD7KVxzGyQ76S7567NzIdyIKUvHXt1SgMTk73X8h041mzC&#10;dxY3t0Xc6TCHIR8qEuU8sNX6dZ+UUnXfeWKuBGUt/gb+w2xfOQwIOruAHj9wtliZgoa/D7sU9SGe&#10;dlCDGRBn8Gk6jD/ongvZyC1LyqmubXs5hh7vg+dWSdzbOfhUoc9jOo3Wj7rxCXr8QsNxinOCXyB0&#10;OswQ5GO63sLZCAed3xW3PU9vvvclfeXsMMgq7ihqEyhr8TcAXdugo5Z5zyMN01DdDD+sl3xyvkTZ&#10;fcboW27MrkIvBaqYiANYecZMRutA54D1hbLqdnIMcf4zl1ZL3NsxSvrI4qCQpj2Qb8ZLUA6Xyhk9&#10;62UB8jrEPR1GNslhI5sOmo9eepd7D0pXHifX8Dpvt/iL+P7/zjDqAdB9+eHHX2V5AOJ1pGWXD6Dz&#10;jjAK2VCKUsKx3+f7EVtcEQf4+CTMkHSLCjjMTTwIzqkaLMeQ+EJlEnHtGHunpFOLUa2o08zOqMdN&#10;rwgmUC/TQeCUXPA0dzYOdmGq0vvAuAZ56ECoFwQdX+zT9nJK5HMxr8d8i78Kb2N/9Nl39OTz77vH&#10;nsbORwiC8I2PI5AAD+qSIg9MgXzdVqv6vNguW9h6DI0eZPRpkKcdo11CmPwBP3U7qAfqcdOhO4Oy&#10;plZBEBxs4vaZlJUReB0DXHymsMLNeS1gvwb17nXI1XTXg6+79w5KSjc6OaYai7+NvMwAlTkD324j&#10;l9AOUy4QfZgOwxZJWnee5hbw2zxqYDpdwVPrvIyg7D+6Y1kFOWtJ9TgGKguD72qnAGHLLR401C3V&#10;2gI23WvHAPFpFE4Liw1gTUO5mpLQp6ZWwb5YOtBP1NmHFNFB48WCZndsa0kr6CjXw3YYhMpd8JnC&#10;2AdbWHCexYZBPsTw+pBhl+WVNz+lbcY1bNnAAxw/LEPWY7LTAtDdBQKTRzTWM/F2GFBljwNlwxoG&#10;vdJh+h8T1WFgjp5Pc4+fK6igZXMKG9WLlW4n6ruTOwmWBrDWBBNpuM4Bx95IEw9cLpYfPv/KbOtF&#10;Pq7Jp4TMmRYbBAdPyKGM4u7SyKrH690gBn3fHQekS4fJyQxe5Jzmw9vrRF3gAVX1nOueC8IUu7Ln&#10;HHl4OPZ2GBDGMBrvlxyJN6NpU292EQi0w8CqJxYxB08wnXvgbme4HR1bZp3OssKcZbEhUaaLd3WD&#10;TuS31IjWvRSvw9x+qshFHjFHvpvxgB69wEyd10baOU7JkKWFKII/A4TOJ0fgKI270A7jrVPNjIye&#10;fpGEC3m6b3cMbERgxpNZ0jvqIXhJO8zJs6I+Fy0xQOUwgekOdBho+8c730voLK8VVtLAxAhN71JJ&#10;5xcbFQilXXm89IqzsIkVcA66M+3OtEdtaZjidRgvlXfdT7mLxUbEHl4VgVjSDgP7u9ih6JwDjO1v&#10;LF22wcxFdwJgT1FTViC8nQN0ZU4RFecliOwG5zr6uz7oBHMwk+m9zrO6Ih64fWkFXXdSpewaiFc3&#10;KD9LOJLUYbERMXWnLOrSOj3uQ+jGsxTot1R0myWzHucURQ42yU8ckQENuHrspT7z4EI6Yk+z+W3a&#10;qCwZU2hd2lF2HWRWqtERW5bLDAi7JoElWOXmMCe/Y/6qjtM7IQ7Pa+f6E5LohsUtpMMUtNmVuWIv&#10;qu57pFs3BtkOd7G27zYBRN4BA4Ro/HimVEF5LUZqh1nghIJIyH//W8yleCb1gZOkmIuHiAEqzv+o&#10;2OwmQFq3Nkn3OGWwMe5+pBXlBN9xkvbowpwlpSDld45DteGP2HtR8vnNp/DJi6spvHafBRYbGIux&#10;Byn2gXiJy7xnigrebrFDSwomyvRYdGwZ+QXZgTVFuSL/uItJ9j7xbGnNYxdW0/mO9JhxJ1MEW18h&#10;7+G4q9+iSEgJUUJE6mmHa2dXDqJIhszOKCWnjbvIiWMoYt1hBuIWmxLh5AJ5CLADo1wBBgsdy06u&#10;oA5Iyk6ihOQQlfQtpV5H9BHiZLXuUHTM1Dz9RBTNHJ3Ng+YCmr93nnymoOeLKXTryvDjpriLn/wJ&#10;/j/KBlasKegkwsF8pgm4DyyWHr9fC1q+wEh3QSm5bSRER5ezLTY9yrvu6z4QyGgwVnA6jHQeU6oB&#10;ZVtVuB0GVL29lA1v1SX5N4w3OA71St/FR5WsWTDdaOqtWFi6+ljPAqaDwckFyZRWYdzaFHYtpJLe&#10;pdh/5NP7iUfVfQ5HeXcfk8UmRH6rHamm33yheA8HxMXU5Uxy5ZBqqh3ZglJKZCsHFfcslk6T01pk&#10;KddKqaaBKbkX1GKnlnJ+j0N64fx3mfZkutzvDwqHge4LCHGoeOIc3BO4IcctNjGk8TElzm+5o1hA&#10;iGRUyOwD6ZBxoIwp6ssqH2Q4CzoMOgjUFZTLKKWXp692ysciXNDZyHW6z+2JsIqJ0pm75LTJpZRC&#10;WdykxGwxJeLuINhtcNoPsGSlnVc6C49lcL9OEYtNiKgH4SVnLBI1hmE8UbF1JbXbo57ajm9HWa2y&#10;KadtLnU/qGdUp3FWpKNQOqBMlgXq9+xAKcWplMvncfJFdWPbSKfheNwOUF8b/iS2wyg5RSw2FdQM&#10;WE3fI6ms8zTKrR4sptrDycZuHRfZzpRsEvmp5anvdJjaSTpK1wO6U9f9u0u8x6HyiXFR2q9MuEhi&#10;luw5Am0fSg1R+6kdXe7SckwdRXIjMoZhtKpgDtehTaHYyovtLKGI0fm12MRAZ4l9GCB0GFjpLm43&#10;Hg9mP1O6AeAKXq4Sj7ofLJ8eQbc5PajnYb2pw/RO1JY5VN2urZEHOzCU214Gw0oM/xd6H+i86DCZ&#10;pb2povtsKu24F8qcZ8pZbB74g6uxVTZeh0HcsUrVlB1cjDfS8urzpJPUT+kgnyztND0P7+10At8q&#10;J06BUIBCPD03yS60/t/1Hjj+ItMT6DCSY7Hlwvkk7Zxbuz1llvVF/CvJiAOMWdAB8BlKzEyk5IIU&#10;qt3RzH5ASO92YA8Kp4epZvtayqjKpMzaLCofKOtIvU0tBmkFnaSz+IOyfIAB9Jm2wzQDOB0mv6r3&#10;ofq269giFkcyrQpnhN1ZU/spHVF+KFO6zIgCvreQjsKM7zDWqdutDSXliMRXVSaAG5ioqO3uSKfK&#10;ngcjPNZ2mGYAqGVy8Ip0Fr9RwE7KMPuiOXosjgV+GXesqh1Zu6bDNFk4FO3+7DY5/4vkN/hwBDrs&#10;3bEpbX54zTd1+xt2I3Aa1Bym2A7TDHDtQrNOk1s9lGdPQ8WQIh+O04eZXixTZ/2clAfCwe+d+Ix2&#10;E+uRF09zv7DDtA6nOfFgTuW2VNFttreDiAFGxjNMugLd2XaYZgDtMIwPPQ8UeLS8y0ydrWySB2k7&#10;TDNAzOZ7C4t14hMntLCwsLCwiAFmJCOZCuXIxAeYaLNFRye02EjwDkQvdsI1TgjAQjc6EfwAoOxA&#10;JwTg9RV24uYyIU3TEcIY4tVy5POVMC1mgiUHrFZruWuYPmTCsVhWiINWTFrfZ0iIwRimHUxUoHXD&#10;6jfiumsR93kEk+YjhCmSZCeeyQRgi+0Spq/lqAFeO70TmeByB6R6yV2dEICOji5LdGNSHWPgISds&#10;ttAGBLTDIE3ToW2v0DQNy5wQAHdSxJaDEna8emBNQQGNOrG4yUAnUv1eQMsD3jgAqa6mbcMUr2zs&#10;OUC8cli49EIl0UcxaRl0BOgZK7QN4GZnHxOVDoMlCO00Jzkh0uPdS7OC9w94OwweMDhNvAeNtxIc&#10;w3suJKijTVTSwU282nBIO8VE3fO8HQbQ9KYePIDO5wXy8EA7MD3nHCs07k1TIC3XoabK6TE4ITT/&#10;ID0GRxvEFA9aXjuKHmuHQXvCAdi6VDy2aHi12VTMrn80icnbiE3FgbVxGChhA3BCAWg6OoxYqGLg&#10;TQX7PlWOTGfTNaG1XVf9R2o6Pk/ilY2hafgc6XUU8erE9UR32MFVTGkmKtBy3nOxfUU5EToGnHlp&#10;hwHQSSabqLxogPf8ZgmMH7wLdtBViW1gcBCk65iglxMCSFcCYuNYTLxPjny+UUzePLiouUyOzJhI&#10;8wDEBzshyrgGghxg0K7l1WcBOh7SipxQxx6o+yWmY+TI5E0zUYlrPcVMcLSu/1PTAcR3NFHhllD9&#10;RGeILaOkgM8mHNfIUeN8C4t/N+CcU8cnfwcwQlhuon8b85jamujfBurBvemUHGOM8SZqAeC7qqRs&#10;Gaxf07zQ7+3+Tgjc6ITAj04IxJ6bxeRN07oWMqndFUzXUQaDZN2QhnEVpp86vsJ4JrbuW50QwOfj&#10;KSbduqLAOSDvOE3TYj3xe8cVGLvoWEavi+l9vPqAk50QQL67Q4GBcdsDTFoPgPORFlvPFgvcrAIy&#10;FMgVADR6LOAAy7sFtSeTt3Ex4MM0GHjQCRW1THVMWl5DjCvUI/79TghgTBLrZib2XMXlTDqYRp73&#10;ISm85zRVjwLpUIUAwUK4dhhveYyBFJqO/+Et01Rc4RUXAM2i03g7DKDyD4Te2Y4CCtKfm6hwFAx4&#10;Vf6AdLBvbKCP2lzPQIcBIPhD46kpdx2IwjPscSbqIraR9dibjmk34E3Dm3y6ibrw5munRxoGz+hw&#10;XnjLejmMNz1eh0EH2IMJg2rAWz42DkGfNw2IPd4i4e0wcM6piknxOIyiqT+qSk4Y4+i0WaEPFoDs&#10;Qs9Bh+lnolH1Qg6ETguupLjCCbWcl2Op4UMvp/HCe6zx2DIKb/r6dBisvENGpZxNPzne8t8wwWk7&#10;oK4K72DKM1GBa31iS8YMJgjeVKAEQPil6V7gGIIrAPmYdgKIz3dCRazPaeQdb6ICLCsAc5i852EM&#10;gGtox8VnD8f60A5nQnncyyImnA+go2A8hM+q3qMCyxE4Bxv7sbyhQBq4Gs5TYAqO9BPkyMRBENQh&#10;nMqEe8TSAiYAqBtAnnIWxLUNUb+2Iz5ZuDdvO8CHNtJUG9DCwsLC4k8BVhAeY9Kxx/ribCb9tCgg&#10;bYWhQkVT203+DFTsHounnVCB6+ryw9+FrohbxMArQ/iziKefsil1Vm53QkVTHeuvwrtuZOHAqwvS&#10;wwnxZmEQ+ywT/CvqOk/s1BrlMPBLlSMDqBEkMmHQivUYrEBPYoJOiVf4hjJYHYZU17vyrYBg8P+Y&#10;MFv5mElnImojDw/TO7PBgB3lFOAQABZBUQcGqhBK4v9gn9Q4Jgyw8R9wr1jExIIsAJszuDdAdWow&#10;eIYd4i+YTmT61+7X3tUJIT7H3uThTJVMy5gAyFPQYJjy4iEDsOaEKSdkFMjz4hYmdBCdFXn1RDAD&#10;GcGETxmAmUrsfiTvZ0ZXk/W66IxYTFW1DE3HqjKAhcVYKW/sJxH3DYEaOod2dNwPZjVeQRs6+gEm&#10;Kp0Jn23gZia957/DnZstoCWHqSDQ3wnRqLqWg4cab10HZfDgIMBTeYVC65FdjQx98DpGwnl4Y/HA&#10;sHzgBR5GNpNqyenKstbZjknTvMAUGOeA83jVFvACKOfQVXiUVeGk1os8zUcelgsAiAEAGDQCtLyG&#10;FpsB6JQbA1i/ipX6WlhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhYWFhY&#10;WFhYWFhYWFhYWFhYWFhYWFhYbDLAdwpsdHqt1vzbAWMx/2WCZSB142FhYbEemFseTKBsf4AuzCqg&#10;q3OKaHxyGmXysZP/bwTMda2akJJOh6ZlU9uEMIdZ9FZRFdrkSSlhYWGxTrzCRJ+X1NBVzFgeyi+l&#10;/dIyadukZHqvuIr8jc24/RtQjv+dEwjQN6W1dGl2Ab1RVEnXcPsUBIP0NbcVl/k3M18Li/XGf/AS&#10;hfiFQQg6LD1bvtSIn5WVL2HYvFBeh7T/ZMBpjvzvFgkht10m82jmjrwSer6wgs5z2qUoEES7wJGd&#10;hYVFHNCBPPR/jb/QeGFe5pdHX6gbc4upNJBA7zKz6R1OkrTjM3LwQsV6UvongsbyNPHJgnL531/x&#10;qEXb5WZulxJmLB8XV1OWM8pZmJGLdoGvYAsLCw8uv5inACMiKSJ3edNhNLEU5BfuC37J9Iu+b2om&#10;XqhYW/cbCvD380tqxE8Xzy+ml6+upTeva0Hv3NhSCHGkXX5sCYVDYo0aZtXVKvaGwi9PM3PB/5yf&#10;kU3vMzOJbRMwnQRuF4TdwomStkskFe0Sa2LewuJfjZUVwQR5UbL85ouMUQvCZ/glwwhHX6olmbmU&#10;63y1jzNfbdDfBfwq3JOVHqDzjyhxGcmLV9bQniMzKS0lgZJzWlJu9RDKrRlKOZWDKK2gI4WS8+T6&#10;JXkJNHu3bHrlmlo5745lFdShRSLy4BhMrbf/WWAljYqDQXqH20LlMUq38ShmttMuHzLzeYlHfsl+&#10;vxwXc1vyuV4nZRYW/3q8hSE/DwNor5R0apcQphf5pcFX/IH8UnmRb88rEVkNmNCQxGRJY4L/iz9r&#10;KR+uFa7PywrS1SeURjGUWbtmUyCUTJklvajFVsdRy4En/CXKKO5p7nlZuVv/vWdVUnpKAK4+vW4s&#10;14Vfni0spxSfn5K4vrpImHqnRmhQTjJ1yUqirLQAFaYGKSnsl+sVGeYCshb+LSxicPRhk3Jp3pQ8&#10;WjA9n848uIhuXFROty+toDtOrXDDC+eV0KlziuiQibl0wj4FNGabdLxQ8MmyPji5e9skevP6hinP&#10;sN6plFHS/W8xlHVRbf+jKTG1mEYNTHOveyLfO9/P+vi7+/ig8Tl0z+mVdM8ZlfTERdX0/PIatx7Q&#10;ayta0PNX1NAj51cJIzvv8GIqzBZmM91UYWFhkd6vYzK96kw1rl1YRotmF9Ihe+TSjJ2z6GAOQbsw&#10;QzmKmdBpBxXSQ+dWStnHLqim5CQ/FNGaAkY5bx+9d577Uv7fmZX8Avqpovv+cZmC0la7nRE3HQR0&#10;Hn4Kvffh1zRyrwskbeKc5Y3KxRKYWWJqKc3cOVvu5YIji8EM4G4vHjITQ76VFzFjhdxn7oQcOnZa&#10;vjAb/S+gV1fU0sVHFXNbZdOCGfl0w6IyGjcsAwLxWAdaFhYWpXkJa7wv0Ns3tIgibzoXXxtzgRyE&#10;XnC++ig/fXQWZZb2ivvyg8bMvIQuvOZJ9/jX3/4QZuItAzpn+WP02HPvSbz/LqfTqlWrJa5ld9/v&#10;Mlp+87Nu+aaotv8x+A/0Hx6F4B4jiTLlycHNxyI7PfCLtx1uYkZyxbGlQt70y44uQR1TzFkWFhaN&#10;cPjkhhHHuqg4Lwi/o17AOe8f7Vsk0Vv8wqHMDgPSKK/FyLgvOejW+14V5vDeB19T71Gn0r2PvknD&#10;9zxP8sBkHn76XXr3g6+E9Jwvv/6JZh55HbXe+kT6Y+UqGsEjmR9+/JUmHXQlffL59245UK+dltHP&#10;//ud6oecRJ99+UNUnpdSctvQkgMK5Z7njJOl+c/lHxlknsHTR+9/B2EK9ShPkWLTufxd5jQLC4t4&#10;6PzAOVUEwrTpqCn5dMDYHAlBNy0up4fPq6KT9xOZRmtziu8srOTgBQNz2a5PGlV0m9XoRVZacNo9&#10;9O0P/+PpzmI53nrcWcJcEH/mpQ+F6Sw49W765dffadT0i6LObYrG738Fvfb2Z8KADjnxVknT6dZ/&#10;P/qaHnzibbds9x2WyDX02EtZ5VvRrttmyH95jadB4ZAIceGz+NADuR322C6TCnOClBIJUGqyocSQ&#10;n7bulkLHTS+ggpyg1/O4hYVFPIT5pcFLlp0elPD1a1vQzlunywuVFPbRWfxV12mQ0nXMkDIK6uO+&#10;uKCPP/ueVq1eTTvPuFiOX3ztE9p2wtnysr/+zufUbvBJPOL4jfY6+KpG54KK242j6vJMunR+CT3M&#10;owfQzYvLqE+nbMpr2Xik1GrQiXTS2ffS7rMuo4efeoeuvf0FOmLR7cKIZhxxrYycUG63fS+Ve9gz&#10;5rqVPeYwI/HTYxeakQoEuwO6pFB1SYieu7yGnl9u5FegeXvlS3jtwnIwpLjTLQsLCw+CAZ98naGf&#10;8vq1DS/TFQtKabfBGZSZGhD9lLSCTlRcv0fUy6mE0YnGf/r5N+o64pSofEyNrr/zRYnvss8lzBQa&#10;8kBlnafT7kNyROHugXMqqa4y4V2+tXirWNl+v++Bi48yujXTRmVRdsVWUXWBuo5YQn13Pk3iX37z&#10;ozCVY0+7mxadez+9wAxv4Vn30nMvf0TbTTZTtVgqbj+RIhmVlBD0yXQKK0q4HoTBSMOozzIZC4um&#10;kR7w+37cZ4xZcQG9wS93+9pECobTZQk43oun1G7ISbTk/Adp1jE3uGkYlaxevYbmL72T2myzkNas&#10;WUM33PWS5GG0ErsShGukpOXQvWdW0sVHFWJl5gBza38JCzu2SlqF1bKJ22dSTtU2UdcCzZp/Az3g&#10;TKEe4pEO0MXDCKcdtkIEypdc97QwQMh/NM9L4Uie6Mq8dJVhxk9fIqttYDYjzK1YWPx7cU/v+ogs&#10;vypjeeyCKirOS6CCutFxXyilR555l774+ieJ3/3wm3TQCTdLHC8jgBWfw0++jR579j06asmd9Nvv&#10;K+mFVz+OqgNU0W0/6lSXJKOCbm2S8GJCw3ZDY++rji+l+XvnUXmXfRrdA6j90JOplef4/ifeomGT&#10;zhP5EJjMh598S913WMpTvu/olTc/jTrXS1W9D6VwahEN79ugj3PLknJKDPu/4/voaW7HwuKfjbq2&#10;1UZAC8LSbRs+hs5KU9Me0PA9z5fwd2YW0w5fIVOddz74ij789FsaO+syYSxadskFDzI9QN1GLqEP&#10;+OXUdFCLrY6n7PIBBJ0cXH/CdhlgLJeZW9vomPXQuQ0rQfU1iZRV1j/q/pSWXviQhCqEruNRDLD3&#10;oVdLiJEP8j/67HvqMGxR1Llequk3X6aVmFJhZIjr9ukQwX+eaW7JwuKfhdVvOZq2x03PR0enmr7z&#10;4r4cSv/75XcJMd3RNIxKph52jcRvvOtFOcby8PgDLhc5R5ttG8oqZRT34K+5T6YU4QT/J3ztiNzR&#10;utGC6Ucmgpyoc12EpuyQSUN6pkgc6UzYGPkVUwrTn0GvGaOz6M5TKyi7YlCje1Y6/ox7hbEoo+m2&#10;wxI3DyOgSQddRSt5WnUfj37++9E3TU6rQMUdJosuDp4BpnL8nz5z7sXColkjHEowHRu0Q/+0Jl8q&#10;vDQjp1wgL9Mp5z8g2rR3Pfi6m4/l5Lkn3kIz510XdV5TlJldQLctrSC8zHwf7c3trB/8Pt/xmLph&#10;JUfvfV2UmyG2XP4sCob3TRVFusMn51JmUecmZVBHL72Lzrvycdpv/vWE0dz9j79Fjz5jlAJBO029&#10;iL78xkwjMeLT9FiC1rHfH6T/8H+7/2xoP/uOMLdiYdE84b6EC/ctoPKu+8bt+I8/+19hLp86ymzQ&#10;vAUgq7j9gdfojXe/oLqYFSBozGaU9KD8rCBdf1KZXOOZS2vo1DmFa9JTZcRSb24hCjP9fh/lMEOo&#10;KAxRZZGhotwESk8NwOre+ygT9PtO0/v20gvLa/la5UKxecvmNFaY8xLMQgzsmkzMdDGCKGWKhwtS&#10;U/z/W3FimejJ4Lz9dsmm/JxkKusyI+r/n3zOfTRo7Jkyynn3g69FeRDCY2DphQ9GlY1H2RUD+Z6N&#10;AiBfd23a0xYWWyy+2ZdfEHRihNV9jojq5JgGrV69Wob5WO3BNOj2+1+VrzVwxY3PihDXe04ko4rO&#10;PaxY6sQmSR7yf8TX6czE/GGtOFJXYEDXLyyjdjWJlMGMhfOEwHygm4P0k/YrkHIYySyeXUhVxSE6&#10;fqbRR4lHqBvL7ohD1jRrtxxRCtyeRynQ84ktD3JGEYtxc+tABdM5YIZPXVIt5x44No8qus122+Wy&#10;G54R7ePzr34iqr3WRVnMaG5ZXE4vXSnmO7PlahYWzQQHtCwPywvRqz4St4MrnXHZI/TSG5/SsEnn&#10;0sNPvSt6I5pX0nEv6tshIvXgRd6qSzKdeUgRXohbzGXWG4dgFQmCZ4wo9EUHMygrSKDT5xbS3adX&#10;yk5mhGcfWkRzJ+SKJm0Fv9x8vshlIERVAS4Y0N47ZlFNaZimj86Wuu48tVLOh6xlyYGFNIKZTF1l&#10;WPYY6TVBFx5ZLNfiev/MFoB03AvOb8f/A9d5/MJqSsqodNvrwSfNcviEA66gw0++ne55+A36/sdf&#10;JG0PTtNyXopkGsY1YZgIwi0smg1+QceFWYaavkfF7dyxBI1Y7zGWsi87xii5QfcDcgvEQVz/ueYy&#10;cRFKjfhWD+2VKjuuj56aJ+e2LA/BlktvJoL5BNSD9AfPqaQBnZOpe9uI0H67ZgtTgKAay8+wOwN7&#10;LWlJ/i+kdg9qSzHVElmM3OOx0xtGO6gbdXjpvjMrZFsAl5e6UiP+1Y9eUEULpuXTsgMLCPIZTr4Q&#10;efFQkJ0gdXdsmSThwn3N9aCBnN9qx6j267njMtEPUn2cpgirbhipoR6+hN25bdE8oJ0/PS05bseG&#10;Bu6Hn34nX9gff/qVDjnJ7PfxUnFRrtSBkQZCJSjM8SUONFdqjONnFlCApz6hUNQLc+Wk4WKq815z&#10;2AhlTNOYbutTn/w/bEjctkcKjxjC2Auke6TWBrgqWQwLeR1bJMnGxbRkv9ir4fTXmK5lOpwJSnKt&#10;mMLta5NERsNxL/4DmzEcxn3ZczPNVgtlMjecXC7TMzApHKdll7vtBxyw4CaJf/LF9/Tx59/TF1//&#10;6OZ7Ce2F81OSAz87l7Kw2KIx70FnShHJrIrbqS+4usGkgtIrb34WdXzdSWVUmp9AnVqZF0rpgiPF&#10;nEGsRmufUmZGHNKzl9VQKMFn5Cgz8mWkcQIzHoxYkA97NBh1YMSSlxn8jl+wVzn9EqZeTOtCCdP3&#10;TJVytP7AJsdjmB5ner5FSfgV3ANo7oTsL5MTfWu6tk6i8sKQjJy4DLSOYRI0CpAhoQ28TAYhDFnd&#10;vtTESzpMlvYDY0E4bv8raOXKVdRjx6X0/sfRukNKPn9QjHmN2VqMgNmtCRZbPL5VUwuZZX0bdei6&#10;QUaXA1qs85fcKUp2AOy5aBkIJHE+XkLIOhC/+nizgnTMNLGrC7MOitefvUy+/lNxEAr4Hn2Ov+4c&#10;zWZm8wleHMhS+HhtGr39mN6uKA79MG5YBp20XyHdtqRcRiQqwzl4XC69UlhBaf4A1Q44hk7Yv41s&#10;XLxjWTlNGp5BPMr4hev4hulT1MV0KVMRU1M4xhldYXqUCvlKUU4QzA7oW5KbQGA8HB9lkny+RJ62&#10;4V7GDc2UUJkM7BJz9juI9+3Vzm3H9SUIka9y2pfreVMuZmGxBeM3dFZYdCuPMblw6kUPyVcVJhG8&#10;OPXih6PK7btrHp2yfyGdPreoEZM5ci9hMoXmUj7fhO0yvnC+/uopYCxGMY6sZG2yG19KxDcLshLU&#10;e+VxpTR/Qh7N75kjBspfb8JjApiM916VKupH0u4j6+jsQ4tliwTqVGpTHcboJx4Cfr/vWVgBhLCZ&#10;R1WYnnldzZbD7jCHcM3Lhc20pgkm4ztmaj5dc0Jp1H0tPPteevWtz52WJnr2pQ/pnkfeiCoD8gfC&#10;siEUTJarAtO1sNgikY+lYHT8zLRgo46sBM1UMJuOwxY12gGdlF4mGqkqi1Ems3iWWVYeP0y+/rFY&#10;k54SkJHPExfLqKaHo0J/iuQaJIeDvmEcKoMKQgEOdYJgPiIeU4mlpphMLPkDRpiqxNdTOUtKMOgb&#10;zmGsQfGfJm4vL/jbMG2x+xCZutwEm8ccno8CjFdQlzIZMDSE00ZnQfMYeATH+a12cu/jzXe/iLqv&#10;IRPOIWwe9aYpQUnPuVeQhcUWCXrhyhqx8oblZ+28UBi76Z6XaLtJ54k+DCzIffv9/2jQ7mdGdXKs&#10;KEH5DIp7XNdL6PATtjMv1EETDEPYtocIU2Nx2GVHl1KLsjAdxowDui2cpqOY9hCm4lylkvwGT4x/&#10;ltaXyYCgMOhVQNyqZ7QSH4ynH79PPla9XI8LgYBvNw6eLisIibmLNpWJK02O4EnIThoxmZ2ztMwe&#10;r69oQcFwWtR9YC/X9COupV33uVSO95l3XaO2B+F+IbO6/2xZXj/HVGlhseXg5vlTjPnMYGJGVOdV&#10;fPXtT7TPUdfJFoKtdj1djEVpmRYDFlBORoDeuFbs94JBrEBdsUwGy81yNQ8GdUuh/p0kvdGGx8Mm&#10;NZj0TE3204XZhY0Yx+5t0yUfKzVzRudIGjxZQicH6WfxVGZUJFXS18VkSjtNpXxmllgajs1D2thR&#10;PWjymHr3nqCf4siZYh3DRbCEDobtHAOnQbkPnhpwrjKZrnWRP5x8H4ytHzM1L+q6F614itv7DDF9&#10;scPeF0ra8pueiyqjhJEk6sQUzqnSwmKLwFC4G0HnxCY87wum+5GwmfGZFz8Uu7dtmblcf5cxGqWU&#10;ktNazue6dOg/H8fwVIBwqy4pEsKGr5OvmHHtSWViSc45joIyGawmnZFpfEbHEgS40OiFjeHrjymT&#10;tKpgyPWgAFofJoPNmFo+FE6MW0ZJ/9fyBa7A1SvMFhRkB+kAY/NXMS4uk2kTcd31+n2+75GWXtjZ&#10;vRbsDMMolh6vbSNlZc+DaLYzReXqnjW1WlhsfvyBTgnfSLF7bABo8mIJ9ann3yfYSBm//+VRZbAp&#10;EP6CYOGN64I+CSBMZsF080Ipk4FCmpOv+PDGRWVqD7cRakqNbOSVq2upbUI4irkovc2jlqVZeUJn&#10;Os7rQctzitz0m3KLJS2Wyfj8CZRXO8I97tkuQhcdVcKM1vhyKqjbudH0BaSM4ulLq+mA3UW428hJ&#10;3TbdU6gwJ+r/1oLxxTIZTv+fyRa0Gjc0Q2whtxhwbKPrKsHWzlff/hw3z8f/EfXyNBMMf11bNiws&#10;NjpCuw02043YlwnTIggZgadf/MBNV5soSh3aGGUyrgvyCcUYGBRXJlPIX3WnzFsm28UvPdvJ6Ob/&#10;zGEjDFd7KjDdCXeuykSUIOfBKhNGMnedZPIxkoGzObywODfeSKa4fqJM75CP88HIQBrX6+IYHgn0&#10;PCyBYx/S/51RIQJnvsemHLHJ9Z04UIIl9ThMJlaJbsVLV9YSDIPpNQ9YcKMoQGLLwYuvN2zd6Ly9&#10;MajuJTDGG52VK65rpKnSwmLz4Xjok0AJrjbmywlh4w8//UorbntejkdMOV+G7t4yOVWD5UU71sgl&#10;vB26jZfJwJC40+mfMdmCwE5bpYviHcf3NkmNUZAdkFUX7GzuFDJO6b2EfVa1ZWHK4mt8XGKc2oPJ&#10;1JaGpe4x6Wlu2diRDHYzV/c53D3u2jpCSw4ockcykDUVtN7FzQcN7pFC2E4Acwt8e035rA7uPCiN&#10;ZptRjiIbNodvXmwYgIfJxLqH8WErBPK8TuweffY92RumjB/WA2Hq03tvIIyAerQ1e8bSuE2cKi0s&#10;NhueRGeEi9TYznrHA69Sr1Gn0g57X0AHn3iLpKlBbaW0VDMN4nq+NdW5aImNhgeNN7ILD5O53WQL&#10;QoO6plBP/mJzfCeTFB/YF4TzW1c1ZjKH7ZErLmDP5SmbjmTg2B+O85E+fVTWeslkMALAdAYjl0hm&#10;4/YAw9GX/0UeaeC2zN3FRXjXbdPFdCfHO5gkXzr0j8BkoLx39N7uCLARk0lN9ou5ivyWO7jX33Hq&#10;heL+BZ4bFJ9+8QMdvNA8Gy+1qjBWDJ29VhYWmxVfoDOC8mq3a9RZlaAPs+u+l9J5V0WbIzhyT8NE&#10;uJ5Gxq8vP7aUDhxn8tWqGycvM7mCMHZHgzj+vElqEsEnL66mIT0Ns/DSoZNy+T7yZLrUqdQwIYxk&#10;Dp2IndjJYq5hj2Qzmlkbk6nsOQc2aSjg94tsKnaFKcD3iY2T2PjJ9zORqZGwV8H1XAITGWcfVkTt&#10;W4RVGB6BO9o4TOY2k92AguygeOP0MhkQRjEwUg4zG4hjEyUYjbcMCEa7cD5Cp0oLi80G6YwY+scy&#10;mcXn3S/ha+98LvZ4EVevAUrD+5kRBtcD/ZAogMmc49iP8TCZfUyuQKY62emuXRgvet/oTCtAmCr1&#10;bh+hj4rNdOiv0tqYzNoIOigDuxj7wpcebXaXK+07RqZEsIvjxTkHT8gVZcT6WthCNujfOXl9mEwS&#10;9F0gvynvul/UfXz3wy9RxyDoLMWmKZOBgS+nTguLzYaV6Ix3nVZB5Z2nR3VU+BPCEN1LcHTmLcPn&#10;64tyn9TmwYn7FLhMRp2+cfKOyAsFfI9giXf/3bPlhcMSdGKoYSp139kNjumLcxMonFLgykn+DnHV&#10;cZnP+tCXJTXUqiAsdezCUyEIrLFbG/cImZDcOP+1bbun0EXzzP8GQUERwnVkdmkTWYU0eNP0MJnD&#10;kOfBFUgPhxozxOde/pB67rSM/o+nTTfd83Ijn1RKMHaOOhISrC1gi82Pt9AZ7zmjMZM57ox7xG80&#10;fEn/8usfYrcX7kq8ZeBbCefHEzA2wWS6D++dunLG6AY/TSBowjr52O3sg+4LjjHlCAQb66xUdD9A&#10;Vo8grE6OJFJyWr5oKbeoMCtk8OIIh2qIZxT3dHc3c9VxGQhoUabITyjA9BkzlHhlQPfll4i8B/fX&#10;oYXRL0oK+cWA1U5bpf0R6yFTibOxY1zUBdbGZPp1jKx1CXvMPpfQxdc9Lf6564ec3Ci/uN14GfnB&#10;UBhXB9MUFhabFcthkxadHQp13s56490vyXwf8/6zL39Uthd480GlHafIZkh8ubku3YUsgMM3L5O5&#10;5ZQKlGk7tFeKWK67/NgS0cY9cZ98evCcKtFR4Xz58k4akf4RzoMglg8bXbes01TRUQGTuZ1f+N6d&#10;86muRZFYrEN+pzbZRu+Hy6GetrWpko664jGO7ZOSKbUkjVqNaS1lEpITaBinxSsLwn9GvZjq4Tp8&#10;ju6pWsJ0CfSCOrZKEkE1VqM4Da5M9mT6FefBrrGHyfRlUrSFpjK2VkDQ7P3P/cacJsLe3/9YKYbI&#10;Dz3pVtk/5i0DGtLLMH6ua7Wp0sJiM6NFmVF4G9AlPaqzdtp+kXwpoc6uKxrYGHnZ9c9ElQuEjKwC&#10;glGnSl9Gsv9RvGixlJcZ8CqeFTDhHFAmErw4bHKuCD9vXQIXrv6oa2YVtTPL7v2PkR3eRW3HiZAU&#10;CoHIT0jKFMNViMNIeFp+B4lztY0YxrtFsteHOu/ThXod0YfqdjWMBnSjo8TnpWkpRvcGejLwa+33&#10;+9xtAR7UYLMphyB149If2ypi26Sv2VIBw1nAZai7urSxwTDIY2ALGLjy5udE8zq2DDZX4vyrjy9F&#10;nVFM38Jic2ImTFq+fFUNVfQ4MKrTDnecs51+6SMiYARge9ZbBsN6LNViFYfrkhfuQkcmAXMPCM92&#10;9hFBiY2zxdo/v4Q/Y58OjDjxIazbxSIwezczrTpl/wIKRXLda57Aox+k+3kqBaW5gT2KqXObXMIK&#10;FPIXzCwTQTE2OGI0FEgwim1cZyOmUZdg7ACDuYDJ9DikF4XTjOzlipyiRuUhvMW1Rw1Mo7FDRNku&#10;nlbtebC0l5km00ixlVOUlyBTJci/EELhDyFWrNKTfYeiTO/2pu7c2mHufwU9+OTb9NIbDUp4IBhz&#10;xwfAmwbTEjifqwJZWGxRuAIrTJBzeJdu64eaOf/i8x+QpdO22y6UvTPvffSNWwZUwtMmvOww+M11&#10;vc5UfeK++TKt8FJeln+BXM3nO2rSCLN5EoLRM+ZGbST0IkmFqLCyV9RuvFyvOD+Zpo2SVR3J23mQ&#10;mSLoC4YQtmsy8ox8BNM2CI6RF8s09kkVRiHUYWpH6jSjs3scW7YlMyTUB0EurP9xmXiW6DpefkyJ&#10;jLRecfZPcdquTKGjmBnHtknLitBPOCkzNfA8ynaqM1M70O77XUYHn3ALjZ5+sbiWAbafbBi/l6p6&#10;zaXKIrOihG0RzvUsLLY4fAwmUV9rphlK4/a/XDr3Jdc9RZ22W0xdRywRYfDi8x6IKgfBMTq5Y+f2&#10;V8hkoPGLkQSosiD4H3MZweL0iH8xFNbaVocpFBT3Ik35M2qDekFJ4cbyGeydquxxkGxavHJBqch2&#10;UBaykn3HZEkcIxxMrbiuRowDVBU05j+9dH9+aVQZCIPBWGAgC8yDy8C+TTwEmNLUU4KkeAC50dID&#10;irwav/6BXZNllDOIp0/eVbQff/5VmPv7Hqb+zvtfyTPQ4wKeIsH+Ds7HPjCub4VcyMJiC8WXb1xb&#10;Sx1aRcsEnn7hA3rq+Q+oy/DoJVMIIb3H8OF806JycT2y44B0uuZEY8QKlJUWeMi5hiIAP0y7m+Xd&#10;GSYpPhIT/K/jJdp3lxyq6jk36pqxFAqbL/ou26TTcTPMtOrBcytlWsdVRTGOWEJ+p5md6cM4+jgz&#10;04ws5pZT5EWGec4m0bFlImG6xNHuJqUBd/J0SZkMzFOgTlAkpcHEBpg4nLy9+d6XwuAhB4Nh8R9+&#10;/JVab9MggE8v6kr3nG6W+51lcrtXyaJZ4COo1mMk4l3hgHvVPedeKZ0eS9pjZxsFvXgUCCZFMRmM&#10;kHIygxc59Xvxycn7FcjmR46HTJKLYCDgexdW/jm+Bsva8JGEEUm8a8ajorZjKSEpi2qZ+eGY62nE&#10;PECfllTT4CQRwFIg5CoHUr4/SDulpdGl2YU0Kd0wGScPxsWb9EoAJTyOdjUp0QCTgYkIZTKJacVR&#10;9wyDVF9/F73DuteoZcLkvWmRdOMPCs/Kb4yXW1g0K3yJDgwH+96OPTCORbamyMtkIK9JjQS+43oT&#10;TPUNCIf8P51+UBHVlMj0wvtifox7AC3Zv1DcqYQSG+QVf4W4zijm0jYUprpdWlOX2d0ov1MBdZjW&#10;iXoe1ps679eVygdV0LCafHq7qMot/8DRlbTH9obZgFCf3KnBHnvvmMlTl+Qoa3mMKU4ILwlrYplM&#10;vPvENo6zLn9UGDpw232vROX7g8b5njM9atLXk4XFlg7R6ThiTyi9RetsrA+ByaxY2MBk4CIF9fG0&#10;Kd4+pT0h64AztwSzFJ7GVFBbFnLNMYAwusoubhu1O/nPENcZxWTWlx7OL6OjWuXyS222OkDZLSs9&#10;8DtunDHoNGaSjneC2SbJ52+xU6vV1dvLFCwnHPbLTnL4WMIyO5gMhNFNMZm1USAYoZevqpW24rqb&#10;8kVlYdE8EEowmrorTiijqt6HxO30TVG3NhG654xKYTKwpI99OKWdp6lxq6acxLfDJkUs695xmvha&#10;ghAzr1OrRKljxwFpItxVpoNycNTfujJMCZFcqu59aNx7UeK64jKRcclptF3vVJnWYfqh9XvpiMm5&#10;lBAU/93pTMCbE7bLoIfPFT0beLecg8T0CpGN3ICREYfYgb3rqcyE0guMrs4Ni1vIjnF4K3jovPi+&#10;rZoi6As9flEVwUwn1+sVpFtYNGvIcixetPySukYdH5rCSRlVIvuAo7HE1GJKzm4h3gewAdKRqVBC&#10;OJ1S89pTQesxOI4VAjdCKOg7rdzxegDznK0qEj7k5LYmV3wi7bBV58iCsUMy7hk7JO2nHu0isktb&#10;7xUO83Nrojd98jlRzCXXcbgG2mfnbNQ/AJXHAaZ5FzOthq4PvEfy/Z0tOYyCzoUr20/pQFVDq6mo&#10;p2g/e41wXVLQemdZNSpuN4FyqwdTVnk/UR7EFoDyLjNd5ljTdx7nDaCExIwoVQJQOGyWzy+cJ0vU&#10;7rUtLP4p2E53IWM5OL92KAVC0Uvd60tcFygKgVDgi0iubCs4gQmyizSf0ZiFgFVx6/Z9Uv/AqObF&#10;K2soP1uY19VMLZm8QuPAbY5HRnhfqOg+W66bkGQU1bZPSREG83Vx9e/wU4Q0KMbxeWo6FMp1/cMh&#10;/29q/Ak+k2bvlg3nb/GEuQNKepdS693boA5KzE6imuG1FEwMQv/lq1AkRxywxbbDuoj/huzRKmy7&#10;m+thEgqAXGcVLmph8U/FxYmJSY1eCFiYCyfnU4hfZKVwch6FUwopMa2EMgq7UiSzlgKBZFjGUxV6&#10;L/TlXRxKCYnWbY9De4kGLqj93h3xcr3D5BUcgxnUQUmPQ5lCYFNgdXHCp6nJgfmDe6b8UZSdwIwj&#10;OGj66CxmOLXUriZJ9klhmsPnlKMSRj7Tyyk88mpXk0hbdU5WEwnbMcWueCmg2dyT6VemXflOLk3M&#10;TJT7xoiG0zoyzcbeKbQPRiW5NUOpus9hdMyMSrpkfilTCV18VDHV9p8v1vlgwwY2hzNKelJyVq3s&#10;y8JubzCX54wVPni2tLD4V+CC4vo9zMvDL0Jeyx0lnlO1LaUVdHTNWeZUbSPyEgg3Ifjl865kupPp&#10;KFQSB1Biu6Vqu2phLJWDqyilMIU6Tu/kMhtQt4N6UFJ2ElZwxGwEsE3XyOd4GUH3n11JcLAWDvnO&#10;dLID2ekB8YyplJsVeJHTgxihvL7CaOXed1YlYXpmTmkSH5f0E5kS1U9uTx1ndKbO+3aRlSmHuWQw&#10;9UNBANb28lvuRJGsGtnaADvKteWJ4hpmWK9UsVGTnF0rU0y4BYZiIdpOiavAtPNdU5uFxb8H1Uyv&#10;MZE/0LTrEMgaQjy6wXJrKJJHOdVD3bx8Zkx8fqx/a4xMsPSrBIAxrazeriZqZOMlnpagrjqm7A4t&#10;E7Hz+EemJKZYQGALo92pctSAg0+dU0itKsJeQ+jxQBWDjOP/kj6l1G7P9lQ5tJpajGpFpcx4CrsW&#10;8X/1f2mKuniwuu8RUe2yNsKIp6bvUcx0SqjS2UcGUxVczyemOguLfzZuhVAy9sWo6nUIpeS2pdJO&#10;UxrlNUVJmbIiIxsHGSux1JtSmArBK5ZkIWehQDhA2a2zRXfFy1S6zelBbca3o6ph1dRuUntJazOu&#10;rYx4+LymVq3WhSuYomztMsMAs9rPHAnARKh6+xrKbZcnUyOkpRSlCqMr37qCKretMro2h/emSJ4o&#10;94XlTAO4ts07dELuj7cvraDzjyymsSNbNmobEQi3Hece59UOF81eU4WFxT8YMFBV0W0WD/kzKDWv&#10;nsq77hP1cmCoj2XqwtZjKKusn8gV+DQvQeO3Sbu4jCym5Uw/Z9flyEpN2z3qXRMM60tFPYqpYmsZ&#10;cUCmsj54q+uB3andxHqcg42Fr4GBQEmP45P9AXE8B/kNQsqoyaQ6R8jbiadKuGbI7NpeL+w2OO0H&#10;LO2DyewytIRyq4fICh12mQdDqTKtAoVTi5iBHyxti+mpc7qFxT8XEOKCgUBXAy9BQmI6ZVduTWUx&#10;FvW8pDIQRyajgtamAJsyHXhUsDiYHHw7rSyNVD4TSxgpYETTemxbSitNk2lMbJniXiU62sCUqym8&#10;hrpa8pSnbEA55XcokHq7HtBdRi3Q+uUyKnDFNIv8CX6q37MDdd2/O3ViBoipEtI472smrIw1hc99&#10;gTDVt8wU/SEwmY71FXHbLZb43Fh/VRYW/0g8XrUOZbdYgtU6ZTJZ5f3JH5CtA5gSQc/lzwD7hE5P&#10;KU39Oa99vrzYSvkdC8yoZ0I76jKrayNmg5Wp7gf3pMSsRAh7o1C+VQXltc+jnDY5wpBgUwbTHVjG&#10;S8wQA+Dk8/uebDm6jjC6kmOm5PxkYXDe6+AaGEVx/ulMioO8LmdBWIVbvqBkvZgMZFpcR4WpysLi&#10;34N7Szrs1UhZLB7dssTod4DJ1PQ7KioPeitc1yRT5VoBuQZMQXya2ynvZzANjCIw4lDqMqsbtR7X&#10;VkYveNEhG8mtz6eSvqXUfW5PlxGAkTCz8fqIviW3XS513rerCHOxb4nTqMWOLSmzNosSUkJUs30t&#10;11cJtybY6qB4jGklk5R3CMvZ0PrN8yckifKd9/+ivap7H0JBHgHqSKZr28jDXN7CwmItwJItpghQ&#10;iINbkK2ZINc4kOnSpQcaW7hgMmmFnaJeuuq+R+rLeSTTn4Y/4H+k65zuwjyqh9VQmEcekOGA6ShT&#10;EcZyaC9hLrFpPMW5jqtJT8pO+im1OBUjFh5p+amwa6Eo1mGkAqW6tHJRgMMy8v647rqA5Wjv/0xK&#10;lykXaFsp4PM9oUyG45bJWFj8HahXAkcmA4ZUCpmOV2gMsxBSeP0RyuuQTxDWclys2ZX2F92V17HK&#10;02rnumiGclgvEepidMJM4/1W2HW9fzfJw8glEA4cLLX6fM9lVGdSZk2W6L2gXAcZNXWTEFOpnDa5&#10;ch2mpuRLHSG70v9W2HZXWXmDJwX8b84HozoT1v4cJnMNTrKwsPiLGOG4l3WYzOvevURqDpNJdVre&#10;Z4KuCqYd3qXfaAR87yRmJkLj9s5AWHRk9q7bzdjnBWGJGaMSTvdqFi9qP6XjGijy+QJ+CGhVcziU&#10;WZX5GzMsTIcSTZIA14dsRUY3ssJk6gTFWsSD/s2qoja7yf+C3AlTIygqVvacK/uRcAxmw+Wg/zPF&#10;M5I5lcnCwuKvYutuKXTtwnJlMnsmppW6ZiOw9YDTXmDCy3w/k8uAQMX1E5APpb9YbOWEWcGk4Pdg&#10;LDmtZYRxmUl28TiWmJ1RTlOO8V2U9Cn9un5Ke9xPLFDvDUy4T5hymMV0OROlF3cXBoL7hYEs5oBw&#10;X1uRV7u9+z+yyrfC9fdiUvSwTMbCYgOhc6skL5MBjk7ObuW+gErwQ815RzDtHE/hD1TV5zCKZEk9&#10;b6IiBuQkTU03oOhXb6J/Cu2ZYOw83p4lmNJ8NSEp66eM4m6UWz0U+7EwAnqFCVsi1hf1MPVgmYyF&#10;xQZAXUX4JTCZR84X5TgvxjJRMJT2uS+QsC/HY6dHxUx7MMGqHLYMNLVRsVliz5GZNHqQCJQtk7Gw&#10;+Dvo3DLxSljWgyU4J8nCwsLCwsLCwsLCwsLCwsJiS8L2TJBbDJajaGAZFwpgFhsX8McNezNNAc8H&#10;O8UtLJolsJqCThzPYRgMWEMFXoFyoG5y1AAsoyLdCy2r2Ikp3rmwR+t1E4syXm+EuD8F8q4yUd8g&#10;JhyjXsX3TMNNVPCoEwLQN/HeD7ALU2waTELghcf+oNiVpRFMKB9vZWYmE/KgXazoxYQ0UNNKfj7f&#10;yUwoE4/RwHka8rDM7kUNE9K9bXceE4xnxZoZhdLeEBMV4Lx4/wHpXjs2OAdp2XLUAPQJpGMLhxf4&#10;j0iP9z/0P2LHuxc4R/1DKaAUibJeJUUAioxIR5vE/sdzmE4y0ShgJzvOaeR3y2LT4c8yGTwsMAbE&#10;1YL/+jAZ4DgmpGlHu5nJyyQA5B/AVMI0hsm7axp5ymRgHxed0QtlJKBY6//ry2QUSAejUWAkgd3U&#10;tUzIa8HkhTKZiBxFQzc0NgXNQ+gt9y0TXqbYdCCWyUxgwrGXKTcFlINjNrSxktYXZSyLybuz24tb&#10;mJDvfXmhuwMg3bsZVD8ITXlk8ALeFgqZ8MHAOV6gbZGGvooQ/qf0+tBPimUyTzP1YLqeKbYui00I&#10;WE3DAxgnR9F4lelEExWgnL5E+MrgJceXUzuoFziO92A/Y0I6NicehIQYIM87koFpTAXylMmggz1p&#10;oo2AF/MXJq9Zy7/CZLDdQIFjaOWCxAQok3cUoUwm9ksNgMmszVeR3gNU/9Ge+FK/x4SXH7iWCWW8&#10;X/ZYJgMD4jiGBvO6gHLrM5LB8csm2gh3MSFfATOd2j5gxshTLwxgyDhWZcamAO1o9A+tB88YjFah&#10;TEYBDWwcY6sHdJ4mMylwDGuFWhfKYVuHxWbCoUx4CBhu4yuCr+GDTOhIXqCMOhhTgAmgI3gfPoDj&#10;2DQF3MaqsW0v8ILiHBj9xiipHZPXrCXybjdRwdFMSIOBcHzRwHRwf3gZYWzpXCYFvBXE3g+G6Uib&#10;z4QODNu/Oq2DCj+A/4eXPpZ5QOsX5XQqgc2OOMboC9MspEPVH0xDd0HHA5j4AybqAswRGsAKfbm8&#10;WwQw7USajiYB/G+87EgHA8dzBB3ChC86AEaGfIxEvIBcCOlnyFED0I5Ix74pjFjRRmhLLzMD093T&#10;RF30ZcJ5+uLj+cDrA9LAfLDRE30NzwBthvO9ox8Fyj9ior4UJhzHAnZvwMj1WtiRH2XSlKH/e22y&#10;LwsLCwsLC4v1BZzHeWU+FhYWawGWudU9KgSk8ea+XtnKhgSGwBACxwPy1kfY6AWG5PHcmniBMn8H&#10;6nalKeD6f/cafxWQ8aDd5slRNFTYu7HMcv7dPoI2i12RigeUW9czsPiLwNwfncQLWNZH2qdy1ACk&#10;PWWiAiwRxgM6Bsp+JUdNA8K5eF/uHCacH48xQS6EVZOmgJUeCGdxPlY2UJcXSPfKkLowIc11gsaA&#10;7AVpsYwKwmPIqADIPVAGcgsv9KXzLi9/zIS0tQH5kPPEAsLqGSYqWOiE8SAbPZm8wmfs/kYaZDre&#10;lwhp3nuC2YimoM/Dex8KCN2RF8tkkBZvGfolExXgfvAhQtl45i/+xwT5VTzgnFi5FQCZF/Ji/WhB&#10;JobVKQVGjSgXuxSP54t0yKwsNhDiMRkF0r3CPBxjNWAHJghDIa1fG1AW54B0VUQBkwR4iVX/xAuY&#10;z/ycSVd6sKqigOmDdTEZFRZqRwJpp8NSezwmo4C7VxzrKkg8oMOiTLwvO3ATk7fOdTEZzUMYu+Kk&#10;wmPQ2v43EI/JKFTPRKF14lmCjmFqCspkwOAhnPeSCoH/CpNRjGdC+dFyZADHdFBV+IgpnjM5lI9l&#10;MvhQIB3tsC6gXFOeI3R52yo7biCsi8lglUWBY+9IZn0B3RfvNbBChaVIfLlByMOLqACT8Y5iYKcX&#10;ZdDxwGSQ3xTAZGI7ZX8mnA96gsk77Yg3ksHxcyYaF1hRwSjpCzlqjBuZUIdibUzmDSZtB22Lplzn&#10;gvE2VQ+wNiaDERFWchQot7a6vNhYIxmFKjRi1QuAwmRsm3jvHUBaLJPByhTS47nSBTPEyFmBcmj7&#10;eLiUCc/3z9jlsVgL0Ngg6FQAaNhjmdDIXudnOgXCEBajEnS8h5jiAS8uvsg6n8bD1OVpLM/eZqIu&#10;dCkR3hoBnB9vWbE3E8qtjclAnwZl4gHLxsjzMhkYf0Kal8mgDdAp0QanMalyF6YUUFhToDNjGuLV&#10;xYDngFiD3GBGuAa0ZVs7IRjn40yxL66OpFQ3BQxK2xHL8WBgTQHL2Th3uhwZKOOJ9cSANBAMrmNk&#10;Fk8zVgEGgrKnyFE0VA0g1igX0qAn5AXaE+mqV4WpChgKPgqq/QwPC7G6TrqU7l1ixzHUJNCeINwb&#10;/gee7TdMyPdOLTH19zIZPGMwLjw/7wgKfRoKexYWFhYWFhYWFhb/Aug8f12I3Xf0T8DaNmAq/ort&#10;4U2B2IUCC4smgR3QEPh58TzTxpbcQ47S1PJnLCAriIdqpq4mutmB/WR/xgYv5E93m2iTgPC9KX2i&#10;zQnsy8KKk4XFOoHNlJeYaCPsxgThnAIrJxDoqikBCPAgPMaLoCYJoEQHyf9AJu+5CiisYfVLVyvU&#10;lSt242JVCjoZKuBW4MXFEu49TLiWCgGxInU2E15ULIVDSIuVkfuYwDQhhD6faR8m74oJlu1R/gMm&#10;LPPjXrDU7xUuxgJfbSgvYi8QVtAg3MW9nMCE/TYQaur/hUM2tB30ODoggYHrY18QmKrqwjSlOYxV&#10;s6FOqIJ2XB//C0vksUJ5CEEhNIVaAPaX4f8C2FcEsw7YvIg9VRCCowwE17gfvV/sM0M+GDkE2FCM&#10;Q514liijSo7YU4Y6lzJhcQFAWdSFZ6H/B2oDOE9tHkGAi31SMKEBIS52d2N1Dm2p92rxD4WuRhXI&#10;UWNgtQMMA4D+hWoHY9rifUF+dELv5jasuMR6TcRLp94XsVFQDWthZQeMJ97KiOq7YKMjOiviADo2&#10;dul6lQ3BZNTEBeJerWG83FDOw4oYllWxjA5AHwd17i5H8YFVndid59DTgB6RAu2EDX4ARoCoEwbF&#10;MFrzrsJh2R8v7QVMWL3yAumqjIbztI2xBA3GCHcu+sJ7gXbEChwA5ofVKiwrgymDISjAHLWNkY/l&#10;ZACKjWCYAHxGQfcJAEPR9gVzUGCpHQDj8+7Qxn8GA8UIB/UDWFVCefQf3TyKMlhF+kvuhi2aH/Sr&#10;gxcJnQMjAF1+Rjo6KjoH4sjDi44XVpdskYZOpPZToHeBJV/EY7WNwRigBIcREb7SULrDy4QOjBcD&#10;Sl2xUzQYL1L9Dnxp8cKqmQssV+MFQz6+kl79IChx3cqEpVjVisayP1407AK/iAkv+igmMDLUg9FU&#10;vNEFRhB4eVcwYecxgOsroESIYyytgvngq45pHL7eaCed6iFf1edR3rtTHcDIC9cHg8SSO+JVTBht&#10;QssVdU9j8gK7tHU5FyMVuIMBUD9Gl/gAgJFixKCKbZgeIx8fEV0yxv+DygMYPpQcseyN+1Y9I5SH&#10;MiDy8PzxbMEsdLqL9lM1Au/UFtfCc0a/gP4T2h7/AaNgbzkLi38FwExiFda2dODlt7CwsLCwsLCw&#10;sLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsLCwsGiu8Pn+H87r39xaVJntAAAAAElFTkSuQmCC&#10;UEsDBBQABgAIAAAAIQCg5e8i3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAFITvhf6H&#10;5RV6091UUjVmIyJtT1KoFkpva/JMgtm3Ibsm8d/3earHYYaZb9L1aBvRY+drRxqiqQKBlLuiplLD&#10;9+F9sgDhg6HCNI5QwxU9rLPHh9QkhRvoC/t9KAWXkE+MhiqENpHS5xVa46euRWLv5DprAsuulEVn&#10;Bi63jXxR6lVaUxMvVKbFbYX5eX+xGj4GM2xm0Vu/O5+2199D/Pmzi1Dr56dxswIRcAz/YbjhMzpk&#10;zHR0Fyq8aFjHHNQwmSt+cPPjxWwO4qhhGSuQWSrvH2R/AAAA//8DAFBLAwQUAAYACAAAACEAoMbS&#10;ldAAAAAqAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8kcFqwzAMhu+DvoPRvXGSQimj&#10;Ti9l0OvoHkDYiuM2lo3tjfXtZ7bLCqW99SgJff+HtN19+1l8UcousIKuaUEQ62AcWwUfx7flBkQu&#10;yAbnwKTgQhl2w+Jl+04zlrqUJxezqBTOCqZS4quUWU/kMTchEtfJGJLHUstkZUR9Rkuyb9u1TP8Z&#10;MFwxxcEoSAezAnG8xJr8mB3G0WnaB/3picuNCOl8za5ATJaKAk/G4V9z1US2IG879M9x6O85dM9x&#10;6JpTpN9DyKsPDz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANDgc88UAQAARwIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAABFAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAecLB5pEEAABGEAAADgAA&#10;AAAAAAAAAAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAezh38v5jAAD+YwAA&#10;FQAAAAAAAAAAAAAAAAABBwAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhALXR&#10;8jA5FwAAORcAABQAAAAAAAAAAAAAAAAAMmsAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAA&#10;AAAAAAAhAB36D9w7dQAAO3UAABQAAAAAAAAAAAAAAAAAnYIAAGRycy9tZWRpYS9pbWFnZTMucG5n&#10;UEsBAi0AFAAGAAgAAAAhAKDl7yLfAAAACQEAAA8AAAAAAAAAAAAAAAAACvgAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQCgxtKV0AAAACoCAAAZAAAAAAAAAAAAAAAAABb5AABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAIAAgAAQIAAB36AAAAAA==&#10;">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Imagen 525984457" o:spid="_x0000_s1033" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:49962;top:73;width:50318;height:10452;flip:x;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJtDGtygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpepG4qpk1SVykFoeCpaej5mX3NRrNvQ3arsb/eFQo9DjPzDbPajLYTJxp861jB4zwB&#10;QVw73XKjoPrcPmQgfEDW2DkmBRfysFnfTVZYaHfmDzqVoRERwr5ABSaEvpDS14Ys+rnriaP37QaL&#10;IcqhkXrAc4TbTi6S5ElabDkuGOzpzVB9LH+sgnxfbXc+y6uyme2/qN8d2KS/Sk3vx9cXEIHG8B/+&#10;a79rBekizbPlMn2G26V4B+T6CgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEm0Ma3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:imagedata r:id="rId4" o:title="Imagen relacionada" cropbottom="34726f"/>
+              </v:shape>
+              <v:shape id="Imagen 1397937473" o:spid="_x0000_s1034" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:-190;width:50443;height:10528;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCZoSjpxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LvsMyBW+6qSlNja4ikhbpTa0Hb0N2TILZ2SS7anz7bqHgcb7/Wax6U4sbda6yrOB1EoEgzq2u&#10;uFDwc/gcf4BwHlljbZkUPMjBajkcLDDV9s47uu19IUIIuxQVlN43qZQuL8mgm9iGOHBn2xn04ewK&#10;qTu8h3BTy2kUvUuDFYeGEhvalJRf9lejAJsv2p4eZ62/s2xzbKdtpl2r1OilX89BeOr9U/zv3uow&#10;P54lszh5S2L4+ykAIJe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJmhKOnHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:imagedata r:id="rId4" o:title="Imagen relacionada" cropbottom="34726f"/>
+              </v:shape>
+              <v:shape id="Imagen 1468220246" o:spid="_x0000_s1035" type="#_x0000_t75" alt="Imagen relacionada" style="position:absolute;left:80540;top:1316;width:11297;height:5747;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAceCzdxQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Pa8Iw&#10;FL8P9h3CE7zN1CCdVKNIYbCDDOY8eHwkz7aYvJQmq/XbL4PBju/3/233k3dipCF2gTUsFwUIYhNs&#10;x42G89fbyxpETMgWXWDS8KAI+93z0xYrG+78SeMpNSKHcKxQQ5tSX0kZTUse4yL0xJm7hsFjyufQ&#10;SDvgPYd7J1VRlNJjx7mhxZ7qlszt9O01XDr+wLp/Lf21Xj6MG41Cd9R6PpsOGxCJpvQv/nO/2zx/&#10;Va6VKtSqhN+fMgBy9wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAceCzdxQAAAOMAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:imagedata r:id="rId5" o:title="Imagen relacionada"/>
+              </v:shape>
+              <v:shape id="Imagen 2074121669" o:spid="_x0000_s1036" type="#_x0000_t75" style="position:absolute;left:5779;top:1024;width:11703;height:9042;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6+DNQygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fSsMw&#10;FMbvB75DOIJ3W9LOdbMuGyKKYwpj0wc4NMe2rjkpSdzq2xth4OXH9+fHt1wPthMn8qF1rCGbKBDE&#10;lTMt1xo+3p/HCxAhIhvsHJOGHwqwXl2Nllgad+Y9nQ6xFmmEQ4kamhj7UspQNWQxTFxPnLxP5y3G&#10;JH0tjcdzGredzJUqpMWWE6HBnh4bqo6Hb5sgm9nw6nZP/LWVR6+mb1MO2xetb66Hh3sQkYb4H760&#10;N0ZDrua3WZ4VxR38fUp/QK5+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPr4M1DKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:imagedata r:id="rId6" o:title=""/>
+              </v:shape>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Cuadro de texto 130588820" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:23847;top:1024;width:52673;height:9363;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAG0Vw9xwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LS8NA&#10;EL4L/Q/LFLzZjZHKErstJVAU0UMfl97G7DQJZmdjdm2jv945CD1+fO/FavSdOtMQ28AW7mcZKOIq&#10;uJZrC4f95s6AignZYReYLPxQhNVycrPAwoULb+m8S7WSEI4FWmhS6gutY9WQxzgLPbFwpzB4TAKH&#10;WrsBLxLuO51n2aP22LI0NNhT2VD1ufv2Fl7LzTtuP3Jvfrvy+e207r8Ox7m1t9Nx/QQq0Ziu4n/3&#10;i5P5D9ncGJPLCbkkGPTyDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAbRXD3HAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="34984706" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                          <w:lang w:eastAsia="es-MX"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A70F5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                          <w:lang w:eastAsia="es-MX"/>
+                        </w:rPr>
+                        <w:t>UNIVESIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="50E98BC4" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                      <w:pPr>
+                        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                          <w:lang w:eastAsia="es-MX"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                          <w:lang w:eastAsia="es-MX"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">DIRECCIÓN </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004A70F5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Times New Roman"/>
+                          <w:noProof/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                          <w:lang w:eastAsia="es-MX"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> DE BIBLIOTECAS</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2AA3CF32" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                      <w:pPr>
+                        <w:spacing w:after="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="695087B4" w14:textId="77777777" w:rsidR="007C1233" w:rsidRPr="004A70F5" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                          <w:b/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>INFORME DE AUDITORÍA INTERNA</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5172FCBA" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233">
+                      <w:pPr>
+                        <w:pStyle w:val="Encabezado"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="43563A78" w14:textId="77777777" w:rsidR="007C1233" w:rsidRDefault="007C1233" w:rsidP="007C1233"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <w10:wrap anchorx="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="630173DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="662631EC"/>
     <w:lvl w:ilvl="0" w:tplc="080A000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4546,83 +5012,86 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1457143471">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004645F9"/>
     <w:rsid w:val="00003549"/>
+    <w:rsid w:val="00037716"/>
     <w:rsid w:val="000468D9"/>
     <w:rsid w:val="000501FE"/>
     <w:rsid w:val="000635BE"/>
     <w:rsid w:val="000739F8"/>
     <w:rsid w:val="00086D08"/>
     <w:rsid w:val="000961E5"/>
     <w:rsid w:val="000976B9"/>
     <w:rsid w:val="000E278A"/>
     <w:rsid w:val="000E5984"/>
     <w:rsid w:val="001456C9"/>
     <w:rsid w:val="00160F6E"/>
     <w:rsid w:val="00183BD7"/>
     <w:rsid w:val="00185F23"/>
     <w:rsid w:val="00194A97"/>
     <w:rsid w:val="00195D93"/>
     <w:rsid w:val="001963AF"/>
     <w:rsid w:val="00197164"/>
     <w:rsid w:val="001F0232"/>
     <w:rsid w:val="002027EB"/>
     <w:rsid w:val="0021133F"/>
     <w:rsid w:val="00241EED"/>
     <w:rsid w:val="002617D8"/>
     <w:rsid w:val="00264C05"/>
     <w:rsid w:val="002904B4"/>
     <w:rsid w:val="002920AD"/>
@@ -4665,54 +5134,56 @@
     <w:rsid w:val="00537F70"/>
     <w:rsid w:val="00541103"/>
     <w:rsid w:val="00552DBC"/>
     <w:rsid w:val="0055492F"/>
     <w:rsid w:val="005841F1"/>
     <w:rsid w:val="00586653"/>
     <w:rsid w:val="00592F61"/>
     <w:rsid w:val="0059355C"/>
     <w:rsid w:val="005B153D"/>
     <w:rsid w:val="005E378F"/>
     <w:rsid w:val="006342BA"/>
     <w:rsid w:val="00641908"/>
     <w:rsid w:val="006571C8"/>
     <w:rsid w:val="006603FF"/>
     <w:rsid w:val="006653DD"/>
     <w:rsid w:val="006911AB"/>
     <w:rsid w:val="006A1D74"/>
     <w:rsid w:val="006A6782"/>
     <w:rsid w:val="006C64D6"/>
     <w:rsid w:val="006D57ED"/>
     <w:rsid w:val="006E74F9"/>
     <w:rsid w:val="0070314A"/>
     <w:rsid w:val="00752D45"/>
     <w:rsid w:val="00786A45"/>
     <w:rsid w:val="007B0A06"/>
+    <w:rsid w:val="007C1233"/>
     <w:rsid w:val="007C43FB"/>
     <w:rsid w:val="007D2280"/>
     <w:rsid w:val="00812981"/>
     <w:rsid w:val="0084299C"/>
+    <w:rsid w:val="00853450"/>
     <w:rsid w:val="008A0A96"/>
     <w:rsid w:val="008C3CF8"/>
     <w:rsid w:val="008D1D01"/>
     <w:rsid w:val="0090476E"/>
     <w:rsid w:val="0092234F"/>
     <w:rsid w:val="00927796"/>
     <w:rsid w:val="00935A9B"/>
     <w:rsid w:val="0096320F"/>
     <w:rsid w:val="009642A7"/>
     <w:rsid w:val="00984828"/>
     <w:rsid w:val="009B3C3A"/>
     <w:rsid w:val="009D3A8F"/>
     <w:rsid w:val="009E22B7"/>
     <w:rsid w:val="00A1111B"/>
     <w:rsid w:val="00A36EAB"/>
     <w:rsid w:val="00A4441F"/>
     <w:rsid w:val="00A57661"/>
     <w:rsid w:val="00A6620B"/>
     <w:rsid w:val="00AA0DFD"/>
     <w:rsid w:val="00AE6EF1"/>
     <w:rsid w:val="00AF3D3A"/>
     <w:rsid w:val="00AF4954"/>
     <w:rsid w:val="00AF741D"/>
     <w:rsid w:val="00B10570"/>
     <w:rsid w:val="00B31A2C"/>
@@ -4762,79 +5233,80 @@
     <w:rsid w:val="00F01C60"/>
     <w:rsid w:val="00F021AB"/>
     <w:rsid w:val="00F36FE9"/>
     <w:rsid w:val="00F731D4"/>
     <w:rsid w:val="00F91221"/>
     <w:rsid w:val="00FA75F1"/>
     <w:rsid w:val="00FB647B"/>
     <w:rsid w:val="00FD0A96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="036218C8"/>
   <w15:docId w15:val="{59E5CBB0-DA6E-41FF-8748-2A1CAB011936}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5162,50 +5634,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -5338,51 +5815,51 @@
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003D16EE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="686759494">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1009256367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5400,51 +5877,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2103406064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>