--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -1,76 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D448F1" w:rsidRDefault="00D448F1"/>
-[...5 lines deleted...]
-        <w:ind w:left="-567"/>
+    <w:p w14:paraId="4BD26338" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="008F086E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B3412" w:rsidRPr="00C43999" w:rsidRDefault="001C12FA" w:rsidP="00706C59">
+    <w:p w14:paraId="613528BE" w14:textId="77777777" w:rsidR="002B3412" w:rsidRPr="00C43999" w:rsidRDefault="001C12FA" w:rsidP="00C969B7">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43999">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Instrucción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43999">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
@@ -100,1126 +95,1237 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidR="002B3412" w:rsidRPr="00C43999">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> información solicitada sobre la </w:t>
       </w:r>
       <w:r w:rsidR="00DD3F2E" w:rsidRPr="00C43999">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">entrega de la documentación.   </w:t>
-      </w:r>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> plan de auditoría y la lista de asistencia; así mismo el formato de verificación de hallazgos actualizado al coordinador de auditorías.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="5401"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="740"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7973"/>
+        <w:gridCol w:w="2659"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C969B7" w:rsidRPr="001C12FA" w14:paraId="35456133" w14:textId="77777777" w:rsidTr="00C969B7">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7973" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="152FC4C1" w14:textId="77777777" w:rsidR="00C969B7" w:rsidRPr="001C12FA" w:rsidRDefault="00C969B7" w:rsidP="00C969B7">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="-284" w:firstLine="284"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C12FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t>DEPENDENCIA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C12FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="649BEF29" w14:textId="77777777" w:rsidR="00C969B7" w:rsidRPr="001C12FA" w:rsidRDefault="00C969B7" w:rsidP="00C969B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2659" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D32E9EF" w14:textId="77777777" w:rsidR="00C969B7" w:rsidRPr="001C12FA" w:rsidRDefault="00C969B7" w:rsidP="00C969B7">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C12FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FECHA: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F68F337" w14:textId="5DC1ABFD" w:rsidR="001C12FA" w:rsidRPr="00C43999" w:rsidRDefault="001C12FA" w:rsidP="008F086E">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Una vez realizada la auditoría, el auditor líder entregará al área </w:t>
+      </w:r>
+      <w:r w:rsidR="004929E4" w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>auditada el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan de auditoría y la lista de asistencia; así mismo el formato de </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>seguimiento de no conformidades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00015B3B" w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>actualizado coordinador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C43999">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de auditorías.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409DF65F" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="4366"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6204"/>
+        <w:gridCol w:w="6805"/>
         <w:gridCol w:w="864"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1883"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="004929E4" w14:paraId="430A51BC" w14:textId="77777777" w:rsidTr="008F086E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="7D122A7F" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>DOCUMENTACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="3CF540F9" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="27CA6D98" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="1BDB3198" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>COMENTARIOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="004929E4" w14:paraId="31C037F2" w14:textId="77777777" w:rsidTr="008F086E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="7DEE7801" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="407EAEFB" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Plan de Auditoría </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="570BAD52" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="76051055" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="3B507C26" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="19B78D9B" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="004929E4" w14:paraId="13170540" w14:textId="77777777" w:rsidTr="008F086E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="362F0114" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Lista de Asistencia</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="44491EA7" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="4429C3F6" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="114F7F4C" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="31D352AA" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="008D5849" w14:paraId="10ACA6EE" w14:textId="77777777" w:rsidTr="008F086E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="75311248" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Informe de Auditoría Interna </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (digital).</w:t>
+              <w:t>(digital).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="76975089" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="25F985B1" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="708A9CC2" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="008D5849" w14:paraId="5835197C" w14:textId="77777777" w:rsidTr="008F086E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="4A8CB407" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>ista de verificación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (digital).</w:t>
+              <w:t xml:space="preserve"> (digital o impreso).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="12E359E5" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="36FC6881" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="0C41ED31" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidTr="00706C59">
+      <w:tr w:rsidR="008F086E" w:rsidRPr="008D5849" w14:paraId="02EF0C49" w14:textId="77777777" w:rsidTr="008F086E">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="081F9C17" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seguimiento de no conformidades </w:t>
+            </w:r>
             <w:r w:rsidRPr="004929E4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:t>Verificación de Hallazgos de auditorías previas</w:t>
+              <w:t>de auditorías previas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="3FB3E35D" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="73264BC9" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1883" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00706C59" w:rsidRPr="004929E4" w:rsidRDefault="00706C59" w:rsidP="00706C59">
+          <w:p w14:paraId="1F365888" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="004929E4" w:rsidRDefault="008F086E" w:rsidP="008F086E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="00C43999" w:rsidRDefault="001C12FA" w:rsidP="00C43999">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="37FE2C17" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="001C12FA" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="00706C59">
-[...129 lines deleted...]
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="07015EB3" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1410"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C12FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
-      <w:pPr>
+    <w:p w14:paraId="34733532" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="3F587E8D" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EB1755" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784BB0DF" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D2177D" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64BFF0EB" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CF135EA" w14:textId="77777777" w:rsidR="008F086E" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618D9C73" w14:textId="77777777" w:rsidR="008F086E" w:rsidRPr="001C12FA" w:rsidRDefault="008F086E" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1410"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A9AB7BE" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C87CF22" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C12FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Firma de Conformidad de Entrega de Documentación</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="012246C3" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="1B01609D" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="1EE41C3D" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="301C0DCA" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C12FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>--------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="3F49D45D" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C12FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Auditor Líder</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="0E64CB0B" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C12FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Nombre y Firma</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="4BCE194C" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="3CAD4A35" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="5F04A5AC" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="5054B031" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
+    <w:p w14:paraId="5BF8398A" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRPr="001C12FA" w:rsidRDefault="001C12FA" w:rsidP="001C12FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C12FA" w:rsidRDefault="001C12FA"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00667753" w:rsidRPr="001F0901" w:rsidRDefault="00667753">
+    <w:p w14:paraId="5CC458FE" w14:textId="77777777" w:rsidR="001C12FA" w:rsidRDefault="001C12FA"/>
+    <w:p w14:paraId="7396FDC2" w14:textId="77777777" w:rsidR="00D448F1" w:rsidRDefault="00D448F1"/>
+    <w:p w14:paraId="0291F47D" w14:textId="77777777" w:rsidR="00D448F1" w:rsidRDefault="00D448F1"/>
+    <w:p w14:paraId="345D2060" w14:textId="77777777" w:rsidR="00667753" w:rsidRPr="001F0901" w:rsidRDefault="00667753">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD77BB" w:rsidRPr="001F0901" w:rsidRDefault="00DD77BB">
+    <w:p w14:paraId="73AFC8DC" w14:textId="77777777" w:rsidR="00DD77BB" w:rsidRPr="001F0901" w:rsidRDefault="00DD77BB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD77BB" w:rsidRPr="001F0901" w:rsidSect="00126A1D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2126" w:right="1043" w:bottom="720" w:left="1797" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009C210B" w:rsidRDefault="009C210B">
+    <w:p w14:paraId="7A1EC6EF" w14:textId="77777777" w:rsidR="00B87F17" w:rsidRDefault="00B87F17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009C210B" w:rsidRDefault="009C210B">
+    <w:p w14:paraId="0B810B66" w14:textId="77777777" w:rsidR="00B87F17" w:rsidRDefault="00B87F17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe Condensed">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
@@ -1244,396 +1350,429 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Atlanta">
     <w:altName w:val="Century Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000013" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C809C0" w:rsidRPr="0010494C" w:rsidRDefault="00706C59" w:rsidP="00C809C0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="313FBAB1" w14:textId="69980B03" w:rsidR="00C809C0" w:rsidRPr="0010494C" w:rsidRDefault="00706C59" w:rsidP="00C809C0">
     <w:pPr>
       <w:pStyle w:val="Piedepgina0"/>
       <w:ind w:left="-993" w:right="-716"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
-      <w:t>VIGENTE A PARTIR DE: MAYO 2023</w:t>
+      <w:t xml:space="preserve">VIGENTE A PARTIR DE: </w:t>
+    </w:r>
+    <w:r w:rsidR="000A221B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+      <w:t>FEBRERO 2026</w:t>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00706C59">
+    <w:r w:rsidR="00FB4DC3" w:rsidRPr="00FB4DC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:noProof/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00C809C0" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00B26A07">
+    <w:r w:rsidR="00B26A07" w:rsidRPr="008D5849">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
+        <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>PC_</w:t>
     </w:r>
     <w:r w:rsidR="006B2127">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidR="001C12FA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>_ED_</w:t>
     </w:r>
     <w:r w:rsidR="007D0B21">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>9.1.1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
-      <w:t>_2023_03</w:t>
+      <w:t>_202</w:t>
+    </w:r>
+    <w:r w:rsidR="000A221B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+      <w:t>_0</w:t>
+    </w:r>
+    <w:r w:rsidR="000A221B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-MX"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009C210B" w:rsidRDefault="009C210B">
+    <w:p w14:paraId="703635C5" w14:textId="77777777" w:rsidR="00B87F17" w:rsidRDefault="00B87F17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009C210B" w:rsidRDefault="009C210B">
+    <w:p w14:paraId="71CC5F2D" w14:textId="77777777" w:rsidR="00B87F17" w:rsidRDefault="00B87F17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0069760A" w:rsidRPr="0010494C" w:rsidRDefault="003A46C6" w:rsidP="0010494C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="085D9A39" w14:textId="02965081" w:rsidR="0069760A" w:rsidRPr="0010494C" w:rsidRDefault="008F086E" w:rsidP="0010494C">
     <w:pPr>
       <w:pStyle w:val="Encabezado0"/>
       <w:ind w:left="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46393928" wp14:editId="1C52982A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="367653A8" wp14:editId="526FB0B9">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-1217295</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-457200</wp:posOffset>
+            <wp:posOffset>-455765</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1905000" cy="1369060"/>
+          <wp:extent cx="3933219" cy="1343025"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Imagen 1"/>
-[...63 lines deleted...]
-          <wp:docPr id="20" name="Imagen 20" descr="Imagen relacionada"/>
+          <wp:docPr id="21" name="Imagen 21" descr="Imagen relacionada"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="52987"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
-                  <a:xfrm>
+                  <a:xfrm flipH="1">
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3933825" cy="1849405"/>
+                    <a:ext cx="3934318" cy="1343400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="0010494C" w:rsidRPr="0010494C">
+    <w:r w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="367653A8" wp14:editId="74741764">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27A43490" wp14:editId="6BC30D11">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:align>right</wp:align>
+            <wp:posOffset>-95250</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-455765</wp:posOffset>
+            <wp:posOffset>-457200</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="3933825" cy="1849405"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="3933219" cy="1369060"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
           <wp:wrapNone/>
-          <wp:docPr id="21" name="Imagen 21" descr="Imagen relacionada"/>
+          <wp:docPr id="20" name="Imagen 20" descr="Imagen relacionada"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Imagen relacionada"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="52987"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
-                  <a:xfrm flipH="1">
+                  <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3933825" cy="1849405"/>
+                    <a:ext cx="3933596" cy="1369191"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="003A46C6">
+      <w:rPr>
+        <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
+        <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46393928" wp14:editId="0521E88F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-1217295</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-457200</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1905000" cy="1369060"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="1 Logo.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1914621" cy="1375974"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0010494C" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24B23C7C" wp14:editId="64C71CEA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -1684,182 +1823,182 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0069760A" w:rsidRPr="0010494C">
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>UNIVERSIDAD MICHOACANA DE SAN NICOLÁS DE HIDALGO</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0069760A" w:rsidRPr="001B28EB" w:rsidRDefault="00A87F88" w:rsidP="0010494C">
+  <w:p w14:paraId="09F22EB0" w14:textId="77777777" w:rsidR="0069760A" w:rsidRPr="001B28EB" w:rsidRDefault="00A87F88" w:rsidP="0010494C">
     <w:pPr>
       <w:pStyle w:val="Encabezado0"/>
       <w:spacing w:before="120"/>
       <w:ind w:left="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>DIRECCIÓN</w:t>
     </w:r>
     <w:r w:rsidR="0069760A" w:rsidRPr="001B28EB">
       <w:rPr>
         <w:rFonts w:ascii="Atlanta" w:hAnsi="Atlanta" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t xml:space="preserve"> DE BIBLIOTECAS</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0069760A" w:rsidRPr="001B28EB" w:rsidRDefault="0069760A" w:rsidP="0010494C">
+  <w:p w14:paraId="2AF5CF56" w14:textId="77777777" w:rsidR="0069760A" w:rsidRPr="001B28EB" w:rsidRDefault="0069760A" w:rsidP="0010494C">
     <w:pPr>
       <w:pStyle w:val="Encabezado0"/>
       <w:ind w:left="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0010494C" w:rsidRPr="001B28EB" w:rsidRDefault="001C12FA" w:rsidP="0010494C">
+  <w:p w14:paraId="331FCEF7" w14:textId="77777777" w:rsidR="0010494C" w:rsidRPr="001B28EB" w:rsidRDefault="001C12FA" w:rsidP="0010494C">
     <w:pPr>
       <w:pStyle w:val="Encabezado0"/>
       <w:ind w:left="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
       <w:t>ENTREGA DE DOCUMENTACIÓN</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3AFAD630"/>
+    <w:tmpl w:val="672A3BC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="7E029448"/>
+    <w:tmpl w:val="4B3461AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="97948570"/>
+    <w:tmpl w:val="E056013A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8A741A52"/>
+    <w:tmpl w:val="5E705774"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104848D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD36B12E"/>
     <w:lvl w:ilvl="0" w:tplc="080A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -2179,221 +2318,233 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1493061480">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1117679772">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="696590044">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="842668821">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1771003580">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2107312248">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1399136520">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1328556765">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005052FA"/>
     <w:rsid w:val="000019B6"/>
     <w:rsid w:val="00012ED7"/>
+    <w:rsid w:val="00015B3B"/>
     <w:rsid w:val="0004087B"/>
+    <w:rsid w:val="000A221B"/>
     <w:rsid w:val="000F1775"/>
     <w:rsid w:val="0010494C"/>
     <w:rsid w:val="00126A1D"/>
     <w:rsid w:val="00137070"/>
     <w:rsid w:val="00160161"/>
     <w:rsid w:val="001A756A"/>
     <w:rsid w:val="001B28EB"/>
     <w:rsid w:val="001C12FA"/>
     <w:rsid w:val="001F0901"/>
     <w:rsid w:val="001F735A"/>
     <w:rsid w:val="00294041"/>
     <w:rsid w:val="002A05FB"/>
     <w:rsid w:val="002A4EBA"/>
     <w:rsid w:val="002B3412"/>
     <w:rsid w:val="002F6310"/>
     <w:rsid w:val="003348C6"/>
     <w:rsid w:val="00350E5E"/>
     <w:rsid w:val="00375766"/>
+    <w:rsid w:val="003A208A"/>
     <w:rsid w:val="003A3F25"/>
     <w:rsid w:val="003A46C6"/>
     <w:rsid w:val="003A6012"/>
     <w:rsid w:val="003B028D"/>
     <w:rsid w:val="00413C7B"/>
     <w:rsid w:val="00445071"/>
     <w:rsid w:val="004929E4"/>
     <w:rsid w:val="004F74BB"/>
     <w:rsid w:val="005052FA"/>
     <w:rsid w:val="005370EF"/>
     <w:rsid w:val="00575ED1"/>
     <w:rsid w:val="0064487D"/>
     <w:rsid w:val="00667753"/>
     <w:rsid w:val="006868CC"/>
     <w:rsid w:val="00691E3F"/>
     <w:rsid w:val="00694343"/>
     <w:rsid w:val="0069760A"/>
     <w:rsid w:val="006A4029"/>
     <w:rsid w:val="006A5FFA"/>
     <w:rsid w:val="006B2127"/>
     <w:rsid w:val="006B2B4B"/>
     <w:rsid w:val="00706C59"/>
     <w:rsid w:val="007A22AB"/>
     <w:rsid w:val="007D0B21"/>
     <w:rsid w:val="008836E8"/>
     <w:rsid w:val="008B217D"/>
+    <w:rsid w:val="008D5849"/>
     <w:rsid w:val="008D6D25"/>
     <w:rsid w:val="008E0548"/>
+    <w:rsid w:val="008F086E"/>
     <w:rsid w:val="00912028"/>
     <w:rsid w:val="009647D2"/>
     <w:rsid w:val="009C210B"/>
     <w:rsid w:val="00A87F88"/>
+    <w:rsid w:val="00AF7C62"/>
     <w:rsid w:val="00B077C7"/>
     <w:rsid w:val="00B26A07"/>
+    <w:rsid w:val="00B87F17"/>
     <w:rsid w:val="00BD07AA"/>
     <w:rsid w:val="00C306A6"/>
     <w:rsid w:val="00C43999"/>
     <w:rsid w:val="00C809C0"/>
+    <w:rsid w:val="00C969B7"/>
     <w:rsid w:val="00CB5BD3"/>
+    <w:rsid w:val="00D040C7"/>
     <w:rsid w:val="00D1346C"/>
     <w:rsid w:val="00D448F1"/>
     <w:rsid w:val="00DA40BB"/>
     <w:rsid w:val="00DA530A"/>
     <w:rsid w:val="00DD3F2E"/>
     <w:rsid w:val="00DD77BB"/>
     <w:rsid w:val="00E25BB1"/>
     <w:rsid w:val="00E57579"/>
     <w:rsid w:val="00F57646"/>
+    <w:rsid w:val="00FB4DC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="11E0CD48"/>
+  <w14:docId w14:val="121AA5E6"/>
   <w15:docId w15:val="{7A79C0DE-36D7-4C01-A4E2-7BE793FC9419}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2721,50 +2872,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00160161"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="8"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="001C12FA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
@@ -3256,63 +3412,63 @@
     <w:basedOn w:val="Tablanormal"/>
     <w:next w:val="Tablaconcuadrcula"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001C12FA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="es-MX"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\americag\AppData\Roaming\Microsoft\Plantillas\Actas%20de%20la%20reuni&#243;n.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Custom Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3588,82 +3744,82 @@
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CC9066-8573-4A38-A7BE-CEA716F1DF01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Actas de la reunión</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>111</Words>
-  <Characters>612</Characters>
+  <Words>114</Words>
+  <Characters>630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Meeting minutes</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>722</CharactersWithSpaces>
+  <CharactersWithSpaces>743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Meeting minutes</dc:title>
   <dc:creator>Alejandra</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC101731859990</vt:lpwstr>
   </property>
 </Properties>